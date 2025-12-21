--- v0 (2025-10-12)
+++ v1 (2025-12-21)
@@ -12,563 +12,754 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="158">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="219">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>AS 1731.14–2003: Refrigerated display cabinets—Part 14: Minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This standard specifies the mandatory requirements for remote and self-contained refrigerated display cabinets that fall within the Scope of AS 1731.1.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>AS 1731.1-13:2003</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/173114-2003-refrigerated-display-cabinets-part-14-minimum-energy-performance-standard-meps</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108798</t>
+  </si>
+  <si>
     <t>AS/NZS 3823.2:2013 Performance of electrical appliances—Air conditioners and heat pumps—Part 2: Energy labelling and minimum energy performance standards (MEPS) requirements</t>
   </si>
   <si>
+    <t>MEPL covers some single phase heat pump|air conditioners.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.4:2012 or AS/NZS 3823.3:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-382322013-performance-electrical-appliances-air-conditioners-and-heat-pumps-part-2</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108790----https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Air-Con-Heat-Pump-Factsheet.pdf</t>
+  </si>
+  <si>
     <t>AS/NZS 4776.2:2008: Liquid-chilling packages using the vapour compression cycle—Minimum energy performance standard (MEPS) and compliance requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS levels and compliance paths for liquid-chilling packages that fall within the scope of AS/NZS 4776.1.1.</t>
+  </si>
+  <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>AS/NZS 4776 parts 1.1 and 1.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-477622008-liquid-chilling-packages-using-vapour-compression-cycle-minimum-energy</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108790</t>
+  </si>
+  <si>
     <t>AS/NZS 4847.2:2010: Self-ballasted lamps for general lighting services—Minimum Energy Performance standards (MEPS) requirements</t>
   </si>
   <si>
+    <t>This standard specifies Minimum Energy Performance Standards (MEPS) requirements and related attributes for self ballasted compact fluorescent lamps (CFLs) with integrated means for controlling starting and stable operation that are intended for domestic and similar general lighting purposes. This Standard applies to self ballasted lamps of all voltages and wattages irrespective of the type of lamp cap. This Standard covers lamps that are supplied as individual lamps or part of a luminaire. This Standard is to be read in conjunction with AS/NZS 4847.1.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>AS/NZS 4847.1:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-484722010-self-ballasted-lamps-general-lighting-services-minimum-energy-performance</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/led-</t>
+  </si>
+  <si>
     <t>AS/NZS 4965.2:2008: Performance of close control air conditioners—Minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for close control air conditioners that fall in the scope of AS/NZS 4965.1.</t>
+  </si>
+  <si>
     <t>Climate Controls</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>AS/NZS 4965.1:2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-496522008-performance-close-control-air-conditioners-minimum-energy-performance</t>
   </si>
   <si>
     <t>AS/NZS 4474.2:2009: Performance of household electrical appliances—Refrigerating appliances—Energy labelling and minimum energy performance standard requirements</t>
   </si>
   <si>
+    <t>This standard specifies the energy labelling and minimum energy performance standard (MEPS) requirements for vapour compression refrigerating appliances that can be connected to mains power and which are within the scope of AS/NZS 4474.1:2007. Such refrigerating appliances that are used in the commercial sector are included within the scope.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>AS/NZS 4474.1:2007, will be replaced by IEC 62552 1-3: 2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-447422009-performance-household-electrical-appliances-refrigerating-appliances</t>
   </si>
   <si>
     <t>AS/NZS 4782.2:2004: Double-capped fluorescent lamps—Performance specifications—Minimum Energy Performance Standard (MEPS)</t>
   </si>
   <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>AS/NZS 4782.1:2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-478222004-double-capped-fluorescent-lamps-performance-specifications-minimum-energy</t>
   </si>
   <si>
     <t>Der Blaue Engel - Auto-Off Power Strips and Socket Adapters (DE-UZ 134)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to auto-off power strips or socket adapters (with and without surge protector).</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Power strips</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>DIN EN ISO/IEC 17025; DIN EN 62301</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-auto-power-strips-and-socket-adapters-de-uz-134</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20134-201407-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Computers and Keyboards (DE/UZ 78)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to the notebook computers as defined in paragraph 1.5 of the document.  The following devices do not fall within the scope of these Basic Criteria: Mobile phones, smartphones, MDAs, PDAs and similar mobile devices.</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-computers-and-keyboards-deuz-78</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20078-201701-en-Criteria-V3.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Data Shredders (DE-UZ 174)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to household cooker hoods with an inbuilt fan for either recirculation operation - or exhaust operation exhibiting a maximum air flow volume of 800 m3 /h at maximum continuous operation. Requirements include energy efficiency of the fan; energy-efficient lighting; and power consumption in off and stand-by mode.</t>
+  </si>
+  <si>
     <t>Paper Shredders</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-data-shredders-de-uz-174</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20174-201801-en%20Criteria-2020-01-10.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Digital Cordless Phones (DE-UZ 131)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to cordless phones and base stations according to the DECT standard or a similar standard. The devices shall be primarily designed for transmitting phone calls and messages. They may, however, also provide additional functions, such as answering machine, organizer, wireless Internet access or data transmission via infrared port or bluetooth, Class III. Excluded are cordless phones with WLAN function.</t>
+  </si>
+  <si>
     <t>Telephony</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-digital-cordless-phones-de-uz-131</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20131-201404-en%20Criteria-2018-10-15.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Digital Projectors DE-UZ 127</t>
   </si>
   <si>
+    <t>Digital Projectors:  These Basic Award Criteria apply to portable digital projectors, in German also called 'beamers', based on liquid crystal technology, Liquid Crystal Display - LCD, or digital light procession technology -DLP, for image reproduction.</t>
+  </si>
+  <si>
     <t>Projectors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-digital-projectors-de-uz-127</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20127-201404-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Electric Kettles for Household Use (DE-UZ 133)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to electric water kettles for household use. In order to be eligible the electric kettle must have a removable water tank for cordless use. The power cable remains connected to the base plate and need not be unplugged from the outlet when moving the tank, to fill in water. In addition, products applying for the Blue Angel eco-label must be equipped with a concealed heating coil. Compliance with the above-mentioned criteria does not only improve the user friendliness but also indirectly extend the products service life.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>EN 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-electric-kettles-household-use-de-uz-133</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20133-201309-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Energy Efficient Data Center Operation (DE-UZ 161)</t>
   </si>
   <si>
+    <t>Within the scope of these Basic Award Criteria, a data center is defined as follows: A data center is capable of securely, permanently and centrally processing large amounts of data over a long period of time. In the process, the data center shall still possess these capabilities even when individual capabilities are not being used e.g. operation over a long period of time.</t>
+  </si>
+  <si>
     <t>Servers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-energy-efficient-data-center-operation-de-uz-161</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20161-201901-en%20Criteria-2019-03-21.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Hand Dryers (DE-UZ 87)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria are valid for electric hand dryers (e.g. hot air hand dryers, high speed hand dryers).</t>
+  </si>
+  <si>
     <t>Hand Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-hand-dryers-de-uz-87</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20087-201405-en%20Criteria-2020-05-29.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Household Cooker Hoods (DE-UZ 147)</t>
   </si>
   <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>DIN EN 61591 and DIN EN ISO/IEC 17025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-household-cooker-hoods-de-uz-147</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20147-201001-en%20Criteria-2018-10-17.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Household Lamps (DE-UZ 151)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to lamps typically used for household lighting which fulfil the following prerequisites: They • are directly powered from the mains (230 V, 50 Hz) and therefore need no external ballast, power supply pack or the like; • are suitable for indoor use; • have a total luminous flux Ф of 60 ≤ Ф ≤ 6500 lumens (lm) and • are free from mercury. Excluded from the scope are: • lamps where: at least 6 percent of the total radiation between 250 and 780 nm fall in the range of 250 to 400 nm, the radiation peak is between 315 and -400 nm (UVA) or between 280 and 315 nm (UVB); • lamps that allow shifting the chromaticity coordinates to outside the white area; • double-ended lamps.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-household-lamps-de-uz-151</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20151-201409-en%20Criteria-2019-01-23.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Office Equipment with Printing Function (Printers and Multifunction Devices) (DE-UZ 205)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to office devices (usually referred to as printers and/or multifunction devices) which at least:
+• offer printing as their primary function,
+• are capable of producing monochrome or colour printouts (4-colour-printing) on standard paper with a grammage of 60 to 80 g/m2,
+• are capable of processing media or a minimum format of DIN A4 and up to a maximum format of DIN A3+, and
+• work as electrophotographic devices (LED or laser technology) by using toners or as inkjet devices by using inks (or gels, or waxes).</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-office-equipment-printing-function-printers-and-multifunction-devices-de</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20205-201701-en%20Criteria-2020-06-02.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Solar Collectors (DE-UZ 73)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to solar collectors according to DIN EN 12975. Using solar plants for the generation of energy helps to save resources and avoid pollutant</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>DIN EN 12975</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-solar-collectors-de-uz-73</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20073-200903-en%20Criteria-2019-07-17.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Stationary air conditioners (DE-UZ 204)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria are valid for air conditioners for stationary use with the following characteristics:</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>DIN EN ISO/IEC 17025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-stationary-air-conditioners-de-uz-204</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20204-201608-en%20Criteria-2020-01-10.pdf</t>
+  </si>
+  <si>
     <t>Domestic fridges and freezers</t>
   </si>
   <si>
+    <t>MEPS and MEPL cover fridges and freezers intended for household (or similar) use.</t>
+  </si>
+  <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>IEC 62552 parts 1 to 3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/domestic-fridges-and-freezers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/fridges-and-freezers-domestic/</t>
+  </si>
+  <si>
     <t>labeling for clothes dryers</t>
   </si>
   <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>AS/NZS 2442.2:2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/labeling-clothes-dryers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/clothes-dryers-factsheet.pdf</t>
+  </si>
+  <si>
     <t>labeling for clothes washers</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>AS/NZS 2040.2:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/labeling-clothes-washers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/clothes-washer-factsheet.pdf</t>
+  </si>
+  <si>
     <t>labeling for dishwashers</t>
   </si>
   <si>
+    <t>MEPL covers mains electric dishwashers intended for household and similar use. MEPL does not apply to dishwashers specifically designed for commercial use.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>AS/NZS 2007.2:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/labeling-dishwashers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/dishwasher-factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS and MEPL for Computer Monitors</t>
   </si>
   <si>
+    <t>MEPS and MEPL cover computer monitors with a diagonal screen size up to 152 cm.</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>AS/NZS 5815.2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-mepl-computer-monitors</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Computer-Monitor-Factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS and MEPL for televisions</t>
   </si>
   <si>
+    <t>MEPS and MEPL cover televisions defined as a display device; designed for the primary purpose of showing television pictures; and supplied with a television tuner. This includes multifunction televisions and display devices supplied in modular form with an external television tuner. The E3 Programme is planning to undertake a review of the existing requirements for televisions and assess opportunities to make further energy efficiency gains</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>AS/NZS 62087.1:2010AS/NZS62087.2.2:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-mepl-televisions</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/televisions/</t>
+  </si>
+  <si>
     <t>MEPS for ballasts for fluorescent lamps</t>
   </si>
   <si>
+    <t>MEPL covers mains electric clothes dryers intended for household and similar use. This includes vented dryers condenser dryers and the drying function of combination washer|dryer units. MEPL does not apply to clothes dryers specifically designed for commercial use.</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-ballasts-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/ballast-factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Computers</t>
   </si>
   <si>
+    <t>MEPS covers desktop computers; notebooks; and small scale servers.</t>
+  </si>
+  <si>
     <t>AS/NZS 5813.2:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-computers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Computer-Factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Hot Water Systems</t>
   </si>
   <si>
     <t>AS/NZS 4692.1:2005; NZ4602:1988; NZ4606.1:1989</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-hot-water-systems</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/hot-water-systems/</t>
+  </si>
+  <si>
+    <t>MEPS covers: Gas water heaters intended for use with natural gas; liquefied petroleum gas (LPG) and simulated natural gas (SNG) up to a nominal gas consumption of 50 MJ per hour for storage types and 250 MJ per hour for instantaneous types and which fall within the scope of AS 4552.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>AS 4552-2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-hot-water-systems-0</t>
   </si>
   <si>
     <t>MEPS for set top boxes</t>
   </si>
   <si>
+    <t>MEPS covers simple non-recording standalone free-to-air digital television (DTV) set-top boxes (STBs) associated with DTV broadcasts.</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>AS/NZS 62087.1:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/set-top-boxes-factsheet.pdf</t>
+  </si>
+  <si>
     <t>Minimum energy performance requirements for three phase electric motors</t>
   </si>
   <si>
+    <t>The minimum energy performance standards apply to new motors and motors incorporated into machines:
+i) with rated output less than or equal to 0.73kW and less than 185kW; 
+ii) in 2- 4- 6- and 8-pole configurations; and 
+iii) with voltages rated up to 1100 V AC</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>AS/NZS 1359.5:2004; AS 1359.101; AS 1359.102.1; AS/NZS 1359.102.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-requirements-three-phase-electric-motors</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/3-phase-motor-factsheet.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard (MEPS) requirements for distribution transformers</t>
   </si>
   <si>
+    <t>Minimum energy performance standards for distribution transformers covers: Single- and three-phase dry and oilimmersed transformers with a power rating between 10kVA and 2500kVA; which are designed for 11kV and 22kV networks.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>AS 2375 for dry type, and AS 2374.1 for other type transformers.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-meps-requirements-distribution-transformers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/distribution-transformers-factsheet.pdf</t>
+  </si>
+  <si>
     <t>Minimum Performance of external power supplies</t>
   </si>
   <si>
+    <t>MEPS covers: Mains powered; dc and ac adaptors|power-packs with a single output of up to 250 W or VA  used to power or recharge separate low voltage electronic products; like laptops cellphones etc. They are often sold packaged with the product it will be used with - for examplel; a laptop computer normally comes with a power adaptor.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>AS/NZS 4665.1:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-performance-external-power-supplies</t>
+  </si>
+  <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/external-power-supplies-factsheet.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -832,1605 +1023,1818 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N35"/>
+  <dimension ref="A1:P35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="205" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="205.093" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="826.941" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="77.695" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="251.224" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2003</v>
+      </c>
+      <c r="I2">
+        <v>2018</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1998</v>
+      </c>
+      <c r="I3">
+        <v>2017</v>
+      </c>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2008</v>
+      </c>
+      <c r="I4">
+        <v>2011</v>
+      </c>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>41</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>46</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>47</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>48</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>47</v>
+      </c>
+      <c r="H6">
+        <v>2008</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>54</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>55</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>59</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>1997</v>
+      </c>
+      <c r="I7">
+        <v>2018</v>
+      </c>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>60</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>61</v>
+      </c>
+      <c r="P7" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8" t="s">
+        <v>39</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>63</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>47</v>
+      </c>
+      <c r="H8">
+        <v>2004</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>64</v>
+      </c>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>65</v>
+      </c>
+      <c r="P8" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>66</v>
+      </c>
+      <c r="B9" t="s">
+        <v>67</v>
+      </c>
+      <c r="C9" t="s">
+        <v>68</v>
+      </c>
+      <c r="D9" t="s">
+        <v>69</v>
+      </c>
+      <c r="E9" t="s">
+        <v>70</v>
+      </c>
+      <c r="F9" t="s">
+        <v>71</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2012</v>
+      </c>
+      <c r="I9">
+        <v>2020</v>
+      </c>
+      <c r="J9" t="s">
+        <v>72</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>73</v>
+      </c>
+      <c r="M9" t="s">
+        <v>74</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>75</v>
+      </c>
+      <c r="P9" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>77</v>
+      </c>
+      <c r="B10" t="s">
+        <v>78</v>
+      </c>
+      <c r="C10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D10" t="s">
+        <v>79</v>
+      </c>
+      <c r="E10" t="s">
+        <v>70</v>
+      </c>
+      <c r="F10" t="s">
+        <v>71</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2017</v>
+      </c>
+      <c r="I10">
+        <v>2021</v>
+      </c>
+      <c r="J10" t="s">
+        <v>54</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>74</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>80</v>
+      </c>
+      <c r="P10" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>82</v>
+      </c>
+      <c r="B11" t="s">
+        <v>83</v>
+      </c>
+      <c r="C11" t="s">
+        <v>68</v>
+      </c>
+      <c r="D11" t="s">
+        <v>84</v>
+      </c>
+      <c r="E11" t="s">
+        <v>70</v>
+      </c>
+      <c r="F11" t="s">
+        <v>71</v>
+      </c>
+      <c r="G11" t="s">
+        <v>47</v>
+      </c>
+      <c r="H11">
+        <v>2018</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>85</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>74</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>86</v>
+      </c>
+      <c r="P11" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>88</v>
+      </c>
+      <c r="B12" t="s">
+        <v>89</v>
+      </c>
+      <c r="C12" t="s">
+        <v>68</v>
+      </c>
+      <c r="D12" t="s">
+        <v>90</v>
+      </c>
+      <c r="E12" t="s">
+        <v>70</v>
+      </c>
+      <c r="F12" t="s">
+        <v>71</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2010</v>
+      </c>
+      <c r="I12">
+        <v>2014</v>
+      </c>
+      <c r="J12" t="s">
+        <v>85</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>74</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>91</v>
+      </c>
+      <c r="P12" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>93</v>
+      </c>
+      <c r="B13" t="s">
+        <v>94</v>
+      </c>
+      <c r="C13" t="s">
+        <v>68</v>
+      </c>
+      <c r="D13" t="s">
+        <v>95</v>
+      </c>
+      <c r="E13" t="s">
+        <v>70</v>
+      </c>
+      <c r="F13" t="s">
+        <v>71</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2014</v>
+      </c>
+      <c r="I13">
+        <v>2020</v>
+      </c>
+      <c r="J13" t="s">
+        <v>72</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>74</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>96</v>
+      </c>
+      <c r="P13" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>98</v>
+      </c>
+      <c r="B14" t="s">
+        <v>99</v>
+      </c>
+      <c r="C14" t="s">
+        <v>68</v>
+      </c>
+      <c r="D14" t="s">
+        <v>100</v>
+      </c>
+      <c r="E14" t="s">
+        <v>70</v>
+      </c>
+      <c r="F14" t="s">
+        <v>71</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2013</v>
+      </c>
+      <c r="I14">
+        <v>2020</v>
+      </c>
+      <c r="J14" t="s">
+        <v>72</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>101</v>
+      </c>
+      <c r="M14" t="s">
+        <v>74</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>102</v>
+      </c>
+      <c r="P14" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>104</v>
+      </c>
+      <c r="B15" t="s">
+        <v>105</v>
+      </c>
+      <c r="C15" t="s">
+        <v>68</v>
+      </c>
+      <c r="D15" t="s">
+        <v>106</v>
+      </c>
+      <c r="E15" t="s">
+        <v>70</v>
+      </c>
+      <c r="F15" t="s">
+        <v>71</v>
+      </c>
+      <c r="G15" t="s">
+        <v>47</v>
+      </c>
+      <c r="H15">
+        <v>2019</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>85</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>74</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>107</v>
+      </c>
+      <c r="P15" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>109</v>
+      </c>
+      <c r="B16" t="s">
+        <v>110</v>
+      </c>
+      <c r="C16" t="s">
+        <v>68</v>
+      </c>
+      <c r="D16" t="s">
+        <v>111</v>
+      </c>
+      <c r="E16" t="s">
+        <v>70</v>
+      </c>
+      <c r="F16" t="s">
+        <v>71</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2014</v>
+      </c>
+      <c r="I16">
+        <v>2020</v>
+      </c>
+      <c r="J16" t="s">
+        <v>85</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>74</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>112</v>
+      </c>
+      <c r="P16" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>114</v>
+      </c>
+      <c r="B17" t="s">
+        <v>83</v>
+      </c>
+      <c r="C17" t="s">
+        <v>68</v>
+      </c>
+      <c r="D17" t="s">
+        <v>115</v>
+      </c>
+      <c r="E17" t="s">
+        <v>70</v>
+      </c>
+      <c r="F17" t="s">
+        <v>71</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2010</v>
+      </c>
+      <c r="I17">
+        <v>2018</v>
+      </c>
+      <c r="J17" t="s">
+        <v>85</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>116</v>
+      </c>
+      <c r="M17" t="s">
+        <v>74</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>117</v>
+      </c>
+      <c r="P17" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>119</v>
+      </c>
+      <c r="B18" t="s">
+        <v>120</v>
+      </c>
+      <c r="C18" t="s">
+        <v>68</v>
+      </c>
+      <c r="D18" t="s">
+        <v>121</v>
+      </c>
+      <c r="E18" t="s">
+        <v>70</v>
+      </c>
+      <c r="F18" t="s">
+        <v>71</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2014</v>
+      </c>
+      <c r="I18">
+        <v>2019</v>
+      </c>
+      <c r="J18" t="s">
+        <v>72</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>74</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>122</v>
+      </c>
+      <c r="P18" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>124</v>
+      </c>
+      <c r="B19" t="s">
+        <v>125</v>
+      </c>
+      <c r="C19" t="s">
+        <v>68</v>
+      </c>
+      <c r="D19" t="s">
+        <v>126</v>
+      </c>
+      <c r="E19" t="s">
+        <v>70</v>
+      </c>
+      <c r="F19" t="s">
+        <v>71</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2017</v>
+      </c>
+      <c r="I19">
+        <v>2020</v>
+      </c>
+      <c r="J19" t="s">
+        <v>85</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>74</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>127</v>
+      </c>
+      <c r="P19" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>129</v>
+      </c>
+      <c r="B20" t="s">
+        <v>130</v>
+      </c>
+      <c r="C20" t="s">
+        <v>68</v>
+      </c>
+      <c r="D20" t="s">
+        <v>131</v>
+      </c>
+      <c r="E20" t="s">
+        <v>70</v>
+      </c>
+      <c r="F20" t="s">
+        <v>71</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2009</v>
+      </c>
+      <c r="I20">
+        <v>2019</v>
+      </c>
+      <c r="J20" t="s">
+        <v>72</v>
+      </c>
+      <c r="K20" t="s">
+        <v>132</v>
+      </c>
+      <c r="L20" t="s">
+        <v>133</v>
+      </c>
+      <c r="M20" t="s">
+        <v>74</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>134</v>
+      </c>
+      <c r="P20" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>136</v>
+      </c>
+      <c r="B21" t="s">
+        <v>137</v>
+      </c>
+      <c r="C21" t="s">
+        <v>68</v>
+      </c>
+      <c r="D21" t="s">
+        <v>138</v>
+      </c>
+      <c r="E21" t="s">
+        <v>70</v>
+      </c>
+      <c r="F21" t="s">
+        <v>71</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2016</v>
+      </c>
+      <c r="I21">
+        <v>2020</v>
+      </c>
+      <c r="J21" t="s">
+        <v>72</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>139</v>
+      </c>
+      <c r="M21" t="s">
+        <v>74</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>140</v>
+      </c>
+      <c r="P21" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>142</v>
+      </c>
+      <c r="B22" t="s">
+        <v>143</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>59</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>144</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>1986</v>
+      </c>
+      <c r="I22">
+        <v>2018</v>
+      </c>
+      <c r="J22" t="s">
+        <v>34</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>145</v>
+      </c>
+      <c r="M22" t="s">
+        <v>26</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>146</v>
+      </c>
+      <c r="P22" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>148</v>
+      </c>
+      <c r="B23" t="s">
+        <v>148</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
+        <v>149</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>144</v>
+      </c>
+      <c r="G23" t="s">
+        <v>47</v>
+      </c>
+      <c r="H23">
+        <v>1990</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>34</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>150</v>
+      </c>
+      <c r="M23" t="s">
+        <v>26</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>151</v>
+      </c>
+      <c r="P23" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>153</v>
+      </c>
+      <c r="B24" t="s">
+        <v>153</v>
+      </c>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
+        <v>154</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>144</v>
+      </c>
+      <c r="G24" t="s">
+        <v>47</v>
+      </c>
+      <c r="H24">
+        <v>1990</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>34</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>155</v>
+      </c>
+      <c r="M24" t="s">
+        <v>26</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>156</v>
+      </c>
+      <c r="P24" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>158</v>
+      </c>
+      <c r="B25" t="s">
+        <v>159</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
+        <v>160</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>144</v>
+      </c>
+      <c r="G25" t="s">
+        <v>47</v>
+      </c>
+      <c r="H25">
+        <v>1987</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>34</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>161</v>
+      </c>
+      <c r="M25" t="s">
+        <v>26</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>162</v>
+      </c>
+      <c r="P25" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>164</v>
+      </c>
+      <c r="B26" t="s">
+        <v>165</v>
+      </c>
+      <c r="C26" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" t="s">
+        <v>166</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>33</v>
+      </c>
+      <c r="G26" t="s">
+        <v>47</v>
+      </c>
+      <c r="H26">
+        <v>2013</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>34</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>167</v>
+      </c>
+      <c r="M26" t="s">
+        <v>26</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>168</v>
+      </c>
+      <c r="P26" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>170</v>
+      </c>
+      <c r="B27" t="s">
+        <v>171</v>
+      </c>
+      <c r="C27" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" t="s">
+        <v>172</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>33</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2012</v>
+      </c>
+      <c r="I27">
+        <v>2017</v>
+      </c>
+      <c r="J27" t="s">
+        <v>34</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>173</v>
+      </c>
+      <c r="M27" t="s">
+        <v>26</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>174</v>
+      </c>
+      <c r="P27" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>176</v>
+      </c>
+      <c r="B28" t="s">
+        <v>177</v>
+      </c>
+      <c r="C28" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" t="s">
+        <v>178</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>47</v>
+      </c>
+      <c r="H28">
+        <v>2002</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>34</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>26</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>179</v>
+      </c>
+      <c r="P28" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>181</v>
+      </c>
+      <c r="B29" t="s">
+        <v>182</v>
+      </c>
+      <c r="C29" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" t="s">
+        <v>79</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>47</v>
+      </c>
+      <c r="H29">
+        <v>2013</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>34</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>183</v>
+      </c>
+      <c r="M29" t="s">
+        <v>26</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>184</v>
+      </c>
+      <c r="P29" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>186</v>
+      </c>
+      <c r="B30" t="s">
+        <v>52</v>
+      </c>
+      <c r="C30" t="s">
+        <v>18</v>
+      </c>
+      <c r="D30" t="s">
+        <v>131</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
         <v>2003</v>
       </c>
-      <c r="H2">
+      <c r="I30">
         <v>2018</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J30" t="s">
+        <v>34</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>187</v>
+      </c>
+      <c r="M30" t="s">
+        <v>26</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>188</v>
+      </c>
+      <c r="P30" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>186</v>
+      </c>
+      <c r="B31" t="s">
+        <v>190</v>
+      </c>
+      <c r="C31" t="s">
+        <v>18</v>
+      </c>
+      <c r="D31" t="s">
+        <v>191</v>
+      </c>
+      <c r="E31" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F31" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G31" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...10 lines deleted...]
-      <c r="A3" t="s">
+      <c r="H31">
+        <v>2005</v>
+      </c>
+      <c r="I31">
+        <v>2018</v>
+      </c>
+      <c r="J31" t="s">
+        <v>34</v>
+      </c>
+      <c r="K31" t="s">
+        <v>192</v>
+      </c>
+      <c r="L31" t="s">
+        <v>193</v>
+      </c>
+      <c r="M31" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...23 lines deleted...]
-      <c r="J3" t="s">
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>194</v>
+      </c>
+      <c r="P31" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>195</v>
+      </c>
+      <c r="B32" t="s">
+        <v>196</v>
+      </c>
+      <c r="C32" t="s">
+        <v>18</v>
+      </c>
+      <c r="D32" t="s">
+        <v>197</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...25 lines deleted...]
-      <c r="E4" t="s">
+      <c r="G32" t="s">
+        <v>47</v>
+      </c>
+      <c r="H32">
+        <v>2008</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>34</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>198</v>
+      </c>
+      <c r="M32" t="s">
+        <v>26</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>199</v>
+      </c>
+      <c r="P32" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>201</v>
+      </c>
+      <c r="B33" t="s">
+        <v>202</v>
+      </c>
+      <c r="C33" t="s">
         <v>18</v>
       </c>
-      <c r="F4" t="s">
-[...5 lines deleted...]
-      <c r="H4">
+      <c r="D33" t="s">
+        <v>203</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2002</v>
+      </c>
+      <c r="I33">
+        <v>2006</v>
+      </c>
+      <c r="J33" t="s">
+        <v>34</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>204</v>
+      </c>
+      <c r="M33" t="s">
+        <v>26</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>205</v>
+      </c>
+      <c r="P33" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>207</v>
+      </c>
+      <c r="B34" t="s">
+        <v>208</v>
+      </c>
+      <c r="C34" t="s">
+        <v>18</v>
+      </c>
+      <c r="D34" t="s">
+        <v>209</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2004</v>
+      </c>
+      <c r="I34">
         <v>2011</v>
       </c>
-      <c r="I4" t="s">
+      <c r="J34" t="s">
+        <v>34</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>210</v>
+      </c>
+      <c r="M34" t="s">
+        <v>26</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>211</v>
+      </c>
+      <c r="P34" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>213</v>
+      </c>
+      <c r="B35" t="s">
+        <v>214</v>
+      </c>
+      <c r="C35" t="s">
+        <v>18</v>
+      </c>
+      <c r="D35" t="s">
+        <v>215</v>
+      </c>
+      <c r="E35" t="s">
         <v>20</v>
       </c>
-      <c r="J4" t="s">
+      <c r="F35" t="s">
         <v>21</v>
       </c>
-      <c r="K4" t="s">
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2005</v>
+      </c>
+      <c r="I35">
+        <v>2011</v>
+      </c>
+      <c r="J35" t="s">
         <v>34</v>
       </c>
-      <c r="L4" t="s">
-[...1317 lines deleted...]
-      </c>
       <c r="K35" t="s">
-        <v>156</v>
+        <v>24</v>
       </c>
       <c r="L35" t="s">
-        <v>23</v>
+        <v>216</v>
       </c>
       <c r="M35" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N35" t="s">
-        <v>157</v>
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>217</v>
+      </c>
+      <c r="P35" t="s">
+        <v>218</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>