--- v0 (2025-10-12)
+++ v1 (2025-12-07)
@@ -12,748 +12,1043 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="205">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="290">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Auto-Off Power Strips and Socket Adapters (DE-UZ 134)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to auto-off power strips or socket adapters (with and without surge protector).</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Power strips</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>DIN EN ISO/IEC 17025; DIN EN 62301</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-auto-power-strips-and-socket-adapters-de-uz-134</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20134-201407-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Computers and Keyboards (DE/UZ 78)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to the notebook computers as defined in paragraph 1.5 of the document.  The following devices do not fall within the scope of these Basic Criteria: Mobile phones, smartphones, MDAs, PDAs and similar mobile devices.</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-computers-and-keyboards-deuz-78</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20078-201701-en-Criteria-V3.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Data Shredders (DE-UZ 174)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to household cooker hoods with an inbuilt fan for either recirculation operation - or exhaust operation exhibiting a maximum air flow volume of 800 m3 /h at maximum continuous operation. Requirements include energy efficiency of the fan; energy-efficient lighting; and power consumption in off and stand-by mode.</t>
+  </si>
+  <si>
     <t>Paper Shredders</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-data-shredders-de-uz-174</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20174-201801-en%20Criteria-2020-01-10.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Digital Cordless Phones (DE-UZ 131)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to cordless phones and base stations according to the DECT standard or a similar standard. The devices shall be primarily designed for transmitting phone calls and messages. They may, however, also provide additional functions, such as answering machine, organizer, wireless Internet access or data transmission via infrared port or bluetooth, Class III. Excluded are cordless phones with WLAN function.</t>
+  </si>
+  <si>
     <t>Telephony</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-digital-cordless-phones-de-uz-131</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20131-201404-en%20Criteria-2018-10-15.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Digital Projectors DE-UZ 127</t>
   </si>
   <si>
+    <t>Digital Projectors:  These Basic Award Criteria apply to portable digital projectors, in German also called 'beamers', based on liquid crystal technology, Liquid Crystal Display - LCD, or digital light procession technology -DLP, for image reproduction.</t>
+  </si>
+  <si>
     <t>Projectors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-digital-projectors-de-uz-127</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20127-201404-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Electric Kettles for Household Use (DE-UZ 133)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to electric water kettles for household use. In order to be eligible the electric kettle must have a removable water tank for cordless use. The power cable remains connected to the base plate and need not be unplugged from the outlet when moving the tank, to fill in water. In addition, products applying for the Blue Angel eco-label must be equipped with a concealed heating coil. Compliance with the above-mentioned criteria does not only improve the user friendliness but also indirectly extend the products service life.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>EN 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-electric-kettles-household-use-de-uz-133</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20133-201309-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Energy Efficient Data Center Operation (DE-UZ 161)</t>
   </si>
   <si>
+    <t>Within the scope of these Basic Award Criteria, a data center is defined as follows: A data center is capable of securely, permanently and centrally processing large amounts of data over a long period of time. In the process, the data center shall still possess these capabilities even when individual capabilities are not being used e.g. operation over a long period of time.</t>
+  </si>
+  <si>
     <t>Servers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-energy-efficient-data-center-operation-de-uz-161</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20161-201901-en%20Criteria-2019-03-21.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Hand Dryers (DE-UZ 87)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria are valid for electric hand dryers (e.g. hot air hand dryers, high speed hand dryers).</t>
+  </si>
+  <si>
     <t>Hand Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-hand-dryers-de-uz-87</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20087-201405-en%20Criteria-2020-05-29.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Household Cooker Hoods (DE-UZ 147)</t>
   </si>
   <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>DIN EN 61591 and DIN EN ISO/IEC 17025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-household-cooker-hoods-de-uz-147</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20147-201001-en%20Criteria-2018-10-17.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Household Lamps (DE-UZ 151)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to lamps typically used for household lighting which fulfil the following prerequisites: They • are directly powered from the mains (230 V, 50 Hz) and therefore need no external ballast, power supply pack or the like; • are suitable for indoor use; • have a total luminous flux Ф of 60 ≤ Ф ≤ 6500 lumens (lm) and • are free from mercury. Excluded from the scope are: • lamps where: at least 6 percent of the total radiation between 250 and 780 nm fall in the range of 250 to 400 nm, the radiation peak is between 315 and -400 nm (UVA) or between 280 and 315 nm (UVB); • lamps that allow shifting the chromaticity coordinates to outside the white area; • double-ended lamps.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-household-lamps-de-uz-151</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20151-201409-en%20Criteria-2019-01-23.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Office Equipment with Printing Function (Printers and Multifunction Devices) (DE-UZ 205)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to office devices (usually referred to as printers and/or multifunction devices) which at least:
+• offer printing as their primary function,
+• are capable of producing monochrome or colour printouts (4-colour-printing) on standard paper with a grammage of 60 to 80 g/m2,
+• are capable of processing media or a minimum format of DIN A4 and up to a maximum format of DIN A3+, and
+• work as electrophotographic devices (LED or laser technology) by using toners or as inkjet devices by using inks (or gels, or waxes).</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-office-equipment-printing-function-printers-and-multifunction-devices-de</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20205-201701-en%20Criteria-2020-06-02.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Solar Collectors (DE-UZ 73)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to solar collectors according to DIN EN 12975. Using solar plants for the generation of energy helps to save resources and avoid pollutant</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>DIN EN 12975</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-solar-collectors-de-uz-73</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20073-200903-en%20Criteria-2019-07-17.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Stationary air conditioners (DE-UZ 204)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria are valid for air conditioners for stationary use with the following characteristics:</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>DIN EN ISO/IEC 17025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-stationary-air-conditioners-de-uz-204</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20204-201608-en%20Criteria-2020-01-10.pdf</t>
+  </si>
+  <si>
     <t>Energy Conservation (Regulated Goods and Registered Suppliers) Regulations 2017</t>
+  </si>
+  <si>
+    <t>This regulation specifies the MEPS and labeling requirements for air‑conditioners; single-phase clothes dryers; single-phase lamps; ballasts for fluorescent lamps; single-phase refrigerators without freezers, refrigerators with freezers, and refrigerators with freezers and through-the-door ice dispensers; single‑phase televisions; and single speed three-phase 50 Hz induction motors.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Televisions, Clothes Dryers, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Single-phase non-ducted room air conditioners: ISO 5151:2017,  ISO 15042:2017
 ,   
                     Refrigerators: ISO 15502:2005; IEC 62552:2007
 ,   
                     Clothes Dryers: IEC 61121:2005
 ,   
                     Televisions: IEC 62087:2008
 ,   
                     General Lighting: CIE 84:1989; IEC 60064
 ,   
                     Three-phase VRF air-conditioners: ISO 15042:2017
 ,   
                     Three-phase induction motors: IEC 60032:2014</t>
   </si>
   <si>
     <t>Minister for the Environment and Water Resources </t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-regulated-goods-and-registered-suppliers-regulations-2017</t>
   </si>
   <si>
+    <t>https://sso.agc.gov.sg/Act/ECA2012/Uncommenced/20171227?ValidDt=20180101&amp;ViewType=Sl</t>
+  </si>
+  <si>
     <t>MELS for Casement and Window Air-Conditioners</t>
   </si>
   <si>
+    <t>This policy defines the minimum energy labeling scheme for casement and window air-conditioners up to 8.8kW.</t>
+  </si>
+  <si>
     <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>ISO 5151:2017
 ,   
                     IEC 62301:2005
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-casement-and-window-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
     <t>MELS for Clothes Dryers</t>
   </si>
   <si>
+    <t>This policy defines minimum energy labeling scheme (MELS) requirements for clothes dryers with a rated capacity of up to 10kg.
+Energy Consumption (EC) per wash in kWh (all clothes dryers)
+- 1 tick: NA
+- 2 tick: Rated capacity x 0.55 ≥ EC &gt; Rated capacity x 0.45
+- 3 tick: Rated capacity x 0.45 ≥ EC &gt; Rated capacity x 0.37
+- 4 tick: Rated capacity x 0.37 ≥ EC &gt; Rated capacity x 0.30
+- 5 tick: Rated capacity x 0.30 ≥ EC
+Rated Capacity means the mass in kilograms of a particular type of dry textiles which, according to the instructions of the manufacturer of the clothes dryer, can be treated in a particular drying program suitable for drying the particular type of dry textile.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
-[...1 lines deleted...]
-  <si>
     <t>IEC 61121:2005 with amendment 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-clothes-dryers</t>
   </si>
   <si>
     <t>MELS for Commercial Storage Refrigerators</t>
   </si>
   <si>
+    <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
   </si>
   <si>
     <t>MELS for General Lighting</t>
   </si>
   <si>
+    <t>This policy defines minimum energy labeling scheme requirements for incandescent lamps, CFLi lamps, and LEDs with an Edison screw or a bayonet lamp cap.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting</t>
   </si>
   <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
+    <t>This policy set energy label scheme for all regulated lamps:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MELS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
+    <t>This policy defines the minimum energy labeling scheme for single-phase portable air-conditioners:</t>
+  </si>
+  <si>
     <t>Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-portable-air-conditioners-2024</t>
   </si>
   <si>
     <t>MELS for Refrigerators</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy labeling scheme requirements for the following products:
+- Refrigerators without a freezer up to 900L
+- Refrigerators with a freezer up to 300L
+- Refrigerators with a freezer &gt; 300L to 900L
+- Refrigerators with freezer and through-the-door ice dispenser</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>IEC 62552:2007
 ,   
                     ISO 15502:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-refrigerators</t>
   </si>
   <si>
     <t>MELS for Split Type Air-Conditioners</t>
+  </si>
+  <si>
+    <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.</t>
   </si>
   <si>
     <t>ISO 15042:2017
 ,   
                     IEC 62301:2005
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-split-type-air-conditioners</t>
   </si>
   <si>
     <t>MELS for Televisions</t>
   </si>
   <si>
+    <t>This policy contains minimum energy labeling scheme (MELS) requirements for televisions.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>IEC 62087:2008
 ,   
                     IEC 62087:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-televisions</t>
   </si>
   <si>
     <t>MELS for Three-Phase VRF Air-Conditioners</t>
   </si>
   <si>
+    <t>This policy defines the minimum energy labeling scheme requirements for base module/units of a three-phase VRF air-conditioners (unit efficiency) of all cooling capacities.</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>ISO 15042:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-three-phase-vrf-air-conditioners</t>
   </si>
   <si>
     <t>MELS for Water Heater</t>
   </si>
   <si>
+    <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-water-heater</t>
   </si>
   <si>
     <t>MEPS for casement and window air-conditioners</t>
   </si>
   <si>
+    <t>This policy applies to casement and window (up to 8.8 kW). The Minimum Coefficient of Performance (COP) is set at COP100% &gt; 3.78. Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards: ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-casement-and-window-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for Clothes Dryers</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance requirements for clothes dryers with a rated capacity of https://www.nea.gov.sg/up to 10kg. The revised 2022 MEPS are: EC ≤ [Rated Capacity x 0.55], where “Rated Capacity” means the mass in kilograms of a particular type of dry textiles which, according to the instructions of the manufacturer of the clothes dryer, can be treated in a particular drying program suitable for drying the particular type of dry textile and “EC” means Energy Consumption in kWh per wash.</t>
+  </si>
+  <si>
     <t>IEC1 61121:2005 with amendment 1, Section 9.2.1: Drying tests general</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-clothes-dryers</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>MEPS for General Lighting</t>
+  </si>
+  <si>
+    <t>This policy sets minimum energy performance requirements for the following products: incandescent lamps (25-200W), Compact fluorescent lamps with integrated ballast (CFLi) (up to 60W),  LED lamps with an Edison screw or a bayonet lamp cap (up to 60W), Compact fluorescent lamps without integrated ballast (CFLni), T8 Linear, double-capped, fluorescent lamps (LFL)[0.5 - 1.5]m, and LED lamps designed as a direct replacement for CFLni and T8 LFL without requiring any internal modification of the luminaires.</t>
   </si>
   <si>
     <t>Lighting, Lamps, Tubular Lamps, Non-Directional lamps, HD lamps and retrofits</t>
   </si>
   <si>
     <t>CIE3 84:1989 and IEC 60064, Measurement of luminous flux
 ,   
                     CIE 84:1989 and IEC 60064 or IEC 60357, Measurement of luminous flux
 ,   
                     IEC 60969:2001, Performance tests
 ,   
                     IEC 60901:2001, Performance tests
 ,   
                     IEC 60081:2002, Performance tests
 ,   
                     IEC 62612:2013, Performance tests
 ,   
                     IEC 62612:2013, Performance tests</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-general-lighting</t>
   </si>
   <si>
     <t>MEPS for General Lighting (2024)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for lamps as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-general-lighting-2024</t>
   </si>
   <si>
     <t>MEPS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
+    <t>This policy regulates minimum energy performance standard for portable air conditioners.
+Single-phase portable air-conditioners having a single exhaust duct (up to 12 kW) should have Coefficient of Performance (COP) 100% equal or greater than 3.0.
+Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards. 
+1 Weighted COP = 0.4 x COP100% + 0.6 x COP50%
+ N is the number of indoor and outdoor units
+ Standby power is expressed in Watts</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-portable-air-conditioners-2024</t>
   </si>
   <si>
     <t>MEPS for Refrigerators</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance requirements for the following refrigerators: 
+- Refrigerators without a freezer up to 900L: 
+- Refrigerators with a freezer up to 300L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
+- Refrigerators with a freezer &gt; 300L to 900L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
+- Refrigerators with freezer and through-the-door ice dispenser: AEC ≤ [(585 + 1.378 x
+Vadj tot) x 0.409]
+- Vadj tot is defined as the sum of the adjusted volumes of the refrigerator compartments.
+- “Through-the-door ice dispenser” means an automatic ice maker coupled with a device that
+delivers ice on demand externally through a door.
+- “AEC” means Annual Energy Consumption.</t>
+  </si>
+  <si>
     <t>IEC 62552:2007 or ISO2 15502:2005, Section 15: Energy consumption test, climate class T</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-0</t>
   </si>
   <si>
     <t>MEPS for Refrigerators (2025)</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>This policy raises minimum energy performance standards for refrigerators with adjusted volumes no greater than 900 litres.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-2025</t>
   </si>
   <si>
     <t>MEPS for Split Type Air-Conditioners</t>
+  </si>
+  <si>
+    <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.
+The established MEPS are: 
+Single/Multi Split (inverter) up to 17.6kW: COP100% ≥ 3.34
+Single/Multi Split (inverter) up to 17.6kW: COPweighted ≥ 4.04
+Single/Multi Split (non-inverter) up to 17.6kW: COP100% ≥ 4.04
+COPweighted = 0.4 x COP100% + 0.6 x COP50%</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     ISO 5151:2017, Section 5.1: Cooling capacity test, Climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011, Climate class Nil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners</t>
   </si>
   <si>
     <t>MEPS for Split Type Air-Conditioners (2025)</t>
   </si>
   <si>
+    <t>This policy raises MEPS for single and multi split air conditioners.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners-2025</t>
   </si>
   <si>
     <t>MEPS for Televisions (2024/2025)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for non-8K TV at 4-tick and 8K TV at 3-tick, effective in April 2024, and April 2025 respectively, as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-televisions-20242025</t>
   </si>
   <si>
     <t>MEPS for Three-Phase Induction Motors</t>
+  </si>
+  <si>
+    <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-induction-motors</t>
   </si>
   <si>
     <t>MEPS for Three-Phase VRF Air-Conditioners</t>
   </si>
   <si>
+    <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
+Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
+where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
+            B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
+            C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
+            D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
+  </si>
+  <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-vrf-air-conditioners</t>
   </si>
   <si>
     <t>MEPS for Water Heater (2025)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for water heaters as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-water-heater-2025</t>
   </si>
   <si>
     <t>Singapore Green Labeling Scheme: CFLs</t>
   </si>
   <si>
+    <t>This standard establishes requirements for integral compact fluorescent lamps (CFL) where the tube and ballast are combined into a single unit. These lamps allow consumers to replace incandescent lamps easily with CFL. The product group that is within the scope of certification would include screw-based lamps with ballast and adaptor in a single assembly.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-cfls</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=7</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Hand Dryers</t>
   </si>
   <si>
+    <t>This policy establishes criteria for electric hot air hand driers that are equipped with non-contact on-off switches based on environmental, performance, and health parameters.</t>
+  </si>
+  <si>
     <t>Other</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-hand-dryers</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=49</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Microwave Ovens</t>
   </si>
   <si>
+    <t>This policy establishes criteria for microwave ovens for household use. A microwave oven is an electrical appliance intended for household use that uses high-frequency electromagnetic waves for heating food or beverages, with a rated voltage of not more than 250 V and a frequency ranging from 890 MHz to 6 GHz.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=81</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Personal Computers</t>
   </si>
   <si>
+    <t>This policy establishes criteria to label Personal Computers (PCs). These criteria include requirements for the following with a rated voltage of not more than 250 VAC: computer system unit; display (monitor); personal computer set combination system including units Computer System Unit, display (monitor), keyboard, and mouse; and portable computer such as notebook (notebook or laptop), tablet (tablet or slate).</t>
+  </si>
+  <si>
     <t>Information Technology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-personal-computers</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=82</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Photocopiers, Printers, Fax Machines &amp; Multifunctional Devices</t>
   </si>
   <si>
+    <t>This policy establishes grading criteria for Copying Machines, Printers, Fax Machines, and Multifunctional Devices (MFDs) based on environmental, performance, and health parameters. These criteria include requirements for standard-sized monochromatic and color office machines based on electrophotography (including laser and LED) and inkjet marking technologies. Standard-sized machines are those that primarily print or copy on regular-sized (e.g., A4 / 8.5 x 11) paper and envelopes. Large-format office machines are also included in this category.</t>
+  </si>
+  <si>
     <t>Other-Electronics</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-photocopiers-printers-fax-machines-multifunctional-devices</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=38</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Televisions Sets</t>
   </si>
   <si>
+    <t>This category establishes criteria for mains-powered television sets consisting of a unit whose main purpose is to receive, reproduce and, if applicable, decode television signals.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-televisions-sets</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Coffee Machine</t>
   </si>
   <si>
+    <t>This category establishes criteria for espresso and coffee machines, which include fully-automatic espresso/coffee machines, hand-operated piston espresso/coffee machines and capsule espresso/coffee machines. The category does not cover espresso/coffee machines with a system to warm cups, or capsule espresso/coffee machines which require capsules made by a certain manufacturer.</t>
+  </si>
+  <si>
     <t>Coffee Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-coffee-machine</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=56</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Dishwashers</t>
   </si>
   <si>
+    <t>This category establishes criteria for dishwashers designed to be stand-alone on floors or counter surfaces meant for household use. They apply to devices which serve the function of dishwashing alone or in combination with other functions.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-dishwashers</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=76</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Electric Kettles</t>
   </si>
   <si>
+    <t>This category establishes criteria for electric kettles for household use based on environmental, performance and health parameters.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-electric-kettles</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=55</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Gas Cookers and Gas-fired Appliances</t>
   </si>
   <si>
+    <t>This category establishes criteria for household gas-powered cooking devices that are isolated in design i.e. individual machines (which operate with gas burners located on steel originated or glass and ceramic layered cooker top) and gas-powered cooking devices with built-in ovens (the latter may be either natural gas or electricity powered). This category does not include gas powered cooking devices which operate with gas burners located below a glass and ceramic layered cooker top.</t>
+  </si>
+  <si>
     <t>Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-gas-cookers-and-gas-fired-appliances</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=57</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Hot Water Storage Tanks</t>
   </si>
   <si>
+    <t>This scope for certification under this category includes hot-water storage tanks such as thermal solar systems and components, including water heaters, water heating installations, and storage water heaters for drinking water.</t>
+  </si>
+  <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-hot-water-storage-tanks</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=58</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: LEDs</t>
   </si>
   <si>
+    <t>This category establishes criteria for a range of Light Emitting Diode (“LED lighting”), which is used by directly connecting to a commercial power source.</t>
+  </si>
+  <si>
     <t>Streetlighting, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-leds</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=45</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Photovoltaic Equipment</t>
   </si>
   <si>
+    <t>This category establishes criteria for products for indoor and outdoor use, powered by solar (or light) energy using a rechargeable electrochemical storage system are included within the scope of this category based on environmental, performance, and health parameters.</t>
+  </si>
+  <si>
     <t>Small-Solar Powered Electronics</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-photovoltaic-equipment</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=71</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Refrigerators and Freezers</t>
   </si>
   <si>
+    <t>This category establishes criteria for electric household refrigerators (with or without low-temperature compartment), refrigerator-freezer combinations and freezers (chest and upright freezers) used as free-standing, built-under or built-in appliances.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-refrigerators-and-freezers</t>
   </si>
   <si>
     <t>Singapore Green Labelling Scheme: Solar-Powered Products</t>
   </si>
   <si>
+    <t>The scope of certification under this category includes solar powered products such as watches/clocks, caliper gauges, desktop and pocket calculators, scales for small utilisation, e.g. letter, parcel, bathroom and kitchen scales, titrating devices, toys, solar construction kits, solar training kits, and solar experimental kits.</t>
+  </si>
+  <si>
     <t>Small-Solar Powered Electronics, Solar Energy Kits</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-solar-powered-products</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=62</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1017,2395 +1312,2728 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N55"/>
+  <dimension ref="A1:P55"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="126" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="126.112" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="826.941" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="196.952" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="194.524" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="58.843" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="209.949" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2012</v>
+      </c>
+      <c r="I2">
+        <v>2020</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2017</v>
+      </c>
+      <c r="I3">
+        <v>2021</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>39</v>
+      </c>
+      <c r="H4">
+        <v>2018</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>40</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2010</v>
+      </c>
+      <c r="I5">
+        <v>2014</v>
+      </c>
+      <c r="J5" t="s">
+        <v>40</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2014</v>
+      </c>
+      <c r="I6">
+        <v>2020</v>
+      </c>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>51</v>
+      </c>
+      <c r="P6" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>53</v>
+      </c>
+      <c r="B7" t="s">
+        <v>54</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>55</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2013</v>
+      </c>
+      <c r="I7">
+        <v>2020</v>
+      </c>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>56</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>57</v>
+      </c>
+      <c r="P7" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>59</v>
+      </c>
+      <c r="B8" t="s">
+        <v>60</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>61</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>39</v>
+      </c>
+      <c r="H8">
+        <v>2019</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>40</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>62</v>
+      </c>
+      <c r="P8" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>64</v>
+      </c>
+      <c r="B9" t="s">
+        <v>65</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>66</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2014</v>
+      </c>
+      <c r="I9">
+        <v>2020</v>
+      </c>
+      <c r="J9" t="s">
+        <v>40</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>26</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>67</v>
+      </c>
+      <c r="P9" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>69</v>
+      </c>
+      <c r="B10" t="s">
+        <v>37</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>70</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2010</v>
+      </c>
+      <c r="I10">
+        <v>2018</v>
+      </c>
+      <c r="J10" t="s">
+        <v>40</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>71</v>
+      </c>
+      <c r="M10" t="s">
+        <v>26</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>72</v>
+      </c>
+      <c r="P10" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>74</v>
+      </c>
+      <c r="B11" t="s">
+        <v>75</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>76</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2014</v>
+      </c>
+      <c r="I11">
+        <v>2019</v>
+      </c>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>26</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>77</v>
+      </c>
+      <c r="P11" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>79</v>
+      </c>
+      <c r="B12" t="s">
+        <v>80</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>81</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2017</v>
+      </c>
+      <c r="I12">
+        <v>2020</v>
+      </c>
+      <c r="J12" t="s">
+        <v>40</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>26</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>82</v>
+      </c>
+      <c r="P12" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>84</v>
+      </c>
+      <c r="B13" t="s">
+        <v>85</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>86</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2009</v>
+      </c>
+      <c r="I13">
+        <v>2019</v>
+      </c>
+      <c r="J13" t="s">
+        <v>23</v>
+      </c>
+      <c r="K13" t="s">
+        <v>87</v>
+      </c>
+      <c r="L13" t="s">
+        <v>88</v>
+      </c>
+      <c r="M13" t="s">
+        <v>26</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>89</v>
+      </c>
+      <c r="P13" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>91</v>
+      </c>
+      <c r="B14" t="s">
+        <v>92</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>93</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2016</v>
+      </c>
+      <c r="I14">
+        <v>2020</v>
+      </c>
+      <c r="J14" t="s">
+        <v>23</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>94</v>
+      </c>
+      <c r="M14" t="s">
+        <v>26</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>95</v>
+      </c>
+      <c r="P14" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>97</v>
+      </c>
+      <c r="B15" t="s">
+        <v>98</v>
+      </c>
+      <c r="C15" t="s">
+        <v>99</v>
+      </c>
+      <c r="D15" t="s">
+        <v>100</v>
+      </c>
+      <c r="E15" t="s">
+        <v>101</v>
+      </c>
+      <c r="F15" t="s">
+        <v>102</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15"/>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>103</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>104</v>
+      </c>
+      <c r="M15" t="s">
+        <v>105</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>106</v>
+      </c>
+      <c r="P15" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>108</v>
+      </c>
+      <c r="B16" t="s">
+        <v>109</v>
+      </c>
+      <c r="C16" t="s">
+        <v>99</v>
+      </c>
+      <c r="D16" t="s">
+        <v>93</v>
+      </c>
+      <c r="E16" t="s">
+        <v>101</v>
+      </c>
+      <c r="F16" t="s">
+        <v>110</v>
+      </c>
+      <c r="G16" t="s">
+        <v>111</v>
+      </c>
+      <c r="H16">
+        <v>2008</v>
+      </c>
+      <c r="I16">
+        <v>2014</v>
+      </c>
+      <c r="J16" t="s">
+        <v>112</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>113</v>
+      </c>
+      <c r="M16" t="s">
+        <v>114</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>115</v>
+      </c>
+      <c r="P16" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>117</v>
+      </c>
+      <c r="B17" t="s">
+        <v>118</v>
+      </c>
+      <c r="C17" t="s">
+        <v>99</v>
+      </c>
+      <c r="D17" t="s">
+        <v>119</v>
+      </c>
+      <c r="E17" t="s">
+        <v>101</v>
+      </c>
+      <c r="F17" t="s">
+        <v>110</v>
+      </c>
+      <c r="G17" t="s">
+        <v>8</v>
+      </c>
+      <c r="H17">
+        <v>2009</v>
+      </c>
+      <c r="I17">
+        <v>2014</v>
+      </c>
+      <c r="J17" t="s">
+        <v>112</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>120</v>
+      </c>
+      <c r="M17" t="s">
+        <v>114</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>121</v>
+      </c>
+      <c r="P17" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>122</v>
+      </c>
+      <c r="B18" t="s">
+        <v>123</v>
+      </c>
+      <c r="C18" t="s">
+        <v>99</v>
+      </c>
+      <c r="D18" t="s">
+        <v>124</v>
+      </c>
+      <c r="E18" t="s">
+        <v>101</v>
+      </c>
+      <c r="F18" t="s">
+        <v>110</v>
+      </c>
+      <c r="G18" t="s">
+        <v>39</v>
+      </c>
+      <c r="H18">
+        <v>2025</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>125</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>114</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>126</v>
+      </c>
+      <c r="P18" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>127</v>
+      </c>
+      <c r="B19" t="s">
+        <v>128</v>
+      </c>
+      <c r="C19" t="s">
+        <v>99</v>
+      </c>
+      <c r="D19" t="s">
+        <v>129</v>
+      </c>
+      <c r="E19" t="s">
+        <v>101</v>
+      </c>
+      <c r="F19" t="s">
+        <v>110</v>
+      </c>
+      <c r="G19" t="s">
+        <v>8</v>
+      </c>
+      <c r="H19">
+        <v>2015</v>
+      </c>
+      <c r="I19">
+        <v>2019</v>
+      </c>
+      <c r="J19" t="s">
+        <v>112</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>114</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>130</v>
+      </c>
+      <c r="P19" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>131</v>
+      </c>
+      <c r="B20" t="s">
+        <v>132</v>
+      </c>
+      <c r="C20" t="s">
+        <v>99</v>
+      </c>
+      <c r="D20" t="s">
+        <v>129</v>
+      </c>
+      <c r="E20" t="s">
+        <v>101</v>
+      </c>
+      <c r="F20" t="s">
+        <v>110</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2015</v>
+      </c>
+      <c r="I20">
+        <v>2024</v>
+      </c>
+      <c r="J20" t="s">
+        <v>125</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>114</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>133</v>
+      </c>
+      <c r="P20" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>134</v>
+      </c>
+      <c r="B21" t="s">
+        <v>135</v>
+      </c>
+      <c r="C21" t="s">
+        <v>99</v>
+      </c>
+      <c r="D21" t="s">
+        <v>136</v>
+      </c>
+      <c r="E21" t="s">
+        <v>101</v>
+      </c>
+      <c r="F21" t="s">
+        <v>110</v>
+      </c>
+      <c r="G21" t="s">
+        <v>39</v>
+      </c>
+      <c r="H21">
+        <v>2024</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>125</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>114</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>137</v>
+      </c>
+      <c r="P21" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>138</v>
+      </c>
+      <c r="B22" t="s">
+        <v>139</v>
+      </c>
+      <c r="C22" t="s">
+        <v>99</v>
+      </c>
+      <c r="D22" t="s">
+        <v>140</v>
+      </c>
+      <c r="E22" t="s">
+        <v>101</v>
+      </c>
+      <c r="F22" t="s">
+        <v>110</v>
+      </c>
+      <c r="G22" t="s">
+        <v>111</v>
+      </c>
+      <c r="H22">
+        <v>2008</v>
+      </c>
+      <c r="I22">
+        <v>2014</v>
+      </c>
+      <c r="J22" t="s">
+        <v>112</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>141</v>
+      </c>
+      <c r="M22" t="s">
+        <v>114</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>142</v>
+      </c>
+      <c r="P22" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>143</v>
+      </c>
+      <c r="B23" t="s">
+        <v>144</v>
+      </c>
+      <c r="C23" t="s">
+        <v>99</v>
+      </c>
+      <c r="D23" t="s">
+        <v>93</v>
+      </c>
+      <c r="E23" t="s">
+        <v>101</v>
+      </c>
+      <c r="F23" t="s">
+        <v>110</v>
+      </c>
+      <c r="G23" t="s">
+        <v>8</v>
+      </c>
+      <c r="H23">
+        <v>2008</v>
+      </c>
+      <c r="I23">
+        <v>2014</v>
+      </c>
+      <c r="J23" t="s">
+        <v>112</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>145</v>
+      </c>
+      <c r="M23" t="s">
+        <v>114</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>146</v>
+      </c>
+      <c r="P23" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>147</v>
+      </c>
+      <c r="B24" t="s">
+        <v>148</v>
+      </c>
+      <c r="C24" t="s">
+        <v>99</v>
+      </c>
+      <c r="D24" t="s">
+        <v>149</v>
+      </c>
+      <c r="E24" t="s">
+        <v>101</v>
+      </c>
+      <c r="F24" t="s">
+        <v>110</v>
+      </c>
+      <c r="G24" t="s">
+        <v>111</v>
+      </c>
+      <c r="H24">
+        <v>2014</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>112</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>150</v>
+      </c>
+      <c r="M24" t="s">
+        <v>114</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>151</v>
+      </c>
+      <c r="P24" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>152</v>
+      </c>
+      <c r="B25" t="s">
+        <v>153</v>
+      </c>
+      <c r="C25" t="s">
+        <v>99</v>
+      </c>
+      <c r="D25" t="s">
+        <v>154</v>
+      </c>
+      <c r="E25" t="s">
+        <v>101</v>
+      </c>
+      <c r="F25" t="s">
+        <v>110</v>
+      </c>
+      <c r="G25" t="s">
+        <v>111</v>
+      </c>
+      <c r="H25">
+        <v>2021</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>112</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>155</v>
+      </c>
+      <c r="M25" t="s">
+        <v>114</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>156</v>
+      </c>
+      <c r="P25" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>157</v>
+      </c>
+      <c r="B26" t="s">
+        <v>158</v>
+      </c>
+      <c r="C26" t="s">
+        <v>99</v>
+      </c>
+      <c r="D26" t="s">
+        <v>159</v>
+      </c>
+      <c r="E26" t="s">
+        <v>101</v>
+      </c>
+      <c r="F26" t="s">
+        <v>110</v>
+      </c>
+      <c r="G26" t="s">
+        <v>39</v>
+      </c>
+      <c r="H26">
+        <v>2025</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>125</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>114</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>160</v>
+      </c>
+      <c r="P26" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>161</v>
+      </c>
+      <c r="B27" t="s">
+        <v>162</v>
+      </c>
+      <c r="C27" t="s">
+        <v>99</v>
+      </c>
+      <c r="D27" t="s">
+        <v>93</v>
+      </c>
+      <c r="E27" t="s">
+        <v>101</v>
+      </c>
+      <c r="F27" t="s">
+        <v>163</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2011</v>
+      </c>
+      <c r="I27">
+        <v>2022</v>
+      </c>
+      <c r="J27" t="s">
+        <v>112</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>164</v>
+      </c>
+      <c r="M27" t="s">
+        <v>114</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>165</v>
+      </c>
+      <c r="P27" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>167</v>
+      </c>
+      <c r="B28" t="s">
+        <v>168</v>
+      </c>
+      <c r="C28" t="s">
+        <v>99</v>
+      </c>
+      <c r="D28" t="s">
+        <v>119</v>
+      </c>
+      <c r="E28" t="s">
+        <v>101</v>
+      </c>
+      <c r="F28" t="s">
+        <v>163</v>
+      </c>
+      <c r="G28" t="s">
+        <v>8</v>
+      </c>
+      <c r="H28">
+        <v>2014</v>
+      </c>
+      <c r="I28">
+        <v>2022</v>
+      </c>
+      <c r="J28" t="s">
+        <v>112</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>169</v>
+      </c>
+      <c r="M28" t="s">
+        <v>114</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>170</v>
+      </c>
+      <c r="P28" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>172</v>
+      </c>
+      <c r="B29" t="s">
+        <v>173</v>
+      </c>
+      <c r="C29" t="s">
+        <v>99</v>
+      </c>
+      <c r="D29" t="s">
+        <v>124</v>
+      </c>
+      <c r="E29" t="s">
+        <v>101</v>
+      </c>
+      <c r="F29" t="s">
+        <v>163</v>
+      </c>
+      <c r="G29" t="s">
+        <v>39</v>
+      </c>
+      <c r="H29">
+        <v>2025</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>125</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>114</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>174</v>
+      </c>
+      <c r="P29" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>175</v>
+      </c>
+      <c r="B30" t="s">
+        <v>176</v>
+      </c>
+      <c r="C30" t="s">
+        <v>99</v>
+      </c>
+      <c r="D30" t="s">
+        <v>177</v>
+      </c>
+      <c r="E30" t="s">
+        <v>101</v>
+      </c>
+      <c r="F30" t="s">
+        <v>163</v>
+      </c>
+      <c r="G30" t="s">
+        <v>8</v>
+      </c>
+      <c r="H30">
+        <v>2015</v>
+      </c>
+      <c r="I30">
+        <v>2019</v>
+      </c>
+      <c r="J30" t="s">
+        <v>112</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>178</v>
+      </c>
+      <c r="M30" t="s">
+        <v>114</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>179</v>
+      </c>
+      <c r="P30" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>180</v>
+      </c>
+      <c r="B31" t="s">
+        <v>181</v>
+      </c>
+      <c r="C31" t="s">
+        <v>99</v>
+      </c>
+      <c r="D31" t="s">
+        <v>129</v>
+      </c>
+      <c r="E31" t="s">
+        <v>101</v>
+      </c>
+      <c r="F31" t="s">
+        <v>163</v>
+      </c>
+      <c r="G31" t="s">
+        <v>8</v>
+      </c>
+      <c r="H31">
+        <v>2015</v>
+      </c>
+      <c r="I31">
+        <v>2024</v>
+      </c>
+      <c r="J31" t="s">
+        <v>125</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>114</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>182</v>
+      </c>
+      <c r="P31" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>183</v>
+      </c>
+      <c r="B32" t="s">
+        <v>184</v>
+      </c>
+      <c r="C32" t="s">
+        <v>99</v>
+      </c>
+      <c r="D32" t="s">
+        <v>136</v>
+      </c>
+      <c r="E32" t="s">
+        <v>101</v>
+      </c>
+      <c r="F32" t="s">
+        <v>163</v>
+      </c>
+      <c r="G32" t="s">
+        <v>111</v>
+      </c>
+      <c r="H32">
+        <v>2024</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>125</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>114</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>185</v>
+      </c>
+      <c r="P32" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>186</v>
+      </c>
+      <c r="B33" t="s">
+        <v>187</v>
+      </c>
+      <c r="C33" t="s">
+        <v>99</v>
+      </c>
+      <c r="D33" t="s">
+        <v>140</v>
+      </c>
+      <c r="E33" t="s">
+        <v>101</v>
+      </c>
+      <c r="F33" t="s">
+        <v>163</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2011</v>
+      </c>
+      <c r="I33">
+        <v>2022</v>
+      </c>
+      <c r="J33" t="s">
+        <v>112</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>188</v>
+      </c>
+      <c r="M33" t="s">
+        <v>114</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>189</v>
+      </c>
+      <c r="P33" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>190</v>
+      </c>
+      <c r="B34" t="s">
+        <v>191</v>
+      </c>
+      <c r="C34" t="s">
+        <v>99</v>
+      </c>
+      <c r="D34" t="s">
+        <v>140</v>
+      </c>
+      <c r="E34" t="s">
+        <v>101</v>
+      </c>
+      <c r="F34" t="s">
+        <v>163</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2011</v>
+      </c>
+      <c r="I34">
+        <v>2025</v>
+      </c>
+      <c r="J34" t="s">
+        <v>125</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>114</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>192</v>
+      </c>
+      <c r="P34" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>193</v>
+      </c>
+      <c r="B35" t="s">
+        <v>194</v>
+      </c>
+      <c r="C35" t="s">
+        <v>99</v>
+      </c>
+      <c r="D35" t="s">
+        <v>93</v>
+      </c>
+      <c r="E35" t="s">
+        <v>101</v>
+      </c>
+      <c r="F35" t="s">
+        <v>163</v>
+      </c>
+      <c r="G35" t="s">
+        <v>8</v>
+      </c>
+      <c r="H35">
+        <v>2011</v>
+      </c>
+      <c r="I35">
+        <v>2022</v>
+      </c>
+      <c r="J35" t="s">
+        <v>112</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>195</v>
+      </c>
+      <c r="M35" t="s">
+        <v>114</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>196</v>
+      </c>
+      <c r="P35" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>197</v>
+      </c>
+      <c r="B36" t="s">
+        <v>198</v>
+      </c>
+      <c r="C36" t="s">
+        <v>99</v>
+      </c>
+      <c r="D36" t="s">
+        <v>93</v>
+      </c>
+      <c r="E36" t="s">
+        <v>101</v>
+      </c>
+      <c r="F36" t="s">
+        <v>163</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2011</v>
+      </c>
+      <c r="I36">
+        <v>2025</v>
+      </c>
+      <c r="J36" t="s">
+        <v>125</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>114</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>199</v>
+      </c>
+      <c r="P36" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>200</v>
+      </c>
+      <c r="B37" t="s">
+        <v>201</v>
+      </c>
+      <c r="C37" t="s">
+        <v>99</v>
+      </c>
+      <c r="D37" t="s">
+        <v>149</v>
+      </c>
+      <c r="E37" t="s">
+        <v>101</v>
+      </c>
+      <c r="F37" t="s">
+        <v>163</v>
+      </c>
+      <c r="G37" t="s">
+        <v>39</v>
+      </c>
+      <c r="H37"/>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>125</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>114</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>202</v>
+      </c>
+      <c r="P37" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>203</v>
+      </c>
+      <c r="B38" t="s">
+        <v>204</v>
+      </c>
+      <c r="C38" t="s">
+        <v>99</v>
+      </c>
+      <c r="D38" t="s">
+        <v>205</v>
+      </c>
+      <c r="E38" t="s">
+        <v>101</v>
+      </c>
+      <c r="F38" t="s">
+        <v>163</v>
+      </c>
+      <c r="G38" t="s">
+        <v>111</v>
+      </c>
+      <c r="H38">
+        <v>2018</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>112</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>206</v>
+      </c>
+      <c r="M38" t="s">
+        <v>114</v>
+      </c>
+      <c r="N38" t="s">
+        <v>207</v>
+      </c>
+      <c r="O38" t="s">
+        <v>208</v>
+      </c>
+      <c r="P38" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>209</v>
+      </c>
+      <c r="B39" t="s">
+        <v>210</v>
+      </c>
+      <c r="C39" t="s">
+        <v>99</v>
+      </c>
+      <c r="D39" t="s">
+        <v>154</v>
+      </c>
+      <c r="E39" t="s">
+        <v>101</v>
+      </c>
+      <c r="F39" t="s">
+        <v>163</v>
+      </c>
+      <c r="G39" t="s">
+        <v>111</v>
+      </c>
+      <c r="H39">
+        <v>2021</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>112</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>211</v>
+      </c>
+      <c r="M39" t="s">
+        <v>114</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>212</v>
+      </c>
+      <c r="P39" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>213</v>
+      </c>
+      <c r="B40" t="s">
+        <v>214</v>
+      </c>
+      <c r="C40" t="s">
+        <v>99</v>
+      </c>
+      <c r="D40" t="s">
+        <v>159</v>
+      </c>
+      <c r="E40" t="s">
+        <v>101</v>
+      </c>
+      <c r="F40" t="s">
+        <v>163</v>
+      </c>
+      <c r="G40" t="s">
+        <v>39</v>
+      </c>
+      <c r="H40">
+        <v>2025</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>125</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>114</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>215</v>
+      </c>
+      <c r="P40" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>216</v>
+      </c>
+      <c r="B41" t="s">
+        <v>217</v>
+      </c>
+      <c r="C41" t="s">
+        <v>99</v>
+      </c>
+      <c r="D41" t="s">
+        <v>218</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>21</v>
+      </c>
+      <c r="G41" t="s">
+        <v>39</v>
+      </c>
+      <c r="H41">
         <v>2012</v>
       </c>
-      <c r="H2">
-[...2 lines deleted...]
-      <c r="I2" t="s">
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>219</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>220</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>221</v>
+      </c>
+      <c r="P41" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>223</v>
+      </c>
+      <c r="B42" t="s">
+        <v>224</v>
+      </c>
+      <c r="C42" t="s">
+        <v>99</v>
+      </c>
+      <c r="D42" t="s">
+        <v>225</v>
+      </c>
+      <c r="E42" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F42" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G42" t="s">
+        <v>226</v>
+      </c>
+      <c r="H42"/>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>103</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>220</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>227</v>
+      </c>
+      <c r="P42" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>229</v>
+      </c>
+      <c r="B43" t="s">
+        <v>230</v>
+      </c>
+      <c r="C43" t="s">
+        <v>99</v>
+      </c>
+      <c r="D43" t="s">
+        <v>231</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>21</v>
+      </c>
+      <c r="G43" t="s">
+        <v>226</v>
+      </c>
+      <c r="H43"/>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>103</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>220</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>232</v>
+      </c>
+      <c r="P43" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>234</v>
+      </c>
+      <c r="B44" t="s">
+        <v>235</v>
+      </c>
+      <c r="C44" t="s">
+        <v>99</v>
+      </c>
+      <c r="D44" t="s">
+        <v>236</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>21</v>
+      </c>
+      <c r="G44" t="s">
+        <v>226</v>
+      </c>
+      <c r="H44"/>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>103</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
+        <v>220</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>237</v>
+      </c>
+      <c r="P44" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>239</v>
+      </c>
+      <c r="B45" t="s">
+        <v>240</v>
+      </c>
+      <c r="C45" t="s">
+        <v>99</v>
+      </c>
+      <c r="D45" t="s">
+        <v>241</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>21</v>
+      </c>
+      <c r="G45" t="s">
+        <v>226</v>
+      </c>
+      <c r="H45"/>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>103</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45"/>
+      <c r="M45" t="s">
+        <v>220</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>242</v>
+      </c>
+      <c r="P45" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>244</v>
+      </c>
+      <c r="B46" t="s">
+        <v>245</v>
+      </c>
+      <c r="C46" t="s">
+        <v>99</v>
+      </c>
+      <c r="D46" t="s">
+        <v>149</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>21</v>
+      </c>
+      <c r="G46" t="s">
         <v>22</v>
-      </c>
-[...1822 lines deleted...]
-        <v>2012</v>
       </c>
       <c r="H46">
         <v>2012</v>
       </c>
-      <c r="I46" t="s">
-        <v>162</v>
+      <c r="I46">
+        <v>2012</v>
       </c>
       <c r="J46" t="s">
+        <v>219</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>220</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>246</v>
+      </c>
+      <c r="P46" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>248</v>
+      </c>
+      <c r="B47" t="s">
+        <v>249</v>
+      </c>
+      <c r="C47" t="s">
+        <v>99</v>
+      </c>
+      <c r="D47" t="s">
+        <v>250</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
         <v>21</v>
       </c>
-      <c r="K46"/>
-[...30 lines deleted...]
-        <v>2012</v>
+      <c r="G47" t="s">
+        <v>22</v>
       </c>
       <c r="H47">
         <v>2012</v>
       </c>
-      <c r="I47" t="s">
-        <v>162</v>
+      <c r="I47">
+        <v>2012</v>
       </c>
       <c r="J47" t="s">
+        <v>219</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47"/>
+      <c r="M47" t="s">
+        <v>220</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>251</v>
+      </c>
+      <c r="P47" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>253</v>
+      </c>
+      <c r="B48" t="s">
+        <v>254</v>
+      </c>
+      <c r="C48" t="s">
+        <v>99</v>
+      </c>
+      <c r="D48" t="s">
+        <v>255</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
         <v>21</v>
       </c>
-      <c r="K47"/>
-[...29 lines deleted...]
-      <c r="G48">
+      <c r="G48" t="s">
+        <v>39</v>
+      </c>
+      <c r="H48">
         <v>2013</v>
       </c>
-      <c r="H48"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I48"/>
       <c r="J48" t="s">
+        <v>219</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48"/>
+      <c r="M48" t="s">
+        <v>220</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>256</v>
+      </c>
+      <c r="P48" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>258</v>
+      </c>
+      <c r="B49" t="s">
+        <v>259</v>
+      </c>
+      <c r="C49" t="s">
+        <v>99</v>
+      </c>
+      <c r="D49" t="s">
+        <v>55</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
         <v>21</v>
       </c>
-      <c r="K48"/>
-[...29 lines deleted...]
-      <c r="G49">
+      <c r="G49" t="s">
+        <v>39</v>
+      </c>
+      <c r="H49">
         <v>2017</v>
       </c>
-      <c r="H49"/>
-      <c r="I49" t="s">
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>23</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49"/>
+      <c r="M49" t="s">
+        <v>220</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>260</v>
+      </c>
+      <c r="P49" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>262</v>
+      </c>
+      <c r="B50" t="s">
+        <v>263</v>
+      </c>
+      <c r="C50" t="s">
+        <v>99</v>
+      </c>
+      <c r="D50" t="s">
+        <v>70</v>
+      </c>
+      <c r="E50" t="s">
         <v>20</v>
       </c>
-      <c r="J49" t="s">
+      <c r="F50" t="s">
         <v>21</v>
       </c>
-      <c r="K49"/>
-[...29 lines deleted...]
-      <c r="G50">
+      <c r="G50" t="s">
+        <v>39</v>
+      </c>
+      <c r="H50">
         <v>2017</v>
       </c>
-      <c r="H50"/>
-      <c r="I50" t="s">
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>23</v>
+      </c>
+      <c r="K50" t="s">
+        <v>264</v>
+      </c>
+      <c r="L50"/>
+      <c r="M50" t="s">
+        <v>220</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>265</v>
+      </c>
+      <c r="P50" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>267</v>
+      </c>
+      <c r="B51" t="s">
+        <v>268</v>
+      </c>
+      <c r="C51" t="s">
+        <v>99</v>
+      </c>
+      <c r="D51" t="s">
+        <v>86</v>
+      </c>
+      <c r="E51" t="s">
         <v>20</v>
       </c>
-      <c r="J50" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="F51" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="G51">
+        <v>21</v>
+      </c>
+      <c r="G51" t="s">
+        <v>39</v>
+      </c>
+      <c r="H51">
         <v>2017</v>
       </c>
-      <c r="H51"/>
-      <c r="I51" t="s">
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>23</v>
+      </c>
+      <c r="K51" t="s">
+        <v>269</v>
+      </c>
+      <c r="L51"/>
+      <c r="M51" t="s">
+        <v>220</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>270</v>
+      </c>
+      <c r="P51" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>272</v>
+      </c>
+      <c r="B52" t="s">
+        <v>273</v>
+      </c>
+      <c r="C52" t="s">
+        <v>99</v>
+      </c>
+      <c r="D52" t="s">
+        <v>274</v>
+      </c>
+      <c r="E52" t="s">
         <v>20</v>
       </c>
-      <c r="J51" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="F52" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G52">
+        <v>21</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
         <v>2012</v>
       </c>
-      <c r="H52">
+      <c r="I52">
         <v>2017</v>
       </c>
-      <c r="I52" t="s">
+      <c r="J52" t="s">
+        <v>23</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52"/>
+      <c r="M52" t="s">
+        <v>220</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>275</v>
+      </c>
+      <c r="P52" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>277</v>
+      </c>
+      <c r="B53" t="s">
+        <v>278</v>
+      </c>
+      <c r="C53" t="s">
+        <v>99</v>
+      </c>
+      <c r="D53" t="s">
+        <v>279</v>
+      </c>
+      <c r="E53" t="s">
         <v>20</v>
       </c>
-      <c r="J52" t="s">
+      <c r="F53" t="s">
         <v>21</v>
       </c>
-      <c r="K52"/>
-[...29 lines deleted...]
-      <c r="G53">
+      <c r="G53" t="s">
+        <v>39</v>
+      </c>
+      <c r="H53">
         <v>2017</v>
       </c>
-      <c r="H53"/>
-      <c r="I53" t="s">
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>23</v>
+      </c>
+      <c r="K53" t="s">
+        <v>87</v>
+      </c>
+      <c r="L53"/>
+      <c r="M53" t="s">
+        <v>220</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>280</v>
+      </c>
+      <c r="P53" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>282</v>
+      </c>
+      <c r="B54" t="s">
+        <v>283</v>
+      </c>
+      <c r="C54" t="s">
+        <v>99</v>
+      </c>
+      <c r="D54" t="s">
+        <v>140</v>
+      </c>
+      <c r="E54" t="s">
         <v>20</v>
       </c>
-      <c r="J53" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="F54" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>21</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
       </c>
       <c r="H54">
         <v>2012</v>
       </c>
-      <c r="I54" t="s">
-        <v>162</v>
+      <c r="I54">
+        <v>2012</v>
       </c>
       <c r="J54" t="s">
+        <v>219</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54"/>
+      <c r="M54" t="s">
+        <v>220</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>284</v>
+      </c>
+      <c r="P54" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>285</v>
+      </c>
+      <c r="B55" t="s">
+        <v>286</v>
+      </c>
+      <c r="C55" t="s">
+        <v>99</v>
+      </c>
+      <c r="D55" t="s">
+        <v>287</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
         <v>21</v>
       </c>
-      <c r="K54"/>
-[...29 lines deleted...]
-      <c r="G55">
+      <c r="G55" t="s">
+        <v>39</v>
+      </c>
+      <c r="H55">
         <v>2017</v>
       </c>
-      <c r="H55"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I55"/>
       <c r="J55" t="s">
-        <v>63</v>
-[...4 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="K55" t="s">
+        <v>87</v>
+      </c>
+      <c r="L55"/>
       <c r="M55" t="s">
-        <v>24</v>
+        <v>220</v>
       </c>
       <c r="N55" t="s">
-        <v>204</v>
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>288</v>
+      </c>
+      <c r="P55" t="s">
+        <v>289</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>