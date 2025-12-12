--- v0 (2025-10-12)
+++ v1 (2025-12-12)
@@ -12,332 +12,234 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="81">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>Der Blaue Engel - Auto-Off Power Strips and Socket Adapters (DE-UZ 134)</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>Der Blaue Engel - Data Shredders (DE-UZ 174)</t>
+  </si>
+  <si>
+    <t>These Basic Award Criteria apply to household cooker hoods with an inbuilt fan for either recirculation operation - or exhaust operation exhibiting a maximum air flow volume of 800 m3 /h at maximum continuous operation. Requirements include energy efficiency of the fan; energy-efficient lighting; and power consumption in off and stand-by mode.</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
-    <t>Power strips</t>
+    <t>Paper Shredders</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
-[...2 lines deleted...]
-    <t>November 2020</t>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>January 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>DIN EN ISO/IEC 17025; DIN EN 62301</t>
-[...1 lines deleted...]
-  <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-auto-power-strips-and-socket-adapters-de-uz-134</t>
-[...25 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-data-shredders-de-uz-174</t>
   </si>
   <si>
-    <t>Der Blaue Engel - Digital Cordless Phones (DE-UZ 131)</t>
-[...26 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-electric-kettles-household-use-de-uz-133</t>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20174-201801-en%20Criteria-2020-01-10.pdf</t>
   </si>
   <si>
     <t>Der Blaue Engel - Energy Efficient Data Center Operation (DE-UZ 161)</t>
   </si>
   <si>
+    <t>Within the scope of these Basic Award Criteria, a data center is defined as follows: A data center is capable of securely, permanently and centrally processing large amounts of data over a long period of time. In the process, the data center shall still possess these capabilities even when individual capabilities are not being used e.g. operation over a long period of time.</t>
+  </si>
+  <si>
     <t>Servers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-energy-efficient-data-center-operation-de-uz-161</t>
   </si>
   <si>
-    <t>Der Blaue Engel - Hand Dryers (DE-UZ 87)</t>
-[...62 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-stationary-air-conditioners-de-uz-204</t>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20161-201901-en%20Criteria-2019-03-21.pdf</t>
   </si>
   <si>
     <t>Energy Labeling Scheme</t>
   </si>
   <si>
+    <t>Refrigerators and freezers, washing machines, electric ovens, households lamps, air-conditioners. Energy efficiency labelling scheme is to inform the end users about energy consumption data, maintenance, operation guidelines, installation and other relevant data for determination of operational costs. Energy labelling has the best impact on household appliances because the users can get informed on independent basis.</t>
+  </si>
+  <si>
     <t>Tajikistan</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Boilers and Furnaces, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-labeling-scheme</t>
   </si>
   <si>
+    <t>http://www.undp.org/content/dam/tajikistan/docs/library/UNDP_TJK_Energy_Efficiency_Master_Plan_for_Tajikistan_Eng.pdf</t>
+  </si>
+  <si>
     <t>Minimum Equipment Energy Performance Standards</t>
+  </si>
+  <si>
+    <t>Heating/cooling appliance (including boilers and split air-conditioning systems) Refrigerators and freezers Lighting products in the domestic and tertiary sectors. Through enforcement of technical standards for energy-using equipment, it will be ensured that products of high quality and efficient use of energy are placed at Tajik market.</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-equipment-energy-performance-standards</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -601,783 +503,344 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N16"/>
+  <dimension ref="A1:P5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="126" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="81.266" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="496.593" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="134.396" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="126.112" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="139.109" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2018</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H3">
+        <v>2019</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
+      <c r="L3"/>
+      <c r="M3" t="s">
         <v>25</v>
       </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>32</v>
+      </c>
+      <c r="P3" t="s">
+        <v>33</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-      <c r="A3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>34</v>
+      </c>
+      <c r="B4" t="s">
+        <v>35</v>
+      </c>
+      <c r="C4" t="s">
+        <v>36</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>38</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>39</v>
+      </c>
+      <c r="K4" t="s">
+        <v>40</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>41</v>
+      </c>
+      <c r="N4" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...34 lines deleted...]
-        <v>29</v>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...39 lines deleted...]
-    <row r="5" spans="1:14">
+    <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="B5" t="s">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="C5" t="s">
         <v>36</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>46</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
       </c>
       <c r="H5">
-        <v>2014</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I5"/>
       <c r="J5" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>39</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
       <c r="M5" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="N5" t="s">
-        <v>37</v>
-[...75 lines deleted...]
-      <c r="K7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
         <v>43</v>
-      </c>
-[...385 lines deleted...]
-        <v>80</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>