--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -12,603 +12,875 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="170">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="257">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Decision 13/2008 Technical requirements for energy-efficient street lights</t>
   </si>
   <si>
+    <t>This document specifies the technical requirements and labeling instructions for energy-efficient street lights.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-132008-technical-requirements-energy-efficient-street-lights</t>
   </si>
   <si>
+    <t>http://thuvienphapluat.vn/van-ban/Linh-vuc-khac/Quyet-dinh-13-2008-QD-BCT-quy-dinh-ve-yeu-cau-ky-thuat-choa-den-chieu-sang-duong-pho-tiet-kiem-nang-luong-67650.aspx</t>
+  </si>
+  <si>
     <t>Decision 4889/QD-BCT LED labeling guidelines</t>
   </si>
   <si>
+    <t>This decision specifies the labeling instructions for LED lamps. Affixing the label is voluntary until December 31, 2019 and will be mandatory from January 1, 2020.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>TCVN 11843:2017, TCVN 11844:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-4889qd-bct-led-labeling-guidelines</t>
   </si>
   <si>
+    <t>https://thuvienphapluat.vn/van-ban/Tai-nguyen-Moi-truong/Quyet-dinh-4889-QD-BCT-2018-cong-bo-tieu-chuan-ky-thuat-hieu-suat-va-dan-nhan-nang-luong-403823.aspx</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Auto-Off Power Strips and Socket Adapters (DE-UZ 134)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to auto-off power strips or socket adapters (with and without surge protector).</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Power strips</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>DIN EN ISO/IEC 17025; DIN EN 62301</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-auto-power-strips-and-socket-adapters-de-uz-134</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20134-201407-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Computers and Keyboards (DE/UZ 78)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to the notebook computers as defined in paragraph 1.5 of the document.  The following devices do not fall within the scope of these Basic Criteria: Mobile phones, smartphones, MDAs, PDAs and similar mobile devices.</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-computers-and-keyboards-deuz-78</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20078-201701-en-Criteria-V3.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Data Shredders (DE-UZ 174)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to household cooker hoods with an inbuilt fan for either recirculation operation - or exhaust operation exhibiting a maximum air flow volume of 800 m3 /h at maximum continuous operation. Requirements include energy efficiency of the fan; energy-efficient lighting; and power consumption in off and stand-by mode.</t>
+  </si>
+  <si>
     <t>Paper Shredders</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-data-shredders-de-uz-174</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20174-201801-en%20Criteria-2020-01-10.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Digital Cordless Phones (DE-UZ 131)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to cordless phones and base stations according to the DECT standard or a similar standard. The devices shall be primarily designed for transmitting phone calls and messages. They may, however, also provide additional functions, such as answering machine, organizer, wireless Internet access or data transmission via infrared port or bluetooth, Class III. Excluded are cordless phones with WLAN function.</t>
+  </si>
+  <si>
     <t>Telephony</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-digital-cordless-phones-de-uz-131</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20131-201404-en%20Criteria-2018-10-15.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Digital Projectors DE-UZ 127</t>
   </si>
   <si>
+    <t>Digital Projectors:  These Basic Award Criteria apply to portable digital projectors, in German also called 'beamers', based on liquid crystal technology, Liquid Crystal Display - LCD, or digital light procession technology -DLP, for image reproduction.</t>
+  </si>
+  <si>
     <t>Projectors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-digital-projectors-de-uz-127</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20127-201404-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Electric Kettles for Household Use (DE-UZ 133)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to electric water kettles for household use. In order to be eligible the electric kettle must have a removable water tank for cordless use. The power cable remains connected to the base plate and need not be unplugged from the outlet when moving the tank, to fill in water. In addition, products applying for the Blue Angel eco-label must be equipped with a concealed heating coil. Compliance with the above-mentioned criteria does not only improve the user friendliness but also indirectly extend the products service life.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>EN 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-electric-kettles-household-use-de-uz-133</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20133-201309-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Energy Efficient Data Center Operation (DE-UZ 161)</t>
   </si>
   <si>
+    <t>Within the scope of these Basic Award Criteria, a data center is defined as follows: A data center is capable of securely, permanently and centrally processing large amounts of data over a long period of time. In the process, the data center shall still possess these capabilities even when individual capabilities are not being used e.g. operation over a long period of time.</t>
+  </si>
+  <si>
     <t>Servers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-energy-efficient-data-center-operation-de-uz-161</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20161-201901-en%20Criteria-2019-03-21.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Hand Dryers (DE-UZ 87)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria are valid for electric hand dryers (e.g. hot air hand dryers, high speed hand dryers).</t>
+  </si>
+  <si>
     <t>Hand Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-hand-dryers-de-uz-87</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20087-201405-en%20Criteria-2020-05-29.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Household Cooker Hoods (DE-UZ 147)</t>
   </si>
   <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>DIN EN 61591 and DIN EN ISO/IEC 17025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-household-cooker-hoods-de-uz-147</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20147-201001-en%20Criteria-2018-10-17.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Household Lamps (DE-UZ 151)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to lamps typically used for household lighting which fulfil the following prerequisites: They • are directly powered from the mains (230 V, 50 Hz) and therefore need no external ballast, power supply pack or the like; • are suitable for indoor use; • have a total luminous flux Ф of 60 ≤ Ф ≤ 6500 lumens (lm) and • are free from mercury. Excluded from the scope are: • lamps where: at least 6 percent of the total radiation between 250 and 780 nm fall in the range of 250 to 400 nm, the radiation peak is between 315 and -400 nm (UVA) or between 280 and 315 nm (UVB); • lamps that allow shifting the chromaticity coordinates to outside the white area; • double-ended lamps.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-household-lamps-de-uz-151</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20151-201409-en%20Criteria-2019-01-23.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Office Equipment with Printing Function (Printers and Multifunction Devices) (DE-UZ 205)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to office devices (usually referred to as printers and/or multifunction devices) which at least:
+• offer printing as their primary function,
+• are capable of producing monochrome or colour printouts (4-colour-printing) on standard paper with a grammage of 60 to 80 g/m2,
+• are capable of processing media or a minimum format of DIN A4 and up to a maximum format of DIN A3+, and
+• work as electrophotographic devices (LED or laser technology) by using toners or as inkjet devices by using inks (or gels, or waxes).</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-office-equipment-printing-function-printers-and-multifunction-devices-de</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20205-201701-en%20Criteria-2020-06-02.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Solar Collectors (DE-UZ 73)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to solar collectors according to DIN EN 12975. Using solar plants for the generation of energy helps to save resources and avoid pollutant</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>DIN EN 12975</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-solar-collectors-de-uz-73</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20073-200903-en%20Criteria-2019-07-17.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Stationary air conditioners (DE-UZ 204)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria are valid for air conditioners for stationary use with the following characteristics:</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>DIN EN ISO/IEC 17025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-stationary-air-conditioners-de-uz-204</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20204-201608-en%20Criteria-2020-01-10.pdf</t>
+  </si>
+  <si>
     <t>TCVN 10289:2014 Commercial refrigerated cabinets - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for commercial refrigerated cabinets.</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>TCVN 10290:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-102892014-commercial-refrigerated-cabinets-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-10289-2014-tu-giu-lanh-thuong-mai-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 11844:2017 LED lamps - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for LED lamps.</t>
+  </si>
+  <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-118442017-led-lamps-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-11844-2017-den-led-hieu-suat-nang-luong#van-ban-goc</t>
+  </si>
+  <si>
     <t>TCVN 11848:2021 - Notebook computers</t>
+  </si>
+  <si>
+    <t>This standard specifies energy efficiency requirements and methods for determining energy consumption for laptops, two-in-one laptops, all-in-one laptops, tablets, and mobile workstations.  This standard does not apply to client computers, mobile client computers, mobile gaming consoles, point-of-sale (POS) machines, and tablets used in point-of-sale machines. This standard was adopted on 28 December 2021. It will enter into force on 1 January 2025.</t>
   </si>
   <si>
     <t>TCVN 11847:2017
 ,   
                     IEC 62623:2012
 ,   
                     IEC 61966-2-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-118482021-notebook-computers</t>
   </si>
   <si>
+    <t>https://static.luatvietnam.vn/xem-noi-dung-file-tieu-chuan-viet-nam-tcvn-11848-2021-bo-khoa-hoc-va-cong-nghe-238464-d3/uploaded/VIETLAWFILE/2022/12/TCVN_11848_2021_TCDLCL_191222115003.pdf.aspx</t>
+  </si>
+  <si>
     <t>TCVN 12666:2019 LED Road and Street Lighting Luminaires – Energy Efficiency</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency levels for LED street and road lighting lamps with a power rating greater than or equal to 20 W, including those with separate power control gear.</t>
+  </si>
+  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-126662019-led-road-and-street-lighting-luminaires-energy-efficiency</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+12666%3A2019</t>
+  </si>
+  <si>
     <t>TCVN 13256:2021 VRF/VRV Air Conditioners – Energy Efficiency</t>
   </si>
   <si>
+    <t>This standard specifies the method for determining the performance and energy efficiency of outdoor units (outdoor units) for VRF/VRV air conditioners, using three-phase power sources.</t>
+  </si>
+  <si>
     <t>Air Conditioning</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-132562021-vrfvrv-air-conditioners-energy-efficiency</t>
   </si>
   <si>
     <t>TCVN 13371:2021 - Desktop computers</t>
   </si>
   <si>
+    <t>This policy specifies energy efficiency requirements and methods for determining energy consumption for desktop computers, including integrated desktop computers. This standard does not apply to point-of-sale (POS) terminals, workstations, and client computers. This policy enters into force on 1 January 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-133712021-desktop-computers</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+13371%3A2021</t>
+  </si>
+  <si>
     <t>TCVN 7540-1:2013 Three-phase asynchronous squirrel-cage electrical motors - Part 1: energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS for three-phase asynchronous squirrel-cage electrical motors.</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>TCVN 7540-2:2013</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-7540-12013-three-phase-asynchronous-squirrel-cage-electrical-motors-part-1-energy</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7540-2013-dong-co-dien-khong-dong-bo-ba-pha-roto-long-soc-phan-1-hieu-suat</t>
+  </si>
+  <si>
     <t>TCVN 7826:2015 Electric fans - Energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for electric fans, including ceiling fans, table fans, wall fans, and pedestal fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>TCVN 7827:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78262015-electric-fans-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7826-2015-quat-dien-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 7828:2016 Refrigerator, refrigerator-freezer, and freezer - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for refrigerators, refrigerator-freezers, and freezers.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>TCVN 7829:2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78282016-refrigerator-refrigerator-freezer-and-freezer-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7828-2016-tu-mat-tu-lanh-tu-dong-hieu-suat-nang-luong#van-ban-goc</t>
+  </si>
+  <si>
     <t>TCVN 7830:2015 Non-ducted air conditioners - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for non-ducted air conditioners.</t>
+  </si>
+  <si>
     <t>TCVN 6576:2013, TCVN 10273-1:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78302015-non-ducted-air-conditioners-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7830-2015-may-dieu-hoa-khong-khi-khong-ong-gio-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 7896:2015 Compact fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for compact fluorescent lamps (CFL).</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78962015-compact-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7896-2015-bong-den-huynh-quang-compact-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 7897:2013 Electronic ballasts for fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for electronic ballasts for fluorescent lamps.</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>TCVN 7541-2:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78972013-electronic-ballasts-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7897-2013-balat-dien-tu-dung-cho-bong-den-huynh-quang-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 7898:2018 Storage water heaters - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for storage water heaters.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78982018-storage-water-heaters-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://thuvienphapluat.vn/TCVN/Dien-dien-tu/TCVN-7898-2018-Binh-dun-nuoc-nong-co-du-tru-dung-cho-muc-dich-gia-dung-918007.aspx</t>
+  </si>
+  <si>
     <t>TCVN 8248:2013 Electromagnetic ballasts for fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for electromagnetic ballasts for fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-82482013-electromagnetic-ballasts-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8248-2013-balat-dien-tu-dung-cho-bong-den-huynh-quang-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 8249:2013 Linear tubular fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for linear tubular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-82492013-linear-tubular-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8249-2013-bong-den-huynh-quang-ong-thang-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 8251:2009 Solar water heaters - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the minimum thermal absorber efficiency and test methods for solar water heaters.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-82512009-solar-water-heaters-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8251-2009-thiet-bi-dun-nuoc-nong-bang-nang-luong-mat-troi</t>
+  </si>
+  <si>
     <t>TCVN 8252:2015 Rice cookers - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for rice cookers.</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-82522015-rice-cookers-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8252-2015-noi-com-dien-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 8525:2015 Distribution transformers - MEPS and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for distribution transformers.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-85252015-distribution-transformers-meps-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8525-2015-may-bien-ap-phan-phoi-muc-hieu-suat-nang-luong-toi-thieu</t>
+  </si>
+  <si>
     <t>TCVN 8526:2013 Clothes washing machines for household use - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for clothes washing machines for household use.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>IEC 60456:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-85262013-clothes-washing-machines-household-use-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8526-2013-may-giat-gia-dung-hieu-suat-nang-luong-phuong-phap-xac-dinh#toan-van</t>
+  </si>
+  <si>
     <t>TCVN 8630:2010 Boilers - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This standard stipulates energy efficiency requirements and test methods for determining energy efficiency for fuel-burning boilers. The methods for determining boiler efficiency use the forward balance method and the reverse balance method. This standard does not apply to boilers used to produce electricity. This standard will enter into effect on 1 April 2025.</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-86302010-boilers-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+8630%3A2019</t>
+  </si>
+  <si>
     <t>TCVN 8630:2019 Boilers - Energy Efficiency and Method for Determination</t>
   </si>
   <si>
+    <t>This standard specifies the requirements for energy efficiency and the method for determining energy efficiency for fuel-fired boilers when put into use in the industrial sector.
+The method for determining boiler efficiency specified in this standard is the forward balance method and the reverse balance method.
+This standard does not apply to boilers used for electricity generation.
+It replaces TCVN 8630:2010 and has been effective starting April 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-86302019-boilers-energy-efficiency-and-method-determination</t>
   </si>
   <si>
     <t>TCVN 9508:2012 Computer monitors - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for computer monitors.</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95082012-computer-monitors-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9508-2012-man-hinh-may-tinh-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9509:2012 Printers - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for printers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95092012-printers-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9509-2012-may-in-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9510:2012 Copiers - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for copiers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95102012-copiers-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9510-2012-may-photocopy-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9536: 2021: Television Sets - Energy Efficiency</t>
   </si>
   <si>
+    <t>This standard applies to television sets with a rated power of less than 1 000 W, consisting of a display and one or more receivers/tuners in the same or separate housing.
+It also applies to TV/VCR, TV/DVD, combined TV/VCR/DVD sets.
+It does not apply to television sets with computer, OCAP, IP and other television receivers with special functions. This standard specifies minimum energy efficiency levels and energy efficiency classes for television sets.
+It replaces TCVN 9536:2012 and has been effective since April 2025.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-9536-2021-television-sets-energy-efficiency</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN%209536:2021</t>
+  </si>
+  <si>
     <t>TCVN 9536:2012 Television sets - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for television sets.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95362012-television-sets-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9536-2012-may-thu-hinh-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9536:2012: Televisions</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance standards for televisions.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95362012-televisions</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9537-2012-may-thu-hinh-xac-dinh-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>Vietnam Decision No. 51/2011/QD-TTg</t>
   </si>
   <si>
+    <t>Import, manufacture, and circulation of incandescent lamps with a power output higher than 60W will be banned from January 1, 2013.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vietnam-decision-no-512011qd-ttg</t>
+  </si>
+  <si>
+    <t>http://thuvienphapluat.vn/van-ban/Tai-nguyen-Moi-truong/Quyet-dinh-51-2011-QD-TTg-danh-muc-phuong-tien-thiet-bi-phai-dan-nhan-nang-129033.aspx</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -872,2015 +1144,2286 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N45"/>
+  <dimension ref="A1:P45"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="200" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="826.941" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="227.516" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2008</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2017</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>39</v>
+      </c>
+      <c r="G4" t="s">
+        <v>40</v>
+      </c>
+      <c r="H4">
+        <v>2011</v>
+      </c>
+      <c r="I4">
+        <v>2023</v>
+      </c>
+      <c r="J4" t="s">
+        <v>41</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>46</v>
+      </c>
+      <c r="D5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E5" t="s">
+        <v>48</v>
+      </c>
+      <c r="F5" t="s">
+        <v>32</v>
+      </c>
+      <c r="G5" t="s">
+        <v>40</v>
+      </c>
+      <c r="H5">
+        <v>2012</v>
+      </c>
+      <c r="I5">
+        <v>2020</v>
+      </c>
+      <c r="J5" t="s">
+        <v>49</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M5" t="s">
+        <v>51</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
+        <v>46</v>
+      </c>
+      <c r="D6" t="s">
+        <v>56</v>
+      </c>
+      <c r="E6" t="s">
+        <v>48</v>
+      </c>
+      <c r="F6" t="s">
+        <v>32</v>
+      </c>
+      <c r="G6" t="s">
+        <v>40</v>
+      </c>
+      <c r="H6">
+        <v>2017</v>
+      </c>
+      <c r="I6">
+        <v>2021</v>
+      </c>
+      <c r="J6" t="s">
+        <v>57</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>51</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>58</v>
+      </c>
+      <c r="P6" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>60</v>
+      </c>
+      <c r="B7" t="s">
+        <v>61</v>
+      </c>
+      <c r="C7" t="s">
+        <v>46</v>
+      </c>
+      <c r="D7" t="s">
+        <v>62</v>
+      </c>
+      <c r="E7" t="s">
+        <v>48</v>
+      </c>
+      <c r="F7" t="s">
+        <v>32</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2018</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>63</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>51</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>64</v>
+      </c>
+      <c r="P7" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>66</v>
+      </c>
+      <c r="B8" t="s">
+        <v>67</v>
+      </c>
+      <c r="C8" t="s">
+        <v>46</v>
+      </c>
+      <c r="D8" t="s">
+        <v>68</v>
+      </c>
+      <c r="E8" t="s">
+        <v>48</v>
+      </c>
+      <c r="F8" t="s">
+        <v>32</v>
+      </c>
+      <c r="G8" t="s">
+        <v>40</v>
+      </c>
+      <c r="H8">
+        <v>2010</v>
+      </c>
+      <c r="I8">
+        <v>2014</v>
+      </c>
+      <c r="J8" t="s">
+        <v>63</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>51</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>69</v>
+      </c>
+      <c r="P8" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>71</v>
+      </c>
+      <c r="B9" t="s">
+        <v>72</v>
+      </c>
+      <c r="C9" t="s">
+        <v>46</v>
+      </c>
+      <c r="D9" t="s">
+        <v>73</v>
+      </c>
+      <c r="E9" t="s">
+        <v>48</v>
+      </c>
+      <c r="F9" t="s">
+        <v>32</v>
+      </c>
+      <c r="G9" t="s">
+        <v>40</v>
+      </c>
+      <c r="H9">
+        <v>2014</v>
+      </c>
+      <c r="I9">
+        <v>2020</v>
+      </c>
+      <c r="J9" t="s">
+        <v>49</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>51</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>74</v>
+      </c>
+      <c r="P9" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>76</v>
+      </c>
+      <c r="B10" t="s">
+        <v>77</v>
+      </c>
+      <c r="C10" t="s">
+        <v>46</v>
+      </c>
+      <c r="D10" t="s">
+        <v>78</v>
+      </c>
+      <c r="E10" t="s">
+        <v>48</v>
+      </c>
+      <c r="F10" t="s">
+        <v>32</v>
+      </c>
+      <c r="G10" t="s">
+        <v>40</v>
+      </c>
+      <c r="H10">
+        <v>2013</v>
+      </c>
+      <c r="I10">
+        <v>2020</v>
+      </c>
+      <c r="J10" t="s">
+        <v>49</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>79</v>
+      </c>
+      <c r="M10" t="s">
+        <v>51</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>80</v>
+      </c>
+      <c r="P10" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>82</v>
+      </c>
+      <c r="B11" t="s">
+        <v>83</v>
+      </c>
+      <c r="C11" t="s">
+        <v>46</v>
+      </c>
+      <c r="D11" t="s">
+        <v>84</v>
+      </c>
+      <c r="E11" t="s">
+        <v>48</v>
+      </c>
+      <c r="F11" t="s">
+        <v>32</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2019</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>63</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>51</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>85</v>
+      </c>
+      <c r="P11" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>87</v>
+      </c>
+      <c r="B12" t="s">
+        <v>88</v>
+      </c>
+      <c r="C12" t="s">
+        <v>46</v>
+      </c>
+      <c r="D12" t="s">
+        <v>89</v>
+      </c>
+      <c r="E12" t="s">
+        <v>48</v>
+      </c>
+      <c r="F12" t="s">
+        <v>32</v>
+      </c>
+      <c r="G12" t="s">
+        <v>40</v>
+      </c>
+      <c r="H12">
+        <v>2014</v>
+      </c>
+      <c r="I12">
+        <v>2020</v>
+      </c>
+      <c r="J12" t="s">
+        <v>63</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>51</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>90</v>
+      </c>
+      <c r="P12" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>92</v>
+      </c>
+      <c r="B13" t="s">
+        <v>61</v>
+      </c>
+      <c r="C13" t="s">
+        <v>46</v>
+      </c>
+      <c r="D13" t="s">
+        <v>93</v>
+      </c>
+      <c r="E13" t="s">
+        <v>48</v>
+      </c>
+      <c r="F13" t="s">
+        <v>32</v>
+      </c>
+      <c r="G13" t="s">
+        <v>40</v>
+      </c>
+      <c r="H13">
+        <v>2010</v>
+      </c>
+      <c r="I13">
+        <v>2018</v>
+      </c>
+      <c r="J13" t="s">
+        <v>63</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>94</v>
+      </c>
+      <c r="M13" t="s">
+        <v>51</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>95</v>
+      </c>
+      <c r="P13" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>97</v>
+      </c>
+      <c r="B14" t="s">
+        <v>98</v>
+      </c>
+      <c r="C14" t="s">
+        <v>46</v>
+      </c>
+      <c r="D14" t="s">
+        <v>99</v>
+      </c>
+      <c r="E14" t="s">
+        <v>48</v>
+      </c>
+      <c r="F14" t="s">
+        <v>32</v>
+      </c>
+      <c r="G14" t="s">
+        <v>40</v>
+      </c>
+      <c r="H14">
+        <v>2014</v>
+      </c>
+      <c r="I14">
+        <v>2019</v>
+      </c>
+      <c r="J14" t="s">
+        <v>49</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>51</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>100</v>
+      </c>
+      <c r="P14" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>102</v>
+      </c>
+      <c r="B15" t="s">
+        <v>103</v>
+      </c>
+      <c r="C15" t="s">
+        <v>46</v>
+      </c>
+      <c r="D15" t="s">
+        <v>104</v>
+      </c>
+      <c r="E15" t="s">
+        <v>48</v>
+      </c>
+      <c r="F15" t="s">
+        <v>32</v>
+      </c>
+      <c r="G15" t="s">
+        <v>40</v>
+      </c>
+      <c r="H15">
+        <v>2017</v>
+      </c>
+      <c r="I15">
+        <v>2020</v>
+      </c>
+      <c r="J15" t="s">
+        <v>63</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>51</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>105</v>
+      </c>
+      <c r="P15" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>107</v>
+      </c>
+      <c r="B16" t="s">
+        <v>108</v>
+      </c>
+      <c r="C16" t="s">
+        <v>46</v>
+      </c>
+      <c r="D16" t="s">
+        <v>109</v>
+      </c>
+      <c r="E16" t="s">
+        <v>48</v>
+      </c>
+      <c r="F16" t="s">
+        <v>32</v>
+      </c>
+      <c r="G16" t="s">
+        <v>40</v>
+      </c>
+      <c r="H16">
+        <v>2009</v>
+      </c>
+      <c r="I16">
+        <v>2019</v>
+      </c>
+      <c r="J16" t="s">
+        <v>49</v>
+      </c>
+      <c r="K16" t="s">
+        <v>110</v>
+      </c>
+      <c r="L16" t="s">
+        <v>111</v>
+      </c>
+      <c r="M16" t="s">
+        <v>51</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>112</v>
+      </c>
+      <c r="P16" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>114</v>
+      </c>
+      <c r="B17" t="s">
+        <v>115</v>
+      </c>
+      <c r="C17" t="s">
+        <v>46</v>
+      </c>
+      <c r="D17" t="s">
+        <v>116</v>
+      </c>
+      <c r="E17" t="s">
+        <v>48</v>
+      </c>
+      <c r="F17" t="s">
+        <v>32</v>
+      </c>
+      <c r="G17" t="s">
+        <v>40</v>
+      </c>
+      <c r="H17">
+        <v>2016</v>
+      </c>
+      <c r="I17">
+        <v>2020</v>
+      </c>
+      <c r="J17" t="s">
+        <v>49</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>117</v>
+      </c>
+      <c r="M17" t="s">
+        <v>51</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>118</v>
+      </c>
+      <c r="P17" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>120</v>
+      </c>
+      <c r="B18" t="s">
+        <v>121</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>122</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2014</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>41</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>123</v>
+      </c>
+      <c r="M18" t="s">
+        <v>25</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>124</v>
+      </c>
+      <c r="P18" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>126</v>
+      </c>
+      <c r="B19" t="s">
+        <v>127</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>128</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2017</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>23</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>25</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>129</v>
+      </c>
+      <c r="P19" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>131</v>
+      </c>
+      <c r="B20" t="s">
+        <v>132</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>56</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>40</v>
+      </c>
+      <c r="H20">
+        <v>2017</v>
+      </c>
+      <c r="I20">
+        <v>2021</v>
+      </c>
+      <c r="J20" t="s">
+        <v>41</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>133</v>
+      </c>
+      <c r="M20" t="s">
+        <v>25</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>134</v>
+      </c>
+      <c r="P20" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>136</v>
+      </c>
+      <c r="B21" t="s">
+        <v>137</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2019</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>138</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>25</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>139</v>
+      </c>
+      <c r="P21" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>141</v>
+      </c>
+      <c r="B22" t="s">
+        <v>142</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>143</v>
+      </c>
+      <c r="E22" t="s">
+        <v>48</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2021</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>138</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>25</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>144</v>
+      </c>
+      <c r="P22"/>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>145</v>
+      </c>
+      <c r="B23" t="s">
+        <v>146</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
+        <v>56</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>40</v>
+      </c>
+      <c r="H23">
+        <v>2017</v>
+      </c>
+      <c r="I23">
+        <v>2021</v>
+      </c>
+      <c r="J23" t="s">
+        <v>41</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>133</v>
+      </c>
+      <c r="M23" t="s">
+        <v>25</v>
+      </c>
+      <c r="N23" t="s">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>147</v>
+      </c>
+      <c r="P23" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>149</v>
+      </c>
+      <c r="B24" t="s">
+        <v>150</v>
+      </c>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
+        <v>151</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>40</v>
+      </c>
+      <c r="H24">
+        <v>2005</v>
+      </c>
+      <c r="I24">
+        <v>2015</v>
+      </c>
+      <c r="J24" t="s">
+        <v>41</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>152</v>
+      </c>
+      <c r="M24" t="s">
+        <v>25</v>
+      </c>
+      <c r="N24" t="s">
+        <v>153</v>
+      </c>
+      <c r="O24" t="s">
+        <v>154</v>
+      </c>
+      <c r="P24" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>156</v>
+      </c>
+      <c r="B25" t="s">
+        <v>157</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
+        <v>158</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>159</v>
+      </c>
+      <c r="G25" t="s">
+        <v>40</v>
+      </c>
+      <c r="H25">
+        <v>2007</v>
+      </c>
+      <c r="I25">
+        <v>2020</v>
+      </c>
+      <c r="J25" t="s">
+        <v>41</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>160</v>
+      </c>
+      <c r="M25" t="s">
+        <v>25</v>
+      </c>
+      <c r="N25" t="s">
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>161</v>
+      </c>
+      <c r="P25" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>163</v>
+      </c>
+      <c r="B26" t="s">
+        <v>164</v>
+      </c>
+      <c r="C26" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" t="s">
+        <v>165</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>40</v>
+      </c>
+      <c r="H26">
+        <v>2007</v>
+      </c>
+      <c r="I26">
+        <v>2015</v>
+      </c>
+      <c r="J26" t="s">
+        <v>41</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>166</v>
+      </c>
+      <c r="M26" t="s">
+        <v>25</v>
+      </c>
+      <c r="N26" t="s">
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>167</v>
+      </c>
+      <c r="P26" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>169</v>
+      </c>
+      <c r="B27" t="s">
+        <v>170</v>
+      </c>
+      <c r="C27" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" t="s">
+        <v>116</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>40</v>
+      </c>
+      <c r="H27">
+        <v>2007</v>
+      </c>
+      <c r="I27">
+        <v>2020</v>
+      </c>
+      <c r="J27" t="s">
+        <v>41</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>171</v>
+      </c>
+      <c r="M27" t="s">
+        <v>25</v>
+      </c>
+      <c r="N27" t="s">
+        <v>26</v>
+      </c>
+      <c r="O27" t="s">
+        <v>172</v>
+      </c>
+      <c r="P27" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>174</v>
+      </c>
+      <c r="B28" t="s">
+        <v>175</v>
+      </c>
+      <c r="C28" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" t="s">
+        <v>176</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>40</v>
+      </c>
+      <c r="H28">
         <v>2008</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I28">
+        <v>2015</v>
+      </c>
+      <c r="J28" t="s">
+        <v>41</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>25</v>
+      </c>
+      <c r="N28" t="s">
+        <v>26</v>
+      </c>
+      <c r="O28" t="s">
+        <v>177</v>
+      </c>
+      <c r="P28" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>179</v>
+      </c>
+      <c r="B29" t="s">
+        <v>180</v>
+      </c>
+      <c r="C29" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" t="s">
+        <v>181</v>
+      </c>
+      <c r="E29" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F29" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G29" t="s">
+        <v>40</v>
+      </c>
+      <c r="H29">
+        <v>2008</v>
+      </c>
+      <c r="I29">
+        <v>2015</v>
+      </c>
+      <c r="J29" t="s">
+        <v>41</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>182</v>
+      </c>
+      <c r="M29" t="s">
+        <v>25</v>
+      </c>
+      <c r="N29" t="s">
+        <v>26</v>
+      </c>
+      <c r="O29" t="s">
+        <v>183</v>
+      </c>
+      <c r="P29" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>185</v>
+      </c>
+      <c r="B30" t="s">
+        <v>186</v>
+      </c>
+      <c r="C30" t="s">
+        <v>18</v>
+      </c>
+      <c r="D30" t="s">
+        <v>109</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>40</v>
+      </c>
+      <c r="H30">
+        <v>2009</v>
+      </c>
+      <c r="I30">
+        <v>2018</v>
+      </c>
+      <c r="J30" t="s">
+        <v>41</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>25</v>
+      </c>
+      <c r="N30" t="s">
+        <v>26</v>
+      </c>
+      <c r="O30" t="s">
+        <v>187</v>
+      </c>
+      <c r="P30" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>189</v>
+      </c>
+      <c r="B31" t="s">
+        <v>190</v>
+      </c>
+      <c r="C31" t="s">
+        <v>18</v>
+      </c>
+      <c r="D31" t="s">
+        <v>181</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>40</v>
+      </c>
+      <c r="H31">
+        <v>2009</v>
+      </c>
+      <c r="I31">
+        <v>2013</v>
+      </c>
+      <c r="J31" t="s">
+        <v>41</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>182</v>
+      </c>
+      <c r="M31" t="s">
+        <v>25</v>
+      </c>
+      <c r="N31" t="s">
+        <v>26</v>
+      </c>
+      <c r="O31" t="s">
+        <v>191</v>
+      </c>
+      <c r="P31" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>193</v>
+      </c>
+      <c r="B32" t="s">
+        <v>194</v>
+      </c>
+      <c r="C32" t="s">
+        <v>18</v>
+      </c>
+      <c r="D32" t="s">
+        <v>176</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>40</v>
+      </c>
+      <c r="H32">
+        <v>2009</v>
+      </c>
+      <c r="I32">
+        <v>2013</v>
+      </c>
+      <c r="J32" t="s">
+        <v>41</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>25</v>
+      </c>
+      <c r="N32" t="s">
+        <v>26</v>
+      </c>
+      <c r="O32" t="s">
+        <v>195</v>
+      </c>
+      <c r="P32" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>197</v>
+      </c>
+      <c r="B33" t="s">
+        <v>198</v>
+      </c>
+      <c r="C33" t="s">
+        <v>18</v>
+      </c>
+      <c r="D33" t="s">
+        <v>109</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H33">
+        <v>2009</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
-[...4 lines deleted...]
-      <c r="A3" t="s">
+      <c r="K33" t="s">
+        <v>110</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
         <v>25</v>
       </c>
-      <c r="B3" t="s">
-[...18 lines deleted...]
-      <c r="I3" t="s">
+      <c r="N33" t="s">
+        <v>26</v>
+      </c>
+      <c r="O33" t="s">
+        <v>199</v>
+      </c>
+      <c r="P33" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>201</v>
+      </c>
+      <c r="B34" t="s">
+        <v>202</v>
+      </c>
+      <c r="C34" t="s">
+        <v>18</v>
+      </c>
+      <c r="D34" t="s">
+        <v>203</v>
+      </c>
+      <c r="E34" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
+      <c r="F34" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...79 lines deleted...]
-      <c r="I5" t="s">
+      <c r="G34" t="s">
         <v>40</v>
-      </c>
-[...1224 lines deleted...]
-        <v>2015</v>
       </c>
       <c r="H34">
         <v>2015</v>
       </c>
-      <c r="I34" t="s">
-        <v>34</v>
+      <c r="I34">
+        <v>2015</v>
       </c>
       <c r="J34" t="s">
+        <v>41</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>25</v>
+      </c>
+      <c r="N34" t="s">
+        <v>26</v>
+      </c>
+      <c r="O34" t="s">
+        <v>204</v>
+      </c>
+      <c r="P34" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>206</v>
+      </c>
+      <c r="B35" t="s">
+        <v>207</v>
+      </c>
+      <c r="C35" t="s">
+        <v>18</v>
+      </c>
+      <c r="D35" t="s">
+        <v>208</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
         <v>21</v>
       </c>
-      <c r="K34"/>
-      <c r="L34" t="s">
+      <c r="G35" t="s">
+        <v>40</v>
+      </c>
+      <c r="H35">
+        <v>2010</v>
+      </c>
+      <c r="I35">
+        <v>2015</v>
+      </c>
+      <c r="J35" t="s">
+        <v>41</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>25</v>
+      </c>
+      <c r="N35" t="s">
+        <v>153</v>
+      </c>
+      <c r="O35" t="s">
+        <v>209</v>
+      </c>
+      <c r="P35" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>211</v>
+      </c>
+      <c r="B36" t="s">
+        <v>212</v>
+      </c>
+      <c r="C36" t="s">
+        <v>18</v>
+      </c>
+      <c r="D36" t="s">
+        <v>213</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>40</v>
+      </c>
+      <c r="H36">
+        <v>2010</v>
+      </c>
+      <c r="I36">
+        <v>2013</v>
+      </c>
+      <c r="J36" t="s">
+        <v>41</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>214</v>
+      </c>
+      <c r="M36" t="s">
+        <v>25</v>
+      </c>
+      <c r="N36" t="s">
+        <v>26</v>
+      </c>
+      <c r="O36" t="s">
+        <v>215</v>
+      </c>
+      <c r="P36" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>217</v>
+      </c>
+      <c r="B37" t="s">
+        <v>218</v>
+      </c>
+      <c r="C37" t="s">
+        <v>18</v>
+      </c>
+      <c r="D37" t="s">
+        <v>219</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>40</v>
+      </c>
+      <c r="H37">
+        <v>2010</v>
+      </c>
+      <c r="I37">
+        <v>2019</v>
+      </c>
+      <c r="J37" t="s">
+        <v>41</v>
+      </c>
+      <c r="K37" t="s">
+        <v>220</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>25</v>
+      </c>
+      <c r="N37" t="s">
+        <v>26</v>
+      </c>
+      <c r="O37" t="s">
+        <v>221</v>
+      </c>
+      <c r="P37" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>223</v>
+      </c>
+      <c r="B38" t="s">
+        <v>224</v>
+      </c>
+      <c r="C38" t="s">
+        <v>18</v>
+      </c>
+      <c r="D38" t="s">
+        <v>219</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>40</v>
+      </c>
+      <c r="H38">
+        <v>2010</v>
+      </c>
+      <c r="I38">
+        <v>2019</v>
+      </c>
+      <c r="J38" t="s">
+        <v>138</v>
+      </c>
+      <c r="K38" t="s">
+        <v>220</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>25</v>
+      </c>
+      <c r="N38" t="s">
+        <v>153</v>
+      </c>
+      <c r="O38" t="s">
+        <v>225</v>
+      </c>
+      <c r="P38" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>226</v>
+      </c>
+      <c r="B39" t="s">
+        <v>227</v>
+      </c>
+      <c r="C39" t="s">
+        <v>18</v>
+      </c>
+      <c r="D39" t="s">
+        <v>228</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>40</v>
+      </c>
+      <c r="H39">
+        <v>2012</v>
+      </c>
+      <c r="I39">
+        <v>2015</v>
+      </c>
+      <c r="J39" t="s">
+        <v>41</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>229</v>
+      </c>
+      <c r="M39" t="s">
+        <v>25</v>
+      </c>
+      <c r="N39" t="s">
+        <v>26</v>
+      </c>
+      <c r="O39" t="s">
+        <v>230</v>
+      </c>
+      <c r="P39" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>232</v>
+      </c>
+      <c r="B40" t="s">
+        <v>233</v>
+      </c>
+      <c r="C40" t="s">
+        <v>18</v>
+      </c>
+      <c r="D40" t="s">
+        <v>104</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" t="s">
+        <v>40</v>
+      </c>
+      <c r="H40">
+        <v>2012</v>
+      </c>
+      <c r="I40">
+        <v>2015</v>
+      </c>
+      <c r="J40" t="s">
+        <v>41</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40" t="s">
+        <v>229</v>
+      </c>
+      <c r="M40" t="s">
+        <v>25</v>
+      </c>
+      <c r="N40" t="s">
+        <v>26</v>
+      </c>
+      <c r="O40" t="s">
+        <v>234</v>
+      </c>
+      <c r="P40" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>236</v>
+      </c>
+      <c r="B41" t="s">
+        <v>237</v>
+      </c>
+      <c r="C41" t="s">
+        <v>18</v>
+      </c>
+      <c r="D41" t="s">
+        <v>104</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>21</v>
+      </c>
+      <c r="G41" t="s">
         <v>22</v>
       </c>
-      <c r="M34" t="s">
+      <c r="H41">
+        <v>2012</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>41</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>229</v>
+      </c>
+      <c r="M41" t="s">
+        <v>25</v>
+      </c>
+      <c r="N41" t="s">
+        <v>26</v>
+      </c>
+      <c r="O41" t="s">
+        <v>238</v>
+      </c>
+      <c r="P41" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>240</v>
+      </c>
+      <c r="B42" t="s">
+        <v>241</v>
+      </c>
+      <c r="C42" t="s">
+        <v>18</v>
+      </c>
+      <c r="D42" t="s">
+        <v>242</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>21</v>
+      </c>
+      <c r="G42" t="s">
+        <v>40</v>
+      </c>
+      <c r="H42">
+        <v>2012</v>
+      </c>
+      <c r="I42">
+        <v>2021</v>
+      </c>
+      <c r="J42" t="s">
+        <v>138</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>25</v>
+      </c>
+      <c r="N42" t="s">
+        <v>26</v>
+      </c>
+      <c r="O42" t="s">
+        <v>243</v>
+      </c>
+      <c r="P42" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>245</v>
+      </c>
+      <c r="B43" t="s">
+        <v>246</v>
+      </c>
+      <c r="C43" t="s">
+        <v>18</v>
+      </c>
+      <c r="D43" t="s">
+        <v>242</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>21</v>
+      </c>
+      <c r="G43" t="s">
+        <v>40</v>
+      </c>
+      <c r="H43">
+        <v>2012</v>
+      </c>
+      <c r="I43">
+        <v>2015</v>
+      </c>
+      <c r="J43" t="s">
         <v>23</v>
       </c>
-      <c r="N34" t="s">
-[...16 lines deleted...]
-      <c r="E35" t="s">
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>25</v>
+      </c>
+      <c r="N43" t="s">
+        <v>26</v>
+      </c>
+      <c r="O43" t="s">
+        <v>247</v>
+      </c>
+      <c r="P43" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>249</v>
+      </c>
+      <c r="B44" t="s">
+        <v>250</v>
+      </c>
+      <c r="C44" t="s">
         <v>18</v>
       </c>
-      <c r="F35" t="s">
-[...11 lines deleted...]
-      <c r="J35" t="s">
+      <c r="D44" t="s">
+        <v>242</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
         <v>21</v>
       </c>
-      <c r="K35"/>
-      <c r="L35" t="s">
+      <c r="G44" t="s">
         <v>22</v>
       </c>
-      <c r="M35" t="s">
-[...19 lines deleted...]
-      <c r="E36" t="s">
+      <c r="H44">
+        <v>2012</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>41</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
+        <v>25</v>
+      </c>
+      <c r="N44" t="s">
+        <v>26</v>
+      </c>
+      <c r="O44" t="s">
+        <v>251</v>
+      </c>
+      <c r="P44" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>253</v>
+      </c>
+      <c r="B45" t="s">
+        <v>254</v>
+      </c>
+      <c r="C45" t="s">
         <v>18</v>
       </c>
-      <c r="F36" t="s">
-[...5 lines deleted...]
-      <c r="H36">
+      <c r="D45" t="s">
+        <v>99</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>21</v>
+      </c>
+      <c r="G45" t="s">
+        <v>40</v>
+      </c>
+      <c r="H45">
+        <v>2011</v>
+      </c>
+      <c r="I45">
         <v>2013</v>
       </c>
-      <c r="I36" t="s">
-[...11 lines deleted...]
-      <c r="M36" t="s">
+      <c r="J45" t="s">
         <v>23</v>
       </c>
-      <c r="N36" t="s">
-[...375 lines deleted...]
-      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45"/>
       <c r="M45" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N45" t="s">
-        <v>169</v>
+        <v>26</v>
+      </c>
+      <c r="O45" t="s">
+        <v>255</v>
+      </c>
+      <c r="P45" t="s">
+        <v>256</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>