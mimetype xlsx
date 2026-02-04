--- v1 (2025-12-05)
+++ v2 (2026-02-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="257">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="250">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -673,78 +673,69 @@
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-85252015-distribution-transformers-meps-and-test-methods</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-8525-2015-may-bien-ap-phan-phoi-muc-hieu-suat-nang-luong-toi-thieu</t>
   </si>
   <si>
     <t>TCVN 8526:2013 Clothes washing machines for household use - energy efficiency and test methods</t>
   </si>
   <si>
     <t>This document specifies the MEPS, test methods, and star ratings for clothes washing machines for household use.</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>IEC 60456:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-85262013-clothes-washing-machines-household-use-energy-efficiency-and-test-methods</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-8526-2013-may-giat-gia-dung-hieu-suat-nang-luong-phuong-phap-xac-dinh#toan-van</t>
   </si>
   <si>
-    <t>TCVN 8630:2010 Boilers - energy efficiency and test methods</t>
-[...16 lines deleted...]
-  <si>
     <t>TCVN 8630:2019 Boilers - Energy Efficiency and Method for Determination</t>
   </si>
   <si>
     <t>This standard specifies the requirements for energy efficiency and the method for determining energy efficiency for fuel-fired boilers when put into use in the industrial sector.
 The method for determining boiler efficiency specified in this standard is the forward balance method and the reverse balance method.
 This standard does not apply to boilers used for electricity generation.
 It replaces TCVN 8630:2010 and has been effective starting April 2025.</t>
   </si>
   <si>
+    <t>Boilers and Furnaces</t>
+  </si>
+  <si>
+    <t>Gas, Oil</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-86302019-boilers-energy-efficiency-and-method-determination</t>
+  </si>
+  <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+8630%3A2019</t>
   </si>
   <si>
     <t>TCVN 9508:2012 Computer monitors - energy efficiency</t>
   </si>
   <si>
     <t>This document specifies the MEPS and test methods for computer monitors.</t>
   </si>
   <si>
     <t>Displays</t>
   </si>
   <si>
     <t>IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95082012-computer-monitors-energy-efficiency</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-9508-2012-man-hinh-may-tinh-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>TCVN 9509:2012 Printers - energy efficiency</t>
   </si>
   <si>
     <t>This document specifies the MEPS and test methods for printers.</t>
   </si>
@@ -761,62 +752,50 @@
     <t>This document specifies the MEPS and test methods for copiers.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95102012-copiers-energy-efficiency</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-9510-2012-may-photocopy-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>TCVN 9536: 2021: Television Sets - Energy Efficiency</t>
   </si>
   <si>
     <t>This standard applies to television sets with a rated power of less than 1 000 W, consisting of a display and one or more receivers/tuners in the same or separate housing.
 It also applies to TV/VCR, TV/DVD, combined TV/VCR/DVD sets.
 It does not apply to television sets with computer, OCAP, IP and other television receivers with special functions. This standard specifies minimum energy efficiency levels and energy efficiency classes for television sets.
 It replaces TCVN 9536:2012 and has been effective since April 2025.</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-9536-2021-television-sets-energy-efficiency</t>
   </si>
   <si>
     <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN%209536:2021</t>
-  </si>
-[...10 lines deleted...]
-    <t>https://vanbanphapluat.co/tcvn-9536-2012-may-thu-hinh-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>TCVN 9536:2012: Televisions</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance standards for televisions.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95362012-televisions</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-9537-2012-may-thu-hinh-xac-dinh-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>Vietnam Decision No. 51/2011/QD-TTg</t>
   </si>
   <si>
     <t>Import, manufacture, and circulation of incandescent lamps with a power output higher than 60W will be banned from January 1, 2013.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vietnam-decision-no-512011qd-ttg</t>
   </si>
   <si>
     <t>http://thuvienphapluat.vn/van-ban/Tai-nguyen-Moi-truong/Quyet-dinh-51-2011-QD-TTg-danh-muc-phuong-tien-thiet-bi-phai-dan-nhan-nang-129033.aspx</t>
   </si>
@@ -1144,51 +1123,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P45"/>
+  <dimension ref="A1:P43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="826.941" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="227.516" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -2941,453 +2920,357 @@
       <c r="B37" t="s">
         <v>218</v>
       </c>
       <c r="C37" t="s">
         <v>18</v>
       </c>
       <c r="D37" t="s">
         <v>219</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>21</v>
       </c>
       <c r="G37" t="s">
         <v>40</v>
       </c>
       <c r="H37">
         <v>2010</v>
       </c>
       <c r="I37">
         <v>2019</v>
       </c>
       <c r="J37" t="s">
-        <v>41</v>
+        <v>138</v>
       </c>
       <c r="K37" t="s">
         <v>220</v>
       </c>
       <c r="L37"/>
       <c r="M37" t="s">
         <v>25</v>
       </c>
       <c r="N37" t="s">
-        <v>26</v>
+        <v>153</v>
       </c>
       <c r="O37" t="s">
         <v>221</v>
       </c>
       <c r="P37" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
         <v>223</v>
       </c>
       <c r="B38" t="s">
         <v>224</v>
       </c>
       <c r="C38" t="s">
         <v>18</v>
       </c>
       <c r="D38" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>21</v>
       </c>
       <c r="G38" t="s">
         <v>40</v>
       </c>
       <c r="H38">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="I38">
-        <v>2019</v>
+        <v>2015</v>
       </c>
       <c r="J38" t="s">
-        <v>138</v>
+        <v>41</v>
       </c>
       <c r="K38" t="s">
-        <v>220</v>
-[...1 lines deleted...]
-      <c r="L38"/>
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>226</v>
+      </c>
       <c r="M38" t="s">
         <v>25</v>
       </c>
       <c r="N38" t="s">
-        <v>153</v>
+        <v>26</v>
       </c>
       <c r="O38" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="P38" t="s">
-        <v>222</v>
+        <v>228</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="B39" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="C39" t="s">
         <v>18</v>
       </c>
       <c r="D39" t="s">
-        <v>228</v>
+        <v>104</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>21</v>
       </c>
       <c r="G39" t="s">
         <v>40</v>
       </c>
       <c r="H39">
         <v>2012</v>
       </c>
       <c r="I39">
         <v>2015</v>
       </c>
       <c r="J39" t="s">
         <v>41</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="M39" t="s">
         <v>25</v>
       </c>
       <c r="N39" t="s">
         <v>26</v>
       </c>
       <c r="O39" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="P39" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="B40" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C40" t="s">
         <v>18</v>
       </c>
       <c r="D40" t="s">
         <v>104</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
         <v>21</v>
       </c>
       <c r="G40" t="s">
-        <v>40</v>
+        <v>22</v>
       </c>
       <c r="H40">
         <v>2012</v>
       </c>
-      <c r="I40">
-[...1 lines deleted...]
-      </c>
+      <c r="I40"/>
       <c r="J40" t="s">
         <v>41</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="M40" t="s">
         <v>25</v>
       </c>
       <c r="N40" t="s">
         <v>26</v>
       </c>
       <c r="O40" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="P40" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="B41" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C41" t="s">
         <v>18</v>
       </c>
       <c r="D41" t="s">
-        <v>104</v>
+        <v>239</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
         <v>21</v>
       </c>
       <c r="G41" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="H41">
         <v>2012</v>
       </c>
-      <c r="I41"/>
+      <c r="I41">
+        <v>2021</v>
+      </c>
       <c r="J41" t="s">
-        <v>41</v>
+        <v>138</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
-      <c r="L41" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L41"/>
       <c r="M41" t="s">
         <v>25</v>
       </c>
       <c r="N41" t="s">
         <v>26</v>
       </c>
       <c r="O41" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="P41" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="B42" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="C42" t="s">
         <v>18</v>
       </c>
       <c r="D42" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
         <v>21</v>
       </c>
       <c r="G42" t="s">
-        <v>40</v>
+        <v>22</v>
       </c>
       <c r="H42">
         <v>2012</v>
       </c>
-      <c r="I42">
-[...1 lines deleted...]
-      </c>
+      <c r="I42"/>
       <c r="J42" t="s">
-        <v>138</v>
+        <v>41</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
       <c r="L42"/>
       <c r="M42" t="s">
         <v>25</v>
       </c>
       <c r="N42" t="s">
         <v>26</v>
       </c>
       <c r="O42" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="P42" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="B43" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C43" t="s">
         <v>18</v>
       </c>
       <c r="D43" t="s">
-        <v>242</v>
+        <v>99</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
         <v>21</v>
       </c>
       <c r="G43" t="s">
         <v>40</v>
       </c>
       <c r="H43">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="I43">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="J43" t="s">
         <v>23</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
       <c r="L43"/>
       <c r="M43" t="s">
         <v>25</v>
       </c>
       <c r="N43" t="s">
         <v>26</v>
       </c>
       <c r="O43" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="P43" t="s">
-        <v>248</v>
-[...3 lines deleted...]
-      <c r="A44" t="s">
         <v>249</v>
-      </c>
-[...87 lines deleted...]
-        <v>256</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">