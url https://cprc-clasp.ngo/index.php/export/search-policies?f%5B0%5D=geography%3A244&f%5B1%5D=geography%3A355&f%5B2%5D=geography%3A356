--- v0 (2025-12-11)
+++ v1 (2026-02-22)
@@ -5932,51 +5932,51 @@
       </c>
       <c r="P76" t="s">
         <v>289</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
         <v>348</v>
       </c>
       <c r="B77" t="s">
         <v>349</v>
       </c>
       <c r="C77" t="s">
         <v>18</v>
       </c>
       <c r="D77" t="s">
         <v>350</v>
       </c>
       <c r="E77" t="s">
         <v>20</v>
       </c>
       <c r="F77" t="s">
         <v>351</v>
       </c>
       <c r="G77" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H77">
         <v>2021</v>
       </c>
       <c r="I77">
         <v>2024</v>
       </c>
       <c r="J77" t="s">
         <v>352</v>
       </c>
       <c r="K77" t="s">
         <v>24</v>
       </c>
       <c r="L77" t="s">
         <v>353</v>
       </c>
       <c r="M77" t="s">
         <v>25</v>
       </c>
       <c r="N77" t="s">
         <v>26</v>
       </c>
       <c r="O77" t="s">
         <v>354</v>
       </c>