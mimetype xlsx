--- v0 (2025-11-11)
+++ v1 (2025-12-27)
@@ -2013,51 +2013,51 @@
       </c>
       <c r="P18" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
         <v>129</v>
       </c>
       <c r="B19" t="s">
         <v>130</v>
       </c>
       <c r="C19" t="s">
         <v>18</v>
       </c>
       <c r="D19" t="s">
         <v>131</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>132</v>
       </c>
       <c r="G19" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H19">
         <v>2021</v>
       </c>
       <c r="I19">
         <v>2024</v>
       </c>
       <c r="J19" t="s">
         <v>133</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19" t="s">
         <v>134</v>
       </c>
       <c r="M19" t="s">
         <v>25</v>
       </c>
       <c r="N19" t="s">
         <v>26</v>
       </c>
       <c r="O19" t="s">
         <v>135</v>
       </c>