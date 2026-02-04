--- v0 (2025-10-15)
+++ v1 (2026-02-04)
@@ -12,539 +12,748 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="150">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="218">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Auto-Off Power Strips and Socket Adapters (DE-UZ 134)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to auto-off power strips or socket adapters (with and without surge protector).</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Power strips</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>DIN EN ISO/IEC 17025; DIN EN 62301</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-auto-power-strips-and-socket-adapters-de-uz-134</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20134-201407-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Computers and Keyboards (DE/UZ 78)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to the notebook computers as defined in paragraph 1.5 of the document.  The following devices do not fall within the scope of these Basic Criteria: Mobile phones, smartphones, MDAs, PDAs and similar mobile devices.</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-computers-and-keyboards-deuz-78</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20078-201701-en-Criteria-V3.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Data Shredders (DE-UZ 174)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to household cooker hoods with an inbuilt fan for either recirculation operation - or exhaust operation exhibiting a maximum air flow volume of 800 m3 /h at maximum continuous operation. Requirements include energy efficiency of the fan; energy-efficient lighting; and power consumption in off and stand-by mode.</t>
+  </si>
+  <si>
     <t>Paper Shredders</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-data-shredders-de-uz-174</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20174-201801-en%20Criteria-2020-01-10.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Digital Cordless Phones (DE-UZ 131)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to cordless phones and base stations according to the DECT standard or a similar standard. The devices shall be primarily designed for transmitting phone calls and messages. They may, however, also provide additional functions, such as answering machine, organizer, wireless Internet access or data transmission via infrared port or bluetooth, Class III. Excluded are cordless phones with WLAN function.</t>
+  </si>
+  <si>
     <t>Telephony</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-digital-cordless-phones-de-uz-131</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20131-201404-en%20Criteria-2018-10-15.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Digital Projectors DE-UZ 127</t>
   </si>
   <si>
+    <t>Digital Projectors:  These Basic Award Criteria apply to portable digital projectors, in German also called 'beamers', based on liquid crystal technology, Liquid Crystal Display - LCD, or digital light procession technology -DLP, for image reproduction.</t>
+  </si>
+  <si>
     <t>Projectors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-digital-projectors-de-uz-127</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20127-201404-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Electric Kettles for Household Use (DE-UZ 133)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to electric water kettles for household use. In order to be eligible the electric kettle must have a removable water tank for cordless use. The power cable remains connected to the base plate and need not be unplugged from the outlet when moving the tank, to fill in water. In addition, products applying for the Blue Angel eco-label must be equipped with a concealed heating coil. Compliance with the above-mentioned criteria does not only improve the user friendliness but also indirectly extend the products service life.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>EN 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-electric-kettles-household-use-de-uz-133</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20133-201309-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Energy Efficient Data Center Operation (DE-UZ 161)</t>
   </si>
   <si>
+    <t>Within the scope of these Basic Award Criteria, a data center is defined as follows: A data center is capable of securely, permanently and centrally processing large amounts of data over a long period of time. In the process, the data center shall still possess these capabilities even when individual capabilities are not being used e.g. operation over a long period of time.</t>
+  </si>
+  <si>
     <t>Servers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-energy-efficient-data-center-operation-de-uz-161</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20161-201901-en%20Criteria-2019-03-21.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Hand Dryers (DE-UZ 87)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria are valid for electric hand dryers (e.g. hot air hand dryers, high speed hand dryers).</t>
+  </si>
+  <si>
     <t>Hand Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-hand-dryers-de-uz-87</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20087-201405-en%20Criteria-2020-05-29.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Household Cooker Hoods (DE-UZ 147)</t>
   </si>
   <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>DIN EN 61591 and DIN EN ISO/IEC 17025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-household-cooker-hoods-de-uz-147</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20147-201001-en%20Criteria-2018-10-17.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Household Lamps (DE-UZ 151)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to lamps typically used for household lighting which fulfil the following prerequisites: They • are directly powered from the mains (230 V, 50 Hz) and therefore need no external ballast, power supply pack or the like; • are suitable for indoor use; • have a total luminous flux Ф of 60 ≤ Ф ≤ 6500 lumens (lm) and • are free from mercury. Excluded from the scope are: • lamps where: at least 6 percent of the total radiation between 250 and 780 nm fall in the range of 250 to 400 nm, the radiation peak is between 315 and -400 nm (UVA) or between 280 and 315 nm (UVB); • lamps that allow shifting the chromaticity coordinates to outside the white area; • double-ended lamps.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-household-lamps-de-uz-151</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20151-201409-en%20Criteria-2019-01-23.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Office Equipment with Printing Function (Printers and Multifunction Devices) (DE-UZ 205)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to office devices (usually referred to as printers and/or multifunction devices) which at least:
+• offer printing as their primary function,
+• are capable of producing monochrome or colour printouts (4-colour-printing) on standard paper with a grammage of 60 to 80 g/m2,
+• are capable of processing media or a minimum format of DIN A4 and up to a maximum format of DIN A3+, and
+• work as electrophotographic devices (LED or laser technology) by using toners or as inkjet devices by using inks (or gels, or waxes).</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-office-equipment-printing-function-printers-and-multifunction-devices-de</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20205-201701-en%20Criteria-2020-06-02.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Solar Collectors (DE-UZ 73)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to solar collectors according to DIN EN 12975. Using solar plants for the generation of energy helps to save resources and avoid pollutant</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>DIN EN 12975</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-solar-collectors-de-uz-73</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20073-200903-en%20Criteria-2019-07-17.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Stationary air conditioners (DE-UZ 204)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria are valid for air conditioners for stationary use with the following characteristics:</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>DIN EN ISO/IEC 17025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-stationary-air-conditioners-de-uz-204</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20204-201608-en%20Criteria-2020-01-10.pdf</t>
+  </si>
+  <si>
     <t>JS 2091:2013 Technical Regulation on eco-design - Requirements for non-directional household lamps</t>
   </si>
   <si>
+    <t>This policy establishes eco-design requirements for the placing on the market of non-directional household lamps, including when they are marketed for non-household use or when they are integrated into other products. It also establishes product information requirements for special purpose lamps.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>JS 2092</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20912013-technical-regulation-eco-design-requirements-non-directional-household-lamps</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5461</t>
+  </si>
+  <si>
     <t>JS 2092:2013 Energy efficiency labeling of household electric lamps</t>
   </si>
   <si>
+    <t>This policy covers household electric lamps supplied directly from the mains (filament and integral compact fluorescent lamps), and to household fluorescent lamps (including linear, and non-integral compact fluorescent lamps), even when marketed for non-household use.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20922013-energy-efficiency-labeling-household-electric-lamps</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5453</t>
+  </si>
+  <si>
     <t>JS 2093:2013 Technical regulation on eco-design requirements for fluorescent lamps without integrated ballast; for high intensity discharge lamps; and for ballasts and luminaires able to operate such lamps</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of fluorescent lamps without integrated ballast, of high intensity discharge lamps, and of ballasts and luminaires able to operate such lamps as defined in Article 3, even when they are integrated into other energy related products.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Drivers/ Controls</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20932013-technical-regulation-eco-design-requirements-fluorescent-lamps-without</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5462</t>
+  </si>
+  <si>
     <t>JS 2094:2013 Technical Regulation on eco-design requirements for electric motors</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market and for putting into service of motors, including where integrated in other products.</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>JS 2094</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20942013-technical-regulation-eco-design-requirements-electric-motors</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5463</t>
+  </si>
+  <si>
     <t>JS 2095:2013 Technical regulation on eco-design requirements for Glandless standalone circulators and glandless circulators integrated in products</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of glandless standalone circulators and glandless circulators integrated in products.</t>
+  </si>
+  <si>
     <t>Building Circulator Pumps</t>
   </si>
   <si>
     <t>JS 2095</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20952013-technical-regulation-eco-design-requirements-glandless-standalone-circulators</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5464</t>
+  </si>
+  <si>
     <t>JS 2097:2013 Energy labeling of household combined washer-driers</t>
   </si>
   <si>
+    <t>This policy covers electric mains operated household combined washer-driers. Appliances that can also use other energy sources are excluded.</t>
+  </si>
+  <si>
     <t>Washer and Dryers</t>
   </si>
   <si>
     <t>Electricity, Water</t>
   </si>
   <si>
     <t>JS 2096</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20972013-energy-labeling-household-combined-washer-driers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5458</t>
+  </si>
+  <si>
     <t>JS 2098:2013 Energy labeling of household electric ovens</t>
   </si>
   <si>
+    <t>This policy covers electric mains operated household electric ovens including ovens being part of larger appliances.</t>
+  </si>
+  <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>JS 2098</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20982013-energy-labeling-household-electric-ovens</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5454</t>
+  </si>
+  <si>
     <t>JS 2099:2013 Technical Regulation on eco-design requirements for household dishwashers</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries, including those sold for non-household use and built-in household dishwashers.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>JS 2099</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20992013-technical-regulation-eco-design-requirements-household-dishwashers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5465</t>
+  </si>
+  <si>
     <t>JS 2100:2013 Energy labeling of household dishwashers</t>
   </si>
   <si>
+    <t>This policy covers electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.</t>
+  </si>
+  <si>
     <t>JS 2100</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21002013-energy-labeling-household-dishwashers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5452</t>
+  </si>
+  <si>
     <t>JS 2101:2013 Energy labeling for household refrigerating appliances</t>
   </si>
   <si>
+    <t>This policy covers the labeling of and provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1,500 litres.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>JS 1749</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21012013-energy-labeling-household-refrigerating-appliances</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5455</t>
+  </si>
+  <si>
     <t>JS 2102:2013 Technical Regulation on eco-design requirements for household refrigerating appliances</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1500 litres.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21022013-technical-regulation-eco-design-requirements-household-refrigerating</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5466</t>
+  </si>
+  <si>
     <t>JS 2105:2013 Energy labeling of televisions</t>
   </si>
   <si>
+    <t>This policy covers labelling and the provision of supplementary product information for televisions.</t>
+  </si>
+  <si>
     <t>Televisions, Displays</t>
   </si>
   <si>
     <t>JS 2105</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21052013-energy-labeling-televisions</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5456</t>
+  </si>
+  <si>
     <t>JS 2106:2013 Technical Regulation on eco-design requirements for televisions</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of televisions.</t>
+  </si>
+  <si>
     <t>JS 2106</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21062013-technical-regulation-eco-design-requirements-televisions</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5468</t>
+  </si>
+  <si>
     <t>JS 2107:2013 Technical Regulation on eco-design requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input of 125W.</t>
+  </si>
+  <si>
     <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>JS 2107</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21072013-technical-regulation-eco-design-requirements-air-conditioners-and-comfort-fans</t>
   </si>
   <si>
     <t>JS 2108:2013 Energy efficiency labeling of air conditioners</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of 12 kW for cooling or heating if the product has no cooling function. This policy does not apply to: a) appliances that use non-electric energy sources; b) air conditioners of which the condensor- or evaporator-side do not use air for heat transfer medium.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21082013-energy-efficiency-labeling-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5451</t>
+  </si>
+  <si>
     <t>JS 2110:2013 Technical Regulation on eco-design requirements for simple set-top boxes</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for simple set-top boxes.</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>JS 2110</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21102013-technical-regulation-eco-design-requirements-simple-set-top-boxes</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5470</t>
+  </si>
+  <si>
     <t>JS 2111:2013 Technical Regulation on eco-design requirements for no-load condition electric power consumption and average active efficiency of external power supplies</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21112013-technical-regulation-eco-design-requirements-no-load-condition-electric-power</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5471</t>
+  </si>
+  <si>
     <t>JS 2112:2013 Technical Regulation on eco-design requirements for fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market or putting into service of fans, including those integrated in other energy-related products as covered by the Framework Technical Regulation.</t>
+  </si>
+  <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>JS 2112</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21122013-technical-regulation-eco-design-requirements-fans</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5472</t>
+  </si>
+  <si>
     <t>JS 50564:2012 Electrical and electronic household and office equipment - Measurement of low power consumption</t>
   </si>
   <si>
+    <t>This policy specifies methods of measurement of electrical power consumption and the reporting of the results for a range of electrical and electronic household and office equipment, hereafter referred to as products.</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>JS 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-505642012-electrical-and-electronic-household-and-office-equipment-measurement-low</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5279</t>
+  </si>
+  <si>
     <t>JS 60456:2012 Clothes washing machines for household use - Methods for measuring the performance (EN 60456:2001 + AC:2011)</t>
   </si>
   <si>
+    <t>This policy specifies methods for measuring the performance of clothes washing machines for household use, with or without heating devices utilising cold and/or hot water supply. It also deals with appliances for water extraction by centrifugal force (spin extractors) and is applicable to appliances for both washing and drying textiles (washer-dryers).</t>
+  </si>
+  <si>
     <t>JS 2103</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-604562012-clothes-washing-machines-household-use-methods-measuring-performance-en</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5305</t>
+  </si>
+  <si>
     <t>JS 61121:2012 Tumble dryers for household use - Methods for measuring the performance</t>
   </si>
   <si>
+    <t>This policy covers household electric tumble dryers of the automatic and non-automatic type, with or without a cold water supply and incorporating a heating device.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-611212012-tumble-dryers-household-use-methods-measuring-performance</t>
+  </si>
+  <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5293</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -808,1627 +1017,1838 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N35"/>
+  <dimension ref="A1:P35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="242" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="242.941" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="826.941" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="127.255" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2012</v>
+      </c>
+      <c r="I2">
+        <v>2020</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2017</v>
+      </c>
+      <c r="I3">
+        <v>2021</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>39</v>
+      </c>
+      <c r="H4">
+        <v>2018</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>40</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2010</v>
+      </c>
+      <c r="I5">
+        <v>2014</v>
+      </c>
+      <c r="J5" t="s">
+        <v>40</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2014</v>
+      </c>
+      <c r="I6">
         <v>2020</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>51</v>
+      </c>
+      <c r="P6" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>53</v>
+      </c>
+      <c r="B7" t="s">
+        <v>54</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>55</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...2 lines deleted...]
-      <c r="L2" t="s">
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2013</v>
+      </c>
+      <c r="I7">
+        <v>2020</v>
+      </c>
+      <c r="J7" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...4 lines deleted...]
-      <c r="A3" t="s">
+      <c r="L7" t="s">
+        <v>56</v>
+      </c>
+      <c r="M7" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...8 lines deleted...]
-      <c r="E3" t="s">
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>57</v>
+      </c>
+      <c r="P7" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>59</v>
+      </c>
+      <c r="B8" t="s">
+        <v>60</v>
+      </c>
+      <c r="C8" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3">
+      <c r="D8" t="s">
+        <v>61</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>39</v>
+      </c>
+      <c r="H8">
+        <v>2019</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>40</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>62</v>
+      </c>
+      <c r="P8" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>64</v>
+      </c>
+      <c r="B9" t="s">
+        <v>65</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>66</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2014</v>
+      </c>
+      <c r="I9">
+        <v>2020</v>
+      </c>
+      <c r="J9" t="s">
+        <v>40</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>26</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>67</v>
+      </c>
+      <c r="P9" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>69</v>
+      </c>
+      <c r="B10" t="s">
+        <v>37</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>70</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2010</v>
+      </c>
+      <c r="I10">
+        <v>2018</v>
+      </c>
+      <c r="J10" t="s">
+        <v>40</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>71</v>
+      </c>
+      <c r="M10" t="s">
+        <v>26</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>72</v>
+      </c>
+      <c r="P10" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>74</v>
+      </c>
+      <c r="B11" t="s">
+        <v>75</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>76</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2014</v>
+      </c>
+      <c r="I11">
+        <v>2019</v>
+      </c>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>26</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>77</v>
+      </c>
+      <c r="P11" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>79</v>
+      </c>
+      <c r="B12" t="s">
+        <v>80</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>81</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
         <v>2017</v>
       </c>
-      <c r="H3">
-[...5 lines deleted...]
-      <c r="J3" t="s">
+      <c r="I12">
+        <v>2020</v>
+      </c>
+      <c r="J12" t="s">
+        <v>40</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>26</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>82</v>
+      </c>
+      <c r="P12" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>84</v>
+      </c>
+      <c r="B13" t="s">
+        <v>85</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>86</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-      <c r="L3" t="s">
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2009</v>
+      </c>
+      <c r="I13">
+        <v>2019</v>
+      </c>
+      <c r="J13" t="s">
         <v>23</v>
       </c>
-      <c r="M3" t="s">
+      <c r="K13" t="s">
+        <v>87</v>
+      </c>
+      <c r="L13" t="s">
+        <v>88</v>
+      </c>
+      <c r="M13" t="s">
+        <v>26</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>89</v>
+      </c>
+      <c r="P13" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>91</v>
+      </c>
+      <c r="B14" t="s">
+        <v>92</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>93</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2016</v>
+      </c>
+      <c r="I14">
+        <v>2020</v>
+      </c>
+      <c r="J14" t="s">
+        <v>23</v>
+      </c>
+      <c r="K14" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-[...36 lines deleted...]
-      <c r="M4" t="s">
+      <c r="L14" t="s">
+        <v>94</v>
+      </c>
+      <c r="M14" t="s">
+        <v>26</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>95</v>
+      </c>
+      <c r="P14" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>97</v>
+      </c>
+      <c r="B15" t="s">
+        <v>98</v>
+      </c>
+      <c r="C15" t="s">
+        <v>99</v>
+      </c>
+      <c r="D15" t="s">
+        <v>76</v>
+      </c>
+      <c r="E15" t="s">
+        <v>100</v>
+      </c>
+      <c r="F15" t="s">
+        <v>101</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2013</v>
+      </c>
+      <c r="I15">
+        <v>2014</v>
+      </c>
+      <c r="J15" t="s">
+        <v>102</v>
+      </c>
+      <c r="K15" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
-[...25 lines deleted...]
-      <c r="H5">
+      <c r="L15" t="s">
+        <v>103</v>
+      </c>
+      <c r="M15" t="s">
+        <v>104</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>105</v>
+      </c>
+      <c r="P15" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>107</v>
+      </c>
+      <c r="B16" t="s">
+        <v>108</v>
+      </c>
+      <c r="C16" t="s">
+        <v>99</v>
+      </c>
+      <c r="D16" t="s">
+        <v>109</v>
+      </c>
+      <c r="E16" t="s">
+        <v>100</v>
+      </c>
+      <c r="F16" t="s">
+        <v>110</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2013</v>
+      </c>
+      <c r="I16">
         <v>2014</v>
       </c>
-      <c r="I5" t="s">
-[...9 lines deleted...]
-      <c r="M5" t="s">
+      <c r="J16" t="s">
+        <v>102</v>
+      </c>
+      <c r="K16" t="s">
         <v>24</v>
       </c>
-      <c r="N5" t="s">
-[...22 lines deleted...]
-      <c r="G6">
+      <c r="L16" t="s">
+        <v>103</v>
+      </c>
+      <c r="M16" t="s">
+        <v>104</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>111</v>
+      </c>
+      <c r="P16" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>113</v>
+      </c>
+      <c r="B17" t="s">
+        <v>114</v>
+      </c>
+      <c r="C17" t="s">
+        <v>99</v>
+      </c>
+      <c r="D17" t="s">
+        <v>115</v>
+      </c>
+      <c r="E17" t="s">
+        <v>100</v>
+      </c>
+      <c r="F17" t="s">
+        <v>101</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2013</v>
+      </c>
+      <c r="I17">
         <v>2014</v>
       </c>
-      <c r="H6">
-[...12 lines deleted...]
-      <c r="M6" t="s">
+      <c r="J17" t="s">
+        <v>102</v>
+      </c>
+      <c r="K17" t="s">
         <v>24</v>
       </c>
-      <c r="N6" t="s">
-[...22 lines deleted...]
-      <c r="G7">
+      <c r="L17" t="s">
+        <v>103</v>
+      </c>
+      <c r="M17" t="s">
+        <v>104</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>116</v>
+      </c>
+      <c r="P17" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>118</v>
+      </c>
+      <c r="B18" t="s">
+        <v>119</v>
+      </c>
+      <c r="C18" t="s">
+        <v>99</v>
+      </c>
+      <c r="D18" t="s">
+        <v>120</v>
+      </c>
+      <c r="E18" t="s">
+        <v>100</v>
+      </c>
+      <c r="F18" t="s">
+        <v>101</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
         <v>2013</v>
       </c>
-      <c r="H7">
-[...14 lines deleted...]
-      <c r="M7" t="s">
+      <c r="I18">
+        <v>2014</v>
+      </c>
+      <c r="J18" t="s">
+        <v>102</v>
+      </c>
+      <c r="K18" t="s">
         <v>24</v>
       </c>
-      <c r="N7" t="s">
-[...36 lines deleted...]
-      <c r="M8" t="s">
+      <c r="L18" t="s">
+        <v>121</v>
+      </c>
+      <c r="M18" t="s">
+        <v>104</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>122</v>
+      </c>
+      <c r="P18" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>124</v>
+      </c>
+      <c r="B19" t="s">
+        <v>125</v>
+      </c>
+      <c r="C19" t="s">
+        <v>99</v>
+      </c>
+      <c r="D19" t="s">
+        <v>126</v>
+      </c>
+      <c r="E19" t="s">
+        <v>100</v>
+      </c>
+      <c r="F19" t="s">
+        <v>101</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2013</v>
+      </c>
+      <c r="I19">
+        <v>2014</v>
+      </c>
+      <c r="J19" t="s">
+        <v>102</v>
+      </c>
+      <c r="K19" t="s">
         <v>24</v>
       </c>
-      <c r="N8" t="s">
-[...22 lines deleted...]
-      <c r="G9">
+      <c r="L19" t="s">
+        <v>127</v>
+      </c>
+      <c r="M19" t="s">
+        <v>104</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>128</v>
+      </c>
+      <c r="P19" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>130</v>
+      </c>
+      <c r="B20" t="s">
+        <v>131</v>
+      </c>
+      <c r="C20" t="s">
+        <v>99</v>
+      </c>
+      <c r="D20" t="s">
+        <v>132</v>
+      </c>
+      <c r="E20" t="s">
+        <v>100</v>
+      </c>
+      <c r="F20" t="s">
+        <v>110</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2013</v>
+      </c>
+      <c r="I20">
         <v>2014</v>
       </c>
-      <c r="H9">
-[...482 lines deleted...]
-      </c>
       <c r="J20" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="K20" t="s">
-        <v>96</v>
+        <v>133</v>
       </c>
       <c r="L20" t="s">
-        <v>76</v>
+        <v>134</v>
       </c>
       <c r="M20" t="s">
-        <v>24</v>
+        <v>104</v>
       </c>
       <c r="N20" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>135</v>
+      </c>
+      <c r="P20" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>98</v>
+        <v>137</v>
       </c>
       <c r="B21" t="s">
-        <v>71</v>
+        <v>138</v>
       </c>
       <c r="C21" t="s">
         <v>99</v>
       </c>
       <c r="D21" t="s">
-        <v>72</v>
+        <v>139</v>
       </c>
       <c r="E21" t="s">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="F21" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G21">
+        <v>110</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
         <v>2013</v>
       </c>
-      <c r="H21">
+      <c r="I21">
         <v>2014</v>
       </c>
-      <c r="I21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J21" t="s">
-        <v>21</v>
+        <v>102</v>
       </c>
       <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>140</v>
+      </c>
+      <c r="M21" t="s">
+        <v>104</v>
+      </c>
+      <c r="N21" t="s">
+        <v>141</v>
+      </c>
+      <c r="O21" t="s">
+        <v>142</v>
+      </c>
+      <c r="P21" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>144</v>
+      </c>
+      <c r="B22" t="s">
+        <v>145</v>
+      </c>
+      <c r="C22" t="s">
+        <v>99</v>
+      </c>
+      <c r="D22" t="s">
+        <v>146</v>
+      </c>
+      <c r="E22" t="s">
         <v>100</v>
       </c>
-      <c r="L21" t="s">
-[...2 lines deleted...]
-      <c r="M21" t="s">
+      <c r="F22" t="s">
         <v>101</v>
       </c>
-      <c r="N21" t="s">
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2013</v>
+      </c>
+      <c r="I22">
+        <v>2014</v>
+      </c>
+      <c r="J22" t="s">
         <v>102</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A22" t="s">
+      <c r="K22" t="s">
+        <v>133</v>
+      </c>
+      <c r="L22" t="s">
+        <v>147</v>
+      </c>
+      <c r="M22" t="s">
+        <v>104</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>148</v>
+      </c>
+      <c r="P22" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>150</v>
+      </c>
+      <c r="B23" t="s">
+        <v>151</v>
+      </c>
+      <c r="C23" t="s">
+        <v>99</v>
+      </c>
+      <c r="D23" t="s">
+        <v>146</v>
+      </c>
+      <c r="E23" t="s">
+        <v>100</v>
+      </c>
+      <c r="F23" t="s">
+        <v>110</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2013</v>
+      </c>
+      <c r="I23">
+        <v>2014</v>
+      </c>
+      <c r="J23" t="s">
+        <v>102</v>
+      </c>
+      <c r="K23" t="s">
+        <v>133</v>
+      </c>
+      <c r="L23" t="s">
+        <v>152</v>
+      </c>
+      <c r="M23" t="s">
+        <v>104</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>153</v>
+      </c>
+      <c r="P23" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>155</v>
+      </c>
+      <c r="B24" t="s">
+        <v>156</v>
+      </c>
+      <c r="C24" t="s">
+        <v>99</v>
+      </c>
+      <c r="D24" t="s">
+        <v>157</v>
+      </c>
+      <c r="E24" t="s">
+        <v>100</v>
+      </c>
+      <c r="F24" t="s">
+        <v>110</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2013</v>
+      </c>
+      <c r="I24">
+        <v>2014</v>
+      </c>
+      <c r="J24" t="s">
+        <v>102</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>158</v>
+      </c>
+      <c r="M24" t="s">
+        <v>104</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>159</v>
+      </c>
+      <c r="P24" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>161</v>
+      </c>
+      <c r="B25" t="s">
+        <v>162</v>
+      </c>
+      <c r="C25" t="s">
+        <v>99</v>
+      </c>
+      <c r="D25" t="s">
+        <v>157</v>
+      </c>
+      <c r="E25" t="s">
+        <v>100</v>
+      </c>
+      <c r="F25" t="s">
+        <v>101</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2013</v>
+      </c>
+      <c r="I25">
+        <v>2014</v>
+      </c>
+      <c r="J25" t="s">
+        <v>102</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>158</v>
+      </c>
+      <c r="M25" t="s">
+        <v>104</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>163</v>
+      </c>
+      <c r="P25" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>165</v>
+      </c>
+      <c r="B26" t="s">
+        <v>166</v>
+      </c>
+      <c r="C26" t="s">
+        <v>99</v>
+      </c>
+      <c r="D26" t="s">
+        <v>167</v>
+      </c>
+      <c r="E26" t="s">
+        <v>100</v>
+      </c>
+      <c r="F26" t="s">
+        <v>110</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2013</v>
+      </c>
+      <c r="I26">
+        <v>2014</v>
+      </c>
+      <c r="J26" t="s">
+        <v>102</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>168</v>
+      </c>
+      <c r="M26" t="s">
+        <v>104</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>169</v>
+      </c>
+      <c r="P26" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>171</v>
+      </c>
+      <c r="B27" t="s">
+        <v>172</v>
+      </c>
+      <c r="C27" t="s">
+        <v>99</v>
+      </c>
+      <c r="D27" t="s">
+        <v>167</v>
+      </c>
+      <c r="E27" t="s">
+        <v>100</v>
+      </c>
+      <c r="F27" t="s">
+        <v>101</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2013</v>
+      </c>
+      <c r="I27">
+        <v>2014</v>
+      </c>
+      <c r="J27" t="s">
+        <v>102</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>173</v>
+      </c>
+      <c r="M27" t="s">
+        <v>104</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>174</v>
+      </c>
+      <c r="P27" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>176</v>
+      </c>
+      <c r="B28" t="s">
+        <v>177</v>
+      </c>
+      <c r="C28" t="s">
+        <v>99</v>
+      </c>
+      <c r="D28" t="s">
+        <v>178</v>
+      </c>
+      <c r="E28" t="s">
+        <v>100</v>
+      </c>
+      <c r="F28" t="s">
+        <v>101</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2013</v>
+      </c>
+      <c r="I28">
+        <v>2014</v>
+      </c>
+      <c r="J28" t="s">
+        <v>102</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>179</v>
+      </c>
+      <c r="M28" t="s">
+        <v>104</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>180</v>
+      </c>
+      <c r="P28"/>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>181</v>
+      </c>
+      <c r="B29" t="s">
+        <v>182</v>
+      </c>
+      <c r="C29" t="s">
+        <v>99</v>
+      </c>
+      <c r="D29" t="s">
+        <v>93</v>
+      </c>
+      <c r="E29" t="s">
+        <v>100</v>
+      </c>
+      <c r="F29" t="s">
+        <v>110</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2012</v>
+      </c>
+      <c r="I29">
+        <v>2013</v>
+      </c>
+      <c r="J29" t="s">
+        <v>102</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>179</v>
+      </c>
+      <c r="M29" t="s">
+        <v>104</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>183</v>
+      </c>
+      <c r="P29" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>185</v>
+      </c>
+      <c r="B30" t="s">
+        <v>186</v>
+      </c>
+      <c r="C30" t="s">
+        <v>99</v>
+      </c>
+      <c r="D30" t="s">
+        <v>187</v>
+      </c>
+      <c r="E30" t="s">
+        <v>100</v>
+      </c>
+      <c r="F30" t="s">
+        <v>101</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2013</v>
+      </c>
+      <c r="I30">
+        <v>2014</v>
+      </c>
+      <c r="J30" t="s">
+        <v>102</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>188</v>
+      </c>
+      <c r="M30" t="s">
+        <v>104</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>189</v>
+      </c>
+      <c r="P30" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>191</v>
+      </c>
+      <c r="B31" t="s">
+        <v>192</v>
+      </c>
+      <c r="C31" t="s">
+        <v>99</v>
+      </c>
+      <c r="D31" t="s">
+        <v>193</v>
+      </c>
+      <c r="E31" t="s">
+        <v>100</v>
+      </c>
+      <c r="F31" t="s">
+        <v>101</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2013</v>
+      </c>
+      <c r="I31">
+        <v>2014</v>
+      </c>
+      <c r="J31" t="s">
+        <v>102</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
         <v>103</v>
       </c>
-      <c r="B22" t="s">
-[...2 lines deleted...]
-      <c r="C22" t="s">
+      <c r="M31" t="s">
         <v>104</v>
       </c>
-      <c r="D22" t="s">
-[...8 lines deleted...]
-      <c r="G22">
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>194</v>
+      </c>
+      <c r="P31" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>196</v>
+      </c>
+      <c r="B32" t="s">
+        <v>197</v>
+      </c>
+      <c r="C32" t="s">
+        <v>99</v>
+      </c>
+      <c r="D32" t="s">
+        <v>198</v>
+      </c>
+      <c r="E32" t="s">
+        <v>100</v>
+      </c>
+      <c r="F32" t="s">
+        <v>101</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
         <v>2013</v>
       </c>
-      <c r="H22">
+      <c r="I32">
         <v>2014</v>
       </c>
-      <c r="I22" t="s">
-[...11 lines deleted...]
-      <c r="M22" t="s">
+      <c r="J32" t="s">
+        <v>102</v>
+      </c>
+      <c r="K32" t="s">
         <v>24</v>
       </c>
-      <c r="N22" t="s">
-[...10 lines deleted...]
-      <c r="C23" t="s">
+      <c r="L32" t="s">
+        <v>199</v>
+      </c>
+      <c r="M32" t="s">
         <v>104</v>
       </c>
-      <c r="D23" t="s">
-[...8 lines deleted...]
-      <c r="G23">
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>200</v>
+      </c>
+      <c r="P32" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>202</v>
+      </c>
+      <c r="B33" t="s">
+        <v>203</v>
+      </c>
+      <c r="C33" t="s">
+        <v>99</v>
+      </c>
+      <c r="D33" t="s">
+        <v>204</v>
+      </c>
+      <c r="E33" t="s">
+        <v>100</v>
+      </c>
+      <c r="F33" t="s">
+        <v>101</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2012</v>
+      </c>
+      <c r="I33">
         <v>2013</v>
       </c>
-      <c r="H23">
-[...14 lines deleted...]
-      <c r="M23" t="s">
+      <c r="J33" t="s">
+        <v>102</v>
+      </c>
+      <c r="K33" t="s">
         <v>24</v>
       </c>
-      <c r="N23" t="s">
-[...4 lines deleted...]
-      <c r="A24" t="s">
+      <c r="L33" t="s">
+        <v>205</v>
+      </c>
+      <c r="M33" t="s">
+        <v>104</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>206</v>
+      </c>
+      <c r="P33" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>208</v>
+      </c>
+      <c r="B34" t="s">
+        <v>209</v>
+      </c>
+      <c r="C34" t="s">
+        <v>99</v>
+      </c>
+      <c r="D34" t="s">
+        <v>132</v>
+      </c>
+      <c r="E34" t="s">
+        <v>100</v>
+      </c>
+      <c r="F34" t="s">
+        <v>101</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2012</v>
+      </c>
+      <c r="I34">
+        <v>2013</v>
+      </c>
+      <c r="J34" t="s">
+        <v>102</v>
+      </c>
+      <c r="K34" t="s">
+        <v>133</v>
+      </c>
+      <c r="L34" t="s">
+        <v>210</v>
+      </c>
+      <c r="M34" t="s">
+        <v>104</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>211</v>
+      </c>
+      <c r="P34" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>213</v>
+      </c>
+      <c r="B35" t="s">
+        <v>214</v>
+      </c>
+      <c r="C35" t="s">
+        <v>99</v>
+      </c>
+      <c r="D35" t="s">
+        <v>215</v>
+      </c>
+      <c r="E35" t="s">
+        <v>100</v>
+      </c>
+      <c r="F35" t="s">
         <v>110</v>
       </c>
-      <c r="B24" t="s">
-[...14 lines deleted...]
-      <c r="G24">
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2012</v>
+      </c>
+      <c r="I35">
         <v>2013</v>
       </c>
-      <c r="H24">
-[...14 lines deleted...]
-      <c r="M24" t="s">
+      <c r="J35" t="s">
+        <v>102</v>
+      </c>
+      <c r="K35" t="s">
         <v>24</v>
       </c>
-      <c r="N24" t="s">
-[...274 lines deleted...]
-      <c r="C31" t="s">
+      <c r="L35" t="s">
         <v>134</v>
       </c>
-      <c r="D31" t="s">
-[...201 lines deleted...]
-      </c>
       <c r="M35" t="s">
-        <v>24</v>
+        <v>104</v>
       </c>
       <c r="N35" t="s">
-        <v>149</v>
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>216</v>
+      </c>
+      <c r="P35" t="s">
+        <v>217</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>