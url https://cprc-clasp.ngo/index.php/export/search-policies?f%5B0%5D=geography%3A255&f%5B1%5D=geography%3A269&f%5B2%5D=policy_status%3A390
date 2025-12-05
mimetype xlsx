--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -12,305 +12,198 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>ETA 0804 - Specifications for the assignment of ANQIP water efficiency labels to toilet flush cisterns (V. 4)</t>
-[...50 lines deleted...]
-    <t>SASO 2663:2018 MEPS and labeling schemes for small air conditioners</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>SASO 2874:2016 MEPS for large air conditioners</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS and testing requirements for electrically operated air conditioners, condensing units, chillers, absorption chillers, electrically operated variable refrigerant flow (VRF) air conditioners, close control air conditioners and condensing units serving computer rooms.</t>
   </si>
   <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
-    <t>Room ACs - Stationary ACs</t>
+    <t>Room ACs - Stationary ACs, Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
-    <t>Comparative Label, Minimum Performance Standard</t>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>SASO 2681 / 2013 (based on ISO 5151) SASO 2682/2013 SASO 2763/2008</t>
-[...1 lines deleted...]
-  <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/saso-26632018-meps-and-labeling-schemes-small-air-conditioners</t>
-[...22 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28742016-meps-large-air-conditioners</t>
   </si>
   <si>
-    <t>SASO 2883:2017 MEPS and labeling schemes for clothes dryers</t>
-[...47 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/saso-29022018-meps-and-labeling-schemes-lighting-products</t>
+    <t>https://www.intertek.com.cn/Uploadfile/File/SASO-2874_2016.pdf</t>
   </si>
   <si>
     <t>SASO IEC 60034-30:2013</t>
   </si>
   <si>
+    <t>This part of IEC 60034 specifies efficiency classes for single-speed; three-phase; 50 Hz and 60 Hz cage-induction motors</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>SASO IEC 60034-2-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-iec-60034-302013</t>
+  </si>
+  <si>
+    <t>http://www.saso.gov.sa/en/mediacenter/events/Pages/saso_events_127.aspx</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -574,659 +467,254 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N13"/>
+  <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="129" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="352.628" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="98.976" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="84.836" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2016</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H3">
+        <v>2016</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A3" t="s">
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
         <v>25</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="N3" t="s">
         <v>26</v>
       </c>
-      <c r="D3" t="s">
-[...83 lines deleted...]
-      <c r="D5" t="s">
+      <c r="O3" t="s">
         <v>34</v>
       </c>
-      <c r="E5" t="s">
+      <c r="P3" t="s">
         <v>35</v>
-      </c>
-[...363 lines deleted...]
-        <v>71</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>