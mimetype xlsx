--- v0 (2025-12-12)
+++ v1 (2026-02-22)
@@ -2411,51 +2411,51 @@
       </c>
       <c r="P26" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
         <v>152</v>
       </c>
       <c r="B27" t="s">
         <v>153</v>
       </c>
       <c r="C27" t="s">
         <v>98</v>
       </c>
       <c r="D27" t="s">
         <v>154</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>68</v>
       </c>
       <c r="G27" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H27">
         <v>2021</v>
       </c>
       <c r="I27">
         <v>2024</v>
       </c>
       <c r="J27" t="s">
         <v>155</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27" t="s">
         <v>156</v>
       </c>
       <c r="M27" t="s">
         <v>101</v>
       </c>
       <c r="N27" t="s">
         <v>26</v>
       </c>
       <c r="O27" t="s">
         <v>157</v>
       </c>