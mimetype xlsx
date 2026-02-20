--- v0 (2025-12-11)
+++ v1 (2026-02-20)
@@ -8367,51 +8367,51 @@
       </c>
       <c r="P112" t="s">
         <v>579</v>
       </c>
     </row>
     <row r="113" spans="1:16">
       <c r="A113" t="s">
         <v>580</v>
       </c>
       <c r="B113" t="s">
         <v>581</v>
       </c>
       <c r="C113" t="s">
         <v>38</v>
       </c>
       <c r="D113" t="s">
         <v>582</v>
       </c>
       <c r="E113" t="s">
         <v>40</v>
       </c>
       <c r="F113" t="s">
         <v>583</v>
       </c>
       <c r="G113" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H113">
         <v>2021</v>
       </c>
       <c r="I113">
         <v>2024</v>
       </c>
       <c r="J113" t="s">
         <v>584</v>
       </c>
       <c r="K113" t="s">
         <v>24</v>
       </c>
       <c r="L113" t="s">
         <v>585</v>
       </c>
       <c r="M113" t="s">
         <v>42</v>
       </c>
       <c r="N113" t="s">
         <v>27</v>
       </c>
       <c r="O113" t="s">
         <v>586</v>
       </c>