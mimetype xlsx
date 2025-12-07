--- v0 (2025-10-15)
+++ v1 (2025-12-07)
@@ -12,437 +12,435 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="114">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="113">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>ESDM Ministerial Decree No. 126.K/EK.06/DJE/2023 -- Refrigerated Display Case</t>
   </si>
   <si>
+    <t>This policy establishes the minimum performance standards and energy-saving label for refrigerated display case (RDC) which is a refrigerated cabinet used to display food or beverages, utilizing glass as a medium to highlight the products on display, with a capacity of 150 (one hundred fifty) to 300 (three hundred) liters.</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-126kek06dje2023-refrigerated-display-case</t>
   </si>
   <si>
-    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning</t>
-[...5 lines deleted...]
-    <t>Entered into force, Adopted, Revised</t>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20250310092031_126K_SKEM_dan_LTHE_RDC.pdf</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 162.K/EK.06/DJE/2023 -- Television</t>
+  </si>
+  <si>
+    <t>The policy regulates minimum energy performance standards and label for televisions of  the liquid crystal display (LCD) type and light-emitting diode (LED) type, up to 55 inches in size</t>
+  </si>
+  <si>
+    <t>Televisions</t>
   </si>
   <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning</t>
-[...7 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-162kek06dje2023-television</t>
   </si>
   <si>
-    <t>ESDM Ministerial Decree No. 20.K/EK.07/DJE.S/2024 -- LED Lamps</t>
-[...8 lines deleted...]
-    <t>ESDM Ministerial Decree No. 8.K/EK.07/DJE/2024 -- Refrigerators</t>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 87.K/EK.01/MEM.E/2025 -- Drinking Water Dispensers</t>
+  </si>
+  <si>
+    <t>This policy establishes MEPS and label for water dispense, a standalone device equipped with a heating component to heat drinking water, or a standalone device equipped with a heating and/or cooling component that uses a heat pump or thermoelectric system to cool drinking water. It uses bottled water as the water source, with a bottle capacity of up to 20 (twenty) liters. MEPS and Label rating:</t>
+  </si>
+  <si>
+    <t>Water Coolers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-87kek01meme2025-drinking-water-dispensers</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Fan</t>
+  </si>
+  <si>
+    <t>This policy includes MEPS and labeling requirements for portable fans with blade diameter from 150 mm/6 inches to 240 mm/24 inches, excluding exhaust fans, ceiling fans, and ventilation fans (HS code: 8414.51.00).</t>
+  </si>
+  <si>
+    <t>Portable Fans</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>SNI lEC 60879:2013</t>
+  </si>
+  <si>
+    <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance</t>
+  </si>
+  <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124237_114KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_KIPAS_ANGIN.pdf</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Refrigerator</t>
+  </si>
+  <si>
+    <t>This document specifies MEPS and labeling requirements cover refrigerators with capacity up to 300 L and voltage up to 250 V (HS code: 8418.10.11, 8418.10.19, 8418.21.10, 8418.21.90, 8418.29.00).</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-8kek07dje2024-refrigerators</t>
-[...44 lines deleted...]
-    <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Refrigerator</t>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>SNI 8557-1:2018 IEC 62552-1:2015
 ,   
                     SNI IEC 62552-2:2016
 ,   
                     SNI 8557-3:2018 IEC 62552-3:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-0</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124138_113KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_LEMARI_PENDINGIN.PDF</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Rice Cooker</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and labeling requirements for cover rice cookers with rice cooking capacity not exceeding 3 L and voltage up to 250 V, excluding pressure cookers (HS code: 8516.60.10).</t>
   </si>
   <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>SNI IEC 60335-1
 ,   
                     SNI IEC 60335-2-15</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-1</t>
   </si>
   <si>
-    <t>Minister of Energy and Mineral Resources Decision No. 103.K/EK.07/DJE/2021 on Minimum Energy Performance Standards and Energy Savings Label for Energy Consuming Appliance Air Conditioners</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-decision-no-103kek07dje2021-minimum-energy</t>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124347_115KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_PENANAK_NASI.PDF</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
+    <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
+  </si>
+  <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-regulation-no-14-2021-application-minimum-energy</t>
   </si>
   <si>
-    <t>Minister of Energy and Mineral Resources Regulation No. 57 of 2017 on MEPS and energy labels for air conditioners</t>
-[...20 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-regulation-no18-2014-energy-labels-energy-saving</t>
+    <t>https://jdih.esdm.go.id/storage/document/Permen%20ESDM%20No.%2014%20Tahun%202021.pdf</t>
   </si>
   <si>
     <t>Nordic Ecolabel 003 White Goods</t>
   </si>
   <si>
+    <t>This product group covers electric, mains powered dishwashers within the scope of EU Ecodesign Regulation 1016-2010-EC and Energy Labelling Regulation 1059-2010-EC.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-003-white-goods</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=2</t>
+  </si>
+  <si>
+    <t>This product group covers electric, mains powered washing machines within the scope of EU Ecodesign Regulation 1015-2010-EC and Energy Labelling Regulation 1061-2010-EC.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washing Machines</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-003-white-goods-0</t>
   </si>
   <si>
+    <t>This product group covers electric, mains powered refrigerator and freezers within the scope of EU Ecodesign Regulation 643-2009-EC and Energy Labelling Regulation 1060-2010-EC.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-003-white-goods-1</t>
   </si>
   <si>
-    <t>Nordic Ecolabel 015 Imaging Equipment</t>
-[...10 lines deleted...]
-  <si>
     <t>Nordic Ecolabel 040 Machines for Parks and Gardens</t>
   </si>
   <si>
+    <t>Working machines used for the care of parks and gardens, both privately and commercially, can be Nordic Ecolabelled. The following manual, electric and combustion engine driven machines can be awarded a Nordic Ecolabel: Lawnmowers; Lawn Trimmers and lawn edge trimmers; Brush cutters; Chainsaws; Leaf collectors and leaf blowers for professional use; Hedge trimmers; Compost shredders; Rotary cultivators; Riding lawn tractors and mowers; Snow blowers.   Only machines with a nominal engine rating of less than or equal to 19 kW can be Nordic Ecolabelled. Engine operated machines must also be covered by the EU's Machinery Directive: 2006-42-EC.  Combustion engine operated machines include air-cooled or liquid-cooled two stroke or four-stroke engines. Petrol, diesel, ethanol or other renewable fuels may be used. The engine shall be new and adapted to the fuel types for which it is intended.   Electrically powered machines may be corded or battery or solar cell operated. The product group machines for parks and gardens does not include agricultural or forestry tractors, nor terrain vehicles, i.e. All Terrain Vehicles.</t>
+  </si>
+  <si>
     <t>Outdoor Tools &amp; Equipment</t>
   </si>
   <si>
     <t>Electricity, Oil</t>
   </si>
   <si>
     <t>ISO 8178, CEC RF-08-A-85</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-040-machines-parks-and-gardens</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=21</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 048 Computers</t>
   </si>
   <si>
     <t>Computers, Displays</t>
   </si>
   <si>
     <t>ENERGY STAR Computer Program Requirements Version 6</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-048-computers</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=25</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 059 Heat Pumps</t>
   </si>
   <si>
+    <t>1. For heating water up to 70 kW:</t>
+  </si>
+  <si>
     <t>Heat Pumps, Boilers and Furnaces</t>
   </si>
   <si>
     <t>EN 14511</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-059-heat-pumps</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=31</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 062 Windows and Exterior Doors</t>
   </si>
   <si>
+    <t>Nordic Ecolabelled products are windows and exterior doors between open and enclosed, constantly heated spaces, i.e. between an outdoor climate and an indoor climate. There are various other types of exterior doors that can be subject to various function requirements.</t>
+  </si>
+  <si>
     <t>Doors, Windows</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>EN 14351-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-062-windows-and-exterior-doors</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=33</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 071 TV and Projector</t>
   </si>
   <si>
+    <t>In order to be awarded the Nordic Ecolabel the product must fall within product categories listed here: Televisions-sets|TV-sets; Projectors</t>
+  </si>
+  <si>
     <t>Televisions, Projectors</t>
   </si>
   <si>
     <t>IEC 62087, ver. 2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-071-tv-and-projector</t>
+  </si>
+  <si>
+    <t>https://www.svanen.se/en/how-to-apply/criteria-application/tv-and-projectors-071/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -706,1111 +704,866 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N24"/>
+  <dimension ref="A1:P16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="221" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="181.527" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1330.675" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="101.404" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="180.385" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2023</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...6 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
-      </c>
-[...27 lines deleted...]
-        <v>2015</v>
       </c>
       <c r="H3">
         <v>2023</v>
       </c>
-      <c r="I3" t="s">
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>32</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-[...3 lines deleted...]
-      <c r="M3" t="s">
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2025</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-      <c r="N3" t="s">
-        <v>29</v>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>32</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>38</v>
+      </c>
+      <c r="P4" t="s">
+        <v>34</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...12 lines deleted...]
-      <c r="E4" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>39</v>
+      </c>
+      <c r="B5" t="s">
+        <v>40</v>
+      </c>
+      <c r="C5" t="s">
         <v>18</v>
       </c>
-      <c r="F4" t="s">
-[...6 lines deleted...]
-      <c r="I4" t="s">
+      <c r="D5" t="s">
+        <v>41</v>
+      </c>
+      <c r="E5" t="s">
         <v>20</v>
       </c>
-      <c r="J4" t="s">
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K4"/>
-[...7 lines deleted...]
-        <v>32</v>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2021</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>42</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>43</v>
+      </c>
+      <c r="M5" t="s">
+        <v>44</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>45</v>
+      </c>
+      <c r="P5" t="s">
+        <v>46</v>
       </c>
     </row>
-    <row r="5" spans="1:14">
-[...12 lines deleted...]
-      <c r="E5" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>47</v>
+      </c>
+      <c r="B6" t="s">
+        <v>48</v>
+      </c>
+      <c r="C6" t="s">
         <v>18</v>
       </c>
-      <c r="F5" t="s">
-[...8 lines deleted...]
-      <c r="I5" t="s">
+      <c r="D6" t="s">
+        <v>49</v>
+      </c>
+      <c r="E6" t="s">
         <v>20</v>
       </c>
-      <c r="J5" t="s">
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K5"/>
-[...30 lines deleted...]
-        <v>2024</v>
+      <c r="G6" t="s">
+        <v>50</v>
       </c>
       <c r="H6">
         <v>2021</v>
       </c>
-      <c r="I6" t="s">
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>42</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>51</v>
+      </c>
+      <c r="M6" t="s">
+        <v>44</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>52</v>
+      </c>
+      <c r="P6" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>54</v>
+      </c>
+      <c r="B7" t="s">
+        <v>55</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>56</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J6" t="s">
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K6"/>
-[...7 lines deleted...]
-        <v>38</v>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2021</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>42</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>57</v>
+      </c>
+      <c r="M7" t="s">
+        <v>44</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>58</v>
+      </c>
+      <c r="P7" t="s">
+        <v>59</v>
       </c>
     </row>
-    <row r="7" spans="1:14">
-[...12 lines deleted...]
-      <c r="E7" t="s">
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>60</v>
+      </c>
+      <c r="B8" t="s">
+        <v>61</v>
+      </c>
+      <c r="C8" t="s">
         <v>18</v>
       </c>
-      <c r="F7" t="s">
-[...6 lines deleted...]
-      <c r="I7" t="s">
+      <c r="D8" t="s">
+        <v>62</v>
+      </c>
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="J7" t="s">
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K7"/>
-[...7 lines deleted...]
-        <v>41</v>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2021</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>42</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>25</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>63</v>
+      </c>
+      <c r="P8" t="s">
+        <v>64</v>
       </c>
     </row>
-    <row r="8" spans="1:14">
-[...33 lines deleted...]
-      <c r="L8" t="s">
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>65</v>
+      </c>
+      <c r="B9" t="s">
+        <v>66</v>
+      </c>
+      <c r="C9" t="s">
+        <v>67</v>
+      </c>
+      <c r="D9" t="s">
+        <v>68</v>
+      </c>
+      <c r="E9" t="s">
+        <v>69</v>
+      </c>
+      <c r="F9" t="s">
+        <v>70</v>
+      </c>
+      <c r="G9" t="s">
         <v>22</v>
       </c>
-      <c r="M8" t="s">
-[...3 lines deleted...]
-        <v>46</v>
+      <c r="H9">
+        <v>2014</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>71</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>72</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>73</v>
+      </c>
+      <c r="P9" t="s">
+        <v>74</v>
       </c>
     </row>
-    <row r="9" spans="1:14">
-[...38 lines deleted...]
-        <v>52</v>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>65</v>
+      </c>
+      <c r="B10" t="s">
+        <v>75</v>
+      </c>
+      <c r="C10" t="s">
+        <v>67</v>
+      </c>
+      <c r="D10" t="s">
+        <v>76</v>
+      </c>
+      <c r="E10" t="s">
+        <v>69</v>
+      </c>
+      <c r="F10" t="s">
+        <v>70</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2014</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>71</v>
+      </c>
+      <c r="K10" t="s">
+        <v>77</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>72</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>78</v>
+      </c>
+      <c r="P10" t="s">
+        <v>74</v>
       </c>
     </row>
-    <row r="10" spans="1:14">
-[...38 lines deleted...]
-        <v>55</v>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>65</v>
+      </c>
+      <c r="B11" t="s">
+        <v>79</v>
+      </c>
+      <c r="C11" t="s">
+        <v>67</v>
+      </c>
+      <c r="D11" t="s">
+        <v>80</v>
+      </c>
+      <c r="E11" t="s">
+        <v>69</v>
+      </c>
+      <c r="F11" t="s">
+        <v>70</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2014</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>71</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>72</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>81</v>
+      </c>
+      <c r="P11" t="s">
+        <v>74</v>
       </c>
     </row>
-    <row r="11" spans="1:14">
-[...38 lines deleted...]
-        <v>59</v>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>82</v>
+      </c>
+      <c r="B12" t="s">
+        <v>83</v>
+      </c>
+      <c r="C12" t="s">
+        <v>67</v>
+      </c>
+      <c r="D12" t="s">
+        <v>84</v>
+      </c>
+      <c r="E12" t="s">
+        <v>69</v>
+      </c>
+      <c r="F12" t="s">
+        <v>70</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2014</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>71</v>
+      </c>
+      <c r="K12" t="s">
+        <v>85</v>
+      </c>
+      <c r="L12" t="s">
+        <v>86</v>
+      </c>
+      <c r="M12" t="s">
+        <v>72</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>87</v>
+      </c>
+      <c r="P12" t="s">
+        <v>88</v>
       </c>
     </row>
-    <row r="12" spans="1:14">
-[...38 lines deleted...]
-        <v>63</v>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>89</v>
+      </c>
+      <c r="B13" t="s">
+        <v>89</v>
+      </c>
+      <c r="C13" t="s">
+        <v>67</v>
+      </c>
+      <c r="D13" t="s">
+        <v>90</v>
+      </c>
+      <c r="E13" t="s">
+        <v>69</v>
+      </c>
+      <c r="F13" t="s">
+        <v>70</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2015</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>71</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>91</v>
+      </c>
+      <c r="M13" t="s">
+        <v>72</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>92</v>
+      </c>
+      <c r="P13" t="s">
+        <v>93</v>
       </c>
     </row>
-    <row r="13" spans="1:14">
-[...29 lines deleted...]
-      <c r="L13" t="s">
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>94</v>
+      </c>
+      <c r="B14" t="s">
+        <v>95</v>
+      </c>
+      <c r="C14" t="s">
+        <v>67</v>
+      </c>
+      <c r="D14" t="s">
+        <v>96</v>
+      </c>
+      <c r="E14" t="s">
+        <v>69</v>
+      </c>
+      <c r="F14" t="s">
+        <v>70</v>
+      </c>
+      <c r="G14" t="s">
         <v>22</v>
       </c>
-      <c r="M13" t="s">
-[...3 lines deleted...]
-        <v>66</v>
+      <c r="H14">
+        <v>2014</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>71</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>97</v>
+      </c>
+      <c r="M14" t="s">
+        <v>72</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>98</v>
+      </c>
+      <c r="P14" t="s">
+        <v>99</v>
       </c>
     </row>
-    <row r="14" spans="1:14">
-      <c r="A14" t="s">
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>100</v>
+      </c>
+      <c r="B15" t="s">
+        <v>101</v>
+      </c>
+      <c r="C15" t="s">
         <v>67</v>
       </c>
-      <c r="B14" t="s">
-[...2 lines deleted...]
-      <c r="C14" t="s">
+      <c r="D15" t="s">
+        <v>102</v>
+      </c>
+      <c r="E15" t="s">
+        <v>69</v>
+      </c>
+      <c r="F15" t="s">
+        <v>70</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2014</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>71</v>
+      </c>
+      <c r="K15" t="s">
+        <v>103</v>
+      </c>
+      <c r="L15" t="s">
+        <v>104</v>
+      </c>
+      <c r="M15" t="s">
+        <v>72</v>
+      </c>
+      <c r="N15" t="s">
         <v>26</v>
       </c>
-      <c r="D14" t="s">
-[...8 lines deleted...]
-      <c r="G14">
+      <c r="O15" t="s">
+        <v>105</v>
+      </c>
+      <c r="P15" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>107</v>
+      </c>
+      <c r="B16" t="s">
+        <v>108</v>
+      </c>
+      <c r="C16" t="s">
+        <v>67</v>
+      </c>
+      <c r="D16" t="s">
+        <v>109</v>
+      </c>
+      <c r="E16" t="s">
+        <v>69</v>
+      </c>
+      <c r="F16" t="s">
+        <v>70</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
         <v>2015</v>
       </c>
-      <c r="H14">
-[...28 lines deleted...]
-      <c r="C15" t="s">
+      <c r="I16"/>
+      <c r="J16" t="s">
         <v>71</v>
       </c>
-      <c r="D15" t="s">
-[...2 lines deleted...]
-      <c r="E15" t="s">
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>110</v>
+      </c>
+      <c r="M16" t="s">
         <v>72</v>
       </c>
-      <c r="F15" t="s">
-[...62 lines deleted...]
-      </c>
       <c r="N16" t="s">
-        <v>82</v>
-[...301 lines deleted...]
-      <c r="C24" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
         <v>111</v>
       </c>
-      <c r="D24" t="s">
-[...18 lines deleted...]
-      <c r="K24" t="s">
+      <c r="P16" t="s">
         <v>112</v>
-      </c>
-[...7 lines deleted...]
-        <v>113</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>