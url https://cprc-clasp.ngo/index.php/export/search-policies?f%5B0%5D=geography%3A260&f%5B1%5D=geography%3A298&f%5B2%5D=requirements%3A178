--- v0 (2025-10-12)
+++ v1 (2025-12-06)
@@ -12,416 +12,555 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="109">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="155">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 003 White Goods</t>
   </si>
   <si>
+    <t>This product group covers electric, mains powered dishwashers within the scope of EU Ecodesign Regulation 1016-2010-EC and Energy Labelling Regulation 1059-2010-EC.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-003-white-goods</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=2</t>
+  </si>
+  <si>
+    <t>This product group covers electric, mains powered washing machines within the scope of EU Ecodesign Regulation 1015-2010-EC and Energy Labelling Regulation 1061-2010-EC.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washing Machines</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-003-white-goods-0</t>
   </si>
   <si>
+    <t>This product group covers electric, mains powered refrigerator and freezers within the scope of EU Ecodesign Regulation 643-2009-EC and Energy Labelling Regulation 1060-2010-EC.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-003-white-goods-1</t>
   </si>
   <si>
     <t>Nordic Ecolabel 015 Imaging Equipment</t>
   </si>
   <si>
+    <t>Copiers, digital duplicators, facsimile machines, multifunction devices MFD, printers and scanners are eligible for a Nordic Ecolabel. The machines may be equipped with external or internal scanners. In this document we collect all of these products under the name imaging equipment.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>RAL-UZ 122 Version June 2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-015-imaging-equipment</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=9</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 040 Machines for Parks and Gardens</t>
   </si>
   <si>
+    <t>Working machines used for the care of parks and gardens, both privately and commercially, can be Nordic Ecolabelled. The following manual, electric and combustion engine driven machines can be awarded a Nordic Ecolabel: Lawnmowers; Lawn Trimmers and lawn edge trimmers; Brush cutters; Chainsaws; Leaf collectors and leaf blowers for professional use; Hedge trimmers; Compost shredders; Rotary cultivators; Riding lawn tractors and mowers; Snow blowers.   Only machines with a nominal engine rating of less than or equal to 19 kW can be Nordic Ecolabelled. Engine operated machines must also be covered by the EU's Machinery Directive: 2006-42-EC.  Combustion engine operated machines include air-cooled or liquid-cooled two stroke or four-stroke engines. Petrol, diesel, ethanol or other renewable fuels may be used. The engine shall be new and adapted to the fuel types for which it is intended.   Electrically powered machines may be corded or battery or solar cell operated. The product group machines for parks and gardens does not include agricultural or forestry tractors, nor terrain vehicles, i.e. All Terrain Vehicles.</t>
+  </si>
+  <si>
     <t>Outdoor Tools &amp; Equipment</t>
   </si>
   <si>
     <t>Electricity, Oil</t>
   </si>
   <si>
     <t>ISO 8178, CEC RF-08-A-85</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-040-machines-parks-and-gardens</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=21</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 048 Computers</t>
   </si>
   <si>
     <t>Computers, Displays</t>
   </si>
   <si>
     <t>ENERGY STAR Computer Program Requirements Version 6</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-048-computers</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=25</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 059 Heat Pumps</t>
   </si>
   <si>
+    <t>1. For heating water up to 70 kW:</t>
+  </si>
+  <si>
     <t>Heat Pumps, Boilers and Furnaces</t>
   </si>
   <si>
     <t>EN 14511</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-059-heat-pumps</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=31</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 062 Windows and Exterior Doors</t>
   </si>
   <si>
+    <t>Nordic Ecolabelled products are windows and exterior doors between open and enclosed, constantly heated spaces, i.e. between an outdoor climate and an indoor climate. There are various other types of exterior doors that can be subject to various function requirements.</t>
+  </si>
+  <si>
     <t>Doors, Windows</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>EN 14351-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-062-windows-and-exterior-doors</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=33</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 071 TV and Projector</t>
   </si>
   <si>
+    <t>In order to be awarded the Nordic Ecolabel the product must fall within product categories listed here: Televisions-sets|TV-sets; Projectors</t>
+  </si>
+  <si>
     <t>Televisions, Projectors</t>
   </si>
   <si>
     <t>IEC 62087, ver. 2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-071-tv-and-projector</t>
   </si>
   <si>
+    <t>https://www.svanen.se/en/how-to-apply/criteria-application/tv-and-projectors-071/</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: CFLs</t>
   </si>
   <si>
+    <t>This standard establishes requirements for integral compact fluorescent lamps (CFL) where the tube and ballast are combined into a single unit. These lamps allow consumers to replace incandescent lamps easily with CFL. The product group that is within the scope of certification would include screw-based lamps with ballast and adaptor in a single assembly.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-cfls</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=7</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Hand Dryers</t>
   </si>
   <si>
+    <t>This policy establishes criteria for electric hot air hand driers that are equipped with non-contact on-off switches based on environmental, performance, and health parameters.</t>
+  </si>
+  <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-hand-dryers</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=49</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Microwave Ovens</t>
   </si>
   <si>
+    <t>This policy establishes criteria for microwave ovens for household use. A microwave oven is an electrical appliance intended for household use that uses high-frequency electromagnetic waves for heating food or beverages, with a rated voltage of not more than 250 V and a frequency ranging from 890 MHz to 6 GHz.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=81</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Personal Computers</t>
   </si>
   <si>
+    <t>This policy establishes criteria to label Personal Computers (PCs). These criteria include requirements for the following with a rated voltage of not more than 250 VAC: computer system unit; display (monitor); personal computer set combination system including units Computer System Unit, display (monitor), keyboard, and mouse; and portable computer such as notebook (notebook or laptop), tablet (tablet or slate).</t>
+  </si>
+  <si>
     <t>Information Technology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-personal-computers</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=82</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Photocopiers, Printers, Fax Machines &amp; Multifunctional Devices</t>
   </si>
   <si>
+    <t>This policy establishes grading criteria for Copying Machines, Printers, Fax Machines, and Multifunctional Devices (MFDs) based on environmental, performance, and health parameters. These criteria include requirements for standard-sized monochromatic and color office machines based on electrophotography (including laser and LED) and inkjet marking technologies. Standard-sized machines are those that primarily print or copy on regular-sized (e.g., A4 / 8.5 x 11) paper and envelopes. Large-format office machines are also included in this category.</t>
+  </si>
+  <si>
     <t>Other-Electronics</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-photocopiers-printers-fax-machines-multifunctional-devices</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=38</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Televisions Sets</t>
   </si>
   <si>
+    <t>This category establishes criteria for mains-powered television sets consisting of a unit whose main purpose is to receive, reproduce and, if applicable, decode television signals.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-televisions-sets</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Coffee Machine</t>
   </si>
   <si>
+    <t>This category establishes criteria for espresso and coffee machines, which include fully-automatic espresso/coffee machines, hand-operated piston espresso/coffee machines and capsule espresso/coffee machines. The category does not cover espresso/coffee machines with a system to warm cups, or capsule espresso/coffee machines which require capsules made by a certain manufacturer.</t>
+  </si>
+  <si>
     <t>Coffee Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-coffee-machine</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=56</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Dishwashers</t>
   </si>
   <si>
+    <t>This category establishes criteria for dishwashers designed to be stand-alone on floors or counter surfaces meant for household use. They apply to devices which serve the function of dishwashing alone or in combination with other functions.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-dishwashers</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=76</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Electric Kettles</t>
   </si>
   <si>
+    <t>This category establishes criteria for electric kettles for household use based on environmental, performance and health parameters.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-electric-kettles</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=55</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Gas Cookers and Gas-fired Appliances</t>
   </si>
   <si>
+    <t>This category establishes criteria for household gas-powered cooking devices that are isolated in design i.e. individual machines (which operate with gas burners located on steel originated or glass and ceramic layered cooker top) and gas-powered cooking devices with built-in ovens (the latter may be either natural gas or electricity powered). This category does not include gas powered cooking devices which operate with gas burners located below a glass and ceramic layered cooker top.</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-gas-cookers-and-gas-fired-appliances</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=57</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Hot Water Storage Tanks</t>
   </si>
   <si>
+    <t>This scope for certification under this category includes hot-water storage tanks such as thermal solar systems and components, including water heaters, water heating installations, and storage water heaters for drinking water.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-hot-water-storage-tanks</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=58</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: LEDs</t>
   </si>
   <si>
+    <t>This category establishes criteria for a range of Light Emitting Diode (“LED lighting”), which is used by directly connecting to a commercial power source.</t>
+  </si>
+  <si>
     <t>Streetlighting, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-leds</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=45</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Photovoltaic Equipment</t>
   </si>
   <si>
+    <t>This category establishes criteria for products for indoor and outdoor use, powered by solar (or light) energy using a rechargeable electrochemical storage system are included within the scope of this category based on environmental, performance, and health parameters.</t>
+  </si>
+  <si>
     <t>Small-Solar Powered Electronics</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-photovoltaic-equipment</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=71</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Refrigerators and Freezers</t>
   </si>
   <si>
+    <t>This category establishes criteria for electric household refrigerators (with or without low-temperature compartment), refrigerator-freezer combinations and freezers (chest and upright freezers) used as free-standing, built-under or built-in appliances.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-refrigerators-and-freezers</t>
   </si>
   <si>
     <t>Singapore Green Labelling Scheme: Solar-Powered Products</t>
   </si>
   <si>
+    <t>The scope of certification under this category includes solar powered products such as watches/clocks, caliper gauges, desktop and pocket calculators, scales for small utilisation, e.g. letter, parcel, bathroom and kitchen scales, titrating devices, toys, solar construction kits, solar training kits, and solar experimental kits.</t>
+  </si>
+  <si>
     <t>Small-Solar Powered Electronics, Solar Energy Kits</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-solar-powered-products</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=62</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -685,1125 +824,1278 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N25"/>
+  <dimension ref="A1:P25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="113" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="113.115" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1330.675" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="101.404" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2014</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
         <v>16</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>30</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2014</v>
       </c>
-      <c r="H2"/>
-[...7 lines deleted...]
-      <c r="L2" t="s">
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>31</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>32</v>
+      </c>
+      <c r="P3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" t="s">
+        <v>33</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>34</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H4">
+        <v>2014</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C3" t="s">
+      <c r="L4"/>
+      <c r="M4" t="s">
         <v>25</v>
       </c>
-      <c r="D3" t="s">
-[...2 lines deleted...]
-      <c r="E3" t="s">
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>35</v>
+      </c>
+      <c r="P4" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>36</v>
+      </c>
+      <c r="B5" t="s">
+        <v>37</v>
+      </c>
+      <c r="C5" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3">
+      <c r="D5" t="s">
+        <v>38</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>39</v>
+      </c>
+      <c r="H5">
+        <v>2006</v>
+      </c>
+      <c r="I5">
+        <v>2015</v>
+      </c>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>40</v>
+      </c>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>41</v>
+      </c>
+      <c r="P5" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>43</v>
+      </c>
+      <c r="B6" t="s">
+        <v>44</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>45</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
         <v>2014</v>
       </c>
-      <c r="H3"/>
-[...7 lines deleted...]
-      <c r="L3" t="s">
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>46</v>
+      </c>
+      <c r="L6" t="s">
+        <v>47</v>
+      </c>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>48</v>
+      </c>
+      <c r="P6" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>50</v>
+      </c>
+      <c r="B7" t="s">
+        <v>50</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>51</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="M3" t="s">
+      <c r="H7">
+        <v>2015</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
         <v>23</v>
       </c>
-      <c r="N3" t="s">
-[...16 lines deleted...]
-      <c r="E4" t="s">
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>52</v>
+      </c>
+      <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>53</v>
+      </c>
+      <c r="P7" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>55</v>
+      </c>
+      <c r="B8" t="s">
+        <v>56</v>
+      </c>
+      <c r="C8" t="s">
         <v>18</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4">
+      <c r="D8" t="s">
+        <v>57</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
         <v>2014</v>
       </c>
-      <c r="H4"/>
-[...7 lines deleted...]
-      <c r="L4" t="s">
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>58</v>
+      </c>
+      <c r="M8" t="s">
+        <v>25</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>59</v>
+      </c>
+      <c r="P8" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>61</v>
+      </c>
+      <c r="B9" t="s">
+        <v>62</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>63</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
         <v>22</v>
       </c>
-      <c r="M4" t="s">
+      <c r="H9">
+        <v>2014</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
         <v>23</v>
       </c>
-      <c r="N4" t="s">
-[...16 lines deleted...]
-      <c r="E5" t="s">
+      <c r="K9" t="s">
+        <v>64</v>
+      </c>
+      <c r="L9" t="s">
+        <v>65</v>
+      </c>
+      <c r="M9" t="s">
+        <v>25</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>66</v>
+      </c>
+      <c r="P9" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>68</v>
+      </c>
+      <c r="B10" t="s">
+        <v>69</v>
+      </c>
+      <c r="C10" t="s">
         <v>18</v>
       </c>
-      <c r="F5" t="s">
-[...5 lines deleted...]
-      <c r="H5">
+      <c r="D10" t="s">
+        <v>70</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
         <v>2015</v>
       </c>
-      <c r="I5" t="s">
-[...8 lines deleted...]
-      <c r="L5" t="s">
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>71</v>
+      </c>
+      <c r="M10" t="s">
+        <v>25</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>72</v>
+      </c>
+      <c r="P10" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>74</v>
+      </c>
+      <c r="B11" t="s">
+        <v>75</v>
+      </c>
+      <c r="C11" t="s">
+        <v>76</v>
+      </c>
+      <c r="D11" t="s">
+        <v>77</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
         <v>22</v>
       </c>
-      <c r="M5" t="s">
-[...44 lines deleted...]
-      <c r="N6" t="s">
+      <c r="H11">
+        <v>2012</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>78</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>79</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>80</v>
+      </c>
+      <c r="P11" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>82</v>
+      </c>
+      <c r="B12" t="s">
+        <v>83</v>
+      </c>
+      <c r="C12" t="s">
+        <v>76</v>
+      </c>
+      <c r="D12" t="s">
+        <v>64</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>84</v>
+      </c>
+      <c r="H12"/>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>85</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>79</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>86</v>
+      </c>
+      <c r="P12" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>88</v>
+      </c>
+      <c r="B13" t="s">
+        <v>89</v>
+      </c>
+      <c r="C13" t="s">
+        <v>76</v>
+      </c>
+      <c r="D13" t="s">
+        <v>90</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>84</v>
+      </c>
+      <c r="H13"/>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>85</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>79</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>91</v>
+      </c>
+      <c r="P13" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>93</v>
+      </c>
+      <c r="B14" t="s">
+        <v>94</v>
+      </c>
+      <c r="C14" t="s">
+        <v>76</v>
+      </c>
+      <c r="D14" t="s">
+        <v>95</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>84</v>
+      </c>
+      <c r="H14"/>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>85</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>79</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>96</v>
+      </c>
+      <c r="P14" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>98</v>
+      </c>
+      <c r="B15" t="s">
+        <v>99</v>
+      </c>
+      <c r="C15" t="s">
+        <v>76</v>
+      </c>
+      <c r="D15" t="s">
+        <v>100</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>84</v>
+      </c>
+      <c r="H15"/>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>85</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>79</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>101</v>
+      </c>
+      <c r="P15" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>103</v>
+      </c>
+      <c r="B16" t="s">
+        <v>104</v>
+      </c>
+      <c r="C16" t="s">
+        <v>76</v>
+      </c>
+      <c r="D16" t="s">
+        <v>105</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
         <v>39</v>
-      </c>
-[...381 lines deleted...]
-        <v>2012</v>
       </c>
       <c r="H16">
         <v>2012</v>
       </c>
-      <c r="I16" t="s">
-        <v>60</v>
+      <c r="I16">
+        <v>2012</v>
       </c>
       <c r="J16" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>78</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
       <c r="M16" t="s">
-        <v>23</v>
+        <v>79</v>
       </c>
       <c r="N16" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>106</v>
+      </c>
+      <c r="P16" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>79</v>
+        <v>108</v>
       </c>
       <c r="B17" t="s">
-        <v>58</v>
+        <v>109</v>
       </c>
       <c r="C17" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="D17" t="s">
-        <v>17</v>
+        <v>110</v>
       </c>
       <c r="E17" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>39</v>
       </c>
       <c r="H17">
         <v>2012</v>
       </c>
-      <c r="I17" t="s">
-        <v>60</v>
+      <c r="I17">
+        <v>2012</v>
       </c>
       <c r="J17" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>78</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
       <c r="M17" t="s">
-        <v>23</v>
+        <v>79</v>
       </c>
       <c r="N17" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>111</v>
+      </c>
+      <c r="P17" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>82</v>
+        <v>113</v>
       </c>
       <c r="B18" t="s">
-        <v>58</v>
+        <v>114</v>
       </c>
       <c r="C18" t="s">
-        <v>16</v>
+        <v>76</v>
       </c>
       <c r="D18" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E18" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G18">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
         <v>2013</v>
       </c>
-      <c r="H18"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I18"/>
       <c r="J18" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>78</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
       <c r="M18" t="s">
-        <v>23</v>
+        <v>79</v>
       </c>
       <c r="N18" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>115</v>
+      </c>
+      <c r="P18" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>84</v>
+        <v>117</v>
       </c>
       <c r="B19" t="s">
-        <v>58</v>
+        <v>118</v>
       </c>
       <c r="C19" t="s">
-        <v>85</v>
+        <v>76</v>
       </c>
       <c r="D19" t="s">
-        <v>17</v>
+        <v>119</v>
       </c>
       <c r="E19" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G19">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
         <v>2017</v>
       </c>
-      <c r="H19"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I19"/>
       <c r="J19" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>120</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
       <c r="M19" t="s">
-        <v>23</v>
+        <v>79</v>
       </c>
       <c r="N19" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>121</v>
+      </c>
+      <c r="P19" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>88</v>
+        <v>123</v>
       </c>
       <c r="B20" t="s">
-        <v>58</v>
+        <v>124</v>
       </c>
       <c r="C20" t="s">
-        <v>89</v>
+        <v>76</v>
       </c>
       <c r="D20" t="s">
-        <v>17</v>
+        <v>125</v>
       </c>
       <c r="E20" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G20">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
         <v>2017</v>
       </c>
-      <c r="H20"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I20"/>
       <c r="J20" t="s">
-        <v>90</v>
-[...4 lines deleted...]
-      </c>
+        <v>120</v>
+      </c>
+      <c r="K20" t="s">
+        <v>126</v>
+      </c>
+      <c r="L20"/>
       <c r="M20" t="s">
-        <v>23</v>
+        <v>79</v>
       </c>
       <c r="N20" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>127</v>
+      </c>
+      <c r="P20" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>92</v>
+        <v>129</v>
       </c>
       <c r="B21" t="s">
-        <v>58</v>
+        <v>130</v>
       </c>
       <c r="C21" t="s">
-        <v>93</v>
+        <v>76</v>
       </c>
       <c r="D21" t="s">
-        <v>17</v>
+        <v>131</v>
       </c>
       <c r="E21" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G21">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
         <v>2017</v>
       </c>
-      <c r="H21"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I21"/>
       <c r="J21" t="s">
-        <v>94</v>
-[...4 lines deleted...]
-      </c>
+        <v>120</v>
+      </c>
+      <c r="K21" t="s">
+        <v>132</v>
+      </c>
+      <c r="L21"/>
       <c r="M21" t="s">
-        <v>23</v>
+        <v>79</v>
       </c>
       <c r="N21" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>133</v>
+      </c>
+      <c r="P21" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>96</v>
+        <v>135</v>
       </c>
       <c r="B22" t="s">
-        <v>58</v>
+        <v>136</v>
       </c>
       <c r="C22" t="s">
-        <v>97</v>
+        <v>76</v>
       </c>
       <c r="D22" t="s">
-        <v>17</v>
+        <v>137</v>
       </c>
       <c r="E22" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="G22">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>39</v>
+      </c>
+      <c r="H22">
         <v>2012</v>
       </c>
-      <c r="H22">
+      <c r="I22">
         <v>2017</v>
       </c>
-      <c r="I22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J22" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>120</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
       <c r="M22" t="s">
-        <v>23</v>
+        <v>79</v>
       </c>
       <c r="N22" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>138</v>
+      </c>
+      <c r="P22" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>99</v>
+        <v>140</v>
       </c>
       <c r="B23" t="s">
-        <v>58</v>
+        <v>141</v>
       </c>
       <c r="C23" t="s">
-        <v>100</v>
+        <v>76</v>
       </c>
       <c r="D23" t="s">
-        <v>17</v>
+        <v>142</v>
       </c>
       <c r="E23" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G23">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
         <v>2017</v>
       </c>
-      <c r="H23"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I23"/>
       <c r="J23" t="s">
-        <v>101</v>
-[...4 lines deleted...]
-      </c>
+        <v>120</v>
+      </c>
+      <c r="K23" t="s">
+        <v>143</v>
+      </c>
+      <c r="L23"/>
       <c r="M23" t="s">
-        <v>23</v>
+        <v>79</v>
       </c>
       <c r="N23" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>144</v>
+      </c>
+      <c r="P23" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>103</v>
+        <v>146</v>
       </c>
       <c r="B24" t="s">
-        <v>58</v>
+        <v>147</v>
       </c>
       <c r="C24" t="s">
-        <v>104</v>
+        <v>76</v>
       </c>
       <c r="D24" t="s">
-        <v>17</v>
+        <v>148</v>
       </c>
       <c r="E24" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>39</v>
       </c>
       <c r="H24">
         <v>2012</v>
       </c>
-      <c r="I24" t="s">
-        <v>60</v>
+      <c r="I24">
+        <v>2012</v>
       </c>
       <c r="J24" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>78</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
       <c r="M24" t="s">
-        <v>23</v>
+        <v>79</v>
       </c>
       <c r="N24" t="s">
-        <v>105</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>149</v>
+      </c>
+      <c r="P24" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>106</v>
+        <v>150</v>
       </c>
       <c r="B25" t="s">
-        <v>58</v>
+        <v>151</v>
       </c>
       <c r="C25" t="s">
-        <v>107</v>
+        <v>76</v>
       </c>
       <c r="D25" t="s">
-        <v>17</v>
+        <v>152</v>
       </c>
       <c r="E25" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G25">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
         <v>2017</v>
       </c>
-      <c r="H25"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I25"/>
       <c r="J25" t="s">
-        <v>101</v>
-[...4 lines deleted...]
-      </c>
+        <v>120</v>
+      </c>
+      <c r="K25" t="s">
+        <v>143</v>
+      </c>
+      <c r="L25"/>
       <c r="M25" t="s">
-        <v>23</v>
+        <v>79</v>
       </c>
       <c r="N25" t="s">
-        <v>108</v>
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>153</v>
+      </c>
+      <c r="P25" t="s">
+        <v>154</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>