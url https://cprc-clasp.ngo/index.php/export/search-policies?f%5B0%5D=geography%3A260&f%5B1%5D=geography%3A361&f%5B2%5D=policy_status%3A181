--- v0 (2025-10-12)
+++ v1 (2026-02-06)
@@ -12,284 +12,342 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="84">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 003 White Goods</t>
   </si>
   <si>
+    <t>This product group covers electric, mains powered dishwashers within the scope of EU Ecodesign Regulation 1016-2010-EC and Energy Labelling Regulation 1059-2010-EC.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-003-white-goods</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=2</t>
+  </si>
+  <si>
+    <t>This product group covers electric, mains powered washing machines within the scope of EU Ecodesign Regulation 1015-2010-EC and Energy Labelling Regulation 1061-2010-EC.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washing Machines</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-003-white-goods-0</t>
   </si>
   <si>
+    <t>This product group covers electric, mains powered refrigerator and freezers within the scope of EU Ecodesign Regulation 643-2009-EC and Energy Labelling Regulation 1060-2010-EC.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-003-white-goods-1</t>
   </si>
   <si>
     <t>Nordic Ecolabel 015 Imaging Equipment</t>
   </si>
   <si>
+    <t>Copiers, digital duplicators, facsimile machines, multifunction devices MFD, printers and scanners are eligible for a Nordic Ecolabel. The machines may be equipped with external or internal scanners. In this document we collect all of these products under the name imaging equipment.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>RAL-UZ 122 Version June 2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-015-imaging-equipment</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=9</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 040 Machines for Parks and Gardens</t>
   </si>
   <si>
+    <t>Working machines used for the care of parks and gardens, both privately and commercially, can be Nordic Ecolabelled. The following manual, electric and combustion engine driven machines can be awarded a Nordic Ecolabel: Lawnmowers; Lawn Trimmers and lawn edge trimmers; Brush cutters; Chainsaws; Leaf collectors and leaf blowers for professional use; Hedge trimmers; Compost shredders; Rotary cultivators; Riding lawn tractors and mowers; Snow blowers.   Only machines with a nominal engine rating of less than or equal to 19 kW can be Nordic Ecolabelled. Engine operated machines must also be covered by the EU's Machinery Directive: 2006-42-EC.  Combustion engine operated machines include air-cooled or liquid-cooled two stroke or four-stroke engines. Petrol, diesel, ethanol or other renewable fuels may be used. The engine shall be new and adapted to the fuel types for which it is intended.   Electrically powered machines may be corded or battery or solar cell operated. The product group machines for parks and gardens does not include agricultural or forestry tractors, nor terrain vehicles, i.e. All Terrain Vehicles.</t>
+  </si>
+  <si>
     <t>Outdoor Tools &amp; Equipment</t>
   </si>
   <si>
     <t>Electricity, Oil</t>
   </si>
   <si>
     <t>ISO 8178, CEC RF-08-A-85</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-040-machines-parks-and-gardens</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=21</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 048 Computers</t>
   </si>
   <si>
     <t>Computers, Displays</t>
   </si>
   <si>
     <t>ENERGY STAR Computer Program Requirements Version 6</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-048-computers</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=25</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 059 Heat Pumps</t>
   </si>
   <si>
+    <t>1. For heating water up to 70 kW:</t>
+  </si>
+  <si>
     <t>Heat Pumps, Boilers and Furnaces</t>
   </si>
   <si>
     <t>EN 14511</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-059-heat-pumps</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=31</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 062 Windows and Exterior Doors</t>
   </si>
   <si>
+    <t>Nordic Ecolabelled products are windows and exterior doors between open and enclosed, constantly heated spaces, i.e. between an outdoor climate and an indoor climate. There are various other types of exterior doors that can be subject to various function requirements.</t>
+  </si>
+  <si>
     <t>Doors, Windows</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>EN 14351-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-062-windows-and-exterior-doors</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=33</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 071 TV and Projector</t>
   </si>
   <si>
+    <t>In order to be awarded the Nordic Ecolabel the product must fall within product categories listed here: Televisions-sets|TV-sets; Projectors</t>
+  </si>
+  <si>
     <t>Televisions, Projectors</t>
   </si>
   <si>
     <t>IEC 62087, ver. 2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-071-tv-and-projector</t>
   </si>
   <si>
+    <t>https://www.svanen.se/en/how-to-apply/criteria-application/tv-and-projectors-071/</t>
+  </si>
+  <si>
     <t>Tuvalu Energy Efficiency Act of 2016</t>
   </si>
   <si>
+    <t>This Act covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values, Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1.</t>
+  </si>
+  <si>
     <t>Tuvalu</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Tuvalu Ministry of Works, Water and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tuvalu-energy-efficiency-act-2016</t>
+  </si>
+  <si>
+    <t>https://www.tuvalu-legislation.tv/cms/images/LEGISLATION/PRINCIPAL/2016/2016-0003/EnergyEfficiencyAct_1.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -553,567 +611,636 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N11"/>
+  <dimension ref="A1:P11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="60" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="104" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1574.758" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="194.524" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="104.832" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="127.255" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2014</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
         <v>16</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>30</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2014</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>31</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>32</v>
+      </c>
+      <c r="P3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" t="s">
+        <v>33</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>34</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H4">
+        <v>2014</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
+      <c r="K4" t="s">
         <v>24</v>
       </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>35</v>
+      </c>
+      <c r="P4" t="s">
+        <v>28</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...6 lines deleted...]
-      <c r="C3" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>36</v>
+      </c>
+      <c r="B5" t="s">
+        <v>37</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>38</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>39</v>
+      </c>
+      <c r="H5">
+        <v>2006</v>
+      </c>
+      <c r="I5">
+        <v>2015</v>
+      </c>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>40</v>
+      </c>
+      <c r="M5" t="s">
         <v>25</v>
       </c>
-      <c r="D3" t="s">
-[...2 lines deleted...]
-      <c r="E3" t="s">
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>41</v>
+      </c>
+      <c r="P5" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>43</v>
+      </c>
+      <c r="B6" t="s">
+        <v>44</v>
+      </c>
+      <c r="C6" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3">
+      <c r="D6" t="s">
+        <v>45</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
         <v>2014</v>
       </c>
-      <c r="H3"/>
-      <c r="I3" t="s">
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>46</v>
+      </c>
+      <c r="L6" t="s">
+        <v>47</v>
+      </c>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>48</v>
+      </c>
+      <c r="P6" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>50</v>
+      </c>
+      <c r="B7" t="s">
+        <v>50</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>51</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2015</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>52</v>
+      </c>
+      <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
         <v>26</v>
       </c>
-      <c r="K3"/>
-      <c r="L3" t="s">
+      <c r="O7" t="s">
+        <v>53</v>
+      </c>
+      <c r="P7" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>55</v>
+      </c>
+      <c r="B8" t="s">
+        <v>56</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>57</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
         <v>22</v>
       </c>
-      <c r="M3" t="s">
+      <c r="H8">
+        <v>2014</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
         <v>23</v>
       </c>
-      <c r="N3" t="s">
-        <v>27</v>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>58</v>
+      </c>
+      <c r="M8" t="s">
+        <v>25</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>59</v>
+      </c>
+      <c r="P8" t="s">
+        <v>60</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...12 lines deleted...]
-      <c r="E4" t="s">
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>61</v>
+      </c>
+      <c r="B9" t="s">
+        <v>62</v>
+      </c>
+      <c r="C9" t="s">
         <v>18</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4">
+      <c r="D9" t="s">
+        <v>63</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
         <v>2014</v>
       </c>
-      <c r="H4"/>
-      <c r="I4" t="s">
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>64</v>
+      </c>
+      <c r="L9" t="s">
+        <v>65</v>
+      </c>
+      <c r="M9" t="s">
+        <v>25</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>66</v>
+      </c>
+      <c r="P9" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>68</v>
+      </c>
+      <c r="B10" t="s">
+        <v>69</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>70</v>
+      </c>
+      <c r="E10" t="s">
         <v>20</v>
       </c>
-      <c r="J4" t="s">
+      <c r="F10" t="s">
         <v>21</v>
       </c>
-      <c r="K4"/>
-      <c r="L4" t="s">
+      <c r="G10" t="s">
         <v>22</v>
       </c>
-      <c r="M4" t="s">
+      <c r="H10">
+        <v>2015</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
         <v>23</v>
       </c>
-      <c r="N4" t="s">
-        <v>29</v>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>71</v>
+      </c>
+      <c r="M10" t="s">
+        <v>25</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>72</v>
+      </c>
+      <c r="P10" t="s">
+        <v>73</v>
       </c>
     </row>
-    <row r="5" spans="1:14">
-[...24 lines deleted...]
-      <c r="I5" t="s">
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>74</v>
+      </c>
+      <c r="B11" t="s">
+        <v>75</v>
+      </c>
+      <c r="C11" t="s">
+        <v>76</v>
+      </c>
+      <c r="D11" t="s">
+        <v>77</v>
+      </c>
+      <c r="E11" t="s">
         <v>20</v>
       </c>
-      <c r="J5" t="s">
-[...5 lines deleted...]
-      <c r="L5" t="s">
+      <c r="F11" t="s">
+        <v>78</v>
+      </c>
+      <c r="G11" t="s">
         <v>22</v>
       </c>
-      <c r="M5" t="s">
-[...235 lines deleted...]
-      <c r="G11">
+      <c r="H11">
         <v>2016</v>
       </c>
-      <c r="H11"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I11"/>
       <c r="J11" t="s">
-        <v>21</v>
+        <v>79</v>
       </c>
       <c r="K11" t="s">
-        <v>62</v>
+        <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>63</v>
+        <v>80</v>
       </c>
       <c r="M11" t="s">
-        <v>23</v>
+        <v>81</v>
       </c>
       <c r="N11" t="s">
-        <v>64</v>
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>82</v>
+      </c>
+      <c r="P11" t="s">
+        <v>83</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>