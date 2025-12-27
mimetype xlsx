--- v0 (2025-11-11)
+++ v1 (2025-12-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1532">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1534">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -4020,50 +4020,53 @@
   <si>
     <t>https://www.tisi.go.th/data/standard/fulltext/TIS-2134-2553m.pdf</t>
   </si>
   <si>
     <t>TIS 2134-2565 air conditioner for room Energy efficiency</t>
   </si>
   <si>
     <t>This industrial product standard contains the energy efficiency requirements for room air conditioners with a total cooling capacity that does not exceed 18,000 W and a maximum rated voltage that does not exceed 250 V for air conditioners with single-phase electrical systems and no more than 600 V for air conditioner with multi-phase electrical system. This policy covers air conditioners with air ducts with a total cooling capacity of less than 8,000 W intended to operate at static pressure. </t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2134-2565-air-conditioner-room-energy-efficiency</t>
   </si>
   <si>
     <t>https://a.tisi.go.th/t/?n=7393</t>
   </si>
   <si>
     <t>TIS 2186-2547 Thai Industrial Standard for Household Refrigerators</t>
   </si>
   <si>
     <t>The standard specifies the energy efficiency of compression-type refrigerators for household and similar use. It covers only compression types. It includes requirements, marks and labels, sampling, and criteria for conformity and testing. It's been replaced by TIS 2186-2561(2018).</t>
   </si>
   <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>TIS 455-2537</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2186-2547-thai-industrial-standard-household-refrigerators</t>
   </si>
   <si>
     <t>https://service.tisi.go.th/fulltext/2186_2547.pdf</t>
   </si>
   <si>
     <t>TIS 2186-2561 (2018) :  Household Refrigerators and Refrigerator-Freezer: Environmental Requirements : Energy Ffficiency</t>
   </si>
   <si>
     <t>The standard mandates energy efficiency of compression-type refrigerators for household and similar use. Covers only compression type.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2186-2561-2018-household-refrigerators-and-refrigerator-freezer-environmental</t>
   </si>
   <si>
     <t>https://service.tisi.go.th/fulltext/TIS2186-2561p.pdf</t>
   </si>
   <si>
     <t>TIS 23-2521 Thai Industrial Standard for Ballast for Fluorescent Lamps</t>
@@ -4184,50 +4187,53 @@
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2588-2556-2013-electric-kettles-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>http://law.industry.go.th/laws/file/61091</t>
   </si>
   <si>
     <t>TIS 2589-2556 (2013) Electric hobs: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard specifies energy efficiency requirements of electric hobs for household and similar purposes, their rated voltage not more than 250 V at a frequency of 50 Hz and having a diameter not more than 220 mm. This policy specifies types and dimensions, marks, and testing.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2589-2556-2013-electric-hobs-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/127/8.PDF</t>
   </si>
   <si>
     <t>TIS 2590-2557 (2014) Electric irons: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard defines energy efficiency requirements of electric irons for household or similar general purposes use for alternating current single phase, with a rated voltage not exceeding 250 V and 50 Hz. It was replaced by TIS 2590-2024 since January 2025.</t>
   </si>
   <si>
     <t>Laundry, Irons</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2590-2557-2014-electric-irons-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>https://a.tisi.go.th/t/?n=2590-2557</t>
   </si>
   <si>
     <t>TIS 2590-2567 Electric Irons: Particular Requirements for Energy Performance</t>
   </si>
   <si>
     <t>The standard specifies energy performance requirements for three types of electric irons: dry irons, steam irons, and steam generator irons with a defined capacity not exceeding 5 liters, intended for residential and similar general-purpose use, and designed for a rated voltage not exceeding 250 V.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2590-2567-electric-irons-particular-requirements-energy-performance</t>
   </si>
   <si>
     <t>https://service.tisi.go.th/tisi-standard-shop/item/tis/7734</t>
   </si>
   <si>
     <t>TIS 2618-2557 (2014) Single suction centrifugal electric pumps: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard specifies energy efficiency requirements of single-suction centrifugal electric pumps (sprocket blades type) for household and similar purposes with a rated voltage of no more than 250 V for single-phase appliances and 480 V for three-phase appliances with 50Hz and three-phase induction motor.</t>
   </si>
@@ -5187,51 +5193,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P308"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1702.156" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="182.813" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="284.216" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -17159,2743 +17165,2743 @@
       </c>
       <c r="P251" t="s">
         <v>1262</v>
       </c>
     </row>
     <row r="252" spans="1:16">
       <c r="A252" t="s">
         <v>1263</v>
       </c>
       <c r="B252" t="s">
         <v>1264</v>
       </c>
       <c r="C252" t="s">
         <v>231</v>
       </c>
       <c r="D252" t="s">
         <v>674</v>
       </c>
       <c r="E252" t="s">
         <v>20</v>
       </c>
       <c r="F252" t="s">
         <v>107</v>
       </c>
       <c r="G252" t="s">
-        <v>867</v>
+        <v>1265</v>
       </c>
       <c r="H252">
         <v>2004</v>
       </c>
       <c r="I252"/>
       <c r="J252" t="s">
-        <v>1265</v>
+        <v>1266</v>
       </c>
       <c r="K252" t="s">
         <v>24</v>
       </c>
       <c r="L252" t="s">
-        <v>1266</v>
+        <v>1267</v>
       </c>
       <c r="M252" t="s">
         <v>1251</v>
       </c>
       <c r="N252" t="s">
         <v>32</v>
       </c>
       <c r="O252" t="s">
-        <v>1267</v>
+        <v>1268</v>
       </c>
       <c r="P252" t="s">
-        <v>1268</v>
+        <v>1269</v>
       </c>
     </row>
     <row r="253" spans="1:16">
       <c r="A253" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="B253" t="s">
-        <v>1270</v>
+        <v>1271</v>
       </c>
       <c r="C253" t="s">
         <v>231</v>
       </c>
       <c r="D253" t="s">
         <v>674</v>
       </c>
       <c r="E253" t="s">
         <v>20</v>
       </c>
       <c r="F253" t="s">
         <v>216</v>
       </c>
       <c r="G253" t="s">
         <v>43</v>
       </c>
       <c r="H253">
         <v>2004</v>
       </c>
       <c r="I253">
         <v>2021</v>
       </c>
       <c r="J253" t="s">
-        <v>1265</v>
+        <v>1266</v>
       </c>
       <c r="K253" t="s">
         <v>24</v>
       </c>
       <c r="L253"/>
       <c r="M253" t="s">
         <v>1251</v>
       </c>
       <c r="N253" t="s">
         <v>32</v>
       </c>
       <c r="O253" t="s">
-        <v>1271</v>
+        <v>1272</v>
       </c>
       <c r="P253" t="s">
-        <v>1272</v>
+        <v>1273</v>
       </c>
     </row>
     <row r="254" spans="1:16">
       <c r="A254" t="s">
-        <v>1273</v>
+        <v>1274</v>
       </c>
       <c r="B254" t="s">
-        <v>1274</v>
+        <v>1275</v>
       </c>
       <c r="C254" t="s">
         <v>231</v>
       </c>
       <c r="D254" t="s">
         <v>354</v>
       </c>
       <c r="E254" t="s">
         <v>20</v>
       </c>
       <c r="F254" t="s">
         <v>107</v>
       </c>
       <c r="G254" t="s">
         <v>43</v>
       </c>
       <c r="H254">
         <v>1978</v>
       </c>
       <c r="I254">
         <v>2017</v>
       </c>
       <c r="J254" t="s">
         <v>242</v>
       </c>
       <c r="K254" t="s">
         <v>24</v>
       </c>
       <c r="L254"/>
       <c r="M254" t="s">
         <v>1251</v>
       </c>
       <c r="N254" t="s">
         <v>32</v>
       </c>
       <c r="O254" t="s">
-        <v>1275</v>
+        <v>1276</v>
       </c>
       <c r="P254" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
     </row>
     <row r="255" spans="1:16">
       <c r="A255" t="s">
-        <v>1277</v>
+        <v>1278</v>
       </c>
       <c r="B255" t="s">
-        <v>1278</v>
+        <v>1279</v>
       </c>
       <c r="C255" t="s">
         <v>231</v>
       </c>
       <c r="D255" t="s">
-        <v>1279</v>
+        <v>1280</v>
       </c>
       <c r="E255" t="s">
         <v>233</v>
       </c>
       <c r="F255" t="s">
         <v>107</v>
       </c>
       <c r="G255" t="s">
         <v>22</v>
       </c>
       <c r="H255">
         <v>2013</v>
       </c>
       <c r="I255"/>
       <c r="J255" t="s">
         <v>363</v>
       </c>
       <c r="K255" t="s">
         <v>24</v>
       </c>
       <c r="L255"/>
       <c r="M255" t="s">
         <v>1251</v>
       </c>
       <c r="N255" t="s">
         <v>32</v>
       </c>
       <c r="O255" t="s">
-        <v>1280</v>
+        <v>1281</v>
       </c>
       <c r="P255" t="s">
-        <v>1281</v>
+        <v>1282</v>
       </c>
     </row>
     <row r="256" spans="1:16">
       <c r="A256" t="s">
-        <v>1282</v>
+        <v>1283</v>
       </c>
       <c r="B256" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
       <c r="C256" t="s">
         <v>231</v>
       </c>
       <c r="D256" t="s">
         <v>734</v>
       </c>
       <c r="E256" t="s">
         <v>233</v>
       </c>
       <c r="F256" t="s">
         <v>107</v>
       </c>
       <c r="G256" t="s">
         <v>22</v>
       </c>
       <c r="H256">
         <v>2014</v>
       </c>
       <c r="I256"/>
       <c r="J256" t="s">
         <v>363</v>
       </c>
       <c r="K256" t="s">
         <v>24</v>
       </c>
       <c r="L256"/>
       <c r="M256" t="s">
         <v>1251</v>
       </c>
       <c r="N256" t="s">
         <v>32</v>
       </c>
       <c r="O256" t="s">
-        <v>1284</v>
+        <v>1285</v>
       </c>
       <c r="P256" t="s">
-        <v>1285</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="257" spans="1:16">
       <c r="A257" t="s">
-        <v>1286</v>
+        <v>1287</v>
       </c>
       <c r="B257" t="s">
-        <v>1287</v>
+        <v>1288</v>
       </c>
       <c r="C257" t="s">
         <v>231</v>
       </c>
       <c r="D257" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
       <c r="E257" t="s">
         <v>233</v>
       </c>
       <c r="F257" t="s">
         <v>107</v>
       </c>
       <c r="G257" t="s">
         <v>43</v>
       </c>
       <c r="H257">
         <v>2007</v>
       </c>
       <c r="I257">
         <v>2014</v>
       </c>
       <c r="J257" t="s">
         <v>363</v>
       </c>
       <c r="K257" t="s">
         <v>24</v>
       </c>
       <c r="L257"/>
       <c r="M257" t="s">
         <v>1251</v>
       </c>
       <c r="N257" t="s">
         <v>32</v>
       </c>
       <c r="O257" t="s">
-        <v>1289</v>
+        <v>1290</v>
       </c>
       <c r="P257" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
     </row>
     <row r="258" spans="1:16">
       <c r="A258" t="s">
-        <v>1291</v>
+        <v>1292</v>
       </c>
       <c r="B258" t="s">
-        <v>1292</v>
+        <v>1293</v>
       </c>
       <c r="C258" t="s">
         <v>231</v>
       </c>
       <c r="D258" t="s">
         <v>734</v>
       </c>
       <c r="E258" t="s">
         <v>20</v>
       </c>
       <c r="F258" t="s">
         <v>107</v>
       </c>
       <c r="G258" t="s">
         <v>22</v>
       </c>
       <c r="H258">
         <v>2017</v>
       </c>
       <c r="I258"/>
       <c r="J258" t="s">
         <v>363</v>
       </c>
       <c r="K258" t="s">
         <v>24</v>
       </c>
       <c r="L258"/>
       <c r="M258" t="s">
         <v>1251</v>
       </c>
       <c r="N258" t="s">
         <v>32</v>
       </c>
       <c r="O258" t="s">
-        <v>1293</v>
+        <v>1294</v>
       </c>
       <c r="P258" t="s">
-        <v>1294</v>
+        <v>1295</v>
       </c>
     </row>
     <row r="259" spans="1:16">
       <c r="A259" t="s">
-        <v>1295</v>
+        <v>1296</v>
       </c>
       <c r="B259" t="s">
-        <v>1296</v>
+        <v>1297</v>
       </c>
       <c r="C259" t="s">
         <v>231</v>
       </c>
       <c r="D259" t="s">
-        <v>1297</v>
+        <v>1298</v>
       </c>
       <c r="E259" t="s">
         <v>233</v>
       </c>
       <c r="F259" t="s">
         <v>107</v>
       </c>
       <c r="G259" t="s">
         <v>22</v>
       </c>
       <c r="H259">
         <v>2012</v>
       </c>
       <c r="I259"/>
       <c r="J259" t="s">
         <v>363</v>
       </c>
       <c r="K259" t="s">
         <v>24</v>
       </c>
       <c r="L259"/>
       <c r="M259" t="s">
         <v>1251</v>
       </c>
       <c r="N259" t="s">
         <v>32</v>
       </c>
       <c r="O259" t="s">
-        <v>1298</v>
+        <v>1299</v>
       </c>
       <c r="P259" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="260" spans="1:16">
       <c r="A260" t="s">
-        <v>1300</v>
+        <v>1301</v>
       </c>
       <c r="B260" t="s">
-        <v>1301</v>
+        <v>1302</v>
       </c>
       <c r="C260" t="s">
         <v>231</v>
       </c>
       <c r="D260" t="s">
-        <v>1302</v>
+        <v>1303</v>
       </c>
       <c r="E260" t="s">
         <v>233</v>
       </c>
       <c r="F260" t="s">
         <v>107</v>
       </c>
       <c r="G260" t="s">
         <v>22</v>
       </c>
       <c r="H260">
         <v>2013</v>
       </c>
       <c r="I260"/>
       <c r="J260" t="s">
         <v>242</v>
       </c>
       <c r="K260" t="s">
         <v>24</v>
       </c>
       <c r="L260"/>
       <c r="M260" t="s">
         <v>1251</v>
       </c>
       <c r="N260" t="s">
         <v>32</v>
       </c>
       <c r="O260" t="s">
-        <v>1303</v>
+        <v>1304</v>
       </c>
       <c r="P260" t="s">
-        <v>1304</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="261" spans="1:16">
       <c r="A261" t="s">
-        <v>1305</v>
+        <v>1306</v>
       </c>
       <c r="B261" t="s">
-        <v>1306</v>
+        <v>1307</v>
       </c>
       <c r="C261" t="s">
         <v>231</v>
       </c>
       <c r="D261" t="s">
         <v>842</v>
       </c>
       <c r="E261" t="s">
         <v>233</v>
       </c>
       <c r="F261" t="s">
         <v>107</v>
       </c>
       <c r="G261" t="s">
         <v>22</v>
       </c>
       <c r="H261">
         <v>2013</v>
       </c>
       <c r="I261"/>
       <c r="J261" t="s">
         <v>363</v>
       </c>
       <c r="K261" t="s">
         <v>24</v>
       </c>
       <c r="L261"/>
       <c r="M261" t="s">
         <v>1251</v>
       </c>
       <c r="N261" t="s">
         <v>32</v>
       </c>
       <c r="O261" t="s">
-        <v>1307</v>
+        <v>1308</v>
       </c>
       <c r="P261" t="s">
-        <v>1308</v>
+        <v>1309</v>
       </c>
     </row>
     <row r="262" spans="1:16">
       <c r="A262" t="s">
-        <v>1309</v>
+        <v>1310</v>
       </c>
       <c r="B262" t="s">
-        <v>1310</v>
+        <v>1311</v>
       </c>
       <c r="C262" t="s">
         <v>231</v>
       </c>
       <c r="D262" t="s">
         <v>748</v>
       </c>
       <c r="E262" t="s">
         <v>233</v>
       </c>
       <c r="F262" t="s">
         <v>107</v>
       </c>
       <c r="G262" t="s">
         <v>22</v>
       </c>
       <c r="H262">
         <v>2013</v>
       </c>
       <c r="I262"/>
       <c r="J262" t="s">
         <v>363</v>
       </c>
       <c r="K262" t="s">
         <v>24</v>
       </c>
       <c r="L262"/>
       <c r="M262" t="s">
         <v>1251</v>
       </c>
       <c r="N262" t="s">
         <v>32</v>
       </c>
       <c r="O262" t="s">
-        <v>1311</v>
+        <v>1312</v>
       </c>
       <c r="P262" t="s">
-        <v>1312</v>
+        <v>1313</v>
       </c>
     </row>
     <row r="263" spans="1:16">
       <c r="A263" t="s">
-        <v>1313</v>
+        <v>1314</v>
       </c>
       <c r="B263" t="s">
-        <v>1314</v>
+        <v>1315</v>
       </c>
       <c r="C263" t="s">
         <v>231</v>
       </c>
       <c r="D263" t="s">
         <v>785</v>
       </c>
       <c r="E263" t="s">
         <v>233</v>
       </c>
       <c r="F263" t="s">
         <v>107</v>
       </c>
       <c r="G263" t="s">
         <v>22</v>
       </c>
       <c r="H263">
         <v>2013</v>
       </c>
       <c r="I263"/>
       <c r="J263" t="s">
         <v>363</v>
       </c>
       <c r="K263" t="s">
         <v>24</v>
       </c>
       <c r="L263"/>
       <c r="M263" t="s">
         <v>1251</v>
       </c>
       <c r="N263" t="s">
         <v>32</v>
       </c>
       <c r="O263" t="s">
-        <v>1315</v>
+        <v>1316</v>
       </c>
       <c r="P263" t="s">
-        <v>1316</v>
+        <v>1317</v>
       </c>
     </row>
     <row r="264" spans="1:16">
       <c r="A264" t="s">
-        <v>1317</v>
+        <v>1318</v>
       </c>
       <c r="B264" t="s">
-        <v>1318</v>
+        <v>1319</v>
       </c>
       <c r="C264" t="s">
         <v>231</v>
       </c>
       <c r="D264" t="s">
-        <v>1319</v>
+        <v>1320</v>
       </c>
       <c r="E264" t="s">
         <v>233</v>
       </c>
       <c r="F264" t="s">
         <v>107</v>
       </c>
       <c r="G264" t="s">
-        <v>22</v>
+        <v>1321</v>
       </c>
       <c r="H264">
         <v>2014</v>
       </c>
       <c r="I264"/>
       <c r="J264" t="s">
-        <v>1265</v>
+        <v>1266</v>
       </c>
       <c r="K264" t="s">
         <v>24</v>
       </c>
       <c r="L264"/>
       <c r="M264" t="s">
         <v>1251</v>
       </c>
       <c r="N264" t="s">
         <v>32</v>
       </c>
       <c r="O264" t="s">
-        <v>1320</v>
+        <v>1322</v>
       </c>
       <c r="P264" t="s">
-        <v>1321</v>
+        <v>1323</v>
       </c>
     </row>
     <row r="265" spans="1:16">
       <c r="A265" t="s">
-        <v>1322</v>
+        <v>1324</v>
       </c>
       <c r="B265" t="s">
-        <v>1323</v>
+        <v>1325</v>
       </c>
       <c r="C265" t="s">
         <v>231</v>
       </c>
       <c r="D265" t="s">
         <v>253</v>
       </c>
       <c r="E265" t="s">
         <v>233</v>
       </c>
       <c r="F265" t="s">
         <v>107</v>
       </c>
       <c r="G265" t="s">
         <v>43</v>
       </c>
       <c r="H265">
         <v>2014</v>
       </c>
       <c r="I265">
         <v>2024</v>
       </c>
       <c r="J265" t="s">
-        <v>1265</v>
+        <v>1266</v>
       </c>
       <c r="K265" t="s">
         <v>24</v>
       </c>
       <c r="L265"/>
       <c r="M265" t="s">
         <v>1251</v>
       </c>
       <c r="N265" t="s">
         <v>32</v>
       </c>
       <c r="O265" t="s">
-        <v>1324</v>
+        <v>1326</v>
       </c>
       <c r="P265" t="s">
-        <v>1325</v>
+        <v>1327</v>
       </c>
     </row>
     <row r="266" spans="1:16">
       <c r="A266" t="s">
-        <v>1326</v>
+        <v>1328</v>
       </c>
       <c r="B266" t="s">
-        <v>1327</v>
+        <v>1329</v>
       </c>
       <c r="C266" t="s">
         <v>231</v>
       </c>
       <c r="D266" t="s">
         <v>811</v>
       </c>
       <c r="E266" t="s">
         <v>233</v>
       </c>
       <c r="F266" t="s">
         <v>107</v>
       </c>
       <c r="G266" t="s">
         <v>22</v>
       </c>
       <c r="H266">
         <v>2014</v>
       </c>
       <c r="I266"/>
       <c r="J266" t="s">
         <v>363</v>
       </c>
       <c r="K266" t="s">
         <v>24</v>
       </c>
       <c r="L266"/>
       <c r="M266" t="s">
         <v>1251</v>
       </c>
       <c r="N266" t="s">
         <v>32</v>
       </c>
       <c r="O266" t="s">
-        <v>1328</v>
+        <v>1330</v>
       </c>
       <c r="P266" t="s">
-        <v>1329</v>
+        <v>1331</v>
       </c>
     </row>
     <row r="267" spans="1:16">
       <c r="A267" t="s">
-        <v>1330</v>
+        <v>1332</v>
       </c>
       <c r="B267" t="s">
-        <v>1331</v>
+        <v>1333</v>
       </c>
       <c r="C267" t="s">
         <v>231</v>
       </c>
       <c r="D267" t="s">
-        <v>1332</v>
+        <v>1334</v>
       </c>
       <c r="E267" t="s">
         <v>233</v>
       </c>
       <c r="F267" t="s">
         <v>107</v>
       </c>
       <c r="G267" t="s">
         <v>22</v>
       </c>
       <c r="H267">
         <v>2016</v>
       </c>
       <c r="I267"/>
       <c r="J267" t="s">
         <v>363</v>
       </c>
       <c r="K267" t="s">
         <v>24</v>
       </c>
       <c r="L267"/>
       <c r="M267" t="s">
         <v>1251</v>
       </c>
       <c r="N267" t="s">
         <v>32</v>
       </c>
       <c r="O267" t="s">
-        <v>1333</v>
+        <v>1335</v>
       </c>
       <c r="P267" t="s">
-        <v>1334</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="268" spans="1:16">
       <c r="A268" t="s">
-        <v>1335</v>
+        <v>1337</v>
       </c>
       <c r="B268" t="s">
-        <v>1336</v>
+        <v>1338</v>
       </c>
       <c r="C268" t="s">
         <v>231</v>
       </c>
       <c r="D268" t="s">
         <v>802</v>
       </c>
       <c r="E268" t="s">
         <v>233</v>
       </c>
       <c r="F268" t="s">
         <v>107</v>
       </c>
       <c r="G268" t="s">
         <v>22</v>
       </c>
       <c r="H268">
         <v>2016</v>
       </c>
       <c r="I268"/>
       <c r="J268" t="s">
         <v>363</v>
       </c>
       <c r="K268" t="s">
         <v>24</v>
       </c>
       <c r="L268"/>
       <c r="M268" t="s">
         <v>1251</v>
       </c>
       <c r="N268" t="s">
         <v>32</v>
       </c>
       <c r="O268" t="s">
-        <v>1337</v>
+        <v>1339</v>
       </c>
       <c r="P268" t="s">
-        <v>1338</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="269" spans="1:16">
       <c r="A269" t="s">
-        <v>1339</v>
+        <v>1341</v>
       </c>
       <c r="B269" t="s">
-        <v>1340</v>
+        <v>1342</v>
       </c>
       <c r="C269" t="s">
         <v>231</v>
       </c>
       <c r="D269" t="s">
-        <v>1341</v>
+        <v>1343</v>
       </c>
       <c r="E269" t="s">
         <v>233</v>
       </c>
       <c r="F269" t="s">
         <v>107</v>
       </c>
       <c r="G269" t="s">
         <v>22</v>
       </c>
       <c r="H269">
         <v>2016</v>
       </c>
       <c r="I269"/>
       <c r="J269" t="s">
         <v>363</v>
       </c>
       <c r="K269" t="s">
         <v>24</v>
       </c>
       <c r="L269"/>
       <c r="M269" t="s">
         <v>1251</v>
       </c>
       <c r="N269" t="s">
         <v>32</v>
       </c>
       <c r="O269" t="s">
-        <v>1342</v>
+        <v>1344</v>
       </c>
       <c r="P269" t="s">
-        <v>1343</v>
+        <v>1345</v>
       </c>
     </row>
     <row r="270" spans="1:16">
       <c r="A270" t="s">
-        <v>1344</v>
+        <v>1346</v>
       </c>
       <c r="B270" t="s">
-        <v>1345</v>
+        <v>1347</v>
       </c>
       <c r="C270" t="s">
         <v>231</v>
       </c>
       <c r="D270" t="s">
-        <v>1346</v>
+        <v>1348</v>
       </c>
       <c r="E270" t="s">
         <v>791</v>
       </c>
       <c r="F270" t="s">
         <v>107</v>
       </c>
       <c r="G270" t="s">
         <v>675</v>
       </c>
       <c r="H270"/>
       <c r="I270"/>
       <c r="J270" t="s">
         <v>242</v>
       </c>
       <c r="K270" t="s">
         <v>24</v>
       </c>
       <c r="L270"/>
       <c r="M270" t="s">
         <v>1260</v>
       </c>
       <c r="N270" t="s">
         <v>32</v>
       </c>
       <c r="O270" t="s">
-        <v>1347</v>
+        <v>1349</v>
       </c>
       <c r="P270" t="s">
-        <v>1348</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="271" spans="1:16">
       <c r="A271" t="s">
-        <v>1349</v>
+        <v>1351</v>
       </c>
       <c r="B271" t="s">
-        <v>1350</v>
+        <v>1352</v>
       </c>
       <c r="C271" t="s">
         <v>231</v>
       </c>
       <c r="D271" t="s">
         <v>370</v>
       </c>
       <c r="E271" t="s">
         <v>233</v>
       </c>
       <c r="F271" t="s">
         <v>107</v>
       </c>
       <c r="G271" t="s">
         <v>22</v>
       </c>
       <c r="H271">
         <v>2007</v>
       </c>
       <c r="I271"/>
       <c r="J271" t="s">
         <v>363</v>
       </c>
       <c r="K271" t="s">
         <v>24</v>
       </c>
       <c r="L271"/>
       <c r="M271" t="s">
         <v>1251</v>
       </c>
       <c r="N271" t="s">
         <v>32</v>
       </c>
       <c r="O271" t="s">
-        <v>1351</v>
+        <v>1353</v>
       </c>
       <c r="P271" t="s">
-        <v>1352</v>
+        <v>1354</v>
       </c>
     </row>
     <row r="272" spans="1:16">
       <c r="A272" t="s">
-        <v>1353</v>
+        <v>1355</v>
       </c>
       <c r="B272" t="s">
-        <v>1354</v>
+        <v>1356</v>
       </c>
       <c r="C272" t="s">
-        <v>1355</v>
+        <v>1357</v>
       </c>
       <c r="D272" t="s">
-        <v>1356</v>
+        <v>1358</v>
       </c>
       <c r="E272" t="s">
         <v>233</v>
       </c>
       <c r="F272" t="s">
         <v>107</v>
       </c>
       <c r="G272" t="s">
         <v>22</v>
       </c>
       <c r="H272">
         <v>2021</v>
       </c>
       <c r="I272"/>
       <c r="J272" t="s">
         <v>242</v>
       </c>
       <c r="K272" t="s">
         <v>24</v>
       </c>
       <c r="L272" t="s">
-        <v>1357</v>
+        <v>1359</v>
       </c>
       <c r="M272" t="s">
-        <v>1358</v>
+        <v>1360</v>
       </c>
       <c r="N272" t="s">
         <v>32</v>
       </c>
       <c r="O272" t="s">
-        <v>1359</v>
+        <v>1361</v>
       </c>
       <c r="P272"/>
     </row>
     <row r="273" spans="1:16">
       <c r="A273" t="s">
-        <v>1360</v>
+        <v>1362</v>
       </c>
       <c r="B273" t="s">
-        <v>1361</v>
+        <v>1363</v>
       </c>
       <c r="C273" t="s">
-        <v>1355</v>
+        <v>1357</v>
       </c>
       <c r="D273" t="s">
         <v>78</v>
       </c>
       <c r="E273" t="s">
         <v>233</v>
       </c>
       <c r="F273" t="s">
         <v>21</v>
       </c>
       <c r="G273" t="s">
         <v>43</v>
       </c>
       <c r="H273">
         <v>2002</v>
       </c>
       <c r="I273">
         <v>2015</v>
       </c>
       <c r="J273" t="s">
-        <v>1362</v>
+        <v>1364</v>
       </c>
       <c r="K273" t="s">
         <v>79</v>
       </c>
       <c r="L273" t="s">
-        <v>1363</v>
+        <v>1365</v>
       </c>
       <c r="M273" t="s">
-        <v>1358</v>
+        <v>1360</v>
       </c>
       <c r="N273" t="s">
         <v>32</v>
       </c>
       <c r="O273" t="s">
-        <v>1364</v>
+        <v>1366</v>
       </c>
       <c r="P273" t="s">
-        <v>1365</v>
+        <v>1367</v>
       </c>
     </row>
     <row r="274" spans="1:16">
       <c r="A274" t="s">
-        <v>1366</v>
+        <v>1368</v>
       </c>
       <c r="B274" t="s">
-        <v>1367</v>
+        <v>1369</v>
       </c>
       <c r="C274" t="s">
-        <v>1355</v>
+        <v>1357</v>
       </c>
       <c r="D274" t="s">
         <v>78</v>
       </c>
       <c r="E274" t="s">
         <v>233</v>
       </c>
       <c r="F274" t="s">
         <v>107</v>
       </c>
       <c r="G274" t="s">
         <v>43</v>
       </c>
       <c r="H274">
         <v>2013</v>
       </c>
       <c r="I274">
         <v>2015</v>
       </c>
       <c r="J274" t="s">
-        <v>1362</v>
+        <v>1364</v>
       </c>
       <c r="K274" t="s">
         <v>79</v>
       </c>
       <c r="L274" t="s">
-        <v>1368</v>
+        <v>1370</v>
       </c>
       <c r="M274" t="s">
-        <v>1358</v>
+        <v>1360</v>
       </c>
       <c r="N274" t="s">
         <v>32</v>
       </c>
       <c r="O274" t="s">
-        <v>1369</v>
+        <v>1371</v>
       </c>
       <c r="P274" t="s">
-        <v>1365</v>
+        <v>1367</v>
       </c>
     </row>
     <row r="275" spans="1:16">
       <c r="A275" t="s">
-        <v>1370</v>
+        <v>1372</v>
       </c>
       <c r="B275" t="s">
-        <v>1371</v>
+        <v>1373</v>
       </c>
       <c r="C275" t="s">
-        <v>1355</v>
+        <v>1357</v>
       </c>
       <c r="D275" t="s">
         <v>90</v>
       </c>
       <c r="E275" t="s">
         <v>233</v>
       </c>
       <c r="F275" t="s">
         <v>21</v>
       </c>
       <c r="G275" t="s">
         <v>22</v>
       </c>
       <c r="H275">
         <v>2006</v>
       </c>
       <c r="I275"/>
       <c r="J275" t="s">
-        <v>1362</v>
+        <v>1364</v>
       </c>
       <c r="K275" t="s">
         <v>24</v>
       </c>
       <c r="L275" t="s">
-        <v>1372</v>
+        <v>1374</v>
       </c>
       <c r="M275" t="s">
-        <v>1358</v>
+        <v>1360</v>
       </c>
       <c r="N275" t="s">
         <v>32</v>
       </c>
       <c r="O275" t="s">
-        <v>1373</v>
+        <v>1375</v>
       </c>
       <c r="P275" t="s">
-        <v>1374</v>
+        <v>1376</v>
       </c>
     </row>
     <row r="276" spans="1:16">
       <c r="A276" t="s">
-        <v>1375</v>
+        <v>1377</v>
       </c>
       <c r="B276" t="s">
-        <v>1376</v>
+        <v>1378</v>
       </c>
       <c r="C276" t="s">
-        <v>1355</v>
+        <v>1357</v>
       </c>
       <c r="D276" t="s">
         <v>179</v>
       </c>
       <c r="E276" t="s">
         <v>20</v>
       </c>
       <c r="F276" t="s">
         <v>21</v>
       </c>
       <c r="G276" t="s">
         <v>43</v>
       </c>
       <c r="H276">
         <v>2011</v>
       </c>
       <c r="I276">
         <v>2014</v>
       </c>
       <c r="J276" t="s">
         <v>242</v>
       </c>
       <c r="K276" t="s">
         <v>79</v>
       </c>
       <c r="L276" t="s">
-        <v>1377</v>
+        <v>1379</v>
       </c>
       <c r="M276" t="s">
-        <v>1358</v>
+        <v>1360</v>
       </c>
       <c r="N276" t="s">
         <v>32</v>
       </c>
       <c r="O276" t="s">
-        <v>1378</v>
+        <v>1380</v>
       </c>
       <c r="P276" t="s">
-        <v>1379</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="277" spans="1:16">
       <c r="A277" t="s">
-        <v>1375</v>
+        <v>1377</v>
       </c>
       <c r="B277" t="s">
-        <v>1380</v>
+        <v>1382</v>
       </c>
       <c r="C277" t="s">
-        <v>1355</v>
+        <v>1357</v>
       </c>
       <c r="D277" t="s">
         <v>179</v>
       </c>
       <c r="E277" t="s">
         <v>233</v>
       </c>
       <c r="F277" t="s">
         <v>107</v>
       </c>
       <c r="G277" t="s">
         <v>43</v>
       </c>
       <c r="H277">
         <v>2015</v>
       </c>
       <c r="I277">
         <v>2017</v>
       </c>
       <c r="J277" t="s">
         <v>242</v>
       </c>
       <c r="K277" t="s">
         <v>79</v>
       </c>
       <c r="L277" t="s">
+        <v>1383</v>
+      </c>
+      <c r="M277" t="s">
+        <v>1360</v>
+      </c>
+      <c r="N277" t="s">
+        <v>32</v>
+      </c>
+      <c r="O277" t="s">
+        <v>1384</v>
+      </c>
+      <c r="P277" t="s">
         <v>1381</v>
-      </c>
-[...10 lines deleted...]
-        <v>1379</v>
       </c>
     </row>
     <row r="278" spans="1:16">
       <c r="A278" t="s">
-        <v>1383</v>
+        <v>1385</v>
       </c>
       <c r="B278" t="s">
-        <v>1384</v>
+        <v>1386</v>
       </c>
       <c r="C278" t="s">
-        <v>1355</v>
+        <v>1357</v>
       </c>
       <c r="D278" t="s">
         <v>184</v>
       </c>
       <c r="E278" t="s">
         <v>233</v>
       </c>
       <c r="F278" t="s">
         <v>107</v>
       </c>
       <c r="G278" t="s">
         <v>22</v>
       </c>
       <c r="H278">
         <v>2015</v>
       </c>
       <c r="I278"/>
       <c r="J278" t="s">
         <v>242</v>
       </c>
       <c r="K278" t="s">
         <v>24</v>
       </c>
       <c r="L278" t="s">
-        <v>1385</v>
+        <v>1387</v>
       </c>
       <c r="M278" t="s">
-        <v>1358</v>
+        <v>1360</v>
       </c>
       <c r="N278" t="s">
         <v>32</v>
       </c>
       <c r="O278" t="s">
-        <v>1386</v>
+        <v>1388</v>
       </c>
       <c r="P278" t="s">
-        <v>1379</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="279" spans="1:16">
       <c r="A279" t="s">
-        <v>1387</v>
+        <v>1389</v>
       </c>
       <c r="B279" t="s">
-        <v>1388</v>
+        <v>1390</v>
       </c>
       <c r="C279" t="s">
-        <v>1355</v>
+        <v>1357</v>
       </c>
       <c r="D279" t="s">
         <v>184</v>
       </c>
       <c r="E279" t="s">
         <v>233</v>
       </c>
       <c r="F279" t="s">
         <v>21</v>
       </c>
       <c r="G279" t="s">
         <v>22</v>
       </c>
       <c r="H279">
         <v>2015</v>
       </c>
       <c r="I279"/>
       <c r="J279" t="s">
-        <v>1362</v>
+        <v>1364</v>
       </c>
       <c r="K279" t="s">
         <v>24</v>
       </c>
       <c r="L279" t="s">
-        <v>1389</v>
+        <v>1391</v>
       </c>
       <c r="M279" t="s">
-        <v>1358</v>
+        <v>1360</v>
       </c>
       <c r="N279" t="s">
         <v>32</v>
       </c>
       <c r="O279" t="s">
-        <v>1390</v>
+        <v>1392</v>
       </c>
       <c r="P279" t="s">
-        <v>1391</v>
+        <v>1393</v>
       </c>
     </row>
     <row r="280" spans="1:16">
       <c r="A280" t="s">
-        <v>1392</v>
+        <v>1394</v>
       </c>
       <c r="B280" t="s">
-        <v>1393</v>
+        <v>1395</v>
       </c>
       <c r="C280" t="s">
-        <v>1355</v>
+        <v>1357</v>
       </c>
       <c r="D280" t="s">
         <v>62</v>
       </c>
       <c r="E280" t="s">
         <v>233</v>
       </c>
       <c r="F280" t="s">
         <v>107</v>
       </c>
       <c r="G280" t="s">
         <v>43</v>
       </c>
       <c r="H280">
         <v>2011</v>
       </c>
       <c r="I280">
         <v>2021</v>
       </c>
       <c r="J280" t="s">
         <v>242</v>
       </c>
       <c r="K280" t="s">
         <v>24</v>
       </c>
       <c r="L280" t="s">
-        <v>1394</v>
+        <v>1396</v>
       </c>
       <c r="M280" t="s">
-        <v>1358</v>
+        <v>1360</v>
       </c>
       <c r="N280" t="s">
         <v>32</v>
       </c>
       <c r="O280" t="s">
-        <v>1395</v>
+        <v>1397</v>
       </c>
       <c r="P280" t="s">
-        <v>1396</v>
+        <v>1398</v>
       </c>
     </row>
     <row r="281" spans="1:16">
       <c r="A281" t="s">
-        <v>1397</v>
+        <v>1399</v>
       </c>
       <c r="B281" t="s">
-        <v>1398</v>
+        <v>1400</v>
       </c>
       <c r="C281" t="s">
-        <v>1355</v>
+        <v>1357</v>
       </c>
       <c r="D281" t="s">
         <v>324</v>
       </c>
       <c r="E281" t="s">
         <v>233</v>
       </c>
       <c r="F281" t="s">
         <v>21</v>
       </c>
       <c r="G281" t="s">
         <v>43</v>
       </c>
       <c r="H281">
         <v>2002</v>
       </c>
       <c r="I281">
         <v>2021</v>
       </c>
       <c r="J281" t="s">
         <v>242</v>
       </c>
       <c r="K281" t="s">
         <v>24</v>
       </c>
       <c r="L281" t="s">
-        <v>1399</v>
+        <v>1401</v>
       </c>
       <c r="M281" t="s">
-        <v>1358</v>
+        <v>1360</v>
       </c>
       <c r="N281" t="s">
         <v>32</v>
       </c>
       <c r="O281" t="s">
-        <v>1400</v>
+        <v>1402</v>
       </c>
       <c r="P281" t="s">
-        <v>1401</v>
+        <v>1403</v>
       </c>
     </row>
     <row r="282" spans="1:16">
       <c r="A282" t="s">
-        <v>1402</v>
+        <v>1404</v>
       </c>
       <c r="B282" t="s">
-        <v>1403</v>
+        <v>1405</v>
       </c>
       <c r="C282" t="s">
-        <v>1355</v>
+        <v>1357</v>
       </c>
       <c r="D282" t="s">
-        <v>1404</v>
+        <v>1406</v>
       </c>
       <c r="E282" t="s">
         <v>233</v>
       </c>
       <c r="F282" t="s">
         <v>21</v>
       </c>
       <c r="G282" t="s">
         <v>22</v>
       </c>
       <c r="H282">
         <v>2021</v>
       </c>
       <c r="I282"/>
       <c r="J282" t="s">
         <v>242</v>
       </c>
       <c r="K282" t="s">
         <v>24</v>
       </c>
       <c r="L282" t="s">
-        <v>1405</v>
+        <v>1407</v>
       </c>
       <c r="M282" t="s">
-        <v>1358</v>
+        <v>1360</v>
       </c>
       <c r="N282" t="s">
         <v>32</v>
       </c>
       <c r="O282" t="s">
-        <v>1406</v>
+        <v>1408</v>
       </c>
       <c r="P282" t="s">
-        <v>1407</v>
+        <v>1409</v>
       </c>
     </row>
     <row r="283" spans="1:16">
       <c r="A283" t="s">
-        <v>1408</v>
+        <v>1410</v>
       </c>
       <c r="B283" t="s">
-        <v>1409</v>
+        <v>1411</v>
       </c>
       <c r="C283" t="s">
-        <v>1355</v>
+        <v>1357</v>
       </c>
       <c r="D283" t="s">
-        <v>1410</v>
+        <v>1412</v>
       </c>
       <c r="E283" t="s">
         <v>233</v>
       </c>
       <c r="F283" t="s">
         <v>21</v>
       </c>
       <c r="G283" t="s">
         <v>113</v>
       </c>
       <c r="H283">
         <v>2021</v>
       </c>
       <c r="I283"/>
       <c r="J283" t="s">
         <v>242</v>
       </c>
       <c r="K283" t="s">
         <v>24</v>
       </c>
       <c r="L283" t="s">
-        <v>1411</v>
+        <v>1413</v>
       </c>
       <c r="M283" t="s">
-        <v>1358</v>
+        <v>1360</v>
       </c>
       <c r="N283" t="s">
         <v>32</v>
       </c>
       <c r="O283" t="s">
-        <v>1412</v>
+        <v>1414</v>
       </c>
       <c r="P283" t="s">
-        <v>1413</v>
+        <v>1415</v>
       </c>
     </row>
     <row r="284" spans="1:16">
       <c r="A284" t="s">
-        <v>1414</v>
+        <v>1416</v>
       </c>
       <c r="B284" t="s">
-        <v>1415</v>
+        <v>1417</v>
       </c>
       <c r="C284" t="s">
-        <v>1355</v>
+        <v>1357</v>
       </c>
       <c r="D284" t="s">
         <v>289</v>
       </c>
       <c r="E284" t="s">
         <v>233</v>
       </c>
       <c r="F284" t="s">
         <v>107</v>
       </c>
       <c r="G284" t="s">
         <v>43</v>
       </c>
       <c r="H284">
         <v>2011</v>
       </c>
       <c r="I284">
         <v>2021</v>
       </c>
       <c r="J284" t="s">
         <v>242</v>
       </c>
       <c r="K284" t="s">
         <v>24</v>
       </c>
       <c r="L284" t="s">
-        <v>1394</v>
+        <v>1396</v>
       </c>
       <c r="M284" t="s">
-        <v>1358</v>
+        <v>1360</v>
       </c>
       <c r="N284" t="s">
         <v>32</v>
       </c>
       <c r="O284" t="s">
-        <v>1416</v>
+        <v>1418</v>
       </c>
       <c r="P284" t="s">
-        <v>1417</v>
+        <v>1419</v>
       </c>
     </row>
     <row r="285" spans="1:16">
       <c r="A285" t="s">
-        <v>1418</v>
+        <v>1420</v>
       </c>
       <c r="B285" t="s">
-        <v>1419</v>
+        <v>1421</v>
       </c>
       <c r="C285" t="s">
-        <v>1355</v>
+        <v>1357</v>
       </c>
       <c r="D285" t="s">
         <v>324</v>
       </c>
       <c r="E285" t="s">
         <v>233</v>
       </c>
       <c r="F285" t="s">
         <v>107</v>
       </c>
       <c r="G285" t="s">
         <v>43</v>
       </c>
       <c r="H285">
         <v>2011</v>
       </c>
       <c r="I285">
         <v>2021</v>
       </c>
       <c r="J285" t="s">
         <v>242</v>
       </c>
       <c r="K285" t="s">
         <v>24</v>
       </c>
       <c r="L285" t="s">
-        <v>1420</v>
+        <v>1422</v>
       </c>
       <c r="M285" t="s">
-        <v>1358</v>
+        <v>1360</v>
       </c>
       <c r="N285" t="s">
         <v>32</v>
       </c>
       <c r="O285" t="s">
-        <v>1421</v>
+        <v>1423</v>
       </c>
       <c r="P285" t="s">
-        <v>1422</v>
+        <v>1424</v>
       </c>
     </row>
     <row r="286" spans="1:16">
       <c r="A286" t="s">
-        <v>1423</v>
+        <v>1425</v>
       </c>
       <c r="B286" t="s">
-        <v>1424</v>
+        <v>1426</v>
       </c>
       <c r="C286" t="s">
-        <v>1355</v>
+        <v>1357</v>
       </c>
       <c r="D286" t="s">
         <v>19</v>
       </c>
       <c r="E286" t="s">
         <v>233</v>
       </c>
       <c r="F286" t="s">
         <v>107</v>
       </c>
       <c r="G286" t="s">
         <v>22</v>
       </c>
       <c r="H286">
         <v>2021</v>
       </c>
       <c r="I286"/>
       <c r="J286" t="s">
         <v>242</v>
       </c>
       <c r="K286" t="s">
         <v>24</v>
       </c>
       <c r="L286" t="s">
-        <v>1425</v>
+        <v>1427</v>
       </c>
       <c r="M286" t="s">
-        <v>1358</v>
+        <v>1360</v>
       </c>
       <c r="N286" t="s">
         <v>32</v>
       </c>
       <c r="O286" t="s">
-        <v>1426</v>
+        <v>1428</v>
       </c>
       <c r="P286" t="s">
-        <v>1427</v>
+        <v>1429</v>
       </c>
     </row>
     <row r="287" spans="1:16">
       <c r="A287" t="s">
-        <v>1428</v>
+        <v>1430</v>
       </c>
       <c r="B287" t="s">
-        <v>1429</v>
+        <v>1431</v>
       </c>
       <c r="C287" t="s">
-        <v>1355</v>
+        <v>1357</v>
       </c>
       <c r="D287" t="s">
-        <v>1410</v>
+        <v>1412</v>
       </c>
       <c r="E287" t="s">
         <v>233</v>
       </c>
       <c r="F287" t="s">
         <v>710</v>
       </c>
       <c r="G287" t="s">
         <v>22</v>
       </c>
       <c r="H287">
         <v>2021</v>
       </c>
       <c r="I287"/>
       <c r="J287" t="s">
         <v>242</v>
       </c>
       <c r="K287" t="s">
         <v>24</v>
       </c>
       <c r="L287" t="s">
-        <v>1411</v>
+        <v>1413</v>
       </c>
       <c r="M287" t="s">
-        <v>1358</v>
+        <v>1360</v>
       </c>
       <c r="N287" t="s">
         <v>32</v>
       </c>
       <c r="O287" t="s">
-        <v>1430</v>
+        <v>1432</v>
       </c>
       <c r="P287" t="s">
-        <v>1431</v>
+        <v>1433</v>
       </c>
     </row>
     <row r="288" spans="1:16">
       <c r="A288" t="s">
-        <v>1432</v>
+        <v>1434</v>
       </c>
       <c r="B288" t="s">
-        <v>1433</v>
+        <v>1435</v>
       </c>
       <c r="C288" t="s">
-        <v>1355</v>
+        <v>1357</v>
       </c>
       <c r="D288" t="s">
         <v>62</v>
       </c>
       <c r="E288" t="s">
         <v>233</v>
       </c>
       <c r="F288" t="s">
         <v>21</v>
       </c>
       <c r="G288" t="s">
         <v>43</v>
       </c>
       <c r="H288">
         <v>2002</v>
       </c>
       <c r="I288">
         <v>2021</v>
       </c>
       <c r="J288" t="s">
         <v>242</v>
       </c>
       <c r="K288" t="s">
         <v>24</v>
       </c>
       <c r="L288" t="s">
-        <v>1434</v>
+        <v>1436</v>
       </c>
       <c r="M288" t="s">
-        <v>1358</v>
+        <v>1360</v>
       </c>
       <c r="N288" t="s">
         <v>32</v>
       </c>
       <c r="O288" t="s">
-        <v>1435</v>
+        <v>1437</v>
       </c>
       <c r="P288" t="s">
-        <v>1436</v>
+        <v>1438</v>
       </c>
     </row>
     <row r="289" spans="1:16">
       <c r="A289" t="s">
-        <v>1437</v>
+        <v>1439</v>
       </c>
       <c r="B289" t="s">
-        <v>1438</v>
+        <v>1440</v>
       </c>
       <c r="C289" t="s">
-        <v>1355</v>
+        <v>1357</v>
       </c>
       <c r="D289" t="s">
         <v>289</v>
       </c>
       <c r="E289" t="s">
         <v>233</v>
       </c>
       <c r="F289" t="s">
         <v>21</v>
       </c>
       <c r="G289" t="s">
         <v>43</v>
       </c>
       <c r="H289">
         <v>2002</v>
       </c>
       <c r="I289">
         <v>2021</v>
       </c>
       <c r="J289" t="s">
         <v>242</v>
       </c>
       <c r="K289" t="s">
         <v>24</v>
       </c>
       <c r="L289" t="s">
-        <v>1439</v>
+        <v>1441</v>
       </c>
       <c r="M289" t="s">
-        <v>1358</v>
+        <v>1360</v>
       </c>
       <c r="N289" t="s">
         <v>32</v>
       </c>
       <c r="O289" t="s">
-        <v>1440</v>
+        <v>1442</v>
       </c>
       <c r="P289" t="s">
-        <v>1441</v>
+        <v>1443</v>
       </c>
     </row>
     <row r="290" spans="1:16">
       <c r="A290" t="s">
-        <v>1442</v>
+        <v>1444</v>
       </c>
       <c r="B290" t="s">
-        <v>1443</v>
+        <v>1445</v>
       </c>
       <c r="C290" t="s">
-        <v>1355</v>
+        <v>1357</v>
       </c>
       <c r="D290" t="s">
         <v>259</v>
       </c>
       <c r="E290" t="s">
         <v>233</v>
       </c>
       <c r="F290" t="s">
         <v>21</v>
       </c>
       <c r="G290" t="s">
         <v>43</v>
       </c>
       <c r="H290">
         <v>2002</v>
       </c>
       <c r="I290">
         <v>2021</v>
       </c>
       <c r="J290" t="s">
         <v>242</v>
       </c>
       <c r="K290" t="s">
         <v>24</v>
       </c>
       <c r="L290" t="s">
-        <v>1444</v>
+        <v>1446</v>
       </c>
       <c r="M290" t="s">
-        <v>1358</v>
+        <v>1360</v>
       </c>
       <c r="N290" t="s">
         <v>32</v>
       </c>
       <c r="O290" t="s">
-        <v>1445</v>
+        <v>1447</v>
       </c>
       <c r="P290" t="s">
-        <v>1446</v>
+        <v>1448</v>
       </c>
     </row>
     <row r="291" spans="1:16">
       <c r="A291" t="s">
-        <v>1447</v>
+        <v>1449</v>
       </c>
       <c r="B291" t="s">
-        <v>1448</v>
+        <v>1450</v>
       </c>
       <c r="C291" t="s">
-        <v>1355</v>
+        <v>1357</v>
       </c>
       <c r="D291" t="s">
-        <v>1449</v>
+        <v>1451</v>
       </c>
       <c r="E291" t="s">
         <v>233</v>
       </c>
       <c r="F291" t="s">
         <v>107</v>
       </c>
       <c r="G291" t="s">
         <v>22</v>
       </c>
       <c r="H291">
         <v>2021</v>
       </c>
       <c r="I291"/>
       <c r="J291" t="s">
         <v>242</v>
       </c>
       <c r="K291" t="s">
         <v>24</v>
       </c>
       <c r="L291" t="s">
-        <v>1450</v>
+        <v>1452</v>
       </c>
       <c r="M291" t="s">
-        <v>1358</v>
+        <v>1360</v>
       </c>
       <c r="N291" t="s">
         <v>32</v>
       </c>
       <c r="O291" t="s">
-        <v>1451</v>
+        <v>1453</v>
       </c>
       <c r="P291"/>
     </row>
     <row r="292" spans="1:16">
       <c r="A292" t="s">
-        <v>1447</v>
+        <v>1449</v>
       </c>
       <c r="B292" t="s">
-        <v>1448</v>
+        <v>1450</v>
       </c>
       <c r="C292" t="s">
-        <v>1355</v>
+        <v>1357</v>
       </c>
       <c r="D292" t="s">
-        <v>1449</v>
+        <v>1451</v>
       </c>
       <c r="E292" t="s">
         <v>233</v>
       </c>
       <c r="F292" t="s">
         <v>107</v>
       </c>
       <c r="G292" t="s">
         <v>22</v>
       </c>
       <c r="H292">
         <v>2021</v>
       </c>
       <c r="I292"/>
       <c r="J292" t="s">
         <v>242</v>
       </c>
       <c r="K292" t="s">
         <v>24</v>
       </c>
       <c r="L292" t="s">
-        <v>1450</v>
+        <v>1452</v>
       </c>
       <c r="M292" t="s">
-        <v>1358</v>
+        <v>1360</v>
       </c>
       <c r="N292" t="s">
         <v>32</v>
       </c>
       <c r="O292" t="s">
-        <v>1452</v>
+        <v>1454</v>
       </c>
       <c r="P292"/>
     </row>
     <row r="293" spans="1:16">
       <c r="A293" t="s">
-        <v>1453</v>
+        <v>1455</v>
       </c>
       <c r="B293" t="s">
-        <v>1454</v>
+        <v>1456</v>
       </c>
       <c r="C293" t="s">
-        <v>1355</v>
+        <v>1357</v>
       </c>
       <c r="D293" t="s">
         <v>37</v>
       </c>
       <c r="E293" t="s">
         <v>233</v>
       </c>
       <c r="F293" t="s">
         <v>21</v>
       </c>
       <c r="G293" t="s">
         <v>22</v>
       </c>
       <c r="H293">
         <v>2022</v>
       </c>
       <c r="I293"/>
       <c r="J293" t="s">
         <v>242</v>
       </c>
       <c r="K293" t="s">
-        <v>1455</v>
+        <v>1457</v>
       </c>
       <c r="L293" t="s">
-        <v>1456</v>
+        <v>1458</v>
       </c>
       <c r="M293" t="s">
-        <v>1358</v>
+        <v>1360</v>
       </c>
       <c r="N293" t="s">
         <v>32</v>
       </c>
       <c r="O293" t="s">
-        <v>1457</v>
+        <v>1459</v>
       </c>
       <c r="P293" t="s">
-        <v>1458</v>
+        <v>1460</v>
       </c>
     </row>
     <row r="294" spans="1:16">
       <c r="A294" t="s">
-        <v>1459</v>
+        <v>1461</v>
       </c>
       <c r="B294" t="s">
-        <v>1460</v>
+        <v>1462</v>
       </c>
       <c r="C294" t="s">
-        <v>1355</v>
+        <v>1357</v>
       </c>
       <c r="D294" t="s">
-        <v>1461</v>
+        <v>1463</v>
       </c>
       <c r="E294" t="s">
         <v>233</v>
       </c>
       <c r="F294" t="s">
         <v>21</v>
       </c>
       <c r="G294" t="s">
         <v>22</v>
       </c>
       <c r="H294">
         <v>2022</v>
       </c>
       <c r="I294"/>
       <c r="J294" t="s">
         <v>242</v>
       </c>
       <c r="K294" t="s">
-        <v>1462</v>
+        <v>1464</v>
       </c>
       <c r="L294"/>
       <c r="M294" t="s">
-        <v>1358</v>
+        <v>1360</v>
       </c>
       <c r="N294" t="s">
         <v>32</v>
       </c>
       <c r="O294" t="s">
-        <v>1463</v>
+        <v>1465</v>
       </c>
       <c r="P294" t="s">
-        <v>1464</v>
+        <v>1466</v>
       </c>
     </row>
     <row r="295" spans="1:16">
       <c r="A295" t="s">
-        <v>1465</v>
+        <v>1467</v>
       </c>
       <c r="B295" t="s">
-        <v>1466</v>
+        <v>1468</v>
       </c>
       <c r="C295" t="s">
-        <v>1355</v>
+        <v>1357</v>
       </c>
       <c r="D295" t="s">
         <v>37</v>
       </c>
       <c r="E295" t="s">
         <v>233</v>
       </c>
       <c r="F295" t="s">
         <v>107</v>
       </c>
       <c r="G295" t="s">
         <v>22</v>
       </c>
       <c r="H295">
         <v>2022</v>
       </c>
       <c r="I295"/>
       <c r="J295" t="s">
         <v>242</v>
       </c>
       <c r="K295" t="s">
         <v>31</v>
       </c>
       <c r="L295" t="s">
-        <v>1467</v>
+        <v>1469</v>
       </c>
       <c r="M295" t="s">
-        <v>1358</v>
+        <v>1360</v>
       </c>
       <c r="N295" t="s">
         <v>32</v>
       </c>
       <c r="O295" t="s">
-        <v>1468</v>
+        <v>1470</v>
       </c>
       <c r="P295" t="s">
-        <v>1469</v>
+        <v>1471</v>
       </c>
     </row>
     <row r="296" spans="1:16">
       <c r="A296" t="s">
-        <v>1470</v>
+        <v>1472</v>
       </c>
       <c r="B296" t="s">
-        <v>1471</v>
+        <v>1473</v>
       </c>
       <c r="C296" t="s">
-        <v>1355</v>
+        <v>1357</v>
       </c>
       <c r="D296" t="s">
-        <v>1461</v>
+        <v>1463</v>
       </c>
       <c r="E296" t="s">
         <v>233</v>
       </c>
       <c r="F296" t="s">
         <v>107</v>
       </c>
       <c r="G296" t="s">
         <v>22</v>
       </c>
       <c r="H296">
         <v>2022</v>
       </c>
       <c r="I296"/>
       <c r="J296" t="s">
         <v>242</v>
       </c>
       <c r="K296" t="s">
-        <v>1472</v>
+        <v>1474</v>
       </c>
       <c r="L296" t="s">
-        <v>1473</v>
+        <v>1475</v>
       </c>
       <c r="M296" t="s">
-        <v>1358</v>
+        <v>1360</v>
       </c>
       <c r="N296" t="s">
         <v>32</v>
       </c>
       <c r="O296" t="s">
-        <v>1474</v>
+        <v>1476</v>
       </c>
       <c r="P296" t="s">
-        <v>1475</v>
+        <v>1477</v>
       </c>
     </row>
     <row r="297" spans="1:16">
       <c r="A297" t="s">
-        <v>1476</v>
+        <v>1478</v>
       </c>
       <c r="B297" t="s">
-        <v>1477</v>
+        <v>1479</v>
       </c>
       <c r="C297" t="s">
-        <v>1355</v>
+        <v>1357</v>
       </c>
       <c r="D297" t="s">
-        <v>1461</v>
+        <v>1463</v>
       </c>
       <c r="E297" t="s">
         <v>233</v>
       </c>
       <c r="F297" t="s">
         <v>107</v>
       </c>
       <c r="G297" t="s">
         <v>22</v>
       </c>
       <c r="H297">
         <v>2022</v>
       </c>
       <c r="I297"/>
       <c r="J297" t="s">
         <v>242</v>
       </c>
       <c r="K297" t="s">
         <v>24</v>
       </c>
       <c r="L297" t="s">
-        <v>1478</v>
+        <v>1480</v>
       </c>
       <c r="M297" t="s">
-        <v>1358</v>
+        <v>1360</v>
       </c>
       <c r="N297" t="s">
         <v>32</v>
       </c>
       <c r="O297" t="s">
-        <v>1479</v>
+        <v>1481</v>
       </c>
       <c r="P297" t="s">
-        <v>1480</v>
+        <v>1482</v>
       </c>
     </row>
     <row r="298" spans="1:16">
       <c r="A298" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="B298" t="s">
-        <v>1482</v>
+        <v>1484</v>
       </c>
       <c r="C298" t="s">
-        <v>1355</v>
+        <v>1357</v>
       </c>
       <c r="D298" t="s">
         <v>350</v>
       </c>
       <c r="E298" t="s">
         <v>233</v>
       </c>
       <c r="F298" t="s">
         <v>703</v>
       </c>
       <c r="G298" t="s">
         <v>22</v>
       </c>
       <c r="H298">
         <v>2008</v>
       </c>
       <c r="I298"/>
       <c r="J298" t="s">
-        <v>1362</v>
+        <v>1364</v>
       </c>
       <c r="K298" t="s">
         <v>339</v>
       </c>
       <c r="L298" t="s">
-        <v>1483</v>
+        <v>1485</v>
       </c>
       <c r="M298" t="s">
-        <v>1358</v>
+        <v>1360</v>
       </c>
       <c r="N298" t="s">
         <v>32</v>
       </c>
       <c r="O298" t="s">
-        <v>1484</v>
+        <v>1486</v>
       </c>
       <c r="P298" t="s">
-        <v>1485</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="299" spans="1:16">
       <c r="A299" t="s">
-        <v>1486</v>
+        <v>1488</v>
       </c>
       <c r="B299" t="s">
-        <v>1487</v>
+        <v>1489</v>
       </c>
       <c r="C299" t="s">
-        <v>1355</v>
+        <v>1357</v>
       </c>
       <c r="D299" t="s">
         <v>283</v>
       </c>
       <c r="E299" t="s">
         <v>233</v>
       </c>
       <c r="F299" t="s">
         <v>21</v>
       </c>
       <c r="G299" t="s">
         <v>43</v>
       </c>
       <c r="H299">
         <v>2012</v>
       </c>
       <c r="I299">
         <v>2015</v>
       </c>
       <c r="J299" t="s">
-        <v>1362</v>
+        <v>1364</v>
       </c>
       <c r="K299" t="s">
         <v>24</v>
       </c>
       <c r="L299" t="s">
-        <v>1488</v>
+        <v>1490</v>
       </c>
       <c r="M299" t="s">
-        <v>1358</v>
+        <v>1360</v>
       </c>
       <c r="N299" t="s">
         <v>32</v>
       </c>
       <c r="O299" t="s">
-        <v>1489</v>
+        <v>1491</v>
       </c>
       <c r="P299" t="s">
-        <v>1490</v>
+        <v>1492</v>
       </c>
     </row>
     <row r="300" spans="1:16">
       <c r="A300" t="s">
-        <v>1491</v>
+        <v>1493</v>
       </c>
       <c r="B300" t="s">
-        <v>1492</v>
+        <v>1494</v>
       </c>
       <c r="C300" t="s">
-        <v>1493</v>
+        <v>1495</v>
       </c>
       <c r="D300" t="s">
         <v>324</v>
       </c>
       <c r="E300" t="s">
         <v>20</v>
       </c>
       <c r="F300" t="s">
         <v>216</v>
       </c>
       <c r="G300" t="s">
         <v>43</v>
       </c>
       <c r="H300">
         <v>2013</v>
       </c>
       <c r="I300">
         <v>2020</v>
       </c>
       <c r="J300" t="s">
         <v>569</v>
       </c>
       <c r="K300" t="s">
         <v>24</v>
       </c>
       <c r="L300" t="s">
-        <v>1494</v>
+        <v>1496</v>
       </c>
       <c r="M300" t="s">
-        <v>1495</v>
+        <v>1497</v>
       </c>
       <c r="N300" t="s">
         <v>32</v>
       </c>
       <c r="O300" t="s">
-        <v>1496</v>
+        <v>1498</v>
       </c>
       <c r="P300" t="s">
-        <v>1497</v>
+        <v>1499</v>
       </c>
     </row>
     <row r="301" spans="1:16">
       <c r="A301" t="s">
-        <v>1498</v>
+        <v>1500</v>
       </c>
       <c r="B301" t="s">
-        <v>1499</v>
+        <v>1501</v>
       </c>
       <c r="C301" t="s">
-        <v>1493</v>
+        <v>1495</v>
       </c>
       <c r="D301" t="s">
         <v>215</v>
       </c>
       <c r="E301" t="s">
         <v>20</v>
       </c>
       <c r="F301" t="s">
         <v>216</v>
       </c>
       <c r="G301" t="s">
         <v>43</v>
       </c>
       <c r="H301">
         <v>2011</v>
       </c>
       <c r="I301">
         <v>2019</v>
       </c>
       <c r="J301" t="s">
         <v>569</v>
       </c>
       <c r="K301" t="s">
         <v>24</v>
       </c>
       <c r="L301" t="s">
-        <v>1500</v>
+        <v>1502</v>
       </c>
       <c r="M301" t="s">
-        <v>1495</v>
+        <v>1497</v>
       </c>
       <c r="N301" t="s">
         <v>32</v>
       </c>
       <c r="O301" t="s">
-        <v>1501</v>
+        <v>1503</v>
       </c>
       <c r="P301" t="s">
-        <v>1502</v>
+        <v>1504</v>
       </c>
     </row>
     <row r="302" spans="1:16">
       <c r="A302" t="s">
-        <v>1503</v>
+        <v>1505</v>
       </c>
       <c r="B302" t="s">
-        <v>1504</v>
+        <v>1506</v>
       </c>
       <c r="C302" t="s">
-        <v>1493</v>
+        <v>1495</v>
       </c>
       <c r="D302" t="s">
-        <v>1505</v>
+        <v>1507</v>
       </c>
       <c r="E302" t="s">
         <v>20</v>
       </c>
       <c r="F302" t="s">
         <v>216</v>
       </c>
       <c r="G302" t="s">
         <v>22</v>
       </c>
       <c r="H302">
         <v>2013</v>
       </c>
       <c r="I302"/>
       <c r="J302" t="s">
         <v>331</v>
       </c>
       <c r="K302" t="s">
         <v>24</v>
       </c>
       <c r="L302" t="s">
-        <v>1506</v>
+        <v>1508</v>
       </c>
       <c r="M302" t="s">
-        <v>1495</v>
+        <v>1497</v>
       </c>
       <c r="N302" t="s">
         <v>32</v>
       </c>
       <c r="O302" t="s">
-        <v>1507</v>
+        <v>1509</v>
       </c>
       <c r="P302" t="s">
-        <v>1508</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="303" spans="1:16">
       <c r="A303" t="s">
-        <v>1509</v>
+        <v>1511</v>
       </c>
       <c r="B303" t="s">
-        <v>1510</v>
+        <v>1512</v>
       </c>
       <c r="C303" t="s">
-        <v>1493</v>
+        <v>1495</v>
       </c>
       <c r="D303" t="s">
         <v>350</v>
       </c>
       <c r="E303" t="s">
         <v>20</v>
       </c>
       <c r="F303" t="s">
         <v>216</v>
       </c>
       <c r="G303" t="s">
         <v>43</v>
       </c>
       <c r="H303">
         <v>2014</v>
       </c>
       <c r="I303">
         <v>2015</v>
       </c>
       <c r="J303" t="s">
         <v>331</v>
       </c>
       <c r="K303" t="s">
         <v>24</v>
       </c>
       <c r="L303"/>
       <c r="M303" t="s">
-        <v>1495</v>
+        <v>1497</v>
       </c>
       <c r="N303" t="s">
         <v>32</v>
       </c>
       <c r="O303" t="s">
-        <v>1511</v>
+        <v>1513</v>
       </c>
       <c r="P303" t="s">
-        <v>1512</v>
+        <v>1514</v>
       </c>
     </row>
     <row r="304" spans="1:16">
       <c r="A304" t="s">
-        <v>1513</v>
+        <v>1515</v>
       </c>
       <c r="B304" t="s">
-        <v>1514</v>
+        <v>1516</v>
       </c>
       <c r="C304" t="s">
-        <v>1493</v>
+        <v>1495</v>
       </c>
       <c r="D304" t="s">
         <v>470</v>
       </c>
       <c r="E304" t="s">
         <v>20</v>
       </c>
       <c r="F304" t="s">
         <v>216</v>
       </c>
       <c r="G304" t="s">
         <v>22</v>
       </c>
       <c r="H304">
         <v>2014</v>
       </c>
       <c r="I304">
         <v>2019</v>
       </c>
       <c r="J304" t="s">
         <v>569</v>
       </c>
       <c r="K304" t="s">
         <v>24</v>
       </c>
       <c r="L304"/>
       <c r="M304" t="s">
-        <v>1495</v>
+        <v>1497</v>
       </c>
       <c r="N304" t="s">
         <v>32</v>
       </c>
       <c r="O304" t="s">
-        <v>1515</v>
+        <v>1517</v>
       </c>
       <c r="P304" t="s">
-        <v>1516</v>
+        <v>1518</v>
       </c>
     </row>
     <row r="305" spans="1:16">
       <c r="A305" t="s">
-        <v>1517</v>
+        <v>1519</v>
       </c>
       <c r="B305" t="s">
-        <v>1518</v>
+        <v>1520</v>
       </c>
       <c r="C305" t="s">
-        <v>1493</v>
+        <v>1495</v>
       </c>
       <c r="D305" t="s">
         <v>62</v>
       </c>
       <c r="E305" t="s">
         <v>20</v>
       </c>
       <c r="F305" t="s">
         <v>216</v>
       </c>
       <c r="G305" t="s">
         <v>22</v>
       </c>
       <c r="H305">
         <v>2016</v>
       </c>
       <c r="I305">
         <v>2018</v>
       </c>
       <c r="J305" t="s">
         <v>569</v>
       </c>
       <c r="K305" t="s">
         <v>24</v>
       </c>
       <c r="L305"/>
       <c r="M305" t="s">
-        <v>1495</v>
+        <v>1497</v>
       </c>
       <c r="N305" t="s">
         <v>32</v>
       </c>
       <c r="O305" t="s">
-        <v>1519</v>
+        <v>1521</v>
       </c>
       <c r="P305" t="s">
-        <v>1520</v>
+        <v>1522</v>
       </c>
     </row>
     <row r="306" spans="1:16">
       <c r="A306" t="s">
-        <v>1521</v>
+        <v>1523</v>
       </c>
       <c r="B306" t="s">
-        <v>1522</v>
+        <v>1524</v>
       </c>
       <c r="C306" t="s">
-        <v>1493</v>
+        <v>1495</v>
       </c>
       <c r="D306" t="s">
         <v>174</v>
       </c>
       <c r="E306" t="s">
         <v>20</v>
       </c>
       <c r="F306" t="s">
         <v>216</v>
       </c>
       <c r="G306" t="s">
         <v>22</v>
       </c>
       <c r="H306">
         <v>2017</v>
       </c>
       <c r="I306"/>
       <c r="J306" t="s">
         <v>331</v>
       </c>
       <c r="K306" t="s">
         <v>24</v>
       </c>
       <c r="L306"/>
       <c r="M306" t="s">
-        <v>1495</v>
+        <v>1497</v>
       </c>
       <c r="N306" t="s">
         <v>32</v>
       </c>
       <c r="O306" t="s">
-        <v>1523</v>
+        <v>1525</v>
       </c>
       <c r="P306" t="s">
-        <v>1512</v>
+        <v>1514</v>
       </c>
     </row>
     <row r="307" spans="1:16">
       <c r="A307" t="s">
-        <v>1524</v>
+        <v>1526</v>
       </c>
       <c r="B307" t="s">
-        <v>1525</v>
+        <v>1527</v>
       </c>
       <c r="C307" t="s">
-        <v>1493</v>
+        <v>1495</v>
       </c>
       <c r="D307" t="s">
         <v>283</v>
       </c>
       <c r="E307" t="s">
         <v>20</v>
       </c>
       <c r="F307" t="s">
         <v>216</v>
       </c>
       <c r="G307" t="s">
         <v>43</v>
       </c>
       <c r="H307">
         <v>2016</v>
       </c>
       <c r="I307">
         <v>2019</v>
       </c>
       <c r="J307" t="s">
         <v>331</v>
       </c>
       <c r="K307" t="s">
         <v>24</v>
       </c>
       <c r="L307"/>
       <c r="M307" t="s">
-        <v>1495</v>
+        <v>1497</v>
       </c>
       <c r="N307" t="s">
         <v>32</v>
       </c>
       <c r="O307" t="s">
-        <v>1526</v>
+        <v>1528</v>
       </c>
       <c r="P307" t="s">
-        <v>1527</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="308" spans="1:16">
       <c r="A308" t="s">
-        <v>1528</v>
+        <v>1530</v>
       </c>
       <c r="B308" t="s">
-        <v>1529</v>
+        <v>1531</v>
       </c>
       <c r="C308" t="s">
-        <v>1355</v>
+        <v>1357</v>
       </c>
       <c r="D308" t="s">
         <v>139</v>
       </c>
       <c r="E308" t="s">
         <v>233</v>
       </c>
       <c r="F308" t="s">
         <v>107</v>
       </c>
       <c r="G308" t="s">
         <v>675</v>
       </c>
       <c r="H308"/>
       <c r="I308"/>
       <c r="J308" t="s">
-        <v>1362</v>
+        <v>1364</v>
       </c>
       <c r="K308" t="s">
         <v>24</v>
       </c>
       <c r="L308"/>
       <c r="M308" t="s">
-        <v>1358</v>
+        <v>1360</v>
       </c>
       <c r="N308" t="s">
-        <v>1530</v>
+        <v>1532</v>
       </c>
       <c r="O308" t="s">
-        <v>1531</v>
+        <v>1533</v>
       </c>
       <c r="P308"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>