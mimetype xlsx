--- v0 (2025-10-14)
+++ v1 (2025-12-06)
@@ -12,377 +12,483 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="96">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="127">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2013 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of electronic displays</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for televisions.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Televisions, Displays</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>EN 50301</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/2013/contents</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2017 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household dishwashers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/2017/contents</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) No 392/2012 of 1 March 2012 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of household tumble driers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.  This Regulation shall not apply to household combined washer-driers and household spin-extractors.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>EN 61121</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-3922012-1-march-2012-supplementing-directive-0</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-3922012-1-march-2012-supplementing-directive</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2012/392/contents</t>
   </si>
   <si>
     <t>Commission Delegated Regulation EU No 65-2014 of 1 October 2013 supplementing Directive 2010-30-EU -with regard to the energy labelling of domestic ovens and range hoods</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for domestic electric and gas ovens; including when incorporated into cookers; and for domestic electric range hoods; including when sold for non-domestic purposes.</t>
+  </si>
+  <si>
     <t>Europe, United Kingdom</t>
   </si>
   <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-65-2014-1-october-2013-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/65/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1782 of 1 October 2019 laying down ecodesign requirements for external power supplies</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.  Exclusions: this Regulation shall not apply to:   a. voltage converters;   b. uninterruptible power supplies;   c. battery chargers;     d. halogen lighting converters;   e. external power supplies for medical devices;   f. external power supplies placed on the market no later than 30 June 2015 as a service part or spare part for an identical external power supply which was placed on the market not later than one year after this Regulation has come into force; under the condition that the service part or spare part; or its packaging; clearly indicates the primary load products for which the spare part or service part is intended to be used with.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/1782/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1783 of 1 October 2019 amending Regulation (EU) No 548/2014 on implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to small, medium and large power transformers</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for placing on the market or putting into service power transformers with a minimum power rating of 1 kVA used in 50Hz electricity transmission and distribution networks or for industrial applications. The Regulation is only applicable to transformers purchased after the entry into force of the Regulation. Power transformer means a static piece of apparatus with two or more windings which; by electromagnetic induction; transforms a system of alternating voltage and current into another system of alternating voltage and current usually of different values and at the same frequency for the purpose of transmitting electrical power.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/548/contents/2014-05-21</t>
+  </si>
+  <si>
     <t>IEC 60076</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014-1</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/1783/contents/2019-10-01</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/424 of 15 March 2019 laying down ecodesign requirements for servers and data storage products</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.
+This Policy is under review with research underway by the UK government.</t>
+  </si>
+  <si>
     <t>Computers, Servers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/617/2020-01-31</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Boilers and Furnaces</t>
   </si>
   <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Department for Energy Security and Net Zero</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+  </si>
+  <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
+    <t>clothes washer</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-3</t>
   </si>
   <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
+    <t>clothes washer and dryer</t>
+  </si>
+  <si>
     <t>Washer and Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-4</t>
   </si>
   <si>
+    <t>Storoge water heater</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-5</t>
   </si>
   <si>
     <t>SASO 2663:2018 MEPS and labeling schemes for small air conditioners</t>
   </si>
   <si>
+    <t>This standard applies to single-package window type, single split-system non-ducted air conditioners using air-cooled condensers, single split-system ducted airconditioners using air-cooled condensers, and heat pumps using aircooled condensers or using electric resistance for residential, commercial and industrial sector as applicable.</t>
+  </si>
+  <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>SASO 2681 / 2013 (based on ISO 5151) SASO 2682/2013 SASO 2763/2008</t>
   </si>
   <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-26632018-meps-and-labeling-schemes-small-air-conditioners</t>
   </si>
   <si>
+    <t>https://saso.gov.sa/ar/mediacenter/events/Pages/default.aspx</t>
+  </si>
+  <si>
     <t>SASO 2870:2018 MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
+    <t>This standard applies to: 
+Incandescent lamps
+Halogen lamps
+Compact flourescent lamps with integrated ballast (CFLi)
+Light-emitting diode (LED) lamps (Incandescent retrofit types)
+Light-emitting diode (LED) lamps (Halogen retrofit types)</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28702018-meps-and-labeling-schemes-lighting-products</t>
   </si>
   <si>
+    <t>https://www.ul.com/news/saudi-arabia-market-access-new-requirements-lighting-products-saso-iecee-and-saso-ee</t>
+  </si>
+  <si>
     <t>SASO 2883:2017 MEPS and labeling schemes for clothes dryers</t>
   </si>
   <si>
+    <t>This standard applies to clothes dryers with capacities up to 25 kg (condenser and airvented). Household spin extractors are excluded from this standard</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28832017-meps-and-labeling-schemes-clothes-dryers</t>
   </si>
   <si>
     <t>SASO 2884:2017 MEPS and labeling schemes for water heaters</t>
   </si>
   <si>
+    <t>This standard applies to:</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Electricity, Gas, Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28842017-meps-and-labeling-schemes-water-heaters</t>
   </si>
   <si>
     <t>SASO 2885:2018 MEPS and labeling schemes for washing machines</t>
   </si>
   <si>
+    <t>This standards applies to:</t>
+  </si>
+  <si>
     <t>Washer and Dryers, Washing Machines</t>
   </si>
   <si>
     <t>SASO 2693/2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28852018-meps-and-labeling-schemes-washing-machines</t>
   </si>
   <si>
     <t>SASO 2892:2018 MEPS and labeling schemes for refrigerating appliances</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>SASO-IEC-60335-2-24</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28922018-meps-and-labeling-schemes-refrigerating-appliances</t>
   </si>
   <si>
     <t>SASO 2902:2018 MEPS and labeling schemes for lighting products</t>
+  </si>
+  <si>
+    <t>This standard applies to:
+Incandescent lamps with a luminous flux above or equal 12,000 lumens
+Halogen lamps with a luminous flux above or equal 12.000 lumens
+Compact fluorescent lamps with integrated ballast (CLFi) with a luminous flux above or equal 12,000 Lumens
+Compact fluorescent lamps without integrated ballast (CFLni)
+Fluorescent Lamps (all types)
+High-Intensity Discharge Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-29022018-meps-and-labeling-schemes-lighting-products</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -646,951 +752,1074 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N20"/>
+  <dimension ref="A1:P20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="275" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="153" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="275.933" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="970.763" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="65.984" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="153.248" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="128.54" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2010</v>
+      </c>
+      <c r="I2">
+        <v>2019</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2"/>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1997</v>
+      </c>
+      <c r="I3">
         <v>2019</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3"/>
+      <c r="N3" t="s">
+        <v>32</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="L2"/>
-      <c r="M2" t="s">
+      <c r="H4">
+        <v>1995</v>
+      </c>
+      <c r="I4">
+        <v>2012</v>
+      </c>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
+      <c r="K4" t="s">
+        <v>38</v>
+      </c>
+      <c r="L4" t="s">
+        <v>39</v>
+      </c>
+      <c r="M4"/>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>40</v>
+      </c>
+      <c r="P4" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C5" t="s">
+        <v>44</v>
+      </c>
+      <c r="D5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>1979</v>
+      </c>
+      <c r="I5">
+        <v>2013</v>
+      </c>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>38</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5"/>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>51</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2009</v>
+      </c>
+      <c r="I6">
+        <v>2019</v>
+      </c>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
         <v>24</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C3" t="s">
+      <c r="L6"/>
+      <c r="M6"/>
+      <c r="N6" t="s">
         <v>26</v>
       </c>
-      <c r="D3" t="s">
-[...2 lines deleted...]
-      <c r="E3" t="s">
+      <c r="O6" t="s">
+        <v>52</v>
+      </c>
+      <c r="P6" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>54</v>
+      </c>
+      <c r="B7" t="s">
+        <v>55</v>
+      </c>
+      <c r="C7" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...5 lines deleted...]
-      <c r="H3">
+      <c r="D7" t="s">
+        <v>56</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>51</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2015</v>
+      </c>
+      <c r="I7">
         <v>2019</v>
       </c>
-      <c r="I3" t="s">
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7"/>
+      <c r="N7" t="s">
+        <v>57</v>
+      </c>
+      <c r="O7" t="s">
+        <v>58</v>
+      </c>
+      <c r="P7" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>54</v>
+      </c>
+      <c r="B8" t="s">
+        <v>55</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>56</v>
+      </c>
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
-[...24 lines deleted...]
-      <c r="E4" t="s">
+      <c r="F8" t="s">
+        <v>51</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2015</v>
+      </c>
+      <c r="I8">
+        <v>2019</v>
+      </c>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>60</v>
+      </c>
+      <c r="M8"/>
+      <c r="N8" t="s">
+        <v>57</v>
+      </c>
+      <c r="O8" t="s">
+        <v>61</v>
+      </c>
+      <c r="P8" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>63</v>
+      </c>
+      <c r="B9" t="s">
+        <v>64</v>
+      </c>
+      <c r="C9" t="s">
         <v>18</v>
       </c>
-      <c r="F4" t="s">
-[...8 lines deleted...]
-      <c r="I4" t="s">
+      <c r="D9" t="s">
+        <v>65</v>
+      </c>
+      <c r="E9" t="s">
         <v>20</v>
       </c>
-      <c r="J4" t="s">
-[...6 lines deleted...]
-      <c r="M4" t="s">
+      <c r="F9" t="s">
+        <v>51</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2014</v>
+      </c>
+      <c r="I9">
+        <v>2019</v>
+      </c>
+      <c r="J9" t="s">
         <v>23</v>
       </c>
-      <c r="N4" t="s">
-[...16 lines deleted...]
-      <c r="E5" t="s">
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9"/>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>66</v>
+      </c>
+      <c r="P9" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>68</v>
+      </c>
+      <c r="B10" t="s">
+        <v>69</v>
+      </c>
+      <c r="C10" t="s">
+        <v>44</v>
+      </c>
+      <c r="D10" t="s">
+        <v>70</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>51</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>1992</v>
+      </c>
+      <c r="I10">
+        <v>2013</v>
+      </c>
+      <c r="J10" t="s">
+        <v>71</v>
+      </c>
+      <c r="K10" t="s">
+        <v>72</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>73</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>74</v>
+      </c>
+      <c r="P10" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>76</v>
+      </c>
+      <c r="B11" t="s">
+        <v>77</v>
+      </c>
+      <c r="C11" t="s">
         <v>18</v>
       </c>
-      <c r="F5" t="s">
-[...236 lines deleted...]
-      </c>
       <c r="D11" t="s">
-        <v>59</v>
+        <v>78</v>
       </c>
       <c r="E11" t="s">
-        <v>60</v>
+        <v>79</v>
       </c>
       <c r="F11" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2015</v>
+        <v>80</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
       </c>
       <c r="H11">
         <v>2015</v>
       </c>
-      <c r="I11" t="s">
-        <v>61</v>
+      <c r="I11">
+        <v>2015</v>
       </c>
       <c r="J11" t="s">
-        <v>21</v>
+        <v>81</v>
       </c>
       <c r="K11" t="s">
-        <v>62</v>
+        <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>63</v>
+        <v>82</v>
       </c>
       <c r="M11" t="s">
-        <v>23</v>
+        <v>83</v>
       </c>
       <c r="N11" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>84</v>
+      </c>
+      <c r="P11" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>57</v>
+        <v>76</v>
       </c>
       <c r="B12" t="s">
-        <v>15</v>
+        <v>86</v>
       </c>
       <c r="C12" t="s">
-        <v>65</v>
+        <v>18</v>
       </c>
       <c r="D12" t="s">
-        <v>59</v>
+        <v>87</v>
       </c>
       <c r="E12" t="s">
-        <v>60</v>
+        <v>79</v>
       </c>
       <c r="F12" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2015</v>
+        <v>80</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
       </c>
       <c r="H12">
         <v>2015</v>
       </c>
-      <c r="I12" t="s">
-        <v>61</v>
+      <c r="I12">
+        <v>2015</v>
       </c>
       <c r="J12" t="s">
-        <v>21</v>
+        <v>81</v>
       </c>
       <c r="K12" t="s">
-        <v>62</v>
+        <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>63</v>
+        <v>82</v>
       </c>
       <c r="M12" t="s">
-        <v>23</v>
+        <v>83</v>
       </c>
       <c r="N12" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>88</v>
+      </c>
+      <c r="P12" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>57</v>
+        <v>76</v>
       </c>
       <c r="B13" t="s">
-        <v>15</v>
+        <v>89</v>
       </c>
       <c r="C13" t="s">
-        <v>67</v>
+        <v>18</v>
       </c>
       <c r="D13" t="s">
-        <v>59</v>
+        <v>90</v>
       </c>
       <c r="E13" t="s">
-        <v>60</v>
+        <v>79</v>
       </c>
       <c r="F13" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2015</v>
+        <v>80</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
       </c>
       <c r="H13">
         <v>2015</v>
       </c>
-      <c r="I13" t="s">
-        <v>61</v>
+      <c r="I13">
+        <v>2015</v>
       </c>
       <c r="J13" t="s">
-        <v>21</v>
+        <v>81</v>
       </c>
       <c r="K13" t="s">
-        <v>62</v>
+        <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>63</v>
+        <v>82</v>
       </c>
       <c r="M13" t="s">
-        <v>23</v>
+        <v>83</v>
       </c>
       <c r="N13" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>91</v>
+      </c>
+      <c r="P13" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>69</v>
+        <v>92</v>
       </c>
       <c r="B14" t="s">
-        <v>70</v>
+        <v>93</v>
       </c>
       <c r="C14" t="s">
-        <v>71</v>
+        <v>94</v>
       </c>
       <c r="D14" t="s">
-        <v>17</v>
+        <v>95</v>
       </c>
       <c r="E14" t="s">
-        <v>72</v>
+        <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G14">
+        <v>96</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
         <v>2013</v>
       </c>
-      <c r="H14">
+      <c r="I14">
         <v>2018</v>
       </c>
-      <c r="I14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J14" t="s">
-        <v>21</v>
+        <v>97</v>
       </c>
       <c r="K14" t="s">
-        <v>74</v>
+        <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>75</v>
+        <v>98</v>
       </c>
       <c r="M14" t="s">
-        <v>23</v>
+        <v>99</v>
       </c>
       <c r="N14" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>100</v>
+      </c>
+      <c r="P14" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>77</v>
+        <v>102</v>
       </c>
       <c r="B15" t="s">
-        <v>70</v>
+        <v>103</v>
       </c>
       <c r="C15" t="s">
-        <v>78</v>
+        <v>94</v>
       </c>
       <c r="D15" t="s">
-        <v>17</v>
+        <v>104</v>
       </c>
       <c r="E15" t="s">
-        <v>72</v>
+        <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G15">
+        <v>96</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
         <v>2016</v>
       </c>
-      <c r="H15">
+      <c r="I15">
         <v>2019</v>
       </c>
-      <c r="I15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J15" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>97</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
       <c r="M15" t="s">
-        <v>23</v>
+        <v>99</v>
       </c>
       <c r="N15" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>105</v>
+      </c>
+      <c r="P15" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>80</v>
+        <v>107</v>
       </c>
       <c r="B16" t="s">
-        <v>70</v>
+        <v>108</v>
       </c>
       <c r="C16" t="s">
-        <v>30</v>
+        <v>94</v>
       </c>
       <c r="D16" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="E16" t="s">
-        <v>72</v>
+        <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2018</v>
+        <v>96</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
       </c>
       <c r="H16">
         <v>2018</v>
       </c>
-      <c r="I16" t="s">
-        <v>73</v>
+      <c r="I16">
+        <v>2018</v>
       </c>
       <c r="J16" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>97</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
       <c r="M16" t="s">
-        <v>23</v>
+        <v>99</v>
       </c>
       <c r="N16" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>109</v>
+      </c>
+      <c r="P16" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>82</v>
+        <v>110</v>
       </c>
       <c r="B17" t="s">
-        <v>70</v>
+        <v>111</v>
       </c>
       <c r="C17" t="s">
-        <v>83</v>
+        <v>94</v>
       </c>
       <c r="D17" t="s">
-        <v>17</v>
+        <v>112</v>
       </c>
       <c r="E17" t="s">
-        <v>72</v>
+        <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2018</v>
+        <v>96</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
       </c>
       <c r="H17">
         <v>2018</v>
       </c>
-      <c r="I17" t="s">
-        <v>73</v>
+      <c r="I17">
+        <v>2018</v>
       </c>
       <c r="J17" t="s">
-        <v>84</v>
-[...4 lines deleted...]
-      </c>
+        <v>97</v>
+      </c>
+      <c r="K17" t="s">
+        <v>113</v>
+      </c>
+      <c r="L17"/>
       <c r="M17" t="s">
-        <v>23</v>
+        <v>99</v>
       </c>
       <c r="N17" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>114</v>
+      </c>
+      <c r="P17" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>86</v>
+        <v>115</v>
       </c>
       <c r="B18" t="s">
-        <v>70</v>
+        <v>116</v>
       </c>
       <c r="C18" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="D18" t="s">
-        <v>17</v>
+        <v>117</v>
       </c>
       <c r="E18" t="s">
-        <v>72</v>
+        <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G18">
+        <v>96</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
         <v>2007</v>
       </c>
-      <c r="H18">
+      <c r="I18">
         <v>2018</v>
       </c>
-      <c r="I18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J18" t="s">
-        <v>21</v>
+        <v>97</v>
       </c>
       <c r="K18" t="s">
-        <v>88</v>
+        <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>75</v>
+        <v>118</v>
       </c>
       <c r="M18" t="s">
-        <v>23</v>
+        <v>99</v>
       </c>
       <c r="N18" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>119</v>
+      </c>
+      <c r="P18" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>90</v>
+        <v>120</v>
       </c>
       <c r="B19" t="s">
-        <v>70</v>
+        <v>111</v>
       </c>
       <c r="C19" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="D19" t="s">
-        <v>17</v>
+        <v>121</v>
       </c>
       <c r="E19" t="s">
-        <v>72</v>
+        <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G19">
+        <v>96</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
         <v>2007</v>
       </c>
-      <c r="H19">
+      <c r="I19">
         <v>2018</v>
       </c>
-      <c r="I19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J19" t="s">
-        <v>21</v>
+        <v>97</v>
       </c>
       <c r="K19" t="s">
-        <v>92</v>
+        <v>24</v>
       </c>
       <c r="L19" t="s">
-        <v>75</v>
+        <v>122</v>
       </c>
       <c r="M19" t="s">
-        <v>23</v>
+        <v>99</v>
       </c>
       <c r="N19" t="s">
-        <v>93</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>123</v>
+      </c>
+      <c r="P19" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
       <c r="A20" t="s">
+        <v>124</v>
+      </c>
+      <c r="B20" t="s">
+        <v>125</v>
+      </c>
+      <c r="C20" t="s">
         <v>94</v>
       </c>
-      <c r="B20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D20" t="s">
-        <v>17</v>
+        <v>104</v>
       </c>
       <c r="E20" t="s">
-        <v>72</v>
+        <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G20">
+        <v>96</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
         <v>2016</v>
       </c>
-      <c r="H20">
+      <c r="I20">
         <v>2019</v>
       </c>
-      <c r="I20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J20" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>97</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
       <c r="M20" t="s">
-        <v>23</v>
+        <v>99</v>
       </c>
       <c r="N20" t="s">
-        <v>95</v>
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>126</v>
+      </c>
+      <c r="P20" t="s">
+        <v>106</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>