--- v0 (2025-11-15)
+++ v1 (2026-02-20)
@@ -5466,51 +5466,51 @@
       </c>
       <c r="P72" t="s">
         <v>393</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
         <v>394</v>
       </c>
       <c r="B73" t="s">
         <v>395</v>
       </c>
       <c r="C73" t="s">
         <v>214</v>
       </c>
       <c r="D73" t="s">
         <v>396</v>
       </c>
       <c r="E73" t="s">
         <v>20</v>
       </c>
       <c r="F73" t="s">
         <v>229</v>
       </c>
       <c r="G73" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H73">
         <v>2021</v>
       </c>
       <c r="I73">
         <v>2024</v>
       </c>
       <c r="J73" t="s">
         <v>397</v>
       </c>
       <c r="K73" t="s">
         <v>24</v>
       </c>
       <c r="L73" t="s">
         <v>398</v>
       </c>
       <c r="M73" t="s">
         <v>217</v>
       </c>
       <c r="N73" t="s">
         <v>32</v>
       </c>
       <c r="O73" t="s">
         <v>399</v>
       </c>