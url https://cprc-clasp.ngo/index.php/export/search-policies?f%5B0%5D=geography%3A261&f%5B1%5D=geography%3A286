--- v0 (2025-10-13)
+++ v1 (2025-12-05)
@@ -12,1183 +12,1762 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="359">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="537">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of, and the provision of supplementary product information on, professional refrigerated storage cabinets.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151094-5-may-2015-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1094/contents/adopted</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2015/1186 of 24 April 2015</t>
   </si>
   <si>
+    <t>Applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. Solid fuel small combustion installations.</t>
+  </si>
+  <si>
     <t>Portable Heaters, Boilers and Furnaces</t>
   </si>
   <si>
     <t>Solid Fuel</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151186-24-april-2015-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1186/contents</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council</t>
   </si>
   <si>
+    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of solid fuel boilers and packages of a solid fuel boiler, supplementary heaters, temperature controls and solar devices</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151187-27-april-2015-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1187/contents/2015-04-27</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2013 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of electronic displays</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for televisions.</t>
+  </si>
+  <si>
     <t>Televisions, Displays</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>EN 50301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/2013/contents</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2014 of 11 March 2019</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries; including those sold for non-household use and built-in household washing machines. This Regulation shall not apply to household combined washer-driers.</t>
+  </si>
+  <si>
     <t>Washer and Dryers, Washing Machines</t>
   </si>
   <si>
     <t>Electricity, Water</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192014-11-march-2019</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/2014/contents</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2016 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of refrigerating appliances</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1500 litres. It shall also apply to electric mains-operated household refrigerating appliances that can be battery-operated.</t>
+  </si>
+  <si>
     <t>Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>EN 153</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192016-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/2016/contents</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2017 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household dishwashers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/2017/contents</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2018 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of refrigerating appliances with a direct sales function</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs.</t>
+  </si>
+  <si>
     <t>Refrigerated Vending Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192018-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/contents/made</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) No 1254/2014 of 11 July 2014 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of residential ventilation units</t>
   </si>
   <si>
+    <t>non-residential ventilation unit -NRVU; means a ventilation unit where the maximum flow rate of the ventilation unit exceeds 250 m3 per hour; and; where the maximum flow rate is between 250 and 1 000 m3 per hour; the manufacturer has not declared its intended use as being exclusively for a residential ventilation application.</t>
+  </si>
+  <si>
     <t>Exhaust Fans</t>
   </si>
   <si>
     <t>EN 308:1997</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-12542014-11-july-2014-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/1254/contents</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) No 392/2012 of 1 March 2012 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of household tumble driers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.  This Regulation shall not apply to household combined washer-driers and household spin-extractors.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>EN 61121</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-3922012-1-march-2012-supplementing-directive-0</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-3922012-1-march-2012-supplementing-directive</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2012/392/contents</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) No 812/2013 of 18 February 2013 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of water heaters, hot water storage tanks and packages</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for labelling of and providing supplementary product information on electrical lamps.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil, Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-8122013-18-february-2013-supplementing-directive-0</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) No 626/2011 of 4 May 2011 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of air conditioners</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating, if the product has no cooling function.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Packaged Terminals</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-6262011-4-may-2011-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2011/626/contents</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation EU No 65-2014 of 1 October 2013 supplementing Directive 2010-30-EU -with regard to the energy labelling of domestic ovens and range hoods</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for domestic electric and gas ovens; including when incorporated into cookers; and for domestic electric range hoods; including when sold for non-domestic purposes.</t>
+  </si>
+  <si>
     <t>Europe, United Kingdom</t>
   </si>
   <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-65-2014-1-october-2013-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/65/contents</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation EU No 811-2013 of 18 February 2013 supplementing Directive 2010-30-EU -with regard to the energy labelling of space heaters; combination heaters</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the energy labelling of; and the provision of supplementary product information on; space heaters and combination heaters with a rated heat output equal to 70 kW; packages of space heater equal to  70 kW; temperature control and solar device and packages of combination heater equal to  70 kW; temperature control and solar device.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Boilers and Furnaces</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-811-2013-18-february-2013-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/811/contents</t>
+  </si>
+  <si>
     <t>Commission regulation (EC) No 641/2009 of 22 July 2009</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of glandless standalone circulators and glandless circulators integrated in products. This Regulation shall not apply to: a. drinking water circulators; except as regards information requirements; b. circulators integrated in products and placed on the market not later than 1 January 2020 as replacement for identical circulators integrated in products and placed on the market no later than 1 August 2015.</t>
+  </si>
+  <si>
     <t>Building Circulator Pumps</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-ec-no-6412009-22-july-2009</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2009/641/introduction</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1185 of 24 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for solid fuel local space heaters</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and putting into service of solid fuel local space heaters with a nominal heat output of 50 kW or less.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Space Heating</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20151185-24-april-2015-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1188/contents</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20151185-24-april-2015-implementing-directive-2009125ec-1</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1185/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1188 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for local space heaters</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or of a single segment of 120 kW or less.</t>
+  </si>
+  <si>
     <t>Electricity, Gas, Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20151188-28-april-2015-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1189 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for solid fuel boilers</t>
   </si>
   <si>
+    <t>Commission Regulation (EU) 2015/1189 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for solid fuel boilers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20151189-28-april-2015-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1189/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2016/2281 of 30 November 2016</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and/or putting into service of:
+(a) air heating products with a rated heating capacity not exceeding 1 MW;
+(b) cooling products and high temperature process chillers with a rated cooling capacity not exceeding 2 MW;
+(c) fan coil units.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Chillers - Cooler Towers, Industrial Process Chillers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20162281-30-november-2016-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2016/2281/contents/2020-01-31</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1782 of 1 October 2019 laying down ecodesign requirements for external power supplies</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.  Exclusions: this Regulation shall not apply to:   a. voltage converters;   b. uninterruptible power supplies;   c. battery chargers;     d. halogen lighting converters;   e. external power supplies for medical devices;   f. external power supplies placed on the market no later than 30 June 2015 as a service part or spare part for an identical external power supply which was placed on the market not later than one year after this Regulation has come into force; under the condition that the service part or spare part; or its packaging; clearly indicates the primary load products for which the spare part or service part is intended to be used with.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/1782/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1783 of 1 October 2019 amending Regulation (EU) No 548/2014 on implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to small, medium and large power transformers</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for placing on the market or putting into service power transformers with a minimum power rating of 1 kVA used in 50Hz electricity transmission and distribution networks or for industrial applications. The Regulation is only applicable to transformers purchased after the entry into force of the Regulation. Power transformer means a static piece of apparatus with two or more windings which; by electromagnetic induction; transforms a system of alternating voltage and current into another system of alternating voltage and current usually of different values and at the same frequency for the purpose of transmitting electrical power.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/548/contents/2014-05-21</t>
+  </si>
+  <si>
     <t>IEC 60076</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014-1</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/1783/contents/2019-10-01</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/424 of 15 March 2019 laying down ecodesign requirements for servers and data storage products</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.</t>
+  </si>
+  <si>
     <t>Computers, Servers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-1</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/424/contents/2019-03-15</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.
+This Policy is under review with research underway by the UK government.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/617/2020-01-31</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2023/826 of 17 April 2023 laying down ecodesign requirements for off mode, standby mode, and networked standby energy consumption of electrical and electronic household and office equipment</t>
   </si>
   <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices, Televisions, Coffee Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2008/1275/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 1253/2014 of 7 July 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for ventilation units</t>
   </si>
   <si>
+    <t>Ventilation unit -VU; means an electricity driven appliance equipped with at least one impeller; one motor and a casing and intended to replace utilised air by outdoor air in a building or a part of a building.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-12532014-7-july-2014-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/1253/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 206/2012 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W.</t>
+  </si>
+  <si>
     <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2012/206/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 327/2011 of 30 March 2011 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or putting into service of fans  -driven by motors with an electric input power between 125 W and 500 kW; including those integrated in other energy-related products as covered by Directive 2009-125-EC. The Regulation shall not apply to fans integrated in: products with a sole electric motor of 3 kW or less where the fan is fixed on the same shaft used for driving the main functionality; laundry and washer dryers 3 kW maximum electrical input power; kitchen hoods 280 W total maximum electrical input power attributable to the fans. This Regulation shall not apply to fans which are designed to operate under certain specified conditions; potentially explosive atmospheres; emergency use only; extreme operating temperatures; high supply voltage; etc.   These types of fans can be found in commercial and industrial buildings.</t>
+  </si>
+  <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-3272011-30-march-2011-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2011/327/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 547/2012 of 25 June 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for water pumps</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of rotodynamic water pumps for pumping clean water; including where integrated in other products.
+This Policy is under review with research underway by the UK government.</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-5472012-25-june-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2012/547/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 66/2014 of 14 January 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for domestic ovens, hobs and range hoods</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens; including when incorporated in cookers; domestic hobs and domestic electric range hoods; including when sold for non-domestic purposes.</t>
+  </si>
+  <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-662014-14-january-2014-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/66</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 666/2013 of 8 July 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for vacuum cleaners</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners; including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-6662013-8-july-2013-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/666/contents/2013-07-08</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 814/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for water heaters and hot water storage tanks</t>
   </si>
   <si>
+    <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
+  </si>
+  <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8142013-2-august-2013-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/814/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 932/2012 of 3 October 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for household tumble driers</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-9322012-3-october-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2012/932/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
+  </si>
+  <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Department for Energy Security and Net Zero</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
   </si>
   <si>
     <t>Commission Regulation EC No 107-2009 of 4 February 2009 implementing Directive 2005-32-EC -with regard to ecodesign requirements for simple set-top boxes</t>
   </si>
   <si>
+    <t>The Commission Regulation EC No 107-2009 of 4 February 2009 implementing Directive 2005-32-EC of the European Parliament and of the Council with regard to ecodesign requirements for simple set-top boxes; sets minimum energy performance requirements for simple set top boxes -SSTB.</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-ec-no-107-2009-4-february-2009-implementing-directive-2005-32-ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2009/107/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation EU 2015-1095 of 5 May 2015</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed.</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Industrial Process Chillers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2015-1095-5-may-2015</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1095/contents</t>
+  </si>
+  <si>
     <t>Efficiency Policy for Chillers</t>
   </si>
   <si>
+    <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for chillers being manufactured, commercially purchased, or sold in India.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>IS 16590 with all amendments</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/efficiency-policy-chillers</t>
   </si>
   <si>
     <t>Efficiency Policy for Deep Freezers</t>
   </si>
   <si>
+    <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for deep freezers being manufactured, commercially purchased, or sold in India. It applies to deep freezers of the vapour compression type having a storage volume of up to and including 1000 litres.</t>
+  </si>
+  <si>
     <t>Freezers-only</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>IS 7872 (all amendments)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/efficiency-policy-deep-freezers</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Deep_Freezer_Regulations.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Ceiling Fans</t>
   </si>
   <si>
+    <t>This policy defines star labeling requirements and minimum energy performance requirements for electric ceiling type fans operated by induction motors and Brushless Electric Motors of all the standard sweep sizes covered under the scope of IS 374: 2019 ( 900 mm, 1050 mm, 1200 mm, 1400 mm, 1500 mm) as amended from time to time that work on single phase alternating current supply up to and including 250V, 50Hz, being manufactured, commercially purchased, imported or sold in India.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans</t>
   </si>
   <si>
     <t>IS 374:2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-ceiling-fans</t>
   </si>
   <si>
+    <t>https://beeindia.gov.in/sites/default/files/CFN_Notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Color Televisions (Color TV)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for every colour television with native resolution up to 1920 x 1080 pixels, of cathode ray tube (CRT), liquid crystal display (LCD) with cold cathode fluorescent lamp backlight, and plasma technologies type, and liquid crystal display with light emitting diode backlight, excluding computer monitors being manufactured, commercially purchased or sold in India. The policy is revised in the year of 2022.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>IEC 62301 (Ed 2.0), IEC 62087 (Ed 3.0), IS 13384:1992 (part 1, 2), IS 13900:1993, IS 616:2010/IEC 60065:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-color-televisions-color-tv</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/CTV_notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Direct Cool Refrigerator</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for electric mains powered direct cool refrigerating appliance of the vapour compression type intended for household and similar use being manufactures; imported; or sold in India. From January 2020, a revised star rating table will be in effect and ratcheted up by 1 star.
+This policy was revised in 2014, 2017 and 2020.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IS 1476 (Part-I): 2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-direct-cool-refrigerator</t>
   </si>
   <si>
+    <t>https://www.tuv.com/content-media-files/master-content/rs/Attachments/987_F_BEESLBEE_SLBEESL_AlertsGazette%20Notification%20regarding%20DCR%20and%20FFR_194090.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Distribution Transformers (DT)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling requirements for oil immersed, naturally air cooled, three phase, and double wound non sealed type out door distribution transformer. The standard ratings covered under the pilot scheme are 16, 25, 63, 100, 160 and 200 kVA and non standard ratings from 16 kVA to 200 kVA.</t>
+  </si>
+  <si>
     <t>IS 2026 (part I, II, III):1977, IS 1180 (part I):2014, IS 2500 (part I):2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-distribution-transformers-dt</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/DTnoti.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Domestic Liquefied Petroleum Gas Stove</t>
+  </si>
+  <si>
+    <t>This policy specifies energy consumption standards for star labeled domestic liquefied petroleum gas stove for household use. The domestic gas stove means domestic gas burning appliance with metallic bodies with or without toughened glass top, consisting of single or multiple burners, injector jets, gas taps, burner pan supports, piping and fitting intended for use with liquefied petroleum gas at 30 grams-force per square centimetre (gf/cm2) gas inlet pressure.</t>
   </si>
   <si>
     <t>LPG Stoves</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002
 ,   
                     IS 4246:2002</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-domestic-liquefied-petroleum-gas-stove</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/LPG-Gas-Stove-Notification-14(a).pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Frost-Free Refrigerators</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for electric mains powered Frost-Free refrigerating appliances cooled by internal natural convection (Direct Cool) or forced air circulation (Frost Free) that are manufactured, commercially purchased, sold or imported in India.</t>
+  </si>
+  <si>
     <t>IS 17550</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-frost-free-refrigerators</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/FFRnoti.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Light Commercial Air Conditioners</t>
   </si>
   <si>
+    <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for light commercial air conditioners with a rated capacity above 10,500 Watts and up to and including 18,000 Watts for a single- or three-phase non-ducted split with fixed and variable speed air conditioners and heat pumps employing air cooled condensers being manufactured, commercially purchased, or sold in India.</t>
+  </si>
+  <si>
     <t>Air Conditioning</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>IS 1391:2018 (all amendments)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-light-commercial-air-conditioners</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/LCAC_Regulations.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Cassette, Floor Standing Tower, Ceiling, Corner AC)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for Single-phase split and unitary air conditioners of the vapour compression type for household use up to a rated cooling capacity of 10.5 kW.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>IS 1391 (part II)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-room-air-conditioners-cassette-floor-standing-tower-ceiling</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/AC_Notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Fixed Speed)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling for fixed speed unitary and split ACs.</t>
+  </si>
+  <si>
     <t>IS 1391 (part I), IS 1391 (part II)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-room-air-conditioners-fixed-speed</t>
   </si>
   <si>
+    <t>http://egazette.nic.in/WriteReadData/2017/177975.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Split Air Conditioners)</t>
   </si>
   <si>
+    <t>This policy revises seasonal energy efficiency ratio for split air conditioners.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Room ACs - Stationary ACs</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
-[...1 lines deleted...]
-  <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-room-air-conditioners-split-air-conditioners</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Notification/RAC/IAC_Notification_SO_3984_E_dated_28th_Auguest_2025.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Variable Speed)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling for variable speed unitary and split type of ACs.</t>
+  </si>
+  <si>
     <t>ISO 16358-1: 2013, IS 1391 (part 1 and 2)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-room-air-conditioners-variable-speed</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/IAC_Notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Self-Ballasted LED Lamps</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for self-ballasted general service LED lamps for general lighting services that works on single phase ac supply up to and including 250V, 50Hz.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>June 2024</t>
   </si>
   <si>
     <t>IS 16102 (part 2)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-self-ballasted-led-lamps</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/2_Amendment_IV_14a.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Storage Water Heaters</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for specifies following single phase electric storage water heaters up to 200 litres, for household and similar purposes and intended for heating water below boiling temperature, their rated voltage being not more than 250 V, namely:
+(a) Closed waters heaters:
+(b) Cistern-fed water heaters;
+(c) Cistern-type water heaters;
+(d) Open-outlet water heaters; and
+(e) Vented water heaters</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>IS 2082:1993 and clause 15 of IS 302-2-21:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-storage-water-heaters</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/GeyserNote.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Tubular Fluorescent Lamps (TFL)</t>
   </si>
   <si>
+    <t>The policy specifies the tubular fluorescent lamps for general lighting services covering all wattages with nominal dimension starting from 1100 millimeter and upto1500 millimeter covering color temperature of 6500 kelvin for halo-phosphate category, and 2700 kelvin, 4000 kelvin and 6500 kelvin  tri-phosphate lamps categories for display of particulars on label.</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>IS 2418 (part 1 and 2) -1977 with all amendments</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-tubular-fluorescent-lamps-tfl</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/TFLnoti_New.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Ultra High-Definition Televisions</t>
+  </si>
+  <si>
+    <t>This policy defines the energy consumption standards, star rating, and labeling requirements for ultra-high definition televisions with a native resolution of 3,840 x 2,160 (4K), including Liquid Crystal Displays with Light Emitting Diode backlighting, Organic Light Emitting Diode displays, Quantum dot Light Emitting Diode displays, Micro-Light Emitting Diode displays. It excludes televisions that include a non-removable main battery and computer monitors. 
+The standard specifies the ultra-high definition televisions must meet the</t>
   </si>
   <si>
     <t>IEC 62087-3, 2015
 ,   
                     IS 616: 2017
 ,   
                     IEC 60065:2014 Edition 8.0
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-ultra-high-definition-televisions</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/UHD_TV_Schedule.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Washing Machine</t>
+  </si>
+  <si>
+    <t>This policy mandates energy performance standards for star labeled washing machine (with or without heating devices utilizing cold or hot water supply) for household and similar use.</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>IEC 60456:2010 
 ,   
                     IS 302-7-7:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-washing-machine</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/WM%20Notification%20e-gazette.pdf</t>
+  </si>
+  <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
+    <t>insulation</t>
+  </si>
+  <si>
     <t>Insulations</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products</t>
   </si>
   <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
     <t>Windows</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-0</t>
   </si>
   <si>
+    <t>Natural gas and LPG boilers</t>
+  </si>
+  <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-1</t>
   </si>
   <si>
+    <t>Heating controls products</t>
+  </si>
+  <si>
     <t>Climate Controls</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-2</t>
   </si>
   <si>
+    <t>clothes washer</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-3</t>
   </si>
   <si>
+    <t>clothes washer and dryer</t>
+  </si>
+  <si>
     <t>Washer and Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-4</t>
   </si>
   <si>
+    <t>Storoge water heater</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-5</t>
   </si>
   <si>
     <t>Indian Standard for Requirements For Water Efficient Plumbing Products (WEPP): Part 2 Sanitary Fittings</t>
   </si>
   <si>
+    <t>This standard covers requirements for assessment and star ratingof sanitary fittings, such as faucets (taps) and showerheads,for their performance based on water efficiency,which are in addition to the requirements specified in relevant Indian Standards as applicable.</t>
+  </si>
+  <si>
     <t>Showers or Showerheads, Taps or Faucets</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>Bureau of Indian Standards</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/indian-standard-requirements-water-efficient-plumbing-products-wepp-part-2-sanitary</t>
   </si>
   <si>
+    <t>https://bis.gov.in/wp-content/uploads/2020/08/write-up-for-publicity-of-WC-drafts-for-WEPP.pdf</t>
+  </si>
+  <si>
     <t>Schedule 12 - Washing Machines</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for all types of washing machines covered under the scope of IEC 60456 and IS 302-2-7 meant for household and similar use, being manufactured, imported and sold in India. The label is voluntary until December 31, 2020, and is expected to become mandatory in 2021.</t>
+  </si>
+  <si>
     <t>IEC 60456:2010, IS 302-7-7:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-12-washing-machines</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule12-WM.pdf</t>
+  </si>
+  <si>
     <t>Schedule 13 - Diesel Engine Driven Monoset Pumps for Agricultural purposes</t>
   </si>
   <si>
+    <t>This schedule specifies the minimum fuel consumption and labeling instructions for  Diesel Engine Driven Monoset Pumps for Agricultural purposes being manufactured, imported, or sold in India. The scope covers Diesel Engine Driven Monoset Pumps for clear, cold, fresh water for agricultural purposes within the range of 2 HP to 10 HP for which the Schedule is applicable.</t>
+  </si>
+  <si>
     <t>Agricultural Pumps</t>
   </si>
   <si>
     <t>Oil</t>
   </si>
   <si>
     <t>IS 11501:1986, IS 11170:1985 , IS 11346:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-13-diesel-engine-driven-monoset-pumps-agricultural-purposes</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule%2013-Diesel%20Engine%20Driven%20MonosetPumps%20for%20Agricultural%20Purposes.pdf</t>
+  </si>
+  <si>
     <t>Schedule 14 - Laptop/Notebook Computers</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and energy labeling instructions for desktops, integrated desktops and notebook/ laptop computers, manufactured, imported, or sold in India for household/office and similar use. This Standard has been prepared on the basis of Energy Star specification for computers developed by US Environment Protection Agency. In the absence of BIS standard for laptops and notebooks this standard follows the version 6.11 - Energy Star program requirements Product specification for computers.</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>version 6.1 - Energy Star program requirements Product specification for computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-14-laptopnotebook-computers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/shcedule14com.pdf</t>
+  </si>
+  <si>
     <t>Schedule 15 - Ballasts</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for ballasts covering electromagnetic ballasts and electronic ballasts for single and double capped tubular fluorescent lamps (TFL).</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>IS 1534 (Part 1):1977, IS 13021 (Part 1 &amp; 2):1991</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-15-ballasts</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule-15ballast.pdf</t>
+  </si>
+  <si>
     <t>Schedule 16 - Office Equipments (printers, scanners, copiers, fax machines and multi function devices)</t>
   </si>
   <si>
+    <t>The schedule specifies the MEPS and labeling instructions for office equipment copiers, printers, fax machines, scanners and multi-function devices for office automation and similar use. This schedule is for only single phase office equipment (printers, scanners, copiers, fax machines and multi-function devices) which operate at the standard voltage and frequency range specified by the relevant Indian Standards and the Indian Electricity Rules 1956.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-16-office-equipments-printers-scanners-copiers-fax-machines-and-multi-function</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule%20-%2016Office%20Equipments.pdf</t>
+  </si>
+  <si>
     <t>Schedule 17 - Solid state inverters</t>
   </si>
   <si>
+    <t>This schedule specifies the minimum DC to AC efficiency and labeling instructions for Solid State Inverters run from Storage Batteries of 12 Volts Direct Current source being manufactured, imported or sold in India. The output rating of the Solid State Inverters run from Storage Batteries, covered under this schedule shall be between 250 VA to 2000 VA for continuous output. Note: Inclusion of Solid State Inverters run from Storage Batteries of 24 Volts Direct Current source is under consideration.</t>
+  </si>
+  <si>
     <t>Solar Inverters</t>
   </si>
   <si>
     <t>IS 13314:1992</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-17-solid-state-inverters</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Inverter%20Schedule.pdf</t>
+  </si>
+  <si>
     <t>Schedule 18 - Diesel Generator Sets</t>
   </si>
   <si>
+    <t>This schedule specifies the star labeling requirements for various classifications for the application, rating and performance of single/three phase Diesel Generating sets consisting of a Reciprocating Internal Combustion (RIC) engine driven by diesel as fuel, Alternating Current (a.c.) generator, any associated control gear, switchgear and auxiliary equipment. It applies to A. C. generating sets driven by RIC engines for land and marine use being manufactured, imported or sold in India. It excludes generating sets used on aircraft or to propel land vehicles and Locomotives. Diesel Generating (DG) Sets up to 19 kW ratings are covered under pilot energy labeling scheme for single/three phase DG Sets.</t>
+  </si>
+  <si>
     <t>IS 10000, IS 10001, IS 13364, IS 4889:1968</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-18-diesel-generator-sets</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/DG%20Set%20schedule.pdf</t>
+  </si>
+  <si>
     <t>Schedule 21 - Chillers</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for water cooled chillers manufactured in India or imported for sale in India for central cooling and similar use.</t>
+  </si>
+  <si>
     <t>IS 16590:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-21-chillers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Chillers_schedule_21.pdf</t>
+  </si>
+  <si>
     <t>Schedule 22 - Microwave Ovens</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for microwave ovens (including combination microwave ovens) meant for household or similar use, with or without grill or convection functions, being manufactured, imported or sold in India. This schedule applies to all types of counter-top microwave oven (covered under the scope of IS 302-2-25, and IEC 60705). The label is expected to be voluntary until the end of 2020, and become mandatory in 2021.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>IEC 60705: Amendment 1, 2010 and Amendment 2, 2018, IEC 62301, IS 302-2-25</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-22-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Schedule22-MWO.pdf</t>
+  </si>
+  <si>
     <t>Schedule 23 - Standards and Labelling of Solar Water Heaters</t>
   </si>
   <si>
+    <t>This schedule specifies the energy labelling requirement for Solar Water Heaters (SWH) imported or sold in India for water heating and similar use. The schedule covers all types of thermosyphon based solar water heaters up to 500Liters storage capacity.</t>
+  </si>
+  <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IS 16368:2015, IS 12933 part-1:2003, IS 16544: 2015, IS 16543: 2016</t>
   </si>
   <si>
     <t>Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-23-standards-and-labelling-solar-water-heaters</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/schedule_solar_water_heater.pdf</t>
+  </si>
+  <si>
     <t>Schedule 24 - Light Commercial Air Conditioners</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for light commercial air conditioners being manufactured and sold in India. The policy applies to single or three-phase non-ducted split with fixed and variable-speeds air conditioners and heat pumps employing air-cooled condensers with a rated capacity above 10,500 Watts and up to and including 18,000 Watts.</t>
+  </si>
+  <si>
     <t>IS 1391 (Part 2): 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-24-light-commercial-air-conditioners</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule_24_LCAC.pdf</t>
+  </si>
+  <si>
     <t>Schedule 25 - Deep Freezers</t>
   </si>
   <si>
+    <t>This schedule specifies the safety and performance requirements for participating in the energy labelling program for deep freezers based on vapor compression working principle. It covers deep freezers of top access type, basically the chest freezers having a storage volume up to and including 1000 liters, with both hard top and glass top (sliding, hinged and curved) and their rated voltage not exceeding 250 V ac 50 Hz for single phase and 415 V ac 50 Hz for three phase ac, as specified under the scope of IS 7872 with all amendments.</t>
+  </si>
+  <si>
     <t>IS 7872 with all amendments, IS 302-2-24</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-25-deep-freezers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/DFR_Label.pdf</t>
+  </si>
+  <si>
     <t>Schedule 26 - Ultra-High Definition Televisions (UHD TV)</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labelling program for Ultra-High Definition (UHD) televisions of Liquid Crystal Display with LED backlighting, OLED displays, QLED displays, Micro-LED displays, that may be utilised to make and sell UHD televisions in the Indian market having native resolution of 3,840 x 2,160 pixels (4K) and 7,680 x 4,320 pixels (8K) which can be powered only by an external power supply at a voltage not exceeding 250 V ac, 50 Hz being manufactured, imported and commercially purchased or sold in India.</t>
+  </si>
+  <si>
     <t>IEC 62087-3, 2015, Edition 1.0, IS 616: 2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-26-ultra-high-definition-televisions-uhd-tv</t>
   </si>
   <si>
     <t>Schedule 27 - Positive Displacement Air Compressors</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for electrically driven positive displacement, fixed speed rotary and reciprocating, oil lubricated/oil-injected, air-cooled and water-cooled, air compressor having a full load operating gauge pressure greater than equal to 500 kPa or 5 bar[g] and motor rating between 0.37 to 500 kW with rated voltage of 230 / 415 V and frequency 50Hz AC. covered under the scope of IS 5456 and IS/ISO 1217: 2009 with all its amendments, being manufactured, imported or assembled for the purpose of commercial sale in India.</t>
+  </si>
+  <si>
     <t>Motors and Motor Driven Equipment</t>
   </si>
   <si>
     <t>IS/ISO 1217, IS 5456</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-27-positive-displacement-air-compressors</t>
   </si>
   <si>
+    <t>https://beeindia.gov.in/sites/default/files/Air_Compressor_Schedule_Final.pdf</t>
+  </si>
+  <si>
     <t>Schedule 30 Tyres</t>
   </si>
   <si>
+    <t>This schedule species requirements for participating in energy labelling programme for C1, C2 &amp; C3 tyres covered under scope of AIS:142, meant for manufactured, imported and sold in India. This schedule covers the terminology, general guidelines and method of tests to be conducted on tyres as per AIS: 142 particularly the methodology for testing of rolling resistance coefficient &amp; wet grip index. This schedule specifies the tyres star rating band which is based on Rolling Resistance Coefficients. This schedule is applicable for base model, its batch and their variant model tyres.</t>
+  </si>
+  <si>
     <t>IS 15633</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-30-tyres</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Schedule_30.pdf</t>
+  </si>
+  <si>
     <t>Schedule 36 Packaged Boiler</t>
   </si>
   <si>
+    <t>This policy specifies the requirement for participating in the voluntary star labeling program for Packaged Boilers using coal, biomass, oil and natural gas as fuel across all capacities under Indian Boiler Regulation (IBR) with or without air pre-heater, economizer, or waste heat recovery system, covered under the scope of IS 13979: 1994 as amended from time to time, being manufactured, imported or assembled for the purpose of commercial sale in India.</t>
+  </si>
+  <si>
     <t>Biomass, Coal, Gas, LPG, Oil</t>
   </si>
   <si>
     <t>IS 13979:1994</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-36-packaged-boiler-0</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Home/EquipmentSchemes?type=V</t>
+  </si>
+  <si>
     <t>Schedule 37 - Energy Efficiency Requirements for Commercial Beverage Coolers</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary minimum efficiency and labeling requirements for commercial beverage coolers being manufactured, imported, and sold in India. It applies to vertical floor or table mounted, single and multidoor type Commercial Beverage Coolers (commercially known as Visi Coolers), with an overall height between 0.5 m and 2.2 m covered under the scope of ISO 22044:2021/IS 2167:2024.</t>
   </si>
   <si>
     <t>Refrigeration</t>
   </si>
   <si>
     <t>ISO 22044:2021
 ,   
                     IS 2167:2024</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-37-energy-efficiency-requirements-commercial-beverage-coolers</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Visi_Cooler.pdf</t>
+  </si>
+  <si>
     <t>Schedule 38 - Energy Efficiency Requirements for Grid Connected Solar Inverters</t>
+  </si>
+  <si>
+    <t>This schedule specifies the requirement for participating in the energy labeling program for both single-phase and three-phase grid-connected solar inverters without storage up to and including 100 kW rated output power being manufactured, imported and sold in India. This schedule specifies the minimum overall efficiency requirement of the inverter based on static maximum power point tracking (MPPT) efficiency measurement and the steady state conversion efficiency prescribed in IS 17980:2022/ IEC 62891:2020. The schedule does not cover the dynamic MPPT efficiency. Only BIS certified solar inverters complied with IS 16221-2:2015 are eligible to take part in the BEE Standards and Labeling program.</t>
   </si>
   <si>
     <t>Renewable Energy Systems</t>
   </si>
   <si>
     <t>IS 17980:2022/ IEC 62891:2020 
 ,   
                     IS 12834:2023/ IEC 61836:2016
 ,   
                     IS 16221-2:2015/ IEC 62109-2: 2011 
 ,   
                     IS 16169:2019/IEC 62116:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-38-energy-efficiency-requirements-grid-connected-solar-inverters</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Schedule_38_Solar_Inverter.pdf</t>
+  </si>
+  <si>
     <t>Schedule 6 - Induction Motors</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for 3 phase squirrel cage induction motor in 2 Pole, 4 Pole and 6 Pole of ratings up to 375 kW for continuous duty (S1) operation, suitable for voltage and frequency variation as per IS 12615:2011</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>IS 12615:2011, IS IEC 60034-2-1, IS 15999:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-6-induction-motors</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule6-InductionMotors.pdf</t>
+  </si>
+  <si>
     <t>Schedule 7 - Agricultural Pump Sets</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for single phase of rating up to 2.2 kW and three phase pump sets of ratings 1. kW to 75 kW covering Electric mono set pumps, submersible pump sets and open well submersible pump sets</t>
+  </si>
+  <si>
     <t>IS 9079:2002, IS 8034:2002, IS 14220:1994, IS 11346:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-7-agricultural-pump-sets</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule7-APS.pdf</t>
+  </si>
+  <si>
     <t>Schedule 9 - Domestic Liquefied Petroleum Gas Stoves</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling requirements for domestic gas stoves using LPG at 30 gf/cm2 gas inlet pressure being manufactured, imported, or sold in India</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>IS 4246:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-9-domestic-liquefied-petroleum-gas-stoves</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Final_LPG_schedule.pdf</t>
+  </si>
+  <si>
     <t>SCHEDULE-29 Li-ion traction batteries and Systems</t>
   </si>
   <si>
+    <t>This schedule specifies energy-labelling requirement for high-energy Lithium-Ion based Battery packs and systems for electrically propelled road vehicles. The schedule covers high energy lithium-ion battery packs/modules with specific energy up to 350Wh/kg and Cycle
+life up to 4,000 cycles. For this schedule, the star rating of high-energy Battery pack/module shall be based on specific energy, life cycle and energy efficiency tested in accordance with ISO 12405-4:2018.</t>
+  </si>
+  <si>
     <t>Mobility</t>
   </si>
   <si>
     <t>ISO 12405-4: 2018.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-29-li-ion-traction-batteries-and-systems</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/SCHEDULE_29.pdf</t>
+  </si>
+  <si>
     <t>Standards and Labeling of Evaporative Air Coolers</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for direct evaporative air coolers (commercially known as desert coolers) for household and similar use for capacity up to and including 6000 CMH( 1.67m3/sec) suitable for rated voltage upto and including 250V 50Hz ac covered under the scope of IS 3315: 2024 as amended from time to time, being manufactured, imported or assembled for the purpose
+of commercial sale.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, India</t>
   </si>
   <si>
     <t>Evaporative Coolers</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>IS 3315: 2024</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency, Ministry of Power</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standards-and-labeling-evaporative-air-coolers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Home/EquipmentSchemes?type=V</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information (Lighting Products) Regulations 2021</t>
   </si>
   <si>
+    <t>This regulation applies to light sources placed on the market, with or without integrated control gears, and includes light sources placed on the market in a containing product.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-lighting-products-regulations-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/1095/part/2/chapter/3/made</t>
+  </si>
+  <si>
+    <t>In these Regulations “light source” means, an electricallyU operated product—
+(a) intended to emit light; or
+(b) in the case of a non-incandescent light source, intended to be possibly tuned to emit light; or
+(c) intended to do both (a) and (b); 
+This Policy is under development by the UK government with public consultation having taken place in 2023.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-lighting-products-regulations</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/1095/contents/made</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021 (UK regulation): Electronic Displays including Televisions</t>
   </si>
   <si>
+    <t>This policy applies to electronic displays, including televisions, monitors, and digital signage displays.</t>
+  </si>
+  <si>
     <t>Televisions, Projectors, Displays</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-uk-regulation</t>
   </si>
   <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Electric Motors and Variable Speed Drives</t>
   </si>
   <si>
+    <t>This Policy applies to:
+(a) induction electric motors without brushes, commutators, slip rings or electrical connections to the rotor, which are rated for operation on a 50 Hz, 60 Hz or 50/60 Hz sinusoidal voltage and—
+(i) have two, four, six or eight poles;
+(ii) have a rated voltage (“UN”) above 50 V and up to and including 1,000 V;
+(iii) have a rated power output (“PN”) from 0.12 kilowatts (kW) up to and including 1,000 kW;
+(iv) are rated on the basis of continuous duty operation; and
+(v) are rated for direct on-line operation;
+(b) variable speed drives with 3 phase input which:
+(i) are rated for operating with a motor falling within sub-paragraph (a), within the 0.12 kW-1,000 kW motor rated output range;
+(ii) have a rated voltage above 100 V and up to and including 1,000 V AC; and
+(iii) have only one AC voltage output.</t>
+  </si>
+  <si>
     <t>Variable Speed Drives</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-electric-motors</t>
   </si>
   <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Household Dishwashers</t>
   </si>
   <si>
+    <t>(1) Subject to paragraph (2), this Chapter applies to electric mains-operated household dishwashers, including—
+(a) built-in dishwashers; and
+(b) dishwashers that can also be powered by batteries.
+(2) Nothing in this Chapter applies to—
+(a) dishwashers in the scope of the Supply of Machinery (Safety) Regulations 2008(1);
+(b) battery-operated household dishwashers that can be connected to the mains through an AC/DC converter purchased separately.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-household</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/3/made</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Refrigerating Appliances</t>
   </si>
   <si>
+    <t>This regulation applies to electric mains-operated refrigerating appliances with a total volume of—
+(a) more than 10 litres; and
+(b) less than or equal to 1,500 litres.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-refrigerating</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/5/made</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Refrigerating appliances with a direct sales function</t>
   </si>
   <si>
+    <t>This regulation applies to electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-refrigerating-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/2/made</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Washing Machines and Washer-Dryers</t>
   </si>
   <si>
+    <t>Applies to electric mains-operated household washing machines and household washer-dryers, including—
+(a) built-in washing machines and washer-dryers; and
+(b) machines that can also be powered by batteries.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-washing-machines</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/4/made</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Welding Equipment</t>
   </si>
   <si>
+    <t>This regulation applies to welding equipment using one or more of the following welding processes—
+(a) flux cored arc welding;
+(b) manual metal arc welding;
+(c) metal active gas and metal inert gas welding;
+(d) plasma arc cutting;
+(e) self-shielded flux-cored welding;
+(f) shielded metal arc welding;
+(g) tungsten inert gas welding.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-welding</t>
   </si>
   <si>
     <t>Water Efficient Products WEP-I</t>
   </si>
   <si>
+    <t>WEP-I includes a set of recommendations for selection, manufacturing, engineering and installation of efficient plumbing systems in India, along with flow rates for faucets, showerheads, water closets andurinals</t>
+  </si>
+  <si>
     <t>Dishwashers, Washing Machines, Showers or Showerheads, Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>IAPMO India and Indian Plumbing Association</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficient-products-wep-i</t>
+  </si>
+  <si>
+    <t>https://www.iapmo.org/india/product-certification/plumbing-and-mechanical-products</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1452,4069 +2031,4650 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N97"/>
+  <dimension ref="A1:P97"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="284" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1075.737" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="128.54" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="192.239" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2015</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2"/>
+      <c r="N2" t="s">
+        <v>25</v>
+      </c>
+      <c r="O2" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>30</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2015</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>31</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3"/>
+      <c r="N3" t="s">
+        <v>32</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...1 lines deleted...]
-      <c r="M2" t="s">
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="N2" t="s">
+      <c r="H4">
+        <v>2015</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C3" t="s">
+      <c r="K4" t="s">
+        <v>31</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4"/>
+      <c r="N4" t="s">
+        <v>32</v>
+      </c>
+      <c r="O4" t="s">
+        <v>38</v>
+      </c>
+      <c r="P4" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>40</v>
+      </c>
+      <c r="B5" t="s">
+        <v>41</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>42</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>43</v>
+      </c>
+      <c r="H5">
+        <v>2010</v>
+      </c>
+      <c r="I5">
+        <v>2019</v>
+      </c>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>44</v>
+      </c>
+      <c r="M5"/>
+      <c r="N5" t="s">
+        <v>32</v>
+      </c>
+      <c r="O5" t="s">
+        <v>45</v>
+      </c>
+      <c r="P5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>47</v>
+      </c>
+      <c r="B6" t="s">
+        <v>48</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>49</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2019</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>50</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6"/>
+      <c r="N6" t="s">
+        <v>51</v>
+      </c>
+      <c r="O6" t="s">
+        <v>52</v>
+      </c>
+      <c r="P6" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>54</v>
+      </c>
+      <c r="B7" t="s">
+        <v>55</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>56</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2019</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>57</v>
+      </c>
+      <c r="M7"/>
+      <c r="N7" t="s">
+        <v>32</v>
+      </c>
+      <c r="O7" t="s">
+        <v>58</v>
+      </c>
+      <c r="P7" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>60</v>
+      </c>
+      <c r="B8" t="s">
+        <v>61</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>62</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>43</v>
+      </c>
+      <c r="H8">
+        <v>1997</v>
+      </c>
+      <c r="I8">
+        <v>2019</v>
+      </c>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8"/>
+      <c r="N8" t="s">
+        <v>51</v>
+      </c>
+      <c r="O8" t="s">
+        <v>63</v>
+      </c>
+      <c r="P8" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>65</v>
+      </c>
+      <c r="B9" t="s">
+        <v>66</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>67</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2019</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9"/>
+      <c r="N9" t="s">
         <v>25</v>
       </c>
-      <c r="D3" t="s">
-[...2 lines deleted...]
-      <c r="E3" t="s">
+      <c r="O9" t="s">
+        <v>68</v>
+      </c>
+      <c r="P9" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>70</v>
+      </c>
+      <c r="B10" t="s">
+        <v>71</v>
+      </c>
+      <c r="C10" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3">
+      <c r="D10" t="s">
+        <v>72</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2014</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>73</v>
+      </c>
+      <c r="M10"/>
+      <c r="N10" t="s">
+        <v>32</v>
+      </c>
+      <c r="O10" t="s">
+        <v>74</v>
+      </c>
+      <c r="P10" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>76</v>
+      </c>
+      <c r="B11" t="s">
+        <v>77</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>78</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>43</v>
+      </c>
+      <c r="H11">
+        <v>1995</v>
+      </c>
+      <c r="I11">
+        <v>2012</v>
+      </c>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>79</v>
+      </c>
+      <c r="L11" t="s">
+        <v>80</v>
+      </c>
+      <c r="M11"/>
+      <c r="N11" t="s">
+        <v>32</v>
+      </c>
+      <c r="O11" t="s">
+        <v>81</v>
+      </c>
+      <c r="P11" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>83</v>
+      </c>
+      <c r="B12" t="s">
+        <v>84</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>85</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2013</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>23</v>
+      </c>
+      <c r="K12" t="s">
+        <v>86</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12"/>
+      <c r="N12" t="s">
+        <v>32</v>
+      </c>
+      <c r="O12" t="s">
+        <v>87</v>
+      </c>
+      <c r="P12"/>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>88</v>
+      </c>
+      <c r="B13" t="s">
+        <v>89</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>90</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2011</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>23</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13"/>
+      <c r="N13" t="s">
+        <v>32</v>
+      </c>
+      <c r="O13" t="s">
+        <v>91</v>
+      </c>
+      <c r="P13" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>93</v>
+      </c>
+      <c r="B14" t="s">
+        <v>94</v>
+      </c>
+      <c r="C14" t="s">
+        <v>95</v>
+      </c>
+      <c r="D14" t="s">
+        <v>96</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>43</v>
+      </c>
+      <c r="H14">
+        <v>1979</v>
+      </c>
+      <c r="I14">
+        <v>2013</v>
+      </c>
+      <c r="J14" t="s">
+        <v>23</v>
+      </c>
+      <c r="K14" t="s">
+        <v>79</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14"/>
+      <c r="N14" t="s">
+        <v>32</v>
+      </c>
+      <c r="O14" t="s">
+        <v>97</v>
+      </c>
+      <c r="P14" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>99</v>
+      </c>
+      <c r="B15" t="s">
+        <v>100</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>101</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2013</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>23</v>
+      </c>
+      <c r="K15" t="s">
+        <v>86</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15"/>
+      <c r="N15" t="s">
+        <v>32</v>
+      </c>
+      <c r="O15" t="s">
+        <v>102</v>
+      </c>
+      <c r="P15" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>104</v>
+      </c>
+      <c r="B16" t="s">
+        <v>105</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>106</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>107</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2009</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>23</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16"/>
+      <c r="N16" t="s">
+        <v>32</v>
+      </c>
+      <c r="O16" t="s">
+        <v>108</v>
+      </c>
+      <c r="P16" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>110</v>
+      </c>
+      <c r="B17" t="s">
+        <v>111</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>112</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>107</v>
+      </c>
+      <c r="G17" t="s">
+        <v>113</v>
+      </c>
+      <c r="H17">
         <v>2015</v>
       </c>
-      <c r="H3"/>
-      <c r="I3" t="s">
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>23</v>
+      </c>
+      <c r="K17" t="s">
+        <v>31</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17"/>
+      <c r="N17" t="s">
+        <v>32</v>
+      </c>
+      <c r="O17" t="s">
+        <v>114</v>
+      </c>
+      <c r="P17" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>110</v>
+      </c>
+      <c r="B18" t="s">
+        <v>111</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>112</v>
+      </c>
+      <c r="E18" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
-[...18 lines deleted...]
-      <c r="C4" t="s">
+      <c r="F18" t="s">
+        <v>107</v>
+      </c>
+      <c r="G18" t="s">
+        <v>113</v>
+      </c>
+      <c r="H18">
+        <v>2015</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>23</v>
+      </c>
+      <c r="K18" t="s">
+        <v>31</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18"/>
+      <c r="N18" t="s">
+        <v>32</v>
+      </c>
+      <c r="O18" t="s">
+        <v>116</v>
+      </c>
+      <c r="P18" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>118</v>
+      </c>
+      <c r="B19" t="s">
+        <v>119</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
         <v>30</v>
       </c>
-      <c r="D4" t="s">
-[...2 lines deleted...]
-      <c r="E4" t="s">
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>107</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2015</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>23</v>
+      </c>
+      <c r="K19" t="s">
+        <v>120</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19"/>
+      <c r="N19" t="s">
+        <v>32</v>
+      </c>
+      <c r="O19" t="s">
+        <v>121</v>
+      </c>
+      <c r="P19" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>123</v>
+      </c>
+      <c r="B20" t="s">
+        <v>124</v>
+      </c>
+      <c r="C20" t="s">
         <v>18</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4">
+      <c r="D20" t="s">
+        <v>37</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>107</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
         <v>2015</v>
       </c>
-      <c r="H4"/>
-      <c r="I4" t="s">
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>23</v>
+      </c>
+      <c r="K20" t="s">
+        <v>31</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20"/>
+      <c r="N20" t="s">
+        <v>32</v>
+      </c>
+      <c r="O20" t="s">
+        <v>125</v>
+      </c>
+      <c r="P20" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>127</v>
+      </c>
+      <c r="B21" t="s">
+        <v>128</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>129</v>
+      </c>
+      <c r="E21" t="s">
         <v>20</v>
       </c>
-      <c r="J4" t="s">
-[...24 lines deleted...]
-      <c r="E5" t="s">
+      <c r="F21" t="s">
+        <v>107</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2016</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>23</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21"/>
+      <c r="N21" t="s">
+        <v>25</v>
+      </c>
+      <c r="O21" t="s">
+        <v>130</v>
+      </c>
+      <c r="P21" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>132</v>
+      </c>
+      <c r="B22" t="s">
+        <v>133</v>
+      </c>
+      <c r="C22" t="s">
         <v>18</v>
       </c>
-      <c r="F5" t="s">
-[...5 lines deleted...]
-      <c r="H5">
+      <c r="D22" t="s">
+        <v>134</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>107</v>
+      </c>
+      <c r="G22" t="s">
+        <v>43</v>
+      </c>
+      <c r="H22">
+        <v>2009</v>
+      </c>
+      <c r="I22">
         <v>2019</v>
       </c>
-      <c r="I5" t="s">
+      <c r="J22" t="s">
+        <v>23</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22"/>
+      <c r="N22" t="s">
+        <v>32</v>
+      </c>
+      <c r="O22" t="s">
+        <v>135</v>
+      </c>
+      <c r="P22" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>137</v>
+      </c>
+      <c r="B23" t="s">
+        <v>138</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
+        <v>139</v>
+      </c>
+      <c r="E23" t="s">
         <v>20</v>
       </c>
-      <c r="J5" t="s">
-[...26 lines deleted...]
-      <c r="E6" t="s">
+      <c r="F23" t="s">
+        <v>107</v>
+      </c>
+      <c r="G23" t="s">
+        <v>43</v>
+      </c>
+      <c r="H23">
+        <v>2015</v>
+      </c>
+      <c r="I23">
+        <v>2019</v>
+      </c>
+      <c r="J23" t="s">
+        <v>23</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23"/>
+      <c r="N23" t="s">
+        <v>25</v>
+      </c>
+      <c r="O23" t="s">
+        <v>140</v>
+      </c>
+      <c r="P23" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>137</v>
+      </c>
+      <c r="B24" t="s">
+        <v>138</v>
+      </c>
+      <c r="C24" t="s">
         <v>18</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6">
+      <c r="D24" t="s">
+        <v>139</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>107</v>
+      </c>
+      <c r="G24" t="s">
+        <v>43</v>
+      </c>
+      <c r="H24">
+        <v>2015</v>
+      </c>
+      <c r="I24">
         <v>2019</v>
       </c>
-      <c r="H6"/>
-      <c r="I6" t="s">
+      <c r="J24" t="s">
+        <v>23</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>142</v>
+      </c>
+      <c r="M24"/>
+      <c r="N24" t="s">
+        <v>25</v>
+      </c>
+      <c r="O24" t="s">
+        <v>143</v>
+      </c>
+      <c r="P24" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>145</v>
+      </c>
+      <c r="B25" t="s">
+        <v>146</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
+        <v>147</v>
+      </c>
+      <c r="E25" t="s">
         <v>20</v>
       </c>
-      <c r="J6" t="s">
-[...18 lines deleted...]
-      <c r="C7" t="s">
+      <c r="F25" t="s">
+        <v>107</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2014</v>
+      </c>
+      <c r="I25">
+        <v>2019</v>
+      </c>
+      <c r="J25" t="s">
+        <v>23</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25"/>
+      <c r="N25" t="s">
+        <v>32</v>
+      </c>
+      <c r="O25" t="s">
+        <v>148</v>
+      </c>
+      <c r="P25" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>145</v>
+      </c>
+      <c r="B26" t="s">
+        <v>150</v>
+      </c>
+      <c r="C26" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" t="s">
+        <v>147</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>107</v>
+      </c>
+      <c r="G26" t="s">
         <v>43</v>
       </c>
-      <c r="D7" t="s">
-[...2 lines deleted...]
-      <c r="E7" t="s">
+      <c r="H26">
+        <v>2014</v>
+      </c>
+      <c r="I26">
+        <v>2019</v>
+      </c>
+      <c r="J26" t="s">
+        <v>23</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26"/>
+      <c r="N26" t="s">
+        <v>32</v>
+      </c>
+      <c r="O26" t="s">
+        <v>151</v>
+      </c>
+      <c r="P26" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>153</v>
+      </c>
+      <c r="B27" t="s">
+        <v>154</v>
+      </c>
+      <c r="C27" t="s">
         <v>18</v>
       </c>
-      <c r="F7" t="s">
-[...6 lines deleted...]
-      <c r="I7" t="s">
+      <c r="D27" t="s">
+        <v>155</v>
+      </c>
+      <c r="E27" t="s">
         <v>20</v>
       </c>
-      <c r="J7" t="s">
-[...26 lines deleted...]
-      <c r="E8" t="s">
+      <c r="F27" t="s">
+        <v>107</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2013</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>23</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27"/>
+      <c r="N27" t="s">
+        <v>32</v>
+      </c>
+      <c r="O27" t="s">
+        <v>156</v>
+      </c>
+      <c r="P27" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>158</v>
+      </c>
+      <c r="B28" t="s">
+        <v>159</v>
+      </c>
+      <c r="C28" t="s">
         <v>18</v>
       </c>
-      <c r="F8" t="s">
-[...8 lines deleted...]
-      <c r="I8" t="s">
+      <c r="D28" t="s">
+        <v>72</v>
+      </c>
+      <c r="E28" t="s">
         <v>20</v>
       </c>
-      <c r="J8" t="s">
-[...24 lines deleted...]
-      <c r="E9" t="s">
+      <c r="F28" t="s">
+        <v>107</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2014</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>23</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>73</v>
+      </c>
+      <c r="M28"/>
+      <c r="N28" t="s">
+        <v>32</v>
+      </c>
+      <c r="O28" t="s">
+        <v>160</v>
+      </c>
+      <c r="P28" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>162</v>
+      </c>
+      <c r="B29" t="s">
+        <v>163</v>
+      </c>
+      <c r="C29" t="s">
         <v>18</v>
       </c>
-      <c r="F9" t="s">
-[...6 lines deleted...]
-      <c r="I9" t="s">
+      <c r="D29" t="s">
+        <v>164</v>
+      </c>
+      <c r="E29" t="s">
         <v>20</v>
       </c>
-      <c r="J9" t="s">
-[...4 lines deleted...]
-      <c r="M9" t="s">
+      <c r="F29" t="s">
+        <v>107</v>
+      </c>
+      <c r="G29" t="s">
         <v>22</v>
       </c>
-      <c r="N9" t="s">
-[...16 lines deleted...]
-      <c r="E10" t="s">
+      <c r="H29">
+        <v>2012</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>23</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29"/>
+      <c r="N29" t="s">
+        <v>32</v>
+      </c>
+      <c r="O29" t="s">
+        <v>165</v>
+      </c>
+      <c r="P29" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>167</v>
+      </c>
+      <c r="B30" t="s">
+        <v>168</v>
+      </c>
+      <c r="C30" t="s">
         <v>18</v>
       </c>
-      <c r="F10" t="s">
-[...6 lines deleted...]
-      <c r="I10" t="s">
+      <c r="D30" t="s">
+        <v>169</v>
+      </c>
+      <c r="E30" t="s">
         <v>20</v>
       </c>
-      <c r="J10" t="s">
-[...26 lines deleted...]
-      <c r="E11" t="s">
+      <c r="F30" t="s">
+        <v>107</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2011</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>23</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30"/>
+      <c r="N30" t="s">
+        <v>25</v>
+      </c>
+      <c r="O30" t="s">
+        <v>170</v>
+      </c>
+      <c r="P30" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>172</v>
+      </c>
+      <c r="B31" t="s">
+        <v>173</v>
+      </c>
+      <c r="C31" t="s">
         <v>18</v>
       </c>
-      <c r="F11" t="s">
-[...5 lines deleted...]
-      <c r="H11">
+      <c r="D31" t="s">
+        <v>174</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>107</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
         <v>2012</v>
       </c>
-      <c r="I11" t="s">
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>23</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31"/>
+      <c r="N31" t="s">
+        <v>32</v>
+      </c>
+      <c r="O31" t="s">
+        <v>175</v>
+      </c>
+      <c r="P31" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>177</v>
+      </c>
+      <c r="B32" t="s">
+        <v>178</v>
+      </c>
+      <c r="C32" t="s">
+        <v>18</v>
+      </c>
+      <c r="D32" t="s">
+        <v>179</v>
+      </c>
+      <c r="E32" t="s">
         <v>20</v>
       </c>
-      <c r="J11" t="s">
-[...26 lines deleted...]
-      <c r="E12" t="s">
+      <c r="F32" t="s">
+        <v>107</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2012</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>23</v>
+      </c>
+      <c r="K32" t="s">
+        <v>79</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32"/>
+      <c r="N32" t="s">
+        <v>32</v>
+      </c>
+      <c r="O32" t="s">
+        <v>180</v>
+      </c>
+      <c r="P32" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>182</v>
+      </c>
+      <c r="B33" t="s">
+        <v>183</v>
+      </c>
+      <c r="C33" t="s">
         <v>18</v>
       </c>
-      <c r="F12" t="s">
-[...2 lines deleted...]
-      <c r="G12">
+      <c r="D33" t="s">
+        <v>184</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>107</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
         <v>2013</v>
       </c>
-      <c r="H12"/>
-      <c r="I12" t="s">
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>23</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33"/>
+      <c r="N33" t="s">
+        <v>32</v>
+      </c>
+      <c r="O33" t="s">
+        <v>185</v>
+      </c>
+      <c r="P33" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>187</v>
+      </c>
+      <c r="B34" t="s">
+        <v>188</v>
+      </c>
+      <c r="C34" t="s">
+        <v>18</v>
+      </c>
+      <c r="D34" t="s">
+        <v>85</v>
+      </c>
+      <c r="E34" t="s">
         <v>20</v>
       </c>
-      <c r="J12" t="s">
-[...24 lines deleted...]
-      <c r="E13" t="s">
+      <c r="F34" t="s">
+        <v>107</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2013</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>23</v>
+      </c>
+      <c r="K34" t="s">
+        <v>86</v>
+      </c>
+      <c r="L34" t="s">
+        <v>189</v>
+      </c>
+      <c r="M34"/>
+      <c r="N34" t="s">
+        <v>32</v>
+      </c>
+      <c r="O34" t="s">
+        <v>190</v>
+      </c>
+      <c r="P34" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>192</v>
+      </c>
+      <c r="B35" t="s">
+        <v>193</v>
+      </c>
+      <c r="C35" t="s">
+        <v>95</v>
+      </c>
+      <c r="D35" t="s">
+        <v>78</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>107</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2012</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>23</v>
+      </c>
+      <c r="K35" t="s">
+        <v>79</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35"/>
+      <c r="N35" t="s">
+        <v>32</v>
+      </c>
+      <c r="O35" t="s">
+        <v>194</v>
+      </c>
+      <c r="P35" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>196</v>
+      </c>
+      <c r="B36" t="s">
+        <v>197</v>
+      </c>
+      <c r="C36" t="s">
+        <v>95</v>
+      </c>
+      <c r="D36" t="s">
+        <v>101</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>107</v>
+      </c>
+      <c r="G36" t="s">
+        <v>43</v>
+      </c>
+      <c r="H36">
+        <v>1992</v>
+      </c>
+      <c r="I36">
+        <v>2013</v>
+      </c>
+      <c r="J36" t="s">
+        <v>198</v>
+      </c>
+      <c r="K36" t="s">
+        <v>199</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>200</v>
+      </c>
+      <c r="N36" t="s">
+        <v>32</v>
+      </c>
+      <c r="O36" t="s">
+        <v>201</v>
+      </c>
+      <c r="P36" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>202</v>
+      </c>
+      <c r="B37" t="s">
+        <v>203</v>
+      </c>
+      <c r="C37" t="s">
         <v>18</v>
       </c>
-      <c r="F13" t="s">
-[...6 lines deleted...]
-      <c r="I13" t="s">
+      <c r="D37" t="s">
+        <v>204</v>
+      </c>
+      <c r="E37" t="s">
         <v>20</v>
       </c>
-      <c r="J13" t="s">
-[...24 lines deleted...]
-      <c r="E14" t="s">
+      <c r="F37" t="s">
+        <v>107</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2009</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>23</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37"/>
+      <c r="N37" t="s">
+        <v>32</v>
+      </c>
+      <c r="O37" t="s">
+        <v>205</v>
+      </c>
+      <c r="P37" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>207</v>
+      </c>
+      <c r="B38" t="s">
+        <v>208</v>
+      </c>
+      <c r="C38" t="s">
         <v>18</v>
       </c>
-      <c r="F14" t="s">
-[...8 lines deleted...]
-      <c r="I14" t="s">
+      <c r="D38" t="s">
+        <v>209</v>
+      </c>
+      <c r="E38" t="s">
         <v>20</v>
       </c>
-      <c r="J14" t="s">
-[...34 lines deleted...]
-      <c r="I15" t="s">
+      <c r="F38" t="s">
+        <v>107</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2015</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>23</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38"/>
+      <c r="N38" t="s">
+        <v>25</v>
+      </c>
+      <c r="O38" t="s">
+        <v>210</v>
+      </c>
+      <c r="P38" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>212</v>
+      </c>
+      <c r="B39" t="s">
+        <v>213</v>
+      </c>
+      <c r="C39" t="s">
+        <v>214</v>
+      </c>
+      <c r="D39" t="s">
+        <v>215</v>
+      </c>
+      <c r="E39" t="s">
         <v>20</v>
       </c>
-      <c r="J15" t="s">
-[...34 lines deleted...]
-      <c r="I16" t="s">
+      <c r="F39" t="s">
+        <v>216</v>
+      </c>
+      <c r="G39" t="s">
+        <v>217</v>
+      </c>
+      <c r="H39">
+        <v>2023</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>23</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>218</v>
+      </c>
+      <c r="M39" t="s">
+        <v>219</v>
+      </c>
+      <c r="N39" t="s">
+        <v>32</v>
+      </c>
+      <c r="O39" t="s">
+        <v>220</v>
+      </c>
+      <c r="P39"/>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>221</v>
+      </c>
+      <c r="B40" t="s">
+        <v>222</v>
+      </c>
+      <c r="C40" t="s">
+        <v>214</v>
+      </c>
+      <c r="D40" t="s">
+        <v>223</v>
+      </c>
+      <c r="E40" t="s">
         <v>20</v>
       </c>
-      <c r="J16" t="s">
-[...924 lines deleted...]
-      </c>
       <c r="F40" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>2023</v>
+        <v>216</v>
+      </c>
+      <c r="G40" t="s">
+        <v>43</v>
       </c>
       <c r="H40">
         <v>2023</v>
       </c>
-      <c r="I40" t="s">
-        <v>149</v>
+      <c r="I40">
+        <v>2023</v>
       </c>
       <c r="J40" t="s">
-        <v>21</v>
+        <v>224</v>
       </c>
       <c r="K40" t="s">
-        <v>150</v>
+        <v>24</v>
       </c>
       <c r="L40" t="s">
-        <v>145</v>
+        <v>225</v>
       </c>
       <c r="M40" t="s">
-        <v>27</v>
+        <v>219</v>
       </c>
       <c r="N40" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:14">
+        <v>32</v>
+      </c>
+      <c r="O40" t="s">
+        <v>226</v>
+      </c>
+      <c r="P40" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>152</v>
+        <v>228</v>
       </c>
       <c r="B41" t="s">
-        <v>141</v>
+        <v>229</v>
       </c>
       <c r="C41" t="s">
-        <v>153</v>
+        <v>214</v>
       </c>
       <c r="D41" t="s">
-        <v>17</v>
+        <v>230</v>
       </c>
       <c r="E41" t="s">
-        <v>143</v>
+        <v>20</v>
       </c>
       <c r="F41" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="G41">
+        <v>216</v>
+      </c>
+      <c r="G41" t="s">
+        <v>43</v>
+      </c>
+      <c r="H41">
         <v>2009</v>
       </c>
-      <c r="H41">
+      <c r="I41">
         <v>2024</v>
       </c>
-      <c r="I41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J41" t="s">
-        <v>21</v>
+        <v>224</v>
       </c>
       <c r="K41" t="s">
-        <v>154</v>
+        <v>24</v>
       </c>
       <c r="L41" t="s">
-        <v>145</v>
+        <v>231</v>
       </c>
       <c r="M41" t="s">
-        <v>27</v>
+        <v>219</v>
       </c>
       <c r="N41" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:14">
+        <v>32</v>
+      </c>
+      <c r="O41" t="s">
+        <v>232</v>
+      </c>
+      <c r="P41" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>156</v>
+        <v>234</v>
       </c>
       <c r="B42" t="s">
-        <v>141</v>
+        <v>235</v>
       </c>
       <c r="C42" t="s">
-        <v>157</v>
+        <v>214</v>
       </c>
       <c r="D42" t="s">
-        <v>17</v>
+        <v>236</v>
       </c>
       <c r="E42" t="s">
-        <v>143</v>
+        <v>20</v>
       </c>
       <c r="F42" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="G42">
+        <v>216</v>
+      </c>
+      <c r="G42" t="s">
+        <v>43</v>
+      </c>
+      <c r="H42">
         <v>2009</v>
       </c>
-      <c r="H42">
+      <c r="I42">
         <v>2024</v>
       </c>
-      <c r="I42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J42" t="s">
-        <v>21</v>
+        <v>224</v>
       </c>
       <c r="K42" t="s">
-        <v>158</v>
+        <v>24</v>
       </c>
       <c r="L42" t="s">
-        <v>145</v>
+        <v>237</v>
       </c>
       <c r="M42" t="s">
-        <v>27</v>
+        <v>219</v>
       </c>
       <c r="N42" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:14">
+        <v>32</v>
+      </c>
+      <c r="O42" t="s">
+        <v>238</v>
+      </c>
+      <c r="P42" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>160</v>
+        <v>240</v>
       </c>
       <c r="B43" t="s">
-        <v>141</v>
+        <v>241</v>
       </c>
       <c r="C43" t="s">
-        <v>161</v>
+        <v>214</v>
       </c>
       <c r="D43" t="s">
-        <v>17</v>
+        <v>242</v>
       </c>
       <c r="E43" t="s">
-        <v>143</v>
+        <v>20</v>
       </c>
       <c r="F43" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="G43">
+        <v>216</v>
+      </c>
+      <c r="G43" t="s">
+        <v>43</v>
+      </c>
+      <c r="H43">
         <v>2007</v>
       </c>
-      <c r="H43">
+      <c r="I43">
         <v>2020</v>
       </c>
-      <c r="I43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J43" t="s">
-        <v>21</v>
+        <v>243</v>
       </c>
       <c r="K43" t="s">
-        <v>163</v>
+        <v>24</v>
       </c>
       <c r="L43" t="s">
-        <v>145</v>
+        <v>244</v>
       </c>
       <c r="M43" t="s">
-        <v>27</v>
+        <v>219</v>
       </c>
       <c r="N43" t="s">
-        <v>164</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:14">
+        <v>32</v>
+      </c>
+      <c r="O43" t="s">
+        <v>245</v>
+      </c>
+      <c r="P43" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>165</v>
+        <v>247</v>
       </c>
       <c r="B44" t="s">
-        <v>141</v>
+        <v>248</v>
       </c>
       <c r="C44" t="s">
-        <v>96</v>
+        <v>214</v>
       </c>
       <c r="D44" t="s">
-        <v>17</v>
+        <v>139</v>
       </c>
       <c r="E44" t="s">
-        <v>143</v>
+        <v>20</v>
       </c>
       <c r="F44" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="G44">
+        <v>216</v>
+      </c>
+      <c r="G44" t="s">
+        <v>43</v>
+      </c>
+      <c r="H44">
         <v>2009</v>
       </c>
-      <c r="H44">
+      <c r="I44">
         <v>2023</v>
       </c>
-      <c r="I44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J44" t="s">
-        <v>21</v>
+        <v>224</v>
       </c>
       <c r="K44" t="s">
-        <v>166</v>
+        <v>24</v>
       </c>
       <c r="L44" t="s">
-        <v>145</v>
+        <v>249</v>
       </c>
       <c r="M44" t="s">
-        <v>27</v>
+        <v>219</v>
       </c>
       <c r="N44" t="s">
-        <v>167</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:14">
+        <v>32</v>
+      </c>
+      <c r="O44" t="s">
+        <v>250</v>
+      </c>
+      <c r="P44" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>168</v>
+        <v>252</v>
       </c>
       <c r="B45" t="s">
-        <v>141</v>
+        <v>253</v>
       </c>
       <c r="C45" t="s">
-        <v>169</v>
+        <v>214</v>
       </c>
       <c r="D45" t="s">
-        <v>17</v>
+        <v>254</v>
       </c>
       <c r="E45" t="s">
-        <v>77</v>
+        <v>20</v>
       </c>
       <c r="F45" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="G45">
+        <v>107</v>
+      </c>
+      <c r="G45" t="s">
+        <v>217</v>
+      </c>
+      <c r="H45">
         <v>2025</v>
       </c>
-      <c r="H45"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I45"/>
       <c r="J45" t="s">
-        <v>171</v>
+        <v>255</v>
       </c>
       <c r="K45" t="s">
-        <v>172</v>
+        <v>256</v>
       </c>
       <c r="L45" t="s">
-        <v>145</v>
+        <v>257</v>
       </c>
       <c r="M45" t="s">
-        <v>173</v>
+        <v>219</v>
       </c>
       <c r="N45" t="s">
-        <v>174</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:14">
+        <v>258</v>
+      </c>
+      <c r="O45" t="s">
+        <v>259</v>
+      </c>
+      <c r="P45" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>175</v>
+        <v>261</v>
       </c>
       <c r="B46" t="s">
-        <v>141</v>
+        <v>262</v>
       </c>
       <c r="C46" t="s">
-        <v>161</v>
+        <v>214</v>
       </c>
       <c r="D46" t="s">
-        <v>17</v>
+        <v>242</v>
       </c>
       <c r="E46" t="s">
-        <v>143</v>
+        <v>20</v>
       </c>
       <c r="F46" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="G46">
+        <v>216</v>
+      </c>
+      <c r="G46" t="s">
+        <v>43</v>
+      </c>
+      <c r="H46">
         <v>2006</v>
       </c>
-      <c r="H46">
+      <c r="I46">
         <v>2024</v>
       </c>
-      <c r="I46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J46" t="s">
-        <v>21</v>
+        <v>224</v>
       </c>
       <c r="K46" t="s">
-        <v>176</v>
+        <v>24</v>
       </c>
       <c r="L46" t="s">
-        <v>145</v>
+        <v>263</v>
       </c>
       <c r="M46" t="s">
-        <v>27</v>
+        <v>219</v>
       </c>
       <c r="N46" t="s">
-        <v>177</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:14">
+        <v>32</v>
+      </c>
+      <c r="O46" t="s">
+        <v>264</v>
+      </c>
+      <c r="P46" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>178</v>
+        <v>266</v>
       </c>
       <c r="B47" t="s">
-        <v>141</v>
+        <v>267</v>
       </c>
       <c r="C47" t="s">
-        <v>179</v>
+        <v>214</v>
       </c>
       <c r="D47" t="s">
-        <v>17</v>
+        <v>268</v>
       </c>
       <c r="E47" t="s">
-        <v>143</v>
+        <v>20</v>
       </c>
       <c r="F47" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G47">
+        <v>216</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
         <v>2023</v>
       </c>
-      <c r="H47"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I47"/>
       <c r="J47" t="s">
-        <v>21</v>
+        <v>269</v>
       </c>
       <c r="K47" t="s">
-        <v>181</v>
+        <v>24</v>
       </c>
       <c r="L47" t="s">
-        <v>145</v>
+        <v>270</v>
       </c>
       <c r="M47" t="s">
-        <v>27</v>
+        <v>219</v>
       </c>
       <c r="N47" t="s">
-        <v>182</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:14">
+        <v>32</v>
+      </c>
+      <c r="O47" t="s">
+        <v>271</v>
+      </c>
+      <c r="P47" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>183</v>
+        <v>273</v>
       </c>
       <c r="B48" t="s">
-        <v>141</v>
+        <v>274</v>
       </c>
       <c r="C48" t="s">
-        <v>184</v>
+        <v>214</v>
       </c>
       <c r="D48" t="s">
-        <v>17</v>
+        <v>275</v>
       </c>
       <c r="E48" t="s">
-        <v>143</v>
+        <v>20</v>
       </c>
       <c r="F48" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="G48">
+        <v>216</v>
+      </c>
+      <c r="G48" t="s">
+        <v>43</v>
+      </c>
+      <c r="H48">
         <v>2011</v>
       </c>
-      <c r="H48">
+      <c r="I48">
         <v>2022</v>
       </c>
-      <c r="I48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J48" t="s">
-        <v>21</v>
+        <v>243</v>
       </c>
       <c r="K48" t="s">
-        <v>185</v>
+        <v>24</v>
       </c>
       <c r="L48" t="s">
-        <v>145</v>
+        <v>276</v>
       </c>
       <c r="M48" t="s">
-        <v>27</v>
+        <v>219</v>
       </c>
       <c r="N48" t="s">
-        <v>186</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:14">
+        <v>32</v>
+      </c>
+      <c r="O48" t="s">
+        <v>277</v>
+      </c>
+      <c r="P48" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>187</v>
+        <v>279</v>
       </c>
       <c r="B49" t="s">
-        <v>141</v>
+        <v>280</v>
       </c>
       <c r="C49" t="s">
-        <v>184</v>
+        <v>214</v>
       </c>
       <c r="D49" t="s">
-        <v>17</v>
+        <v>275</v>
       </c>
       <c r="E49" t="s">
-        <v>143</v>
+        <v>20</v>
       </c>
       <c r="F49" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="G49">
+        <v>216</v>
+      </c>
+      <c r="G49" t="s">
+        <v>43</v>
+      </c>
+      <c r="H49">
         <v>2007</v>
       </c>
-      <c r="H49">
+      <c r="I49">
         <v>2024</v>
       </c>
-      <c r="I49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J49" t="s">
-        <v>21</v>
+        <v>224</v>
       </c>
       <c r="K49" t="s">
-        <v>188</v>
+        <v>24</v>
       </c>
       <c r="L49" t="s">
-        <v>145</v>
+        <v>281</v>
       </c>
       <c r="M49" t="s">
-        <v>27</v>
+        <v>219</v>
       </c>
       <c r="N49" t="s">
+        <v>32</v>
+      </c>
+      <c r="O49" t="s">
+        <v>282</v>
+      </c>
+      <c r="P49" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>284</v>
+      </c>
+      <c r="B50" t="s">
+        <v>285</v>
+      </c>
+      <c r="C50" t="s">
+        <v>214</v>
+      </c>
+      <c r="D50" t="s">
+        <v>286</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>107</v>
+      </c>
+      <c r="G50" t="s">
+        <v>8</v>
+      </c>
+      <c r="H50">
+        <v>2007</v>
+      </c>
+      <c r="I50">
+        <v>2025</v>
+      </c>
+      <c r="J50" t="s">
+        <v>287</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50"/>
+      <c r="M50" t="s">
+        <v>219</v>
+      </c>
+      <c r="N50" t="s">
+        <v>32</v>
+      </c>
+      <c r="O50" t="s">
+        <v>288</v>
+      </c>
+      <c r="P50" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>290</v>
+      </c>
+      <c r="B51" t="s">
+        <v>291</v>
+      </c>
+      <c r="C51" t="s">
+        <v>214</v>
+      </c>
+      <c r="D51" t="s">
+        <v>275</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>216</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2015</v>
+      </c>
+      <c r="I51">
+        <v>2022</v>
+      </c>
+      <c r="J51" t="s">
+        <v>243</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51" t="s">
+        <v>292</v>
+      </c>
+      <c r="M51" t="s">
+        <v>219</v>
+      </c>
+      <c r="N51" t="s">
+        <v>32</v>
+      </c>
+      <c r="O51" t="s">
+        <v>293</v>
+      </c>
+      <c r="P51" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>295</v>
+      </c>
+      <c r="B52" t="s">
+        <v>296</v>
+      </c>
+      <c r="C52" t="s">
+        <v>214</v>
+      </c>
+      <c r="D52" t="s">
+        <v>297</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>216</v>
+      </c>
+      <c r="G52" t="s">
+        <v>43</v>
+      </c>
+      <c r="H52">
+        <v>2015</v>
+      </c>
+      <c r="I52">
+        <v>2023</v>
+      </c>
+      <c r="J52" t="s">
+        <v>298</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52" t="s">
+        <v>299</v>
+      </c>
+      <c r="M52" t="s">
+        <v>219</v>
+      </c>
+      <c r="N52" t="s">
+        <v>32</v>
+      </c>
+      <c r="O52" t="s">
+        <v>300</v>
+      </c>
+      <c r="P52" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>302</v>
+      </c>
+      <c r="B53" t="s">
+        <v>303</v>
+      </c>
+      <c r="C53" t="s">
+        <v>214</v>
+      </c>
+      <c r="D53" t="s">
+        <v>304</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>216</v>
+      </c>
+      <c r="G53" t="s">
+        <v>43</v>
+      </c>
+      <c r="H53">
+        <v>2009</v>
+      </c>
+      <c r="I53">
+        <v>2022</v>
+      </c>
+      <c r="J53" t="s">
+        <v>224</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53" t="s">
+        <v>305</v>
+      </c>
+      <c r="M53" t="s">
+        <v>219</v>
+      </c>
+      <c r="N53" t="s">
+        <v>32</v>
+      </c>
+      <c r="O53" t="s">
+        <v>306</v>
+      </c>
+      <c r="P53" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>308</v>
+      </c>
+      <c r="B54" t="s">
+        <v>309</v>
+      </c>
+      <c r="C54" t="s">
+        <v>214</v>
+      </c>
+      <c r="D54" t="s">
+        <v>310</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>216</v>
+      </c>
+      <c r="G54" t="s">
+        <v>43</v>
+      </c>
+      <c r="H54">
+        <v>2009</v>
+      </c>
+      <c r="I54">
+        <v>2018</v>
+      </c>
+      <c r="J54" t="s">
+        <v>243</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54" t="s">
+        <v>311</v>
+      </c>
+      <c r="M54" t="s">
+        <v>219</v>
+      </c>
+      <c r="N54" t="s">
+        <v>32</v>
+      </c>
+      <c r="O54" t="s">
+        <v>312</v>
+      </c>
+      <c r="P54" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>314</v>
+      </c>
+      <c r="B55" t="s">
+        <v>315</v>
+      </c>
+      <c r="C55" t="s">
+        <v>214</v>
+      </c>
+      <c r="D55" t="s">
+        <v>236</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>216</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>2023</v>
+      </c>
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>269</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55" t="s">
+        <v>316</v>
+      </c>
+      <c r="M55" t="s">
+        <v>219</v>
+      </c>
+      <c r="N55" t="s">
+        <v>32</v>
+      </c>
+      <c r="O55" t="s">
+        <v>317</v>
+      </c>
+      <c r="P55" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>319</v>
+      </c>
+      <c r="B56" t="s">
+        <v>320</v>
+      </c>
+      <c r="C56" t="s">
+        <v>214</v>
+      </c>
+      <c r="D56" t="s">
+        <v>321</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>216</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2023</v>
+      </c>
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>255</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56" t="s">
+        <v>322</v>
+      </c>
+      <c r="M56" t="s">
+        <v>219</v>
+      </c>
+      <c r="N56" t="s">
+        <v>32</v>
+      </c>
+      <c r="O56" t="s">
+        <v>323</v>
+      </c>
+      <c r="P56" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>325</v>
+      </c>
+      <c r="B57" t="s">
+        <v>326</v>
+      </c>
+      <c r="C57" t="s">
+        <v>18</v>
+      </c>
+      <c r="D57" t="s">
+        <v>327</v>
+      </c>
+      <c r="E57" t="s">
+        <v>328</v>
+      </c>
+      <c r="F57" t="s">
+        <v>329</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2015</v>
+      </c>
+      <c r="I57"/>
+      <c r="J57" t="s">
+        <v>330</v>
+      </c>
+      <c r="K57" t="s">
+        <v>331</v>
+      </c>
+      <c r="L57" t="s">
         <v>189</v>
       </c>
-    </row>
-[...61 lines deleted...]
-      <c r="G51">
+      <c r="M57" t="s">
+        <v>332</v>
+      </c>
+      <c r="N57" t="s">
+        <v>32</v>
+      </c>
+      <c r="O57" t="s">
+        <v>333</v>
+      </c>
+      <c r="P57" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>325</v>
+      </c>
+      <c r="B58" t="s">
+        <v>335</v>
+      </c>
+      <c r="C58" t="s">
+        <v>18</v>
+      </c>
+      <c r="D58" t="s">
+        <v>335</v>
+      </c>
+      <c r="E58" t="s">
+        <v>328</v>
+      </c>
+      <c r="F58" t="s">
+        <v>329</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
         <v>2015</v>
       </c>
-      <c r="H51">
-[...40 lines deleted...]
-      <c r="G52">
+      <c r="I58"/>
+      <c r="J58" t="s">
+        <v>330</v>
+      </c>
+      <c r="K58" t="s">
+        <v>331</v>
+      </c>
+      <c r="L58" t="s">
+        <v>189</v>
+      </c>
+      <c r="M58" t="s">
+        <v>332</v>
+      </c>
+      <c r="N58" t="s">
+        <v>32</v>
+      </c>
+      <c r="O58" t="s">
+        <v>336</v>
+      </c>
+      <c r="P58" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>325</v>
+      </c>
+      <c r="B59" t="s">
+        <v>337</v>
+      </c>
+      <c r="C59" t="s">
+        <v>18</v>
+      </c>
+      <c r="D59" t="s">
+        <v>37</v>
+      </c>
+      <c r="E59" t="s">
+        <v>328</v>
+      </c>
+      <c r="F59" t="s">
+        <v>329</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
         <v>2015</v>
       </c>
-      <c r="H52">
-[...212 lines deleted...]
-      <c r="G57">
+      <c r="I59"/>
+      <c r="J59" t="s">
+        <v>330</v>
+      </c>
+      <c r="K59" t="s">
+        <v>338</v>
+      </c>
+      <c r="L59" t="s">
+        <v>189</v>
+      </c>
+      <c r="M59" t="s">
+        <v>332</v>
+      </c>
+      <c r="N59" t="s">
+        <v>32</v>
+      </c>
+      <c r="O59" t="s">
+        <v>339</v>
+      </c>
+      <c r="P59" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>325</v>
+      </c>
+      <c r="B60" t="s">
+        <v>340</v>
+      </c>
+      <c r="C60" t="s">
+        <v>18</v>
+      </c>
+      <c r="D60" t="s">
+        <v>341</v>
+      </c>
+      <c r="E60" t="s">
+        <v>328</v>
+      </c>
+      <c r="F60" t="s">
+        <v>329</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
         <v>2015</v>
       </c>
-      <c r="H57"/>
-[...128 lines deleted...]
-      </c>
+      <c r="I60"/>
       <c r="J60" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>330</v>
+      </c>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60"/>
       <c r="M60" t="s">
-        <v>27</v>
+        <v>332</v>
       </c>
       <c r="N60" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:14">
+        <v>32</v>
+      </c>
+      <c r="O60" t="s">
+        <v>342</v>
+      </c>
+      <c r="P60" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>218</v>
+        <v>325</v>
       </c>
       <c r="B61" t="s">
-        <v>15</v>
+        <v>343</v>
       </c>
       <c r="C61" t="s">
-        <v>215</v>
+        <v>18</v>
       </c>
       <c r="D61" t="s">
-        <v>220</v>
+        <v>321</v>
       </c>
       <c r="E61" t="s">
-        <v>221</v>
+        <v>328</v>
       </c>
       <c r="F61" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>2015</v>
+        <v>329</v>
+      </c>
+      <c r="G61" t="s">
+        <v>43</v>
       </c>
       <c r="H61">
         <v>2015</v>
       </c>
-      <c r="I61" t="s">
-        <v>222</v>
+      <c r="I61">
+        <v>2015</v>
       </c>
       <c r="J61" t="s">
-        <v>21</v>
+        <v>330</v>
       </c>
       <c r="K61" t="s">
-        <v>125</v>
+        <v>24</v>
       </c>
       <c r="L61" t="s">
-        <v>224</v>
+        <v>189</v>
       </c>
       <c r="M61" t="s">
-        <v>27</v>
+        <v>332</v>
       </c>
       <c r="N61" t="s">
-        <v>232</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:14">
+        <v>32</v>
+      </c>
+      <c r="O61" t="s">
+        <v>344</v>
+      </c>
+      <c r="P61" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>218</v>
+        <v>325</v>
       </c>
       <c r="B62" t="s">
-        <v>15</v>
+        <v>345</v>
       </c>
       <c r="C62" t="s">
-        <v>233</v>
+        <v>18</v>
       </c>
       <c r="D62" t="s">
-        <v>220</v>
+        <v>346</v>
       </c>
       <c r="E62" t="s">
-        <v>221</v>
+        <v>328</v>
       </c>
       <c r="F62" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>2015</v>
+        <v>329</v>
+      </c>
+      <c r="G62" t="s">
+        <v>43</v>
       </c>
       <c r="H62">
         <v>2015</v>
       </c>
-      <c r="I62" t="s">
-        <v>222</v>
+      <c r="I62">
+        <v>2015</v>
       </c>
       <c r="J62" t="s">
-        <v>21</v>
+        <v>330</v>
       </c>
       <c r="K62" t="s">
-        <v>125</v>
+        <v>24</v>
       </c>
       <c r="L62" t="s">
-        <v>224</v>
+        <v>189</v>
       </c>
       <c r="M62" t="s">
-        <v>27</v>
+        <v>332</v>
       </c>
       <c r="N62" t="s">
-        <v>234</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:14">
+        <v>32</v>
+      </c>
+      <c r="O62" t="s">
+        <v>347</v>
+      </c>
+      <c r="P62" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>218</v>
+        <v>325</v>
       </c>
       <c r="B63" t="s">
-        <v>15</v>
+        <v>348</v>
       </c>
       <c r="C63" t="s">
-        <v>204</v>
+        <v>18</v>
       </c>
       <c r="D63" t="s">
-        <v>220</v>
+        <v>304</v>
       </c>
       <c r="E63" t="s">
-        <v>221</v>
+        <v>328</v>
       </c>
       <c r="F63" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>2015</v>
+        <v>329</v>
+      </c>
+      <c r="G63" t="s">
+        <v>43</v>
       </c>
       <c r="H63">
         <v>2015</v>
       </c>
-      <c r="I63" t="s">
-        <v>222</v>
+      <c r="I63">
+        <v>2015</v>
       </c>
       <c r="J63" t="s">
+        <v>330</v>
+      </c>
+      <c r="K63" t="s">
+        <v>24</v>
+      </c>
+      <c r="L63" t="s">
+        <v>189</v>
+      </c>
+      <c r="M63" t="s">
+        <v>332</v>
+      </c>
+      <c r="N63" t="s">
+        <v>32</v>
+      </c>
+      <c r="O63" t="s">
+        <v>349</v>
+      </c>
+      <c r="P63" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>350</v>
+      </c>
+      <c r="B64" t="s">
+        <v>351</v>
+      </c>
+      <c r="C64" t="s">
+        <v>214</v>
+      </c>
+      <c r="D64" t="s">
+        <v>352</v>
+      </c>
+      <c r="E64" t="s">
+        <v>328</v>
+      </c>
+      <c r="F64" t="s">
+        <v>216</v>
+      </c>
+      <c r="G64" t="s">
+        <v>353</v>
+      </c>
+      <c r="H64"/>
+      <c r="I64"/>
+      <c r="J64" t="s">
+        <v>354</v>
+      </c>
+      <c r="K64" t="s">
+        <v>355</v>
+      </c>
+      <c r="L64"/>
+      <c r="M64" t="s">
+        <v>356</v>
+      </c>
+      <c r="N64" t="s">
+        <v>357</v>
+      </c>
+      <c r="O64" t="s">
+        <v>358</v>
+      </c>
+      <c r="P64" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>360</v>
+      </c>
+      <c r="B65" t="s">
+        <v>361</v>
+      </c>
+      <c r="C65" t="s">
+        <v>214</v>
+      </c>
+      <c r="D65" t="s">
+        <v>321</v>
+      </c>
+      <c r="E65" t="s">
+        <v>328</v>
+      </c>
+      <c r="F65" t="s">
+        <v>216</v>
+      </c>
+      <c r="G65" t="s">
+        <v>43</v>
+      </c>
+      <c r="H65">
+        <v>2011</v>
+      </c>
+      <c r="I65">
+        <v>2019</v>
+      </c>
+      <c r="J65" t="s">
+        <v>243</v>
+      </c>
+      <c r="K65" t="s">
+        <v>24</v>
+      </c>
+      <c r="L65" t="s">
+        <v>362</v>
+      </c>
+      <c r="M65" t="s">
+        <v>219</v>
+      </c>
+      <c r="N65" t="s">
+        <v>32</v>
+      </c>
+      <c r="O65" t="s">
+        <v>363</v>
+      </c>
+      <c r="P65" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>365</v>
+      </c>
+      <c r="B66" t="s">
+        <v>366</v>
+      </c>
+      <c r="C66" t="s">
+        <v>214</v>
+      </c>
+      <c r="D66" t="s">
+        <v>367</v>
+      </c>
+      <c r="E66" t="s">
+        <v>328</v>
+      </c>
+      <c r="F66" t="s">
+        <v>216</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
+        <v>2015</v>
+      </c>
+      <c r="I66"/>
+      <c r="J66" t="s">
+        <v>243</v>
+      </c>
+      <c r="K66" t="s">
+        <v>368</v>
+      </c>
+      <c r="L66" t="s">
+        <v>369</v>
+      </c>
+      <c r="M66" t="s">
+        <v>219</v>
+      </c>
+      <c r="N66" t="s">
+        <v>32</v>
+      </c>
+      <c r="O66" t="s">
+        <v>370</v>
+      </c>
+      <c r="P66" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>372</v>
+      </c>
+      <c r="B67" t="s">
+        <v>373</v>
+      </c>
+      <c r="C67" t="s">
+        <v>214</v>
+      </c>
+      <c r="D67" t="s">
+        <v>374</v>
+      </c>
+      <c r="E67" t="s">
+        <v>328</v>
+      </c>
+      <c r="F67" t="s">
+        <v>329</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>2011</v>
+      </c>
+      <c r="I67"/>
+      <c r="J67" t="s">
+        <v>243</v>
+      </c>
+      <c r="K67" t="s">
+        <v>24</v>
+      </c>
+      <c r="L67" t="s">
+        <v>375</v>
+      </c>
+      <c r="M67" t="s">
+        <v>219</v>
+      </c>
+      <c r="N67" t="s">
+        <v>32</v>
+      </c>
+      <c r="O67" t="s">
+        <v>376</v>
+      </c>
+      <c r="P67" t="s">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>378</v>
+      </c>
+      <c r="B68" t="s">
+        <v>379</v>
+      </c>
+      <c r="C68" t="s">
+        <v>214</v>
+      </c>
+      <c r="D68" t="s">
+        <v>380</v>
+      </c>
+      <c r="E68" t="s">
+        <v>328</v>
+      </c>
+      <c r="F68" t="s">
+        <v>216</v>
+      </c>
+      <c r="G68" t="s">
+        <v>43</v>
+      </c>
+      <c r="H68">
+        <v>2013</v>
+      </c>
+      <c r="I68">
+        <v>2016</v>
+      </c>
+      <c r="J68" t="s">
+        <v>243</v>
+      </c>
+      <c r="K68" t="s">
+        <v>24</v>
+      </c>
+      <c r="L68" t="s">
+        <v>381</v>
+      </c>
+      <c r="M68" t="s">
+        <v>219</v>
+      </c>
+      <c r="N68" t="s">
+        <v>32</v>
+      </c>
+      <c r="O68" t="s">
+        <v>382</v>
+      </c>
+      <c r="P68" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>384</v>
+      </c>
+      <c r="B69" t="s">
+        <v>385</v>
+      </c>
+      <c r="C69" t="s">
+        <v>214</v>
+      </c>
+      <c r="D69" t="s">
+        <v>386</v>
+      </c>
+      <c r="E69" t="s">
+        <v>328</v>
+      </c>
+      <c r="F69" t="s">
+        <v>329</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
+        <v>2014</v>
+      </c>
+      <c r="I69"/>
+      <c r="J69" t="s">
+        <v>243</v>
+      </c>
+      <c r="K69" t="s">
+        <v>24</v>
+      </c>
+      <c r="L69" t="s">
+        <v>387</v>
+      </c>
+      <c r="M69" t="s">
+        <v>219</v>
+      </c>
+      <c r="N69" t="s">
+        <v>32</v>
+      </c>
+      <c r="O69" t="s">
+        <v>388</v>
+      </c>
+      <c r="P69" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>390</v>
+      </c>
+      <c r="B70" t="s">
+        <v>391</v>
+      </c>
+      <c r="C70" t="s">
+        <v>214</v>
+      </c>
+      <c r="D70" t="s">
+        <v>392</v>
+      </c>
+      <c r="E70" t="s">
+        <v>328</v>
+      </c>
+      <c r="F70" t="s">
+        <v>216</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70">
+        <v>2013</v>
+      </c>
+      <c r="I70"/>
+      <c r="J70" t="s">
+        <v>243</v>
+      </c>
+      <c r="K70" t="s">
+        <v>24</v>
+      </c>
+      <c r="L70" t="s">
+        <v>393</v>
+      </c>
+      <c r="M70" t="s">
+        <v>219</v>
+      </c>
+      <c r="N70" t="s">
+        <v>394</v>
+      </c>
+      <c r="O70" t="s">
+        <v>395</v>
+      </c>
+      <c r="P70" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>397</v>
+      </c>
+      <c r="B71" t="s">
+        <v>398</v>
+      </c>
+      <c r="C71" t="s">
+        <v>214</v>
+      </c>
+      <c r="D71" t="s">
+        <v>134</v>
+      </c>
+      <c r="E71" t="s">
+        <v>328</v>
+      </c>
+      <c r="F71" t="s">
+        <v>216</v>
+      </c>
+      <c r="G71" t="s">
+        <v>43</v>
+      </c>
+      <c r="H71">
+        <v>2014</v>
+      </c>
+      <c r="I71">
+        <v>2016</v>
+      </c>
+      <c r="J71" t="s">
+        <v>243</v>
+      </c>
+      <c r="K71" t="s">
+        <v>368</v>
+      </c>
+      <c r="L71" t="s">
+        <v>399</v>
+      </c>
+      <c r="M71" t="s">
+        <v>219</v>
+      </c>
+      <c r="N71" t="s">
+        <v>32</v>
+      </c>
+      <c r="O71" t="s">
+        <v>400</v>
+      </c>
+      <c r="P71" t="s">
+        <v>401</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>402</v>
+      </c>
+      <c r="B72" t="s">
+        <v>403</v>
+      </c>
+      <c r="C72" t="s">
+        <v>214</v>
+      </c>
+      <c r="D72" t="s">
+        <v>215</v>
+      </c>
+      <c r="E72" t="s">
+        <v>328</v>
+      </c>
+      <c r="F72" t="s">
+        <v>216</v>
+      </c>
+      <c r="G72" t="s">
+        <v>22</v>
+      </c>
+      <c r="H72">
+        <v>2018</v>
+      </c>
+      <c r="I72"/>
+      <c r="J72" t="s">
+        <v>243</v>
+      </c>
+      <c r="K72" t="s">
+        <v>24</v>
+      </c>
+      <c r="L72" t="s">
+        <v>404</v>
+      </c>
+      <c r="M72" t="s">
+        <v>219</v>
+      </c>
+      <c r="N72" t="s">
+        <v>32</v>
+      </c>
+      <c r="O72" t="s">
+        <v>405</v>
+      </c>
+      <c r="P72" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>407</v>
+      </c>
+      <c r="B73" t="s">
+        <v>408</v>
+      </c>
+      <c r="C73" t="s">
+        <v>214</v>
+      </c>
+      <c r="D73" t="s">
+        <v>409</v>
+      </c>
+      <c r="E73" t="s">
+        <v>328</v>
+      </c>
+      <c r="F73" t="s">
+        <v>216</v>
+      </c>
+      <c r="G73" t="s">
+        <v>22</v>
+      </c>
+      <c r="H73">
+        <v>2019</v>
+      </c>
+      <c r="I73"/>
+      <c r="J73" t="s">
+        <v>243</v>
+      </c>
+      <c r="K73" t="s">
+        <v>24</v>
+      </c>
+      <c r="L73" t="s">
+        <v>410</v>
+      </c>
+      <c r="M73" t="s">
+        <v>219</v>
+      </c>
+      <c r="N73" t="s">
+        <v>32</v>
+      </c>
+      <c r="O73" t="s">
+        <v>411</v>
+      </c>
+      <c r="P73" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>413</v>
+      </c>
+      <c r="B74" t="s">
+        <v>414</v>
+      </c>
+      <c r="C74" t="s">
+        <v>214</v>
+      </c>
+      <c r="D74" t="s">
+        <v>304</v>
+      </c>
+      <c r="E74" t="s">
+        <v>328</v>
+      </c>
+      <c r="F74" t="s">
+        <v>216</v>
+      </c>
+      <c r="G74" t="s">
+        <v>22</v>
+      </c>
+      <c r="H74">
+        <v>2019</v>
+      </c>
+      <c r="I74"/>
+      <c r="J74" t="s">
+        <v>243</v>
+      </c>
+      <c r="K74" t="s">
+        <v>415</v>
+      </c>
+      <c r="L74" t="s">
+        <v>416</v>
+      </c>
+      <c r="M74" t="s">
+        <v>219</v>
+      </c>
+      <c r="N74" t="s">
+        <v>417</v>
+      </c>
+      <c r="O74" t="s">
+        <v>418</v>
+      </c>
+      <c r="P74" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>420</v>
+      </c>
+      <c r="B75" t="s">
+        <v>421</v>
+      </c>
+      <c r="C75" t="s">
+        <v>214</v>
+      </c>
+      <c r="D75" t="s">
+        <v>275</v>
+      </c>
+      <c r="E75" t="s">
+        <v>328</v>
+      </c>
+      <c r="F75" t="s">
+        <v>216</v>
+      </c>
+      <c r="G75" t="s">
+        <v>43</v>
+      </c>
+      <c r="H75">
+        <v>2020</v>
+      </c>
+      <c r="I75">
+        <v>2023</v>
+      </c>
+      <c r="J75" t="s">
+        <v>224</v>
+      </c>
+      <c r="K75" t="s">
+        <v>24</v>
+      </c>
+      <c r="L75" t="s">
+        <v>422</v>
+      </c>
+      <c r="M75" t="s">
+        <v>219</v>
+      </c>
+      <c r="N75" t="s">
+        <v>32</v>
+      </c>
+      <c r="O75" t="s">
+        <v>423</v>
+      </c>
+      <c r="P75" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>425</v>
+      </c>
+      <c r="B76" t="s">
+        <v>426</v>
+      </c>
+      <c r="C76" t="s">
+        <v>214</v>
+      </c>
+      <c r="D76" t="s">
+        <v>223</v>
+      </c>
+      <c r="E76" t="s">
+        <v>328</v>
+      </c>
+      <c r="F76" t="s">
+        <v>216</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76">
+        <v>2020</v>
+      </c>
+      <c r="I76"/>
+      <c r="J76" t="s">
+        <v>243</v>
+      </c>
+      <c r="K76" t="s">
+        <v>24</v>
+      </c>
+      <c r="L76" t="s">
+        <v>427</v>
+      </c>
+      <c r="M76" t="s">
+        <v>219</v>
+      </c>
+      <c r="N76" t="s">
+        <v>32</v>
+      </c>
+      <c r="O76" t="s">
+        <v>428</v>
+      </c>
+      <c r="P76" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>430</v>
+      </c>
+      <c r="B77" t="s">
+        <v>431</v>
+      </c>
+      <c r="C77" t="s">
+        <v>214</v>
+      </c>
+      <c r="D77" t="s">
+        <v>236</v>
+      </c>
+      <c r="E77" t="s">
+        <v>328</v>
+      </c>
+      <c r="F77" t="s">
+        <v>216</v>
+      </c>
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77">
+        <v>2021</v>
+      </c>
+      <c r="I77"/>
+      <c r="J77" t="s">
+        <v>243</v>
+      </c>
+      <c r="K77" t="s">
+        <v>24</v>
+      </c>
+      <c r="L77" t="s">
+        <v>432</v>
+      </c>
+      <c r="M77" t="s">
+        <v>219</v>
+      </c>
+      <c r="N77" t="s">
+        <v>32</v>
+      </c>
+      <c r="O77" t="s">
+        <v>433</v>
+      </c>
+      <c r="P77" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>434</v>
+      </c>
+      <c r="B78" t="s">
+        <v>435</v>
+      </c>
+      <c r="C78" t="s">
+        <v>214</v>
+      </c>
+      <c r="D78" t="s">
+        <v>436</v>
+      </c>
+      <c r="E78" t="s">
+        <v>328</v>
+      </c>
+      <c r="F78" t="s">
+        <v>216</v>
+      </c>
+      <c r="G78" t="s">
+        <v>22</v>
+      </c>
+      <c r="H78">
+        <v>2021</v>
+      </c>
+      <c r="I78"/>
+      <c r="J78" t="s">
+        <v>243</v>
+      </c>
+      <c r="K78" t="s">
+        <v>24</v>
+      </c>
+      <c r="L78" t="s">
+        <v>437</v>
+      </c>
+      <c r="M78" t="s">
+        <v>219</v>
+      </c>
+      <c r="N78" t="s">
+        <v>25</v>
+      </c>
+      <c r="O78" t="s">
+        <v>438</v>
+      </c>
+      <c r="P78" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>440</v>
+      </c>
+      <c r="B79" t="s">
+        <v>441</v>
+      </c>
+      <c r="C79" t="s">
+        <v>214</v>
+      </c>
+      <c r="D79" t="s">
+        <v>436</v>
+      </c>
+      <c r="E79" t="s">
+        <v>328</v>
+      </c>
+      <c r="F79" t="s">
+        <v>216</v>
+      </c>
+      <c r="G79" t="s">
+        <v>22</v>
+      </c>
+      <c r="H79">
+        <v>2021</v>
+      </c>
+      <c r="I79"/>
+      <c r="J79" t="s">
+        <v>243</v>
+      </c>
+      <c r="K79" t="s">
+        <v>24</v>
+      </c>
+      <c r="L79" t="s">
+        <v>442</v>
+      </c>
+      <c r="M79" t="s">
+        <v>219</v>
+      </c>
+      <c r="N79" t="s">
+        <v>32</v>
+      </c>
+      <c r="O79" t="s">
+        <v>443</v>
+      </c>
+      <c r="P79" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>445</v>
+      </c>
+      <c r="B80" t="s">
+        <v>446</v>
+      </c>
+      <c r="C80" t="s">
+        <v>214</v>
+      </c>
+      <c r="D80" t="s">
+        <v>37</v>
+      </c>
+      <c r="E80" t="s">
+        <v>328</v>
+      </c>
+      <c r="F80" t="s">
+        <v>216</v>
+      </c>
+      <c r="G80" t="s">
+        <v>22</v>
+      </c>
+      <c r="H80">
+        <v>2024</v>
+      </c>
+      <c r="I80"/>
+      <c r="J80" t="s">
+        <v>224</v>
+      </c>
+      <c r="K80" t="s">
+        <v>447</v>
+      </c>
+      <c r="L80" t="s">
+        <v>448</v>
+      </c>
+      <c r="M80" t="s">
+        <v>219</v>
+      </c>
+      <c r="N80" t="s">
+        <v>25</v>
+      </c>
+      <c r="O80" t="s">
+        <v>449</v>
+      </c>
+      <c r="P80" t="s">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>451</v>
+      </c>
+      <c r="B81" t="s">
+        <v>452</v>
+      </c>
+      <c r="C81" t="s">
+        <v>214</v>
+      </c>
+      <c r="D81" t="s">
+        <v>453</v>
+      </c>
+      <c r="E81" t="s">
+        <v>328</v>
+      </c>
+      <c r="F81" t="s">
+        <v>216</v>
+      </c>
+      <c r="G81" t="s">
+        <v>22</v>
+      </c>
+      <c r="H81">
+        <v>2024</v>
+      </c>
+      <c r="I81"/>
+      <c r="J81" t="s">
+        <v>224</v>
+      </c>
+      <c r="K81" t="s">
+        <v>24</v>
+      </c>
+      <c r="L81" t="s">
+        <v>454</v>
+      </c>
+      <c r="M81" t="s">
+        <v>455</v>
+      </c>
+      <c r="N81" t="s">
+        <v>32</v>
+      </c>
+      <c r="O81" t="s">
+        <v>456</v>
+      </c>
+      <c r="P81" t="s">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>458</v>
+      </c>
+      <c r="B82" t="s">
+        <v>459</v>
+      </c>
+      <c r="C82" t="s">
+        <v>214</v>
+      </c>
+      <c r="D82" t="s">
+        <v>460</v>
+      </c>
+      <c r="E82" t="s">
+        <v>328</v>
+      </c>
+      <c r="F82" t="s">
+        <v>216</v>
+      </c>
+      <c r="G82" t="s">
+        <v>22</v>
+      </c>
+      <c r="H82">
+        <v>2024</v>
+      </c>
+      <c r="I82"/>
+      <c r="J82" t="s">
+        <v>224</v>
+      </c>
+      <c r="K82" t="s">
+        <v>24</v>
+      </c>
+      <c r="L82" t="s">
+        <v>461</v>
+      </c>
+      <c r="M82" t="s">
+        <v>219</v>
+      </c>
+      <c r="N82" t="s">
+        <v>32</v>
+      </c>
+      <c r="O82" t="s">
+        <v>462</v>
+      </c>
+      <c r="P82" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>464</v>
+      </c>
+      <c r="B83" t="s">
+        <v>465</v>
+      </c>
+      <c r="C83" t="s">
+        <v>214</v>
+      </c>
+      <c r="D83" t="s">
+        <v>466</v>
+      </c>
+      <c r="E83" t="s">
+        <v>328</v>
+      </c>
+      <c r="F83" t="s">
+        <v>216</v>
+      </c>
+      <c r="G83" t="s">
+        <v>22</v>
+      </c>
+      <c r="H83">
+        <v>2010</v>
+      </c>
+      <c r="I83"/>
+      <c r="J83" t="s">
+        <v>243</v>
+      </c>
+      <c r="K83" t="s">
+        <v>24</v>
+      </c>
+      <c r="L83" t="s">
+        <v>467</v>
+      </c>
+      <c r="M83" t="s">
+        <v>219</v>
+      </c>
+      <c r="N83" t="s">
+        <v>32</v>
+      </c>
+      <c r="O83" t="s">
+        <v>468</v>
+      </c>
+      <c r="P83" t="s">
+        <v>469</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>470</v>
+      </c>
+      <c r="B84" t="s">
+        <v>471</v>
+      </c>
+      <c r="C84" t="s">
+        <v>214</v>
+      </c>
+      <c r="D84" t="s">
+        <v>367</v>
+      </c>
+      <c r="E84" t="s">
+        <v>328</v>
+      </c>
+      <c r="F84" t="s">
+        <v>216</v>
+      </c>
+      <c r="G84" t="s">
+        <v>43</v>
+      </c>
+      <c r="H84">
+        <v>2008</v>
+      </c>
+      <c r="I84">
+        <v>2019</v>
+      </c>
+      <c r="J84" t="s">
+        <v>243</v>
+      </c>
+      <c r="K84" t="s">
+        <v>24</v>
+      </c>
+      <c r="L84" t="s">
+        <v>472</v>
+      </c>
+      <c r="M84" t="s">
+        <v>219</v>
+      </c>
+      <c r="N84" t="s">
+        <v>32</v>
+      </c>
+      <c r="O84" t="s">
+        <v>473</v>
+      </c>
+      <c r="P84" t="s">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>475</v>
+      </c>
+      <c r="B85" t="s">
+        <v>476</v>
+      </c>
+      <c r="C85" t="s">
+        <v>214</v>
+      </c>
+      <c r="D85" t="s">
+        <v>477</v>
+      </c>
+      <c r="E85" t="s">
+        <v>328</v>
+      </c>
+      <c r="F85" t="s">
+        <v>216</v>
+      </c>
+      <c r="G85" t="s">
+        <v>22</v>
+      </c>
+      <c r="H85">
+        <v>2014</v>
+      </c>
+      <c r="I85"/>
+      <c r="J85" t="s">
+        <v>243</v>
+      </c>
+      <c r="K85" t="s">
+        <v>256</v>
+      </c>
+      <c r="L85" t="s">
+        <v>478</v>
+      </c>
+      <c r="M85" t="s">
+        <v>219</v>
+      </c>
+      <c r="N85" t="s">
+        <v>32</v>
+      </c>
+      <c r="O85" t="s">
+        <v>479</v>
+      </c>
+      <c r="P85" t="s">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>481</v>
+      </c>
+      <c r="B86" t="s">
+        <v>482</v>
+      </c>
+      <c r="C86" t="s">
+        <v>214</v>
+      </c>
+      <c r="D86" t="s">
+        <v>483</v>
+      </c>
+      <c r="E86" t="s">
+        <v>328</v>
+      </c>
+      <c r="F86" t="s">
+        <v>216</v>
+      </c>
+      <c r="G86" t="s">
+        <v>22</v>
+      </c>
+      <c r="H86">
+        <v>2021</v>
+      </c>
+      <c r="I86"/>
+      <c r="J86" t="s">
+        <v>243</v>
+      </c>
+      <c r="K86" t="s">
+        <v>24</v>
+      </c>
+      <c r="L86" t="s">
+        <v>484</v>
+      </c>
+      <c r="M86" t="s">
+        <v>219</v>
+      </c>
+      <c r="N86" t="s">
+        <v>32</v>
+      </c>
+      <c r="O86" t="s">
+        <v>485</v>
+      </c>
+      <c r="P86" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>487</v>
+      </c>
+      <c r="B87" t="s">
+        <v>488</v>
+      </c>
+      <c r="C87" t="s">
+        <v>489</v>
+      </c>
+      <c r="D87" t="s">
+        <v>490</v>
+      </c>
+      <c r="E87" t="s">
+        <v>328</v>
+      </c>
+      <c r="F87" t="s">
+        <v>216</v>
+      </c>
+      <c r="G87" t="s">
+        <v>217</v>
+      </c>
+      <c r="H87">
+        <v>2025</v>
+      </c>
+      <c r="I87"/>
+      <c r="J87" t="s">
+        <v>491</v>
+      </c>
+      <c r="K87" t="s">
+        <v>24</v>
+      </c>
+      <c r="L87" t="s">
+        <v>492</v>
+      </c>
+      <c r="M87" t="s">
+        <v>493</v>
+      </c>
+      <c r="N87" t="s">
+        <v>32</v>
+      </c>
+      <c r="O87" t="s">
+        <v>494</v>
+      </c>
+      <c r="P87" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>496</v>
+      </c>
+      <c r="B88" t="s">
+        <v>497</v>
+      </c>
+      <c r="C88" t="s">
+        <v>18</v>
+      </c>
+      <c r="D88" t="s">
+        <v>498</v>
+      </c>
+      <c r="E88" t="s">
+        <v>20</v>
+      </c>
+      <c r="F88" t="s">
         <v>21</v>
       </c>
-      <c r="K63" t="s">
-[...69 lines deleted...]
-      <c r="G65">
+      <c r="G88" t="s">
+        <v>22</v>
+      </c>
+      <c r="H88">
+        <v>2021</v>
+      </c>
+      <c r="I88"/>
+      <c r="J88" t="s">
+        <v>23</v>
+      </c>
+      <c r="K88" t="s">
+        <v>24</v>
+      </c>
+      <c r="L88"/>
+      <c r="M88"/>
+      <c r="N88" t="s">
+        <v>32</v>
+      </c>
+      <c r="O88" t="s">
+        <v>499</v>
+      </c>
+      <c r="P88" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>496</v>
+      </c>
+      <c r="B89" t="s">
+        <v>501</v>
+      </c>
+      <c r="C89" t="s">
+        <v>18</v>
+      </c>
+      <c r="D89" t="s">
+        <v>498</v>
+      </c>
+      <c r="E89" t="s">
+        <v>20</v>
+      </c>
+      <c r="F89" t="s">
+        <v>107</v>
+      </c>
+      <c r="G89" t="s">
+        <v>22</v>
+      </c>
+      <c r="H89">
+        <v>2021</v>
+      </c>
+      <c r="I89"/>
+      <c r="J89" t="s">
+        <v>23</v>
+      </c>
+      <c r="K89" t="s">
+        <v>24</v>
+      </c>
+      <c r="L89"/>
+      <c r="M89"/>
+      <c r="N89" t="s">
+        <v>32</v>
+      </c>
+      <c r="O89" t="s">
+        <v>502</v>
+      </c>
+      <c r="P89" t="s">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>504</v>
+      </c>
+      <c r="B90" t="s">
+        <v>505</v>
+      </c>
+      <c r="C90" t="s">
+        <v>18</v>
+      </c>
+      <c r="D90" t="s">
+        <v>506</v>
+      </c>
+      <c r="E90" t="s">
+        <v>20</v>
+      </c>
+      <c r="F90" t="s">
+        <v>107</v>
+      </c>
+      <c r="G90" t="s">
+        <v>22</v>
+      </c>
+      <c r="H90">
+        <v>2021</v>
+      </c>
+      <c r="I90"/>
+      <c r="J90" t="s">
+        <v>23</v>
+      </c>
+      <c r="K90" t="s">
+        <v>24</v>
+      </c>
+      <c r="L90"/>
+      <c r="M90"/>
+      <c r="N90" t="s">
+        <v>32</v>
+      </c>
+      <c r="O90" t="s">
+        <v>507</v>
+      </c>
+      <c r="P90" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>508</v>
+      </c>
+      <c r="B91" t="s">
+        <v>509</v>
+      </c>
+      <c r="C91" t="s">
+        <v>18</v>
+      </c>
+      <c r="D91" t="s">
+        <v>510</v>
+      </c>
+      <c r="E91" t="s">
+        <v>20</v>
+      </c>
+      <c r="F91" t="s">
+        <v>107</v>
+      </c>
+      <c r="G91" t="s">
+        <v>22</v>
+      </c>
+      <c r="H91">
+        <v>2021</v>
+      </c>
+      <c r="I91"/>
+      <c r="J91" t="s">
+        <v>23</v>
+      </c>
+      <c r="K91" t="s">
+        <v>24</v>
+      </c>
+      <c r="L91"/>
+      <c r="M91"/>
+      <c r="N91" t="s">
+        <v>25</v>
+      </c>
+      <c r="O91" t="s">
+        <v>511</v>
+      </c>
+      <c r="P91" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>512</v>
+      </c>
+      <c r="B92" t="s">
+        <v>513</v>
+      </c>
+      <c r="C92" t="s">
+        <v>18</v>
+      </c>
+      <c r="D92" t="s">
+        <v>62</v>
+      </c>
+      <c r="E92" t="s">
+        <v>20</v>
+      </c>
+      <c r="F92" t="s">
+        <v>107</v>
+      </c>
+      <c r="G92" t="s">
+        <v>22</v>
+      </c>
+      <c r="H92">
+        <v>2021</v>
+      </c>
+      <c r="I92"/>
+      <c r="J92" t="s">
+        <v>23</v>
+      </c>
+      <c r="K92" t="s">
+        <v>24</v>
+      </c>
+      <c r="L92"/>
+      <c r="M92"/>
+      <c r="N92" t="s">
+        <v>32</v>
+      </c>
+      <c r="O92" t="s">
+        <v>514</v>
+      </c>
+      <c r="P92" t="s">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>516</v>
+      </c>
+      <c r="B93" t="s">
+        <v>517</v>
+      </c>
+      <c r="C93" t="s">
+        <v>18</v>
+      </c>
+      <c r="D93" t="s">
+        <v>56</v>
+      </c>
+      <c r="E93" t="s">
+        <v>20</v>
+      </c>
+      <c r="F93" t="s">
+        <v>107</v>
+      </c>
+      <c r="G93" t="s">
+        <v>22</v>
+      </c>
+      <c r="H93">
+        <v>2021</v>
+      </c>
+      <c r="I93"/>
+      <c r="J93" t="s">
+        <v>23</v>
+      </c>
+      <c r="K93" t="s">
+        <v>24</v>
+      </c>
+      <c r="L93"/>
+      <c r="M93"/>
+      <c r="N93" t="s">
+        <v>32</v>
+      </c>
+      <c r="O93" t="s">
+        <v>518</v>
+      </c>
+      <c r="P93" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>520</v>
+      </c>
+      <c r="B94" t="s">
+        <v>521</v>
+      </c>
+      <c r="C94" t="s">
+        <v>18</v>
+      </c>
+      <c r="D94" t="s">
+        <v>67</v>
+      </c>
+      <c r="E94" t="s">
+        <v>20</v>
+      </c>
+      <c r="F94" t="s">
+        <v>107</v>
+      </c>
+      <c r="G94" t="s">
+        <v>22</v>
+      </c>
+      <c r="H94">
+        <v>2021</v>
+      </c>
+      <c r="I94"/>
+      <c r="J94" t="s">
+        <v>23</v>
+      </c>
+      <c r="K94" t="s">
+        <v>24</v>
+      </c>
+      <c r="L94"/>
+      <c r="M94"/>
+      <c r="N94" t="s">
+        <v>25</v>
+      </c>
+      <c r="O94" t="s">
+        <v>522</v>
+      </c>
+      <c r="P94" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>524</v>
+      </c>
+      <c r="B95" t="s">
+        <v>525</v>
+      </c>
+      <c r="C95" t="s">
+        <v>18</v>
+      </c>
+      <c r="D95" t="s">
+        <v>49</v>
+      </c>
+      <c r="E95" t="s">
+        <v>20</v>
+      </c>
+      <c r="F95" t="s">
+        <v>107</v>
+      </c>
+      <c r="G95" t="s">
+        <v>22</v>
+      </c>
+      <c r="H95">
+        <v>2021</v>
+      </c>
+      <c r="I95"/>
+      <c r="J95" t="s">
+        <v>23</v>
+      </c>
+      <c r="K95" t="s">
+        <v>24</v>
+      </c>
+      <c r="L95"/>
+      <c r="M95"/>
+      <c r="N95" t="s">
+        <v>32</v>
+      </c>
+      <c r="O95" t="s">
+        <v>526</v>
+      </c>
+      <c r="P95" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>528</v>
+      </c>
+      <c r="B96" t="s">
+        <v>529</v>
+      </c>
+      <c r="C96" t="s">
+        <v>18</v>
+      </c>
+      <c r="D96" t="s">
+        <v>331</v>
+      </c>
+      <c r="E96" t="s">
+        <v>20</v>
+      </c>
+      <c r="F96" t="s">
+        <v>107</v>
+      </c>
+      <c r="G96" t="s">
+        <v>22</v>
+      </c>
+      <c r="H96">
+        <v>2021</v>
+      </c>
+      <c r="I96"/>
+      <c r="J96" t="s">
+        <v>23</v>
+      </c>
+      <c r="K96" t="s">
+        <v>79</v>
+      </c>
+      <c r="L96"/>
+      <c r="M96"/>
+      <c r="N96" t="s">
+        <v>25</v>
+      </c>
+      <c r="O96" t="s">
+        <v>530</v>
+      </c>
+      <c r="P96" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>531</v>
+      </c>
+      <c r="B97" t="s">
+        <v>532</v>
+      </c>
+      <c r="C97" t="s">
+        <v>214</v>
+      </c>
+      <c r="D97" t="s">
+        <v>533</v>
+      </c>
+      <c r="E97" t="s">
+        <v>328</v>
+      </c>
+      <c r="F97" t="s">
+        <v>329</v>
+      </c>
+      <c r="G97" t="s">
+        <v>43</v>
+      </c>
+      <c r="H97">
         <v>2011</v>
       </c>
-      <c r="H65">
-[...1291 lines deleted...]
-      <c r="N96" t="s">
+      <c r="I97">
+        <v>2017</v>
+      </c>
+      <c r="J97" t="s">
         <v>354</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A97" t="s">
+      <c r="K97" t="s">
         <v>355</v>
       </c>
-      <c r="B97" t="s">
-[...27 lines deleted...]
-      <c r="L97" t="s">
+      <c r="L97"/>
+      <c r="M97" t="s">
+        <v>534</v>
+      </c>
+      <c r="N97" t="s">
         <v>357</v>
       </c>
-      <c r="M97" t="s">
-[...3 lines deleted...]
-        <v>358</v>
+      <c r="O97" t="s">
+        <v>535</v>
+      </c>
+      <c r="P97" t="s">
+        <v>536</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>