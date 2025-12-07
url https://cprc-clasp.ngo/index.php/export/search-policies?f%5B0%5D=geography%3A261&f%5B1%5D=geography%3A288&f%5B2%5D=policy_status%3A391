--- v0 (2025-10-12)
+++ v1 (2025-12-07)
@@ -12,448 +12,577 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="119">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="160">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Act on the Rational Use of Energy</t>
   </si>
   <si>
+    <t>This policy serves as the foundation of Japan’s energy efficiency and conservation policies. It targets all major sectors in Japan, including industrial, residential, commercial, and transportation. This policy creates and specifies the Top Runner Program, a regulatory standard program targeting the improvement of energy efficiency of electrical appliances. This policy underwent major revisions in 1993, 1998, 2002, 2005, 2008, 2013, and 2018.</t>
+  </si>
+  <si>
     <t>Japan</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Computers, Audio-Visual, Televisions, Lighting, Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs, Water, Water Heating</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>JIS C 9612:2013 (Air Conditioners)
 ,   
                     JIS S 2075:2011 (Gas and Oil Water Heaters)</t>
   </si>
   <si>
     <t>Ministry of Economy, Trade, and Industry</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/act-rational-use-energy</t>
   </si>
   <si>
+    <t>https://policy.asiapacificenergy.org/sites/default/files/Act%20on%20the%20Rationalization%20etc.%20of%20Energy%20Use%201979%20%282018%20Ed.%29.pdf</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2013 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of electronic displays</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for televisions.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Televisions, Displays</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>EN 50301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/2013/contents</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2017 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household dishwashers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/2017/contents</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) No 392/2012 of 1 March 2012 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of household tumble driers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.  This Regulation shall not apply to household combined washer-driers and household spin-extractors.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>EN 61121</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-3922012-1-march-2012-supplementing-directive-0</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-3922012-1-march-2012-supplementing-directive</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2012/392/contents</t>
   </si>
   <si>
     <t>Commission Delegated Regulation EU No 65-2014 of 1 October 2013 supplementing Directive 2010-30-EU -with regard to the energy labelling of domestic ovens and range hoods</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for domestic electric and gas ovens; including when incorporated into cookers; and for domestic electric range hoods; including when sold for non-domestic purposes.</t>
+  </si>
+  <si>
     <t>Europe, United Kingdom</t>
   </si>
   <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-65-2014-1-october-2013-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/65/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1782 of 1 October 2019 laying down ecodesign requirements for external power supplies</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.  Exclusions: this Regulation shall not apply to:   a. voltage converters;   b. uninterruptible power supplies;   c. battery chargers;     d. halogen lighting converters;   e. external power supplies for medical devices;   f. external power supplies placed on the market no later than 30 June 2015 as a service part or spare part for an identical external power supply which was placed on the market not later than one year after this Regulation has come into force; under the condition that the service part or spare part; or its packaging; clearly indicates the primary load products for which the spare part or service part is intended to be used with.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/1782/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1783 of 1 October 2019 amending Regulation (EU) No 548/2014 on implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to small, medium and large power transformers</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for placing on the market or putting into service power transformers with a minimum power rating of 1 kVA used in 50Hz electricity transmission and distribution networks or for industrial applications. The Regulation is only applicable to transformers purchased after the entry into force of the Regulation. Power transformer means a static piece of apparatus with two or more windings which; by electromagnetic induction; transforms a system of alternating voltage and current into another system of alternating voltage and current usually of different values and at the same frequency for the purpose of transmitting electrical power.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/548/contents/2014-05-21</t>
+  </si>
+  <si>
     <t>IEC 60076</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014-1</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/1783/contents/2019-10-01</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/424 of 15 March 2019 laying down ecodesign requirements for servers and data storage products</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.
+This Policy is under review with research underway by the UK government.</t>
+  </si>
+  <si>
     <t>Computers, Servers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/617/2020-01-31</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Boilers and Furnaces</t>
   </si>
   <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Department for Energy Security and Net Zero</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+  </si>
+  <si>
     <t>Energy Saving Labeling Program - Air Conditioners</t>
   </si>
   <si>
+    <t>Cooling and heating for home-use; wall-hung and non-ducted type; for home-use and other uses. Manufacturers can affix the Energy-Saving Label on their products. This label typically consists of the energy conservation logo, information on target year, achievement rate of energy efficiency standards, and energy consumption efficiency. Participation in the Energy Saving Labeling Program is voluntary.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
+  </si>
+  <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
+    <t>clothes washer</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-3</t>
   </si>
   <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
+    <t>clothes washer and dryer</t>
+  </si>
+  <si>
     <t>Washer and Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-4</t>
   </si>
   <si>
+    <t>Storoge water heater</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-5</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Computer Servers Version 3.0</t>
   </si>
   <si>
+    <t>A product must meet the definition of a Computer Server provided in Section 1 of the policy document
+to be eligible for ENERGY STAR certification under this specification. Eligibility under Version 3.0
+is limited to Blade-, Multi-node, Rack-mounted, or Pedestal form factor computer servers with no
+more than four processor sockets in the computer server (or per blade or node in the case of
+blade or multi-node servers).</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan</t>
   </si>
   <si>
     <t>Servers</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computer Servers (Rev. Sept-2018); SPEC most current SERT</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-computer-servers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/enterprise_servers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computers Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Computer and one of the following Product Type definitions are eligible for ENERGY STAR certification: Desktop Computers and Integrated Desktop Computers; Notebook Computers; Slates/Tablets; Portable All-In-One Computers; Workstations; and Thin Clients.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China, Switzerland</t>
   </si>
   <si>
     <t>Computers</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computers, Rev. March-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-computers-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/computers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Displays Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Display and are powered directly from AC mains; an External Power Supply; or Standard DC are eligible for ENERGY STAR certification. Typical products that would be eligible for certification under this specification include: Monitors; Signage Displays; and Signage Displays and Monitors with Plug-in Modules.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China</t>
   </si>
   <si>
     <t>Displays</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Determining Display Energy Rev. Sep-2015; ICDM Information Display Measurements Standard Version 1.03; CTA-2037-A; VESA High performance Monitor and Display Compliance Test Specification (DisplayHDR CTS) Version 1.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-displays-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/displays/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment Version 3.1</t>
   </si>
   <si>
+    <t>Commercially-available products that meet one of the Imaging Equipment definitions in Section 1.A of the policy document and are capable of being powered from (1) a wall outlet, (2) a data or network connection, or (3) both a wall outlet and a data or network connection, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>ENERGY STAR Imaging Equipment Test Method, Rev. Sep-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-imaging-equipment-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/imaging_equipment/partners</t>
+  </si>
+  <si>
     <t>Energy-Saving Labeling Program - Computers</t>
   </si>
   <si>
+    <t>It covers computers</t>
+  </si>
+  <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-computers</t>
   </si>
   <si>
     <t>Energy-Saving Labeling Program - Gas cooking appliances</t>
   </si>
   <si>
+    <t>This policy covers gas burners.</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>It covers grills or ovens</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-gas-cooking-appliances-0</t>
   </si>
   <si>
     <t>Energy-Saving Labeling Program - Magnetic disk units</t>
   </si>
   <si>
+    <t>It covers magnetic disk units</t>
+  </si>
+  <si>
     <t>Hard-Drives</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-magnetic-disk-units</t>
   </si>
   <si>
     <t>Energy-Saving Labeling Program - Rice Cookers</t>
   </si>
   <si>
+    <t>Electric rice cookers</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-rice-cookers</t>
   </si>
   <si>
     <t>Energy-Saving Labeling Program - Routers</t>
+  </si>
+  <si>
+    <t>It covers routers</t>
   </si>
   <si>
     <t>Networking Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-routers</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -717,1165 +846,1318 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N25"/>
+  <dimension ref="A1:P25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="275" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="153" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="275.933" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="970.763" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="216.947" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="287.787" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="153.248" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="173.243" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1979</v>
+      </c>
+      <c r="I2">
+        <v>2018</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2010</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3"/>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1997</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>35</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4"/>
+      <c r="N4" t="s">
+        <v>42</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>1995</v>
+      </c>
+      <c r="I5">
+        <v>2012</v>
+      </c>
+      <c r="J5" t="s">
+        <v>35</v>
+      </c>
+      <c r="K5" t="s">
+        <v>48</v>
+      </c>
+      <c r="L5" t="s">
+        <v>49</v>
+      </c>
+      <c r="M5"/>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>52</v>
+      </c>
+      <c r="B6" t="s">
+        <v>53</v>
+      </c>
+      <c r="C6" t="s">
+        <v>54</v>
+      </c>
+      <c r="D6" t="s">
+        <v>55</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>1979</v>
+      </c>
+      <c r="I6">
+        <v>2013</v>
+      </c>
+      <c r="J6" t="s">
+        <v>35</v>
+      </c>
+      <c r="K6" t="s">
+        <v>48</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6"/>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" t="s">
+        <v>59</v>
+      </c>
+      <c r="C7" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" t="s">
+        <v>60</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2009</v>
+      </c>
+      <c r="I7">
+        <v>2019</v>
+      </c>
+      <c r="J7" t="s">
+        <v>35</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7"/>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>61</v>
+      </c>
+      <c r="P7" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>63</v>
+      </c>
+      <c r="B8" t="s">
+        <v>64</v>
+      </c>
+      <c r="C8" t="s">
+        <v>32</v>
+      </c>
+      <c r="D8" t="s">
+        <v>65</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2015</v>
+      </c>
+      <c r="I8">
+        <v>2019</v>
+      </c>
+      <c r="J8" t="s">
+        <v>35</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8"/>
+      <c r="N8" t="s">
+        <v>66</v>
+      </c>
+      <c r="O8" t="s">
+        <v>67</v>
+      </c>
+      <c r="P8" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>63</v>
+      </c>
+      <c r="B9" t="s">
+        <v>64</v>
+      </c>
+      <c r="C9" t="s">
+        <v>32</v>
+      </c>
+      <c r="D9" t="s">
+        <v>65</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2015</v>
+      </c>
+      <c r="I9">
+        <v>2019</v>
+      </c>
+      <c r="J9" t="s">
+        <v>35</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>69</v>
+      </c>
+      <c r="M9"/>
+      <c r="N9" t="s">
+        <v>66</v>
+      </c>
+      <c r="O9" t="s">
+        <v>70</v>
+      </c>
+      <c r="P9" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>72</v>
+      </c>
+      <c r="B10" t="s">
+        <v>73</v>
+      </c>
+      <c r="C10" t="s">
+        <v>32</v>
+      </c>
+      <c r="D10" t="s">
+        <v>74</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2014</v>
+      </c>
+      <c r="I10">
+        <v>2019</v>
+      </c>
+      <c r="J10" t="s">
+        <v>35</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10"/>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>75</v>
+      </c>
+      <c r="P10" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>77</v>
+      </c>
+      <c r="B11" t="s">
+        <v>78</v>
+      </c>
+      <c r="C11" t="s">
+        <v>54</v>
+      </c>
+      <c r="D11" t="s">
+        <v>79</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>1992</v>
+      </c>
+      <c r="I11">
+        <v>2013</v>
+      </c>
+      <c r="J11" t="s">
+        <v>80</v>
+      </c>
+      <c r="K11" t="s">
+        <v>81</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>82</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>83</v>
+      </c>
+      <c r="P11" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>85</v>
+      </c>
+      <c r="B12" t="s">
+        <v>86</v>
+      </c>
+      <c r="C12" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...20 lines deleted...]
-      <c r="M2" t="s">
+      <c r="D12" t="s">
+        <v>87</v>
+      </c>
+      <c r="E12" t="s">
+        <v>88</v>
+      </c>
+      <c r="F12" t="s">
+        <v>34</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2000</v>
+      </c>
+      <c r="I12">
+        <v>2012</v>
+      </c>
+      <c r="J12" t="s">
+        <v>89</v>
+      </c>
+      <c r="K12" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...7 lines deleted...]
-      <c r="B3" t="s">
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>90</v>
+      </c>
+      <c r="N12" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...30 lines deleted...]
-      <c r="N3" t="s">
+      <c r="O12" t="s">
+        <v>91</v>
+      </c>
+      <c r="P12" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>93</v>
+      </c>
+      <c r="B13" t="s">
+        <v>94</v>
+      </c>
+      <c r="C13" t="s">
         <v>32</v>
       </c>
-    </row>
-[...377 lines deleted...]
-      </c>
       <c r="D13" t="s">
-        <v>66</v>
+        <v>95</v>
       </c>
       <c r="E13" t="s">
-        <v>72</v>
+        <v>88</v>
       </c>
       <c r="F13" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2015</v>
+        <v>96</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
       </c>
       <c r="H13">
         <v>2015</v>
       </c>
-      <c r="I13" t="s">
-        <v>73</v>
+      <c r="I13">
+        <v>2015</v>
       </c>
       <c r="J13" t="s">
-        <v>21</v>
+        <v>97</v>
       </c>
       <c r="K13" t="s">
-        <v>74</v>
+        <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>75</v>
+        <v>98</v>
       </c>
       <c r="M13" t="s">
-        <v>24</v>
+        <v>99</v>
       </c>
       <c r="N13" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>100</v>
+      </c>
+      <c r="P13" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>70</v>
+        <v>93</v>
       </c>
       <c r="B14" t="s">
-        <v>27</v>
+        <v>102</v>
       </c>
       <c r="C14" t="s">
-        <v>77</v>
+        <v>32</v>
       </c>
       <c r="D14" t="s">
-        <v>66</v>
+        <v>103</v>
       </c>
       <c r="E14" t="s">
-        <v>72</v>
+        <v>88</v>
       </c>
       <c r="F14" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2015</v>
+        <v>96</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
       </c>
       <c r="H14">
         <v>2015</v>
       </c>
-      <c r="I14" t="s">
-        <v>73</v>
+      <c r="I14">
+        <v>2015</v>
       </c>
       <c r="J14" t="s">
-        <v>21</v>
+        <v>97</v>
       </c>
       <c r="K14" t="s">
-        <v>74</v>
+        <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>75</v>
+        <v>98</v>
       </c>
       <c r="M14" t="s">
-        <v>24</v>
+        <v>99</v>
       </c>
       <c r="N14" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>104</v>
+      </c>
+      <c r="P14" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>70</v>
+        <v>93</v>
       </c>
       <c r="B15" t="s">
-        <v>27</v>
+        <v>105</v>
       </c>
       <c r="C15" t="s">
-        <v>79</v>
+        <v>32</v>
       </c>
       <c r="D15" t="s">
-        <v>66</v>
+        <v>106</v>
       </c>
       <c r="E15" t="s">
-        <v>72</v>
+        <v>88</v>
       </c>
       <c r="F15" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2015</v>
+        <v>96</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
       </c>
       <c r="H15">
         <v>2015</v>
       </c>
-      <c r="I15" t="s">
-        <v>73</v>
+      <c r="I15">
+        <v>2015</v>
       </c>
       <c r="J15" t="s">
-        <v>21</v>
+        <v>97</v>
       </c>
       <c r="K15" t="s">
-        <v>74</v>
+        <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>75</v>
+        <v>98</v>
       </c>
       <c r="M15" t="s">
+        <v>99</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>107</v>
+      </c>
+      <c r="P15" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>108</v>
+      </c>
+      <c r="B16" t="s">
+        <v>109</v>
+      </c>
+      <c r="C16" t="s">
+        <v>110</v>
+      </c>
+      <c r="D16" t="s">
+        <v>111</v>
+      </c>
+      <c r="E16" t="s">
+        <v>88</v>
+      </c>
+      <c r="F16" t="s">
+        <v>96</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2013</v>
+      </c>
+      <c r="I16">
+        <v>2020</v>
+      </c>
+      <c r="J16" t="s">
+        <v>112</v>
+      </c>
+      <c r="K16" t="s">
         <v>24</v>
       </c>
-      <c r="N15" t="s">
-[...25 lines deleted...]
-      <c r="H16">
+      <c r="L16" t="s">
+        <v>113</v>
+      </c>
+      <c r="M16" t="s">
+        <v>114</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>115</v>
+      </c>
+      <c r="P16" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>117</v>
+      </c>
+      <c r="B17" t="s">
+        <v>118</v>
+      </c>
+      <c r="C17" t="s">
+        <v>119</v>
+      </c>
+      <c r="D17" t="s">
+        <v>120</v>
+      </c>
+      <c r="E17" t="s">
+        <v>88</v>
+      </c>
+      <c r="F17" t="s">
+        <v>96</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>1994</v>
+      </c>
+      <c r="I17">
         <v>2020</v>
       </c>
-      <c r="I16" t="s">
-[...11 lines deleted...]
-      <c r="M16" t="s">
+      <c r="J17" t="s">
+        <v>112</v>
+      </c>
+      <c r="K17" t="s">
         <v>24</v>
       </c>
-      <c r="N16" t="s">
-[...4 lines deleted...]
-      <c r="A17" t="s">
+      <c r="L17" t="s">
+        <v>121</v>
+      </c>
+      <c r="M17" t="s">
+        <v>114</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>122</v>
+      </c>
+      <c r="P17" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>124</v>
+      </c>
+      <c r="B18" t="s">
+        <v>125</v>
+      </c>
+      <c r="C18" t="s">
+        <v>126</v>
+      </c>
+      <c r="D18" t="s">
+        <v>127</v>
+      </c>
+      <c r="E18" t="s">
         <v>88</v>
       </c>
-      <c r="B17" t="s">
-[...2 lines deleted...]
-      <c r="C17" t="s">
+      <c r="F18" t="s">
+        <v>96</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>1992</v>
+      </c>
+      <c r="I18">
+        <v>2020</v>
+      </c>
+      <c r="J18" t="s">
+        <v>112</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>128</v>
+      </c>
+      <c r="M18" t="s">
+        <v>114</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>129</v>
+      </c>
+      <c r="P18" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>131</v>
+      </c>
+      <c r="B19" t="s">
+        <v>132</v>
+      </c>
+      <c r="C19" t="s">
+        <v>119</v>
+      </c>
+      <c r="D19" t="s">
+        <v>133</v>
+      </c>
+      <c r="E19" t="s">
+        <v>88</v>
+      </c>
+      <c r="F19" t="s">
+        <v>96</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2001</v>
+      </c>
+      <c r="I19">
+        <v>2019</v>
+      </c>
+      <c r="J19" t="s">
+        <v>112</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>134</v>
+      </c>
+      <c r="M19" t="s">
+        <v>114</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>135</v>
+      </c>
+      <c r="P19" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>137</v>
+      </c>
+      <c r="B20" t="s">
+        <v>138</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>120</v>
+      </c>
+      <c r="E20" t="s">
+        <v>88</v>
+      </c>
+      <c r="F20" t="s">
+        <v>34</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2004</v>
+      </c>
+      <c r="I20">
+        <v>2011</v>
+      </c>
+      <c r="J20" t="s">
+        <v>139</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
         <v>90</v>
       </c>
-      <c r="D17" t="s">
-[...29 lines deleted...]
-      <c r="N17" t="s">
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>140</v>
+      </c>
+      <c r="P20" t="s">
         <v>92</v>
       </c>
     </row>
-    <row r="18" spans="1:14">
-[...129 lines deleted...]
-    <row r="21" spans="1:14">
+    <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>105</v>
+        <v>141</v>
       </c>
       <c r="B21" t="s">
-        <v>15</v>
+        <v>142</v>
       </c>
       <c r="C21" t="s">
-        <v>106</v>
+        <v>18</v>
       </c>
       <c r="D21" t="s">
-        <v>66</v>
+        <v>143</v>
       </c>
       <c r="E21" t="s">
-        <v>29</v>
+        <v>88</v>
       </c>
       <c r="F21" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2006</v>
+        <v>34</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
       </c>
       <c r="H21">
         <v>2006</v>
       </c>
-      <c r="I21" t="s">
-        <v>103</v>
+      <c r="I21">
+        <v>2006</v>
       </c>
       <c r="J21" t="s">
-        <v>107</v>
-[...4 lines deleted...]
-      </c>
+        <v>139</v>
+      </c>
+      <c r="K21" t="s">
+        <v>144</v>
+      </c>
+      <c r="L21"/>
       <c r="M21" t="s">
+        <v>90</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>145</v>
+      </c>
+      <c r="P21" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>141</v>
+      </c>
+      <c r="B22" t="s">
+        <v>146</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>55</v>
+      </c>
+      <c r="E22" t="s">
+        <v>88</v>
+      </c>
+      <c r="F22" t="s">
+        <v>34</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2006</v>
+      </c>
+      <c r="I22">
+        <v>2008</v>
+      </c>
+      <c r="J22" t="s">
+        <v>139</v>
+      </c>
+      <c r="K22" t="s">
+        <v>144</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>90</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>147</v>
+      </c>
+      <c r="P22" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>148</v>
+      </c>
+      <c r="B23" t="s">
+        <v>149</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
+        <v>150</v>
+      </c>
+      <c r="E23" t="s">
+        <v>88</v>
+      </c>
+      <c r="F23" t="s">
+        <v>34</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2009</v>
+      </c>
+      <c r="I23">
+        <v>2011</v>
+      </c>
+      <c r="J23" t="s">
+        <v>139</v>
+      </c>
+      <c r="K23" t="s">
         <v>24</v>
       </c>
-      <c r="N21" t="s">
-[...22 lines deleted...]
-      <c r="G22">
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>90</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>151</v>
+      </c>
+      <c r="P23" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>152</v>
+      </c>
+      <c r="B24" t="s">
+        <v>153</v>
+      </c>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
+        <v>154</v>
+      </c>
+      <c r="E24" t="s">
+        <v>88</v>
+      </c>
+      <c r="F24" t="s">
+        <v>34</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
         <v>2006</v>
       </c>
-      <c r="H22">
+      <c r="I24">
         <v>2008</v>
       </c>
-      <c r="I22" t="s">
-[...9 lines deleted...]
-      <c r="M22" t="s">
+      <c r="J24" t="s">
+        <v>139</v>
+      </c>
+      <c r="K24" t="s">
         <v>24</v>
       </c>
-      <c r="N22" t="s">
-[...38 lines deleted...]
-      <c r="M23" t="s">
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>90</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>155</v>
+      </c>
+      <c r="P24" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>156</v>
+      </c>
+      <c r="B25" t="s">
+        <v>157</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
+        <v>158</v>
+      </c>
+      <c r="E25" t="s">
+        <v>88</v>
+      </c>
+      <c r="F25" t="s">
+        <v>34</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2008</v>
+      </c>
+      <c r="I25">
+        <v>2010</v>
+      </c>
+      <c r="J25" t="s">
+        <v>139</v>
+      </c>
+      <c r="K25" t="s">
         <v>24</v>
       </c>
-      <c r="N23" t="s">
-[...79 lines deleted...]
-      </c>
+      <c r="L25"/>
       <c r="M25" t="s">
-        <v>24</v>
+        <v>90</v>
       </c>
       <c r="N25" t="s">
-        <v>118</v>
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>159</v>
+      </c>
+      <c r="P25" t="s">
+        <v>92</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>