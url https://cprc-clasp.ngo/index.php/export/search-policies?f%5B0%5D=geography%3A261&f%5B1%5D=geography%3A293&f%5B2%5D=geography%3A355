--- v0 (2025-12-11)
+++ v1 (2026-02-24)
@@ -4500,51 +4500,51 @@
       </c>
       <c r="P55" t="s">
         <v>282</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
         <v>299</v>
       </c>
       <c r="B56" t="s">
         <v>300</v>
       </c>
       <c r="C56" t="s">
         <v>257</v>
       </c>
       <c r="D56" t="s">
         <v>301</v>
       </c>
       <c r="E56" t="s">
         <v>20</v>
       </c>
       <c r="F56" t="s">
         <v>33</v>
       </c>
       <c r="G56" t="s">
-        <v>47</v>
+        <v>8</v>
       </c>
       <c r="H56">
         <v>2021</v>
       </c>
       <c r="I56">
         <v>2024</v>
       </c>
       <c r="J56" t="s">
         <v>302</v>
       </c>
       <c r="K56" t="s">
         <v>24</v>
       </c>
       <c r="L56" t="s">
         <v>303</v>
       </c>
       <c r="M56" t="s">
         <v>260</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
         <v>304</v>
       </c>