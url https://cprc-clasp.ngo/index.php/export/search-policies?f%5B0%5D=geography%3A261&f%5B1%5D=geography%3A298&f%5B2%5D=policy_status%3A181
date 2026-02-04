--- v0 (2025-12-06)
+++ v1 (2026-02-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="406">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="396">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -778,405 +778,366 @@
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-3</t>
   </si>
   <si>
     <t>clothes washer and dryer</t>
   </si>
   <si>
     <t>Washer and Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-4</t>
   </si>
   <si>
     <t>Storoge water heater</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-5</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy set energy label scheme for all regulated lamps:</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MELS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy defines the minimum energy labeling scheme for single-phase portable air-conditioners:</t>
   </si>
   <si>
     <t>Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-portable-air-conditioners-2024</t>
   </si>
   <si>
-    <t>MELS for Water Heater</t>
-[...7 lines deleted...]
-  <si>
     <t>MEPS for casement and window air-conditioners</t>
   </si>
   <si>
     <t>This policy applies to casement and window (up to 8.8 kW). The Minimum Coefficient of Performance (COP) is set at COP100% &gt; 3.78. Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards: ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-casement-and-window-air-conditioners</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
-    <t>MEPS for Refrigerators</t>
-[...11 lines deleted...]
-- “AEC” means Annual Energy Consumption.</t>
+    <t>MEPS for Split Type Air-Conditioners (2025)</t>
+  </si>
+  <si>
+    <t>This policy raises MEPS for single and multi split air conditioners.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners-2025</t>
+  </si>
+  <si>
+    <t>MEPS for Televisions (2024/2025)</t>
+  </si>
+  <si>
+    <t>This policy sets minimum energy performance standards for non-8K TV at 4-tick and 8K TV at 3-tick, effective in April 2024, and April 2025 respectively, as shown below</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-televisions-20242025</t>
+  </si>
+  <si>
+    <t>MEPS for Water Heater (2025)</t>
+  </si>
+  <si>
+    <t>This policy sets minimum energy performance standards for water heaters as shown below</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-water-heater-2025</t>
+  </si>
+  <si>
+    <t>Singapore Green Labeling Scheme: CFLs</t>
+  </si>
+  <si>
+    <t>This standard establishes requirements for integral compact fluorescent lamps (CFL) where the tube and ballast are combined into a single unit. These lamps allow consumers to replace incandescent lamps easily with CFL. The product group that is within the scope of certification would include screw-based lamps with ballast and adaptor in a single assembly.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>January 2016</t>
+  </si>
+  <si>
+    <t>Singapore Environment Council</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-cfls</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=7</t>
+  </si>
+  <si>
+    <t>Singapore Green Labeling Scheme: Hand Dryers</t>
+  </si>
+  <si>
+    <t>This policy establishes criteria for electric hot air hand driers that are equipped with non-contact on-off switches based on environmental, performance, and health parameters.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-hand-dryers</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=49</t>
+  </si>
+  <si>
+    <t>Singapore Green Labeling Scheme: Microwave Ovens</t>
+  </si>
+  <si>
+    <t>This policy establishes criteria for microwave ovens for household use. A microwave oven is an electrical appliance intended for household use that uses high-frequency electromagnetic waves for heating food or beverages, with a rated voltage of not more than 250 V and a frequency ranging from 890 MHz to 6 GHz.</t>
+  </si>
+  <si>
+    <t>Microwaves</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-microwave-ovens</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=81</t>
+  </si>
+  <si>
+    <t>Singapore Green Labeling Scheme: Personal Computers</t>
+  </si>
+  <si>
+    <t>This policy establishes criteria to label Personal Computers (PCs). These criteria include requirements for the following with a rated voltage of not more than 250 VAC: computer system unit; display (monitor); personal computer set combination system including units Computer System Unit, display (monitor), keyboard, and mouse; and portable computer such as notebook (notebook or laptop), tablet (tablet or slate).</t>
+  </si>
+  <si>
+    <t>Information Technology</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-personal-computers</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=82</t>
+  </si>
+  <si>
+    <t>Singapore Green Labeling Scheme: Photocopiers, Printers, Fax Machines &amp; Multifunctional Devices</t>
+  </si>
+  <si>
+    <t>This policy establishes grading criteria for Copying Machines, Printers, Fax Machines, and Multifunctional Devices (MFDs) based on environmental, performance, and health parameters. These criteria include requirements for standard-sized monochromatic and color office machines based on electrophotography (including laser and LED) and inkjet marking technologies. Standard-sized machines are those that primarily print or copy on regular-sized (e.g., A4 / 8.5 x 11) paper and envelopes. Large-format office machines are also included in this category.</t>
+  </si>
+  <si>
+    <t>Other-Electronics</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-photocopiers-printers-fax-machines-multifunctional-devices</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=38</t>
+  </si>
+  <si>
+    <t>Singapore Green Labeling Scheme: Televisions Sets</t>
+  </si>
+  <si>
+    <t>This category establishes criteria for mains-powered television sets consisting of a unit whose main purpose is to receive, reproduce and, if applicable, decode television signals.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-televisions-sets</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/</t>
+  </si>
+  <si>
+    <t>Singapore Green Labelling Scheme: Coffee Machine</t>
+  </si>
+  <si>
+    <t>This category establishes criteria for espresso and coffee machines, which include fully-automatic espresso/coffee machines, hand-operated piston espresso/coffee machines and capsule espresso/coffee machines. The category does not cover espresso/coffee machines with a system to warm cups, or capsule espresso/coffee machines which require capsules made by a certain manufacturer.</t>
+  </si>
+  <si>
+    <t>Coffee Machines</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-coffee-machine</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=56</t>
+  </si>
+  <si>
+    <t>Singapore Green Labelling Scheme: Dishwashers</t>
+  </si>
+  <si>
+    <t>This category establishes criteria for dishwashers designed to be stand-alone on floors or counter surfaces meant for household use. They apply to devices which serve the function of dishwashing alone or in combination with other functions.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-dishwashers</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=76</t>
+  </si>
+  <si>
+    <t>Singapore Green Labelling Scheme: Electric Kettles</t>
+  </si>
+  <si>
+    <t>This category establishes criteria for electric kettles for household use based on environmental, performance and health parameters.</t>
+  </si>
+  <si>
+    <t>Electric Kettles</t>
+  </si>
+  <si>
+    <t>November 2020</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-electric-kettles</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=55</t>
+  </si>
+  <si>
+    <t>Singapore Green Labelling Scheme: Gas Cookers and Gas-fired Appliances</t>
+  </si>
+  <si>
+    <t>This category establishes criteria for household gas-powered cooking devices that are isolated in design i.e. individual machines (which operate with gas burners located on steel originated or glass and ceramic layered cooker top) and gas-powered cooking devices with built-in ovens (the latter may be either natural gas or electricity powered). This category does not include gas powered cooking devices which operate with gas burners located below a glass and ceramic layered cooker top.</t>
+  </si>
+  <si>
+    <t>Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>Gas</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-gas-cookers-and-gas-fired-appliances</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=57</t>
+  </si>
+  <si>
+    <t>Singapore Green Labelling Scheme: Hot Water Storage Tanks</t>
+  </si>
+  <si>
+    <t>This scope for certification under this category includes hot-water storage tanks such as thermal solar systems and components, including water heaters, water heating installations, and storage water heaters for drinking water.</t>
+  </si>
+  <si>
+    <t>Electricity, Solar</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-hot-water-storage-tanks</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=58</t>
+  </si>
+  <si>
+    <t>Singapore Green Labelling Scheme: LEDs</t>
+  </si>
+  <si>
+    <t>This category establishes criteria for a range of Light Emitting Diode (“LED lighting”), which is used by directly connecting to a commercial power source.</t>
+  </si>
+  <si>
+    <t>Streetlighting, Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-leds</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=45</t>
+  </si>
+  <si>
+    <t>Singapore Green Labelling Scheme: Photovoltaic Equipment</t>
+  </si>
+  <si>
+    <t>This category establishes criteria for products for indoor and outdoor use, powered by solar (or light) energy using a rechargeable electrochemical storage system are included within the scope of this category based on environmental, performance, and health parameters.</t>
+  </si>
+  <si>
+    <t>Small-Solar Powered Electronics</t>
+  </si>
+  <si>
+    <t>Solar</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-photovoltaic-equipment</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=71</t>
+  </si>
+  <si>
+    <t>Singapore Green Labelling Scheme: Refrigerators and Freezers</t>
+  </si>
+  <si>
+    <t>This category establishes criteria for electric household refrigerators (with or without low-temperature compartment), refrigerator-freezer combinations and freezers (chest and upright freezers) used as free-standing, built-under or built-in appliances.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
-  </si>
-[...250 lines deleted...]
-    <t>This category establishes criteria for electric household refrigerators (with or without low-temperature compartment), refrigerator-freezer combinations and freezers (chest and upright freezers) used as free-standing, built-under or built-in appliances.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-refrigerators-and-freezers</t>
   </si>
   <si>
     <t>Singapore Green Labelling Scheme: Solar-Powered Products</t>
   </si>
   <si>
     <t>The scope of certification under this category includes solar powered products such as watches/clocks, caliper gauges, desktop and pocket calculators, scales for small utilisation, e.g. letter, parcel, bathroom and kitchen scales, titrating devices, toys, solar construction kits, solar training kits, and solar experimental kits.</t>
   </si>
   <si>
     <t>Small-Solar Powered Electronics, Solar Energy Kits</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-solar-powered-products</t>
   </si>
   <si>
     <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=62</t>
   </si>
   <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information (Lighting Products) Regulations 2021</t>
   </si>
   <si>
     <t>This regulation applies to light sources placed on the market, with or without integrated control gears, and includes light sources placed on the market in a containing product.</t>
   </si>
@@ -1633,70 +1594,70 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P81"/>
+  <dimension ref="A1:P78"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1075.737" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="196.952" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="103.689" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="91.978" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="209.949" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
@@ -3780,51 +3741,51 @@
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
         <v>249</v>
       </c>
       <c r="B47" t="s">
         <v>250</v>
       </c>
       <c r="C47" t="s">
         <v>214</v>
       </c>
       <c r="D47" t="s">
         <v>251</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
         <v>21</v>
       </c>
       <c r="G47" t="s">
         <v>22</v>
       </c>
       <c r="H47">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I47"/>
       <c r="J47" t="s">
         <v>252</v>
       </c>
       <c r="K47" t="s">
         <v>24</v>
       </c>
       <c r="L47"/>
       <c r="M47" t="s">
         <v>253</v>
       </c>
       <c r="N47" t="s">
         <v>32</v>
       </c>
       <c r="O47" t="s">
         <v>254</v>
       </c>
       <c r="P47" t="s">
         <v>255</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
         <v>256</v>
@@ -3873,1535 +3834,1393 @@
         <v>255</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
         <v>260</v>
       </c>
       <c r="B49" t="s">
         <v>261</v>
       </c>
       <c r="C49" t="s">
         <v>214</v>
       </c>
       <c r="D49" t="s">
         <v>262</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
         <v>21</v>
       </c>
       <c r="G49" t="s">
         <v>22</v>
       </c>
-      <c r="H49">
+      <c r="H49"/>
+      <c r="I49">
         <v>2024</v>
       </c>
-      <c r="I49"/>
       <c r="J49" t="s">
         <v>252</v>
       </c>
       <c r="K49" t="s">
         <v>24</v>
       </c>
       <c r="L49"/>
       <c r="M49" t="s">
         <v>253</v>
       </c>
       <c r="N49" t="s">
         <v>32</v>
       </c>
       <c r="O49" t="s">
         <v>263</v>
       </c>
       <c r="P49" t="s">
         <v>255</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
         <v>264</v>
       </c>
       <c r="B50" t="s">
         <v>265</v>
       </c>
       <c r="C50" t="s">
         <v>214</v>
       </c>
       <c r="D50" t="s">
-        <v>85</v>
+        <v>266</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
-        <v>21</v>
+        <v>107</v>
       </c>
       <c r="G50" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="H50">
-        <v>2025</v>
-[...1 lines deleted...]
-      <c r="I50"/>
+        <v>2011</v>
+      </c>
+      <c r="I50">
+        <v>2022</v>
+      </c>
       <c r="J50" t="s">
-        <v>252</v>
+        <v>267</v>
       </c>
       <c r="K50" t="s">
         <v>24</v>
       </c>
-      <c r="L50"/>
+      <c r="L50" t="s">
+        <v>268</v>
+      </c>
       <c r="M50" t="s">
         <v>253</v>
       </c>
       <c r="N50" t="s">
         <v>32</v>
       </c>
       <c r="O50" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="P50" t="s">
-        <v>255</v>
+        <v>270</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="B51" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="C51" t="s">
         <v>214</v>
       </c>
       <c r="D51" t="s">
-        <v>269</v>
+        <v>251</v>
       </c>
       <c r="E51" t="s">
         <v>20</v>
       </c>
       <c r="F51" t="s">
         <v>107</v>
       </c>
       <c r="G51" t="s">
-        <v>43</v>
+        <v>22</v>
       </c>
       <c r="H51">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I51"/>
       <c r="J51" t="s">
-        <v>270</v>
+        <v>252</v>
       </c>
       <c r="K51" t="s">
         <v>24</v>
       </c>
-      <c r="L51" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L51"/>
       <c r="M51" t="s">
         <v>253</v>
       </c>
       <c r="N51" t="s">
         <v>32</v>
       </c>
       <c r="O51" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="P51" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="B52" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C52" t="s">
         <v>214</v>
       </c>
       <c r="D52" t="s">
-        <v>251</v>
+        <v>266</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="F52" t="s">
         <v>107</v>
       </c>
       <c r="G52" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="H52">
+        <v>2011</v>
+      </c>
+      <c r="I52">
         <v>2025</v>
       </c>
-      <c r="I52"/>
       <c r="J52" t="s">
         <v>252</v>
       </c>
       <c r="K52" t="s">
         <v>24</v>
       </c>
       <c r="L52"/>
       <c r="M52" t="s">
         <v>253</v>
       </c>
       <c r="N52" t="s">
         <v>32</v>
       </c>
       <c r="O52" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="P52" t="s">
-        <v>277</v>
+        <v>270</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
         <v>278</v>
       </c>
       <c r="B53" t="s">
         <v>279</v>
       </c>
       <c r="C53" t="s">
         <v>214</v>
       </c>
       <c r="D53" t="s">
         <v>280</v>
       </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
         <v>107</v>
       </c>
       <c r="G53" t="s">
-        <v>43</v>
+        <v>22</v>
       </c>
       <c r="H53">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2024</v>
+      </c>
+      <c r="I53"/>
       <c r="J53" t="s">
-        <v>270</v>
+        <v>252</v>
       </c>
       <c r="K53" t="s">
         <v>24</v>
       </c>
-      <c r="L53" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L53"/>
       <c r="M53" t="s">
         <v>253</v>
       </c>
       <c r="N53" t="s">
         <v>32</v>
       </c>
       <c r="O53" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="P53" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
+        <v>282</v>
+      </c>
+      <c r="B54" t="s">
         <v>283</v>
-      </c>
-[...1 lines deleted...]
-        <v>284</v>
       </c>
       <c r="C54" t="s">
         <v>214</v>
       </c>
       <c r="D54" t="s">
-        <v>280</v>
+        <v>85</v>
       </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
         <v>107</v>
       </c>
       <c r="G54" t="s">
-        <v>43</v>
+        <v>22</v>
       </c>
       <c r="H54">
-        <v>2011</v>
-[...1 lines deleted...]
-      <c r="I54">
         <v>2025</v>
       </c>
+      <c r="I54"/>
       <c r="J54" t="s">
         <v>252</v>
       </c>
       <c r="K54" t="s">
         <v>24</v>
       </c>
       <c r="L54"/>
       <c r="M54" t="s">
         <v>253</v>
       </c>
       <c r="N54" t="s">
         <v>32</v>
       </c>
       <c r="O54" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="P54" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
+        <v>285</v>
+      </c>
+      <c r="B55" t="s">
         <v>286</v>
-      </c>
-[...1 lines deleted...]
-        <v>287</v>
       </c>
       <c r="C55" t="s">
         <v>214</v>
       </c>
       <c r="D55" t="s">
-        <v>269</v>
+        <v>287</v>
       </c>
       <c r="E55" t="s">
-        <v>20</v>
+        <v>225</v>
       </c>
       <c r="F55" t="s">
-        <v>107</v>
+        <v>226</v>
       </c>
       <c r="G55" t="s">
-        <v>43</v>
+        <v>22</v>
       </c>
       <c r="H55">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I55"/>
       <c r="J55" t="s">
-        <v>252</v>
+        <v>288</v>
       </c>
       <c r="K55" t="s">
         <v>24</v>
       </c>
       <c r="L55"/>
       <c r="M55" t="s">
-        <v>253</v>
+        <v>289</v>
       </c>
       <c r="N55" t="s">
         <v>32</v>
       </c>
       <c r="O55" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="P55" t="s">
-        <v>273</v>
+        <v>291</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="B56" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="C56" t="s">
         <v>214</v>
       </c>
       <c r="D56" t="s">
-        <v>291</v>
+        <v>228</v>
       </c>
       <c r="E56" t="s">
-        <v>20</v>
+        <v>225</v>
       </c>
       <c r="F56" t="s">
-        <v>107</v>
+        <v>226</v>
       </c>
       <c r="G56" t="s">
-        <v>22</v>
+        <v>113</v>
       </c>
       <c r="H56"/>
       <c r="I56"/>
       <c r="J56" t="s">
-        <v>252</v>
+        <v>217</v>
       </c>
       <c r="K56" t="s">
         <v>24</v>
       </c>
       <c r="L56"/>
       <c r="M56" t="s">
-        <v>253</v>
+        <v>289</v>
       </c>
       <c r="N56" t="s">
         <v>32</v>
       </c>
       <c r="O56" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="P56" t="s">
-        <v>277</v>
+        <v>295</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="B57" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="C57" t="s">
         <v>214</v>
       </c>
       <c r="D57" t="s">
-        <v>85</v>
+        <v>298</v>
       </c>
       <c r="E57" t="s">
-        <v>20</v>
+        <v>225</v>
       </c>
       <c r="F57" t="s">
-        <v>107</v>
+        <v>226</v>
       </c>
       <c r="G57" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>113</v>
+      </c>
+      <c r="H57"/>
       <c r="I57"/>
       <c r="J57" t="s">
-        <v>252</v>
+        <v>217</v>
       </c>
       <c r="K57" t="s">
         <v>24</v>
       </c>
       <c r="L57"/>
       <c r="M57" t="s">
-        <v>253</v>
+        <v>289</v>
       </c>
       <c r="N57" t="s">
         <v>32</v>
       </c>
       <c r="O57" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
       <c r="P57" t="s">
-        <v>277</v>
+        <v>300</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>296</v>
+        <v>301</v>
       </c>
       <c r="B58" t="s">
-        <v>297</v>
+        <v>302</v>
       </c>
       <c r="C58" t="s">
         <v>214</v>
       </c>
       <c r="D58" t="s">
-        <v>298</v>
+        <v>303</v>
       </c>
       <c r="E58" t="s">
         <v>225</v>
       </c>
       <c r="F58" t="s">
         <v>226</v>
       </c>
       <c r="G58" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>113</v>
+      </c>
+      <c r="H58"/>
       <c r="I58"/>
       <c r="J58" t="s">
-        <v>299</v>
+        <v>217</v>
       </c>
       <c r="K58" t="s">
         <v>24</v>
       </c>
       <c r="L58"/>
       <c r="M58" t="s">
-        <v>300</v>
+        <v>289</v>
       </c>
       <c r="N58" t="s">
         <v>32</v>
       </c>
       <c r="O58" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="P58" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="B59" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="C59" t="s">
         <v>214</v>
       </c>
       <c r="D59" t="s">
-        <v>228</v>
+        <v>308</v>
       </c>
       <c r="E59" t="s">
         <v>225</v>
       </c>
       <c r="F59" t="s">
         <v>226</v>
       </c>
       <c r="G59" t="s">
         <v>113</v>
       </c>
       <c r="H59"/>
       <c r="I59"/>
       <c r="J59" t="s">
         <v>217</v>
       </c>
       <c r="K59" t="s">
         <v>24</v>
       </c>
       <c r="L59"/>
       <c r="M59" t="s">
-        <v>300</v>
+        <v>289</v>
       </c>
       <c r="N59" t="s">
         <v>32</v>
       </c>
       <c r="O59" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="P59" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>307</v>
+        <v>311</v>
       </c>
       <c r="B60" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
       <c r="C60" t="s">
         <v>214</v>
       </c>
       <c r="D60" t="s">
-        <v>309</v>
+        <v>280</v>
       </c>
       <c r="E60" t="s">
         <v>225</v>
       </c>
       <c r="F60" t="s">
         <v>226</v>
       </c>
       <c r="G60" t="s">
-        <v>113</v>
-[...2 lines deleted...]
-      <c r="I60"/>
+        <v>43</v>
+      </c>
+      <c r="H60">
+        <v>2012</v>
+      </c>
+      <c r="I60">
+        <v>2012</v>
+      </c>
       <c r="J60" t="s">
-        <v>217</v>
+        <v>288</v>
       </c>
       <c r="K60" t="s">
         <v>24</v>
       </c>
       <c r="L60"/>
       <c r="M60" t="s">
-        <v>300</v>
+        <v>289</v>
       </c>
       <c r="N60" t="s">
         <v>32</v>
       </c>
       <c r="O60" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="P60" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="B61" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="C61" t="s">
         <v>214</v>
       </c>
       <c r="D61" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="E61" t="s">
         <v>225</v>
       </c>
       <c r="F61" t="s">
         <v>226</v>
       </c>
       <c r="G61" t="s">
-        <v>113</v>
-[...2 lines deleted...]
-      <c r="I61"/>
+        <v>43</v>
+      </c>
+      <c r="H61">
+        <v>2012</v>
+      </c>
+      <c r="I61">
+        <v>2012</v>
+      </c>
       <c r="J61" t="s">
-        <v>217</v>
+        <v>288</v>
       </c>
       <c r="K61" t="s">
         <v>24</v>
       </c>
       <c r="L61"/>
       <c r="M61" t="s">
-        <v>300</v>
+        <v>289</v>
       </c>
       <c r="N61" t="s">
         <v>32</v>
       </c>
       <c r="O61" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
       <c r="P61" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="B62" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="C62" t="s">
         <v>214</v>
       </c>
       <c r="D62" t="s">
-        <v>319</v>
+        <v>62</v>
       </c>
       <c r="E62" t="s">
         <v>225</v>
       </c>
       <c r="F62" t="s">
         <v>226</v>
       </c>
       <c r="G62" t="s">
-        <v>113</v>
-[...1 lines deleted...]
-      <c r="H62"/>
+        <v>22</v>
+      </c>
+      <c r="H62">
+        <v>2013</v>
+      </c>
       <c r="I62"/>
       <c r="J62" t="s">
-        <v>217</v>
+        <v>288</v>
       </c>
       <c r="K62" t="s">
         <v>24</v>
       </c>
       <c r="L62"/>
       <c r="M62" t="s">
-        <v>300</v>
+        <v>289</v>
       </c>
       <c r="N62" t="s">
         <v>32</v>
       </c>
       <c r="O62" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="P62" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="B63" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="C63" t="s">
         <v>214</v>
       </c>
       <c r="D63" t="s">
-        <v>291</v>
+        <v>326</v>
       </c>
       <c r="E63" t="s">
         <v>225</v>
       </c>
       <c r="F63" t="s">
         <v>226</v>
       </c>
       <c r="G63" t="s">
-        <v>43</v>
+        <v>22</v>
       </c>
       <c r="H63">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="I63"/>
       <c r="J63" t="s">
-        <v>299</v>
+        <v>327</v>
       </c>
       <c r="K63" t="s">
         <v>24</v>
       </c>
       <c r="L63"/>
       <c r="M63" t="s">
-        <v>300</v>
+        <v>289</v>
       </c>
       <c r="N63" t="s">
         <v>32</v>
       </c>
       <c r="O63" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="P63" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
       <c r="B64" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="C64" t="s">
         <v>214</v>
       </c>
       <c r="D64" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="E64" t="s">
         <v>225</v>
       </c>
       <c r="F64" t="s">
         <v>226</v>
       </c>
       <c r="G64" t="s">
-        <v>43</v>
+        <v>22</v>
       </c>
       <c r="H64">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="I64"/>
       <c r="J64" t="s">
-        <v>299</v>
+        <v>327</v>
       </c>
       <c r="K64" t="s">
-        <v>24</v>
+        <v>333</v>
       </c>
       <c r="L64"/>
       <c r="M64" t="s">
-        <v>300</v>
+        <v>289</v>
       </c>
       <c r="N64" t="s">
         <v>32</v>
       </c>
       <c r="O64" t="s">
-        <v>329</v>
+        <v>334</v>
       </c>
       <c r="P64" t="s">
-        <v>330</v>
+        <v>335</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>331</v>
+        <v>336</v>
       </c>
       <c r="B65" t="s">
-        <v>332</v>
+        <v>337</v>
       </c>
       <c r="C65" t="s">
         <v>214</v>
       </c>
       <c r="D65" t="s">
-        <v>62</v>
+        <v>247</v>
       </c>
       <c r="E65" t="s">
         <v>225</v>
       </c>
       <c r="F65" t="s">
         <v>226</v>
       </c>
       <c r="G65" t="s">
         <v>22</v>
       </c>
       <c r="H65">
-        <v>2013</v>
+        <v>2017</v>
       </c>
       <c r="I65"/>
       <c r="J65" t="s">
-        <v>299</v>
+        <v>327</v>
       </c>
       <c r="K65" t="s">
-        <v>24</v>
+        <v>338</v>
       </c>
       <c r="L65"/>
       <c r="M65" t="s">
-        <v>300</v>
+        <v>289</v>
       </c>
       <c r="N65" t="s">
         <v>32</v>
       </c>
       <c r="O65" t="s">
-        <v>333</v>
+        <v>339</v>
       </c>
       <c r="P65" t="s">
-        <v>334</v>
+        <v>340</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>335</v>
+        <v>341</v>
       </c>
       <c r="B66" t="s">
-        <v>336</v>
+        <v>342</v>
       </c>
       <c r="C66" t="s">
         <v>214</v>
       </c>
       <c r="D66" t="s">
-        <v>337</v>
+        <v>343</v>
       </c>
       <c r="E66" t="s">
         <v>225</v>
       </c>
       <c r="F66" t="s">
         <v>226</v>
       </c>
       <c r="G66" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="H66">
+        <v>2012</v>
+      </c>
+      <c r="I66">
         <v>2017</v>
       </c>
-      <c r="I66"/>
       <c r="J66" t="s">
-        <v>338</v>
+        <v>327</v>
       </c>
       <c r="K66" t="s">
         <v>24</v>
       </c>
       <c r="L66"/>
       <c r="M66" t="s">
-        <v>300</v>
+        <v>289</v>
       </c>
       <c r="N66" t="s">
         <v>32</v>
       </c>
       <c r="O66" t="s">
-        <v>339</v>
+        <v>344</v>
       </c>
       <c r="P66" t="s">
-        <v>340</v>
+        <v>345</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>341</v>
+        <v>346</v>
       </c>
       <c r="B67" t="s">
-        <v>342</v>
+        <v>347</v>
       </c>
       <c r="C67" t="s">
         <v>214</v>
       </c>
       <c r="D67" t="s">
-        <v>343</v>
+        <v>348</v>
       </c>
       <c r="E67" t="s">
         <v>225</v>
       </c>
       <c r="F67" t="s">
         <v>226</v>
       </c>
       <c r="G67" t="s">
         <v>22</v>
       </c>
       <c r="H67">
         <v>2017</v>
       </c>
       <c r="I67"/>
       <c r="J67" t="s">
-        <v>338</v>
+        <v>327</v>
       </c>
       <c r="K67" t="s">
-        <v>344</v>
+        <v>349</v>
       </c>
       <c r="L67"/>
       <c r="M67" t="s">
-        <v>300</v>
+        <v>289</v>
       </c>
       <c r="N67" t="s">
         <v>32</v>
       </c>
       <c r="O67" t="s">
-        <v>345</v>
+        <v>350</v>
       </c>
       <c r="P67" t="s">
-        <v>346</v>
+        <v>351</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>347</v>
+        <v>352</v>
       </c>
       <c r="B68" t="s">
-        <v>348</v>
+        <v>353</v>
       </c>
       <c r="C68" t="s">
         <v>214</v>
       </c>
       <c r="D68" t="s">
-        <v>247</v>
+        <v>354</v>
       </c>
       <c r="E68" t="s">
         <v>225</v>
       </c>
       <c r="F68" t="s">
         <v>226</v>
       </c>
       <c r="G68" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="H68">
-        <v>2017</v>
-[...1 lines deleted...]
-      <c r="I68"/>
+        <v>2012</v>
+      </c>
+      <c r="I68">
+        <v>2012</v>
+      </c>
       <c r="J68" t="s">
-        <v>338</v>
+        <v>288</v>
       </c>
       <c r="K68" t="s">
-        <v>349</v>
+        <v>24</v>
       </c>
       <c r="L68"/>
       <c r="M68" t="s">
-        <v>300</v>
+        <v>289</v>
       </c>
       <c r="N68" t="s">
         <v>32</v>
       </c>
       <c r="O68" t="s">
-        <v>350</v>
+        <v>355</v>
       </c>
       <c r="P68" t="s">
-        <v>351</v>
+        <v>314</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="B69" t="s">
-        <v>353</v>
+        <v>357</v>
       </c>
       <c r="C69" t="s">
         <v>214</v>
       </c>
       <c r="D69" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="E69" t="s">
         <v>225</v>
       </c>
       <c r="F69" t="s">
         <v>226</v>
       </c>
       <c r="G69" t="s">
-        <v>43</v>
+        <v>22</v>
       </c>
       <c r="H69">
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="I69">
         <v>2017</v>
       </c>
+      <c r="I69"/>
       <c r="J69" t="s">
-        <v>338</v>
+        <v>327</v>
       </c>
       <c r="K69" t="s">
-        <v>24</v>
+        <v>349</v>
       </c>
       <c r="L69"/>
       <c r="M69" t="s">
-        <v>300</v>
+        <v>289</v>
       </c>
       <c r="N69" t="s">
         <v>32</v>
       </c>
       <c r="O69" t="s">
-        <v>355</v>
+        <v>359</v>
       </c>
       <c r="P69" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>357</v>
+        <v>361</v>
       </c>
       <c r="B70" t="s">
-        <v>358</v>
+        <v>362</v>
       </c>
       <c r="C70" t="s">
-        <v>214</v>
+        <v>18</v>
       </c>
       <c r="D70" t="s">
-        <v>359</v>
+        <v>363</v>
       </c>
       <c r="E70" t="s">
-        <v>225</v>
+        <v>20</v>
       </c>
       <c r="F70" t="s">
-        <v>226</v>
+        <v>21</v>
       </c>
       <c r="G70" t="s">
         <v>22</v>
       </c>
       <c r="H70">
-        <v>2017</v>
+        <v>2021</v>
       </c>
       <c r="I70"/>
       <c r="J70" t="s">
-        <v>338</v>
+        <v>23</v>
       </c>
       <c r="K70" t="s">
-        <v>360</v>
+        <v>24</v>
       </c>
       <c r="L70"/>
-      <c r="M70" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M70"/>
       <c r="N70" t="s">
         <v>32</v>
       </c>
       <c r="O70" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="P70" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
+        <v>361</v>
+      </c>
+      <c r="B71" t="s">
+        <v>366</v>
+      </c>
+      <c r="C71" t="s">
+        <v>18</v>
+      </c>
+      <c r="D71" t="s">
         <v>363</v>
       </c>
-      <c r="B71" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E71" t="s">
-        <v>225</v>
+        <v>20</v>
       </c>
       <c r="F71" t="s">
-        <v>226</v>
+        <v>107</v>
       </c>
       <c r="G71" t="s">
-        <v>43</v>
+        <v>22</v>
       </c>
       <c r="H71">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2021</v>
+      </c>
+      <c r="I71"/>
       <c r="J71" t="s">
-        <v>299</v>
+        <v>23</v>
       </c>
       <c r="K71" t="s">
         <v>24</v>
       </c>
       <c r="L71"/>
-      <c r="M71" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M71"/>
       <c r="N71" t="s">
         <v>32</v>
       </c>
       <c r="O71" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="P71" t="s">
-        <v>325</v>
+        <v>368</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="B72" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="C72" t="s">
-        <v>214</v>
+        <v>18</v>
       </c>
       <c r="D72" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="E72" t="s">
-        <v>225</v>
+        <v>20</v>
       </c>
       <c r="F72" t="s">
-        <v>226</v>
+        <v>107</v>
       </c>
       <c r="G72" t="s">
         <v>22</v>
       </c>
       <c r="H72">
-        <v>2017</v>
+        <v>2021</v>
       </c>
       <c r="I72"/>
       <c r="J72" t="s">
-        <v>338</v>
+        <v>23</v>
       </c>
       <c r="K72" t="s">
-        <v>360</v>
+        <v>24</v>
       </c>
       <c r="L72"/>
-      <c r="M72" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M72"/>
       <c r="N72" t="s">
         <v>32</v>
       </c>
       <c r="O72" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="P72" t="s">
-        <v>370</v>
+        <v>69</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="B73" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="C73" t="s">
         <v>18</v>
       </c>
       <c r="D73" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="E73" t="s">
         <v>20</v>
       </c>
       <c r="F73" t="s">
-        <v>21</v>
+        <v>107</v>
       </c>
       <c r="G73" t="s">
         <v>22</v>
       </c>
       <c r="H73">
         <v>2021</v>
       </c>
       <c r="I73"/>
       <c r="J73" t="s">
         <v>23</v>
       </c>
       <c r="K73" t="s">
         <v>24</v>
       </c>
       <c r="L73"/>
       <c r="M73"/>
       <c r="N73" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="O73" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="P73" t="s">
-        <v>375</v>
+        <v>69</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>371</v>
+        <v>377</v>
       </c>
       <c r="B74" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="C74" t="s">
         <v>18</v>
       </c>
       <c r="D74" t="s">
-        <v>373</v>
+        <v>62</v>
       </c>
       <c r="E74" t="s">
         <v>20</v>
       </c>
       <c r="F74" t="s">
         <v>107</v>
       </c>
       <c r="G74" t="s">
         <v>22</v>
       </c>
       <c r="H74">
         <v>2021</v>
       </c>
       <c r="I74"/>
       <c r="J74" t="s">
         <v>23</v>
       </c>
       <c r="K74" t="s">
         <v>24</v>
       </c>
       <c r="L74"/>
       <c r="M74"/>
       <c r="N74" t="s">
         <v>32</v>
       </c>
       <c r="O74" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="P74" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="B75" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="C75" t="s">
         <v>18</v>
       </c>
       <c r="D75" t="s">
-        <v>381</v>
+        <v>56</v>
       </c>
       <c r="E75" t="s">
         <v>20</v>
       </c>
       <c r="F75" t="s">
         <v>107</v>
       </c>
       <c r="G75" t="s">
         <v>22</v>
       </c>
       <c r="H75">
         <v>2021</v>
       </c>
       <c r="I75"/>
       <c r="J75" t="s">
         <v>23</v>
       </c>
       <c r="K75" t="s">
         <v>24</v>
       </c>
       <c r="L75"/>
       <c r="M75"/>
       <c r="N75" t="s">
         <v>32</v>
       </c>
       <c r="O75" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="P75" t="s">
-        <v>69</v>
+        <v>384</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="B76" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="C76" t="s">
         <v>18</v>
       </c>
       <c r="D76" t="s">
-        <v>385</v>
+        <v>67</v>
       </c>
       <c r="E76" t="s">
         <v>20</v>
       </c>
       <c r="F76" t="s">
         <v>107</v>
       </c>
       <c r="G76" t="s">
         <v>22</v>
       </c>
       <c r="H76">
         <v>2021</v>
       </c>
       <c r="I76"/>
       <c r="J76" t="s">
         <v>23</v>
       </c>
       <c r="K76" t="s">
         <v>24</v>
       </c>
       <c r="L76"/>
       <c r="M76"/>
       <c r="N76" t="s">
         <v>25</v>
       </c>
       <c r="O76" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="P76" t="s">
-        <v>69</v>
+        <v>388</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="B77" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="C77" t="s">
         <v>18</v>
       </c>
       <c r="D77" t="s">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="E77" t="s">
         <v>20</v>
       </c>
       <c r="F77" t="s">
         <v>107</v>
       </c>
       <c r="G77" t="s">
         <v>22</v>
       </c>
       <c r="H77">
         <v>2021</v>
       </c>
       <c r="I77"/>
       <c r="J77" t="s">
         <v>23</v>
       </c>
       <c r="K77" t="s">
         <v>24</v>
       </c>
       <c r="L77"/>
       <c r="M77"/>
       <c r="N77" t="s">
         <v>32</v>
       </c>
       <c r="O77" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="P77" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="B78" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="C78" t="s">
         <v>18</v>
       </c>
       <c r="D78" t="s">
-        <v>56</v>
+        <v>228</v>
       </c>
       <c r="E78" t="s">
         <v>20</v>
       </c>
       <c r="F78" t="s">
         <v>107</v>
       </c>
       <c r="G78" t="s">
         <v>22</v>
       </c>
       <c r="H78">
         <v>2021</v>
       </c>
       <c r="I78"/>
       <c r="J78" t="s">
         <v>23</v>
       </c>
       <c r="K78" t="s">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="L78"/>
       <c r="M78"/>
       <c r="N78" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="O78" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="P78" t="s">
-        <v>394</v>
-[...130 lines deleted...]
-      <c r="P81" t="s">
         <v>69</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>