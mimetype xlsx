--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -12,239 +12,273 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
+    <t>insulation</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Insulations</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products</t>
   </si>
   <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
     <t>Windows</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-0</t>
   </si>
   <si>
+    <t>Natural gas and LPG boilers</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-1</t>
   </si>
   <si>
+    <t>Heating controls products</t>
+  </si>
+  <si>
     <t>Climate Controls</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-2</t>
   </si>
   <si>
+    <t>clothes washer</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-3</t>
   </si>
   <si>
+    <t>clothes washer and dryer</t>
+  </si>
+  <si>
     <t>Washer and Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-4</t>
   </si>
   <si>
+    <t>Storoge water heater</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-5</t>
   </si>
   <si>
     <t>Regulations under Consumer Protection Act 2015</t>
   </si>
   <si>
+    <t>This regulation covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values . Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source and Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.</t>
+  </si>
+  <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Tonga Ministry of Commerce, Consumer, Trade, Innovation, and Labour</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-under-consumer-protection-act-2015</t>
+  </si>
+  <si>
+    <t>http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ ,http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.----http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ , http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -508,489 +542,546 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N9"/>
+  <dimension ref="A1:P9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="55" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="104" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1808.416" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="194.524" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="80.123" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="104.832" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="514.303" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2015</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
         <v>16</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>30</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2015</v>
       </c>
-      <c r="H2"/>
-[...9 lines deleted...]
-      <c r="L2" t="s">
+      <c r="I3"/>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
+      <c r="L3" t="s">
         <v>25</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C3" t="s">
+      <c r="M3" t="s">
         <v>26</v>
-      </c>
-[...26 lines deleted...]
-        <v>24</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
+      <c r="O3" t="s">
+        <v>31</v>
+      </c>
+      <c r="P3" t="s">
+        <v>29</v>
+      </c>
     </row>
-    <row r="4" spans="1:14">
+    <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B4" t="s">
-        <v>15</v>
+        <v>32</v>
       </c>
       <c r="C4" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2015</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>34</v>
+      </c>
+      <c r="L4" t="s">
+        <v>25</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>35</v>
+      </c>
+      <c r="P4" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" t="s">
+        <v>36</v>
+      </c>
+      <c r="C5" t="s">
         <v>18</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4">
+      <c r="D5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
         <v>2015</v>
       </c>
-      <c r="H4"/>
-      <c r="I4" t="s">
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>38</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>39</v>
+      </c>
+      <c r="P5" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" t="s">
+        <v>40</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>41</v>
+      </c>
+      <c r="E6" t="s">
         <v>20</v>
       </c>
-      <c r="J4" t="s">
-[...70 lines deleted...]
-      </c>
       <c r="F6" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>2015</v>
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>42</v>
       </c>
       <c r="H6">
         <v>2015</v>
       </c>
-      <c r="I6" t="s">
+      <c r="I6">
+        <v>2015</v>
+      </c>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>38</v>
+      </c>
+      <c r="L6" t="s">
+        <v>25</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>43</v>
+      </c>
+      <c r="P6" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
+        <v>44</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>45</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J6" t="s">
-[...30 lines deleted...]
-      </c>
       <c r="F7" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>2015</v>
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>42</v>
       </c>
       <c r="H7">
         <v>2015</v>
       </c>
-      <c r="I7" t="s">
+      <c r="I7">
+        <v>2015</v>
+      </c>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>38</v>
+      </c>
+      <c r="L7" t="s">
+        <v>25</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>46</v>
+      </c>
+      <c r="P7" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>16</v>
+      </c>
+      <c r="B8" t="s">
+        <v>47</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="J7" t="s">
-[...30 lines deleted...]
-      </c>
       <c r="F8" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>2015</v>
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>42</v>
       </c>
       <c r="H8">
         <v>2015</v>
       </c>
-      <c r="I8" t="s">
+      <c r="I8">
+        <v>2015</v>
+      </c>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>38</v>
+      </c>
+      <c r="L8" t="s">
+        <v>25</v>
+      </c>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>49</v>
+      </c>
+      <c r="P8" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>50</v>
+      </c>
+      <c r="B9" t="s">
+        <v>51</v>
+      </c>
+      <c r="C9" t="s">
+        <v>52</v>
+      </c>
+      <c r="D9" t="s">
+        <v>53</v>
+      </c>
+      <c r="E9" t="s">
         <v>20</v>
       </c>
-      <c r="J8" t="s">
-[...30 lines deleted...]
-      </c>
       <c r="F9" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="G9"/>
+        <v>54</v>
+      </c>
+      <c r="G9" t="s">
+        <v>55</v>
+      </c>
       <c r="H9"/>
-      <c r="I9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I9"/>
       <c r="J9" t="s">
-        <v>32</v>
+        <v>56</v>
       </c>
       <c r="K9" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="L9" t="s">
-        <v>48</v>
+        <v>57</v>
       </c>
       <c r="M9" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="N9" t="s">
-        <v>49</v>
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>59</v>
+      </c>
+      <c r="P9" t="s">
+        <v>60</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>