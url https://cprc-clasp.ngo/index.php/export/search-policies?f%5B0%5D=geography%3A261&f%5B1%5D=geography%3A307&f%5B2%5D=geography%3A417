--- v0 (2025-11-09)
+++ v1 (2025-12-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="463">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="465">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -1151,50 +1151,53 @@
   <si>
     <t>https://vanbanphapluat.co/tcvn-8525-2015-may-bien-ap-phan-phoi-muc-hieu-suat-nang-luong-toi-thieu</t>
   </si>
   <si>
     <t>TCVN 8526:2013 Clothes washing machines for household use - energy efficiency and test methods</t>
   </si>
   <si>
     <t>This document specifies the MEPS, test methods, and star ratings for clothes washing machines for household use.</t>
   </si>
   <si>
     <t>IEC 60456:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-85262013-clothes-washing-machines-household-use-energy-efficiency-and-test-methods</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-8526-2013-may-giat-gia-dung-hieu-suat-nang-luong-phuong-phap-xac-dinh#toan-van</t>
   </si>
   <si>
     <t>TCVN 8630:2010 Boilers - energy efficiency and test methods</t>
   </si>
   <si>
     <t>This standard stipulates energy efficiency requirements and test methods for determining energy efficiency for fuel-burning boilers. The methods for determining boiler efficiency use the forward balance method and the reverse balance method. This standard does not apply to boilers used to produce electricity. This standard will enter into effect on 1 April 2025.</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-86302010-boilers-energy-efficiency-and-test-methods</t>
   </si>
   <si>
     <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+8630%3A2019</t>
   </si>
   <si>
     <t>TCVN 8630:2019 Boilers - Energy Efficiency and Method for Determination</t>
   </si>
   <si>
     <t>This standard specifies the requirements for energy efficiency and the method for determining energy efficiency for fuel-fired boilers when put into use in the industrial sector.
 The method for determining boiler efficiency specified in this standard is the forward balance method and the reverse balance method.
 This standard does not apply to boilers used for electricity generation.
 It replaces TCVN 8630:2010 and has been effective starting April 2025.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-86302019-boilers-energy-efficiency-and-method-determination</t>
   </si>
   <si>
     <t>TCVN 9508:2012 Computer monitors - energy efficiency</t>
   </si>
   <si>
     <t>This document specifies the MEPS and test methods for computer monitors.</t>
   </si>
   <si>
     <t>Displays</t>
@@ -1236,50 +1239,53 @@
     <t>https://vanbanphapluat.co/tcvn-9510-2012-may-photocopy-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>TCVN 9536: 2021: Television Sets - Energy Efficiency</t>
   </si>
   <si>
     <t>This standard applies to television sets with a rated power of less than 1 000 W, consisting of a display and one or more receivers/tuners in the same or separate housing.
 It also applies to TV/VCR, TV/DVD, combined TV/VCR/DVD sets.
 It does not apply to television sets with computer, OCAP, IP and other television receivers with special functions. This standard specifies minimum energy efficiency levels and energy efficiency classes for television sets.
 It replaces TCVN 9536:2012 and has been effective since April 2025.</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-9536-2021-television-sets-energy-efficiency</t>
   </si>
   <si>
     <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN%209536:2021</t>
   </si>
   <si>
     <t>TCVN 9536:2012 Television sets - energy efficiency</t>
   </si>
   <si>
     <t>This document specifies the MEPS, test methods, and star ratings for television sets.</t>
+  </si>
+  <si>
+    <t>Superseded</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95362012-television-sets-energy-efficiency</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-9536-2012-may-thu-hinh-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>TCVN 9536:2012: Televisions</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance standards for televisions.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95362012-televisions</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-9537-2012-may-thu-hinh-xac-dinh-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>TCVN 9981:2020 - VRF/VRV air conditioners</t>
   </si>
   <si>
     <t>This policy specifies the method for determining the performance and energy efficiency of outdoor assemblies (outdoor units) for VRF/VRV air conditioners using three-phase power sources. This policy will enter into force on 1 January 2025.</t>
   </si>
@@ -5105,1000 +5111,1000 @@
       </c>
       <c r="P70" t="s">
         <v>369</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
         <v>370</v>
       </c>
       <c r="B71" t="s">
         <v>371</v>
       </c>
       <c r="C71" t="s">
         <v>214</v>
       </c>
       <c r="D71" t="s">
         <v>37</v>
       </c>
       <c r="E71" t="s">
         <v>20</v>
       </c>
       <c r="F71" t="s">
         <v>107</v>
       </c>
       <c r="G71" t="s">
-        <v>43</v>
+        <v>372</v>
       </c>
       <c r="H71">
         <v>2010</v>
       </c>
       <c r="I71">
         <v>2019</v>
       </c>
       <c r="J71" t="s">
         <v>231</v>
       </c>
       <c r="K71" t="s">
         <v>245</v>
       </c>
       <c r="L71"/>
       <c r="M71" t="s">
         <v>217</v>
       </c>
       <c r="N71" t="s">
         <v>32</v>
       </c>
       <c r="O71" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="P71" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="B72" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="C72" t="s">
         <v>214</v>
       </c>
       <c r="D72" t="s">
         <v>37</v>
       </c>
       <c r="E72" t="s">
         <v>20</v>
       </c>
       <c r="F72" t="s">
         <v>107</v>
       </c>
       <c r="G72" t="s">
         <v>43</v>
       </c>
       <c r="H72">
         <v>2010</v>
       </c>
       <c r="I72">
         <v>2019</v>
       </c>
       <c r="J72" t="s">
         <v>277</v>
       </c>
       <c r="K72" t="s">
         <v>245</v>
       </c>
       <c r="L72"/>
       <c r="M72" t="s">
         <v>217</v>
       </c>
       <c r="N72" t="s">
         <v>25</v>
       </c>
       <c r="O72" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="P72" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="B73" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="C73" t="s">
         <v>214</v>
       </c>
       <c r="D73" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="E73" t="s">
         <v>20</v>
       </c>
       <c r="F73" t="s">
         <v>107</v>
       </c>
       <c r="G73" t="s">
         <v>43</v>
       </c>
       <c r="H73">
         <v>2012</v>
       </c>
       <c r="I73">
         <v>2015</v>
       </c>
       <c r="J73" t="s">
         <v>231</v>
       </c>
       <c r="K73" t="s">
         <v>24</v>
       </c>
       <c r="L73" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="M73" t="s">
         <v>217</v>
       </c>
       <c r="N73" t="s">
         <v>32</v>
       </c>
       <c r="O73" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="P73" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="B74" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="C74" t="s">
         <v>214</v>
       </c>
       <c r="D74" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="E74" t="s">
         <v>20</v>
       </c>
       <c r="F74" t="s">
         <v>107</v>
       </c>
       <c r="G74" t="s">
         <v>43</v>
       </c>
       <c r="H74">
         <v>2012</v>
       </c>
       <c r="I74">
         <v>2015</v>
       </c>
       <c r="J74" t="s">
         <v>231</v>
       </c>
       <c r="K74" t="s">
         <v>24</v>
       </c>
       <c r="L74" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="M74" t="s">
         <v>217</v>
       </c>
       <c r="N74" t="s">
         <v>32</v>
       </c>
       <c r="O74" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="P74" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="B75" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="C75" t="s">
         <v>214</v>
       </c>
       <c r="D75" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="E75" t="s">
         <v>20</v>
       </c>
       <c r="F75" t="s">
         <v>107</v>
       </c>
       <c r="G75" t="s">
         <v>22</v>
       </c>
       <c r="H75">
         <v>2012</v>
       </c>
       <c r="I75"/>
       <c r="J75" t="s">
         <v>231</v>
       </c>
       <c r="K75" t="s">
         <v>24</v>
       </c>
       <c r="L75" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="M75" t="s">
         <v>217</v>
       </c>
       <c r="N75" t="s">
         <v>32</v>
       </c>
       <c r="O75" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="P75" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="B76" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="C76" t="s">
         <v>214</v>
       </c>
       <c r="D76" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="E76" t="s">
         <v>20</v>
       </c>
       <c r="F76" t="s">
         <v>107</v>
       </c>
       <c r="G76" t="s">
         <v>43</v>
       </c>
       <c r="H76">
         <v>2012</v>
       </c>
       <c r="I76">
         <v>2021</v>
       </c>
       <c r="J76" t="s">
         <v>277</v>
       </c>
       <c r="K76" t="s">
         <v>24</v>
       </c>
       <c r="L76"/>
       <c r="M76" t="s">
         <v>217</v>
       </c>
       <c r="N76" t="s">
         <v>32</v>
       </c>
       <c r="O76" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="P76" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="B77" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="C77" t="s">
         <v>214</v>
       </c>
       <c r="D77" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="E77" t="s">
         <v>20</v>
       </c>
       <c r="F77" t="s">
         <v>107</v>
       </c>
       <c r="G77" t="s">
-        <v>43</v>
+        <v>400</v>
       </c>
       <c r="H77">
         <v>2012</v>
       </c>
       <c r="I77">
         <v>2015</v>
       </c>
       <c r="J77" t="s">
         <v>216</v>
       </c>
       <c r="K77" t="s">
         <v>24</v>
       </c>
       <c r="L77"/>
       <c r="M77" t="s">
         <v>217</v>
       </c>
       <c r="N77" t="s">
         <v>32</v>
       </c>
       <c r="O77" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="P77" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="B78" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="C78" t="s">
         <v>214</v>
       </c>
       <c r="D78" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="E78" t="s">
         <v>20</v>
       </c>
       <c r="F78" t="s">
         <v>107</v>
       </c>
       <c r="G78" t="s">
         <v>22</v>
       </c>
       <c r="H78">
         <v>2012</v>
       </c>
       <c r="I78"/>
       <c r="J78" t="s">
         <v>231</v>
       </c>
       <c r="K78" t="s">
         <v>24</v>
       </c>
       <c r="L78"/>
       <c r="M78" t="s">
         <v>217</v>
       </c>
       <c r="N78" t="s">
         <v>32</v>
       </c>
       <c r="O78" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="P78" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="B79" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="C79" t="s">
         <v>214</v>
       </c>
       <c r="D79" t="s">
         <v>282</v>
       </c>
       <c r="E79" t="s">
         <v>20</v>
       </c>
       <c r="F79" t="s">
         <v>107</v>
       </c>
       <c r="G79" t="s">
         <v>291</v>
       </c>
       <c r="H79">
         <v>2021</v>
       </c>
       <c r="I79"/>
       <c r="J79" t="s">
         <v>231</v>
       </c>
       <c r="K79" t="s">
         <v>24</v>
       </c>
       <c r="L79" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="M79" t="s">
         <v>217</v>
       </c>
       <c r="N79" t="s">
         <v>25</v>
       </c>
       <c r="O79" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="P79" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="B80" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="C80" t="s">
         <v>18</v>
       </c>
       <c r="D80" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="E80" t="s">
         <v>20</v>
       </c>
       <c r="F80" t="s">
         <v>21</v>
       </c>
       <c r="G80" t="s">
         <v>22</v>
       </c>
       <c r="H80">
         <v>2021</v>
       </c>
       <c r="I80"/>
       <c r="J80" t="s">
         <v>23</v>
       </c>
       <c r="K80" t="s">
         <v>24</v>
       </c>
       <c r="L80"/>
       <c r="M80"/>
       <c r="N80" t="s">
         <v>32</v>
       </c>
       <c r="O80" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="P80" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="B81" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="C81" t="s">
         <v>18</v>
       </c>
       <c r="D81" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="E81" t="s">
         <v>20</v>
       </c>
       <c r="F81" t="s">
         <v>107</v>
       </c>
       <c r="G81" t="s">
         <v>22</v>
       </c>
       <c r="H81">
         <v>2021</v>
       </c>
       <c r="I81"/>
       <c r="J81" t="s">
         <v>23</v>
       </c>
       <c r="K81" t="s">
         <v>24</v>
       </c>
       <c r="L81"/>
       <c r="M81"/>
       <c r="N81" t="s">
         <v>32</v>
       </c>
       <c r="O81" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="P81" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="B82" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="C82" t="s">
         <v>18</v>
       </c>
       <c r="D82" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="E82" t="s">
         <v>20</v>
       </c>
       <c r="F82" t="s">
         <v>107</v>
       </c>
       <c r="G82" t="s">
         <v>22</v>
       </c>
       <c r="H82">
         <v>2021</v>
       </c>
       <c r="I82"/>
       <c r="J82" t="s">
         <v>23</v>
       </c>
       <c r="K82" t="s">
         <v>24</v>
       </c>
       <c r="L82"/>
       <c r="M82"/>
       <c r="N82" t="s">
         <v>32</v>
       </c>
       <c r="O82" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="P82" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="B83" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="C83" t="s">
         <v>18</v>
       </c>
       <c r="D83" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="E83" t="s">
         <v>20</v>
       </c>
       <c r="F83" t="s">
         <v>107</v>
       </c>
       <c r="G83" t="s">
         <v>22</v>
       </c>
       <c r="H83">
         <v>2021</v>
       </c>
       <c r="I83"/>
       <c r="J83" t="s">
         <v>23</v>
       </c>
       <c r="K83" t="s">
         <v>24</v>
       </c>
       <c r="L83"/>
       <c r="M83"/>
       <c r="N83" t="s">
         <v>25</v>
       </c>
       <c r="O83" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="P83" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="B84" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="C84" t="s">
         <v>18</v>
       </c>
       <c r="D84" t="s">
         <v>62</v>
       </c>
       <c r="E84" t="s">
         <v>20</v>
       </c>
       <c r="F84" t="s">
         <v>107</v>
       </c>
       <c r="G84" t="s">
         <v>22</v>
       </c>
       <c r="H84">
         <v>2021</v>
       </c>
       <c r="I84"/>
       <c r="J84" t="s">
         <v>23</v>
       </c>
       <c r="K84" t="s">
         <v>24</v>
       </c>
       <c r="L84"/>
       <c r="M84"/>
       <c r="N84" t="s">
         <v>32</v>
       </c>
       <c r="O84" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="P84" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="B85" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="C85" t="s">
         <v>18</v>
       </c>
       <c r="D85" t="s">
         <v>56</v>
       </c>
       <c r="E85" t="s">
         <v>20</v>
       </c>
       <c r="F85" t="s">
         <v>107</v>
       </c>
       <c r="G85" t="s">
         <v>22</v>
       </c>
       <c r="H85">
         <v>2021</v>
       </c>
       <c r="I85"/>
       <c r="J85" t="s">
         <v>23</v>
       </c>
       <c r="K85" t="s">
         <v>24</v>
       </c>
       <c r="L85"/>
       <c r="M85"/>
       <c r="N85" t="s">
         <v>32</v>
       </c>
       <c r="O85" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="P85" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="B86" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="C86" t="s">
         <v>18</v>
       </c>
       <c r="D86" t="s">
         <v>67</v>
       </c>
       <c r="E86" t="s">
         <v>20</v>
       </c>
       <c r="F86" t="s">
         <v>107</v>
       </c>
       <c r="G86" t="s">
         <v>22</v>
       </c>
       <c r="H86">
         <v>2021</v>
       </c>
       <c r="I86"/>
       <c r="J86" t="s">
         <v>23</v>
       </c>
       <c r="K86" t="s">
         <v>24</v>
       </c>
       <c r="L86"/>
       <c r="M86"/>
       <c r="N86" t="s">
         <v>25</v>
       </c>
       <c r="O86" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="P86" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="B87" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="C87" t="s">
         <v>18</v>
       </c>
       <c r="D87" t="s">
         <v>49</v>
       </c>
       <c r="E87" t="s">
         <v>20</v>
       </c>
       <c r="F87" t="s">
         <v>107</v>
       </c>
       <c r="G87" t="s">
         <v>22</v>
       </c>
       <c r="H87">
         <v>2021</v>
       </c>
       <c r="I87"/>
       <c r="J87" t="s">
         <v>23</v>
       </c>
       <c r="K87" t="s">
         <v>24</v>
       </c>
       <c r="L87"/>
       <c r="M87"/>
       <c r="N87" t="s">
         <v>32</v>
       </c>
       <c r="O87" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="P87" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="B88" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="C88" t="s">
         <v>18</v>
       </c>
       <c r="D88" t="s">
         <v>238</v>
       </c>
       <c r="E88" t="s">
         <v>20</v>
       </c>
       <c r="F88" t="s">
         <v>107</v>
       </c>
       <c r="G88" t="s">
         <v>22</v>
       </c>
       <c r="H88">
         <v>2021</v>
       </c>
       <c r="I88"/>
       <c r="J88" t="s">
         <v>23</v>
       </c>
       <c r="K88" t="s">
         <v>79</v>
       </c>
       <c r="L88"/>
       <c r="M88"/>
       <c r="N88" t="s">
         <v>25</v>
       </c>
       <c r="O88" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="P88" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="B89" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="C89" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="D89" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E89" t="s">
         <v>20</v>
       </c>
       <c r="F89" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="G89" t="s">
         <v>22</v>
       </c>
       <c r="H89">
         <v>2017</v>
       </c>
       <c r="I89"/>
       <c r="J89" t="s">
         <v>23</v>
       </c>
       <c r="K89" t="s">
         <v>24</v>
       </c>
       <c r="L89" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="M89" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="N89" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="O89" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="P89" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B90" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="C90" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="D90" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E90" t="s">
         <v>20</v>
       </c>
       <c r="F90" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="G90" t="s">
         <v>22</v>
       </c>
       <c r="H90">
         <v>2020</v>
       </c>
       <c r="I90"/>
       <c r="J90" t="s">
         <v>23</v>
       </c>
       <c r="K90" t="s">
         <v>24</v>
       </c>
       <c r="L90" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="M90" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="N90" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="O90" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="P90"/>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="B91" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="C91" t="s">
         <v>214</v>
       </c>
       <c r="D91" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="E91" t="s">
         <v>20</v>
       </c>
       <c r="F91" t="s">
         <v>107</v>
       </c>
       <c r="G91" t="s">
         <v>43</v>
       </c>
       <c r="H91">
         <v>2011</v>
       </c>
       <c r="I91">
         <v>2013</v>
       </c>
       <c r="J91" t="s">
         <v>216</v>
       </c>
       <c r="K91" t="s">
         <v>24</v>
       </c>
       <c r="L91"/>
       <c r="M91" t="s">
         <v>217</v>
       </c>
       <c r="N91" t="s">
         <v>32</v>
       </c>
       <c r="O91" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="P91" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">