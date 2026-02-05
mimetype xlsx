--- v0 (2025-10-13)
+++ v1 (2026-02-05)
@@ -12,519 +12,716 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="142">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="205">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2013 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of electronic displays</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for televisions.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Televisions, Displays</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>EN 50301</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/2013/contents</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2017 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household dishwashers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/2017/contents</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) No 392/2012 of 1 March 2012 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of household tumble driers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.  This Regulation shall not apply to household combined washer-driers and household spin-extractors.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>EN 61121</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-3922012-1-march-2012-supplementing-directive-0</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-3922012-1-march-2012-supplementing-directive</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2012/392/contents</t>
   </si>
   <si>
     <t>Commission Delegated Regulation EU No 65-2014 of 1 October 2013 supplementing Directive 2010-30-EU -with regard to the energy labelling of domestic ovens and range hoods</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for domestic electric and gas ovens; including when incorporated into cookers; and for domestic electric range hoods; including when sold for non-domestic purposes.</t>
+  </si>
+  <si>
     <t>Europe, United Kingdom</t>
   </si>
   <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-65-2014-1-october-2013-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/65/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1782 of 1 October 2019 laying down ecodesign requirements for external power supplies</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.  Exclusions: this Regulation shall not apply to:   a. voltage converters;   b. uninterruptible power supplies;   c. battery chargers;     d. halogen lighting converters;   e. external power supplies for medical devices;   f. external power supplies placed on the market no later than 30 June 2015 as a service part or spare part for an identical external power supply which was placed on the market not later than one year after this Regulation has come into force; under the condition that the service part or spare part; or its packaging; clearly indicates the primary load products for which the spare part or service part is intended to be used with.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/1782/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1783 of 1 October 2019 amending Regulation (EU) No 548/2014 on implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to small, medium and large power transformers</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for placing on the market or putting into service power transformers with a minimum power rating of 1 kVA used in 50Hz electricity transmission and distribution networks or for industrial applications. The Regulation is only applicable to transformers purchased after the entry into force of the Regulation. Power transformer means a static piece of apparatus with two or more windings which; by electromagnetic induction; transforms a system of alternating voltage and current into another system of alternating voltage and current usually of different values and at the same frequency for the purpose of transmitting electrical power.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/548/contents/2014-05-21</t>
+  </si>
+  <si>
     <t>IEC 60076</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014-1</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/1783/contents/2019-10-01</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/424 of 15 March 2019 laying down ecodesign requirements for servers and data storage products</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.
+This Policy is under review with research underway by the UK government.</t>
+  </si>
+  <si>
     <t>Computers, Servers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/617/2020-01-31</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Boilers and Furnaces</t>
   </si>
   <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Department for Energy Security and Net Zero</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
+    <t>clothes washer</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-3</t>
   </si>
   <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
+    <t>clothes washer and dryer</t>
+  </si>
+  <si>
     <t>Washer and Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-4</t>
   </si>
   <si>
+    <t>Storoge water heater</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-5</t>
   </si>
   <si>
     <t>TCVN 11848:2021 - Notebook computers</t>
+  </si>
+  <si>
+    <t>This standard specifies energy efficiency requirements and methods for determining energy consumption for laptops, two-in-one laptops, all-in-one laptops, tablets, and mobile workstations.  This standard does not apply to client computers, mobile client computers, mobile gaming consoles, point-of-sale (POS) machines, and tablets used in point-of-sale machines. This standard was adopted on 28 December 2021. It will enter into force on 1 January 2025.</t>
   </si>
   <si>
     <t>Computers</t>
   </si>
   <si>
     <t>TCVN 11847:2017
 ,   
                     IEC 62623:2012
 ,   
                     IEC 61966-2-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-118482021-notebook-computers</t>
   </si>
   <si>
+    <t>https://static.luatvietnam.vn/xem-noi-dung-file-tieu-chuan-viet-nam-tcvn-11848-2021-bo-khoa-hoc-va-cong-nghe-238464-d3/uploaded/VIETLAWFILE/2022/12/TCVN_11848_2021_TCDLCL_191222115003.pdf.aspx</t>
+  </si>
+  <si>
     <t>TCVN 13371:2021 - Desktop computers</t>
   </si>
   <si>
+    <t>This policy specifies energy efficiency requirements and methods for determining energy consumption for desktop computers, including integrated desktop computers. This standard does not apply to point-of-sale (POS) terminals, workstations, and client computers. This policy enters into force on 1 January 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-133712021-desktop-computers</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+13371%3A2021</t>
+  </si>
+  <si>
     <t>TCVN 7540-1:2013 Three-phase asynchronous squirrel-cage electrical motors - Part 1: energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS for three-phase asynchronous squirrel-cage electrical motors.</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>TCVN 7540-2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-7540-12013-three-phase-asynchronous-squirrel-cage-electrical-motors-part-1-energy</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7540-2013-dong-co-dien-khong-dong-bo-ba-pha-roto-long-soc-phan-1-hieu-suat</t>
+  </si>
+  <si>
     <t>TCVN 7826:2015 Electric fans - Energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for electric fans, including ceiling fans, table fans, wall fans, and pedestal fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>TCVN 7827:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78262015-electric-fans-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7826-2015-quat-dien-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 7828:2016 Refrigerator, refrigerator-freezer, and freezer - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for refrigerators, refrigerator-freezers, and freezers.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>TCVN 7829:2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78282016-refrigerator-refrigerator-freezer-and-freezer-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7828-2016-tu-mat-tu-lanh-tu-dong-hieu-suat-nang-luong#van-ban-goc</t>
+  </si>
+  <si>
     <t>TCVN 7830:2015 Non-ducted air conditioners - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for non-ducted air conditioners.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>TCVN 6576:2013, TCVN 10273-1:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78302015-non-ducted-air-conditioners-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7830-2015-may-dieu-hoa-khong-khi-khong-ong-gio-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 7896:2015 Compact fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for compact fluorescent lamps (CFL).</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78962015-compact-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7896-2015-bong-den-huynh-quang-compact-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 7897:2013 Electronic ballasts for fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for electronic ballasts for fluorescent lamps.</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>TCVN 7541-2:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78972013-electronic-ballasts-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7897-2013-balat-dien-tu-dung-cho-bong-den-huynh-quang-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 7898:2018 Storage water heaters - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for storage water heaters.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78982018-storage-water-heaters-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://thuvienphapluat.vn/TCVN/Dien-dien-tu/TCVN-7898-2018-Binh-dun-nuoc-nong-co-du-tru-dung-cho-muc-dich-gia-dung-918007.aspx</t>
+  </si>
+  <si>
     <t>TCVN 8248:2013 Electromagnetic ballasts for fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for electromagnetic ballasts for fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-82482013-electromagnetic-ballasts-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8248-2013-balat-dien-tu-dung-cho-bong-den-huynh-quang-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 8249:2013 Linear tubular fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for linear tubular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-82492013-linear-tubular-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8249-2013-bong-den-huynh-quang-ong-thang-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 8252:2015 Rice cookers - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for rice cookers.</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-82522015-rice-cookers-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8252-2015-noi-com-dien-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 8525:2015 Distribution transformers - MEPS and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for distribution transformers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-85252015-distribution-transformers-meps-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8525-2015-may-bien-ap-phan-phoi-muc-hieu-suat-nang-luong-toi-thieu</t>
+  </si>
+  <si>
     <t>TCVN 8526:2013 Clothes washing machines for household use - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for clothes washing machines for household use.</t>
+  </si>
+  <si>
     <t>IEC 60456:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-85262013-clothes-washing-machines-household-use-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8526-2013-may-giat-gia-dung-hieu-suat-nang-luong-phuong-phap-xac-dinh#toan-van</t>
+  </si>
+  <si>
     <t>TCVN 8630:2010 Boilers - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This standard stipulates energy efficiency requirements and test methods for determining energy efficiency for fuel-burning boilers. The methods for determining boiler efficiency use the forward balance method and the reverse balance method. This standard does not apply to boilers used to produce electricity. This standard will enter into effect on 1 April 2025.</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-86302010-boilers-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+8630%3A2019</t>
+  </si>
+  <si>
     <t>TCVN 8630:2019 Boilers - Energy Efficiency and Method for Determination</t>
   </si>
   <si>
+    <t>This standard specifies the requirements for energy efficiency and the method for determining energy efficiency for fuel-fired boilers when put into use in the industrial sector.
+The method for determining boiler efficiency specified in this standard is the forward balance method and the reverse balance method.
+This standard does not apply to boilers used for electricity generation.
+It replaces TCVN 8630:2010 and has been effective starting April 2025.</t>
+  </si>
+  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-86302019-boilers-energy-efficiency-and-method-determination</t>
   </si>
   <si>
     <t>TCVN 9508:2012 Computer monitors - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for computer monitors.</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95082012-computer-monitors-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9508-2012-man-hinh-may-tinh-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9509:2012 Printers - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for printers.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95092012-printers-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9509-2012-may-in-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9536: 2021: Television Sets - Energy Efficiency</t>
   </si>
   <si>
+    <t>This standard applies to television sets with a rated power of less than 1 000 W, consisting of a display and one or more receivers/tuners in the same or separate housing.
+It also applies to TV/VCR, TV/DVD, combined TV/VCR/DVD sets.
+It does not apply to television sets with computer, OCAP, IP and other television receivers with special functions. This standard specifies minimum energy efficiency levels and energy efficiency classes for television sets.
+It replaces TCVN 9536:2012 and has been effective since April 2025.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-9536-2021-television-sets-energy-efficiency</t>
   </si>
   <si>
-    <t>TCVN 9536:2012 Television sets - energy efficiency</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95362012-television-sets-energy-efficiency</t>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN%209536:2021</t>
   </si>
   <si>
     <t>Vietnam Decision No. 51/2011/QD-TTg</t>
   </si>
   <si>
+    <t>Import, manufacture, and circulation of incandescent lamps with a power output higher than 60W will be banned from January 1, 2013.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vietnam-decision-no-512011qd-ttg</t>
+  </si>
+  <si>
+    <t>http://thuvienphapluat.vn/van-ban/Tai-nguyen-Moi-truong/Quyet-dinh-51-2011-QD-TTg-danh-muc-phuong-tien-thiet-bi-phai-dan-nhan-nang-129033.aspx</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -788,1597 +985,1762 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N35"/>
+  <dimension ref="A1:P34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="275" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="153" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="275.933" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="970.763" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="41.133" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="153.248" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="227.516" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2010</v>
+      </c>
+      <c r="I2">
+        <v>2019</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2"/>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1997</v>
+      </c>
+      <c r="I3">
         <v>2019</v>
       </c>
-      <c r="I2" t="s">
-[...2 lines deleted...]
-      <c r="J2" t="s">
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3"/>
+      <c r="N3" t="s">
+        <v>32</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...3 lines deleted...]
-      <c r="M2" t="s">
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1995</v>
+      </c>
+      <c r="I4">
+        <v>2012</v>
+      </c>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
+      <c r="K4" t="s">
+        <v>38</v>
+      </c>
+      <c r="L4" t="s">
+        <v>39</v>
+      </c>
+      <c r="M4"/>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>40</v>
+      </c>
+      <c r="P4" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C5" t="s">
+        <v>44</v>
+      </c>
+      <c r="D5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>1979</v>
+      </c>
+      <c r="I5">
+        <v>2013</v>
+      </c>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>38</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5"/>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>51</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2009</v>
+      </c>
+      <c r="I6">
+        <v>2019</v>
+      </c>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
         <v>24</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C3" t="s">
+      <c r="L6"/>
+      <c r="M6"/>
+      <c r="N6" t="s">
         <v>26</v>
       </c>
-      <c r="D3" t="s">
-[...2 lines deleted...]
-      <c r="E3" t="s">
+      <c r="O6" t="s">
+        <v>52</v>
+      </c>
+      <c r="P6" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>54</v>
+      </c>
+      <c r="B7" t="s">
+        <v>55</v>
+      </c>
+      <c r="C7" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...5 lines deleted...]
-      <c r="H3">
+      <c r="D7" t="s">
+        <v>56</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>51</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2015</v>
+      </c>
+      <c r="I7">
         <v>2019</v>
       </c>
-      <c r="I3" t="s">
-[...27 lines deleted...]
-      <c r="E4" t="s">
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7"/>
+      <c r="N7" t="s">
+        <v>57</v>
+      </c>
+      <c r="O7" t="s">
+        <v>58</v>
+      </c>
+      <c r="P7" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>54</v>
+      </c>
+      <c r="B8" t="s">
+        <v>55</v>
+      </c>
+      <c r="C8" t="s">
         <v>18</v>
       </c>
-      <c r="F4" t="s">
-[...18 lines deleted...]
-      <c r="M4" t="s">
+      <c r="D8" t="s">
+        <v>56</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>51</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2015</v>
+      </c>
+      <c r="I8">
+        <v>2019</v>
+      </c>
+      <c r="J8" t="s">
         <v>23</v>
       </c>
-      <c r="N4" t="s">
-[...16 lines deleted...]
-      <c r="E5" t="s">
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>60</v>
+      </c>
+      <c r="M8"/>
+      <c r="N8" t="s">
+        <v>57</v>
+      </c>
+      <c r="O8" t="s">
+        <v>61</v>
+      </c>
+      <c r="P8" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>63</v>
+      </c>
+      <c r="B9" t="s">
+        <v>64</v>
+      </c>
+      <c r="C9" t="s">
         <v>18</v>
       </c>
-      <c r="F5" t="s">
-[...5 lines deleted...]
-      <c r="H5">
+      <c r="D9" t="s">
+        <v>65</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>51</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2014</v>
+      </c>
+      <c r="I9">
+        <v>2019</v>
+      </c>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9"/>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>66</v>
+      </c>
+      <c r="P9" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>68</v>
+      </c>
+      <c r="B10" t="s">
+        <v>69</v>
+      </c>
+      <c r="C10" t="s">
+        <v>44</v>
+      </c>
+      <c r="D10" t="s">
+        <v>70</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>51</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>1992</v>
+      </c>
+      <c r="I10">
         <v>2013</v>
       </c>
-      <c r="I5" t="s">
-[...203 lines deleted...]
-      </c>
       <c r="J10" t="s">
-        <v>54</v>
-[...4 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="K10" t="s">
+        <v>72</v>
+      </c>
+      <c r="L10"/>
       <c r="M10" t="s">
-        <v>23</v>
+        <v>73</v>
       </c>
       <c r="N10" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>74</v>
+      </c>
+      <c r="P10" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>57</v>
+        <v>76</v>
       </c>
       <c r="B11" t="s">
-        <v>58</v>
+        <v>77</v>
       </c>
       <c r="C11" t="s">
-        <v>59</v>
+        <v>78</v>
       </c>
       <c r="D11" t="s">
-        <v>17</v>
+        <v>79</v>
       </c>
       <c r="E11" t="s">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G11">
+        <v>80</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
         <v>2011</v>
       </c>
-      <c r="H11">
+      <c r="I11">
         <v>2023</v>
       </c>
-      <c r="I11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J11" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>81</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
       <c r="M11" t="s">
-        <v>23</v>
+        <v>82</v>
       </c>
       <c r="N11" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>83</v>
+      </c>
+      <c r="P11" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>64</v>
+        <v>85</v>
       </c>
       <c r="B12" t="s">
-        <v>15</v>
+        <v>86</v>
       </c>
       <c r="C12" t="s">
-        <v>65</v>
+        <v>18</v>
       </c>
       <c r="D12" t="s">
-        <v>66</v>
+        <v>87</v>
       </c>
       <c r="E12" t="s">
-        <v>67</v>
+        <v>88</v>
       </c>
       <c r="F12" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2015</v>
+        <v>89</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
       </c>
       <c r="H12">
         <v>2015</v>
       </c>
-      <c r="I12" t="s">
-        <v>68</v>
+      <c r="I12">
+        <v>2015</v>
       </c>
       <c r="J12" t="s">
-        <v>21</v>
+        <v>90</v>
       </c>
       <c r="K12" t="s">
-        <v>69</v>
+        <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>70</v>
+        <v>91</v>
       </c>
       <c r="M12" t="s">
-        <v>23</v>
+        <v>92</v>
       </c>
       <c r="N12" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>93</v>
+      </c>
+      <c r="P12" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>64</v>
+        <v>85</v>
       </c>
       <c r="B13" t="s">
-        <v>15</v>
+        <v>95</v>
       </c>
       <c r="C13" t="s">
-        <v>72</v>
+        <v>18</v>
       </c>
       <c r="D13" t="s">
-        <v>66</v>
+        <v>96</v>
       </c>
       <c r="E13" t="s">
-        <v>67</v>
+        <v>88</v>
       </c>
       <c r="F13" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2015</v>
+        <v>89</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
       </c>
       <c r="H13">
         <v>2015</v>
       </c>
-      <c r="I13" t="s">
-        <v>68</v>
+      <c r="I13">
+        <v>2015</v>
       </c>
       <c r="J13" t="s">
-        <v>21</v>
+        <v>90</v>
       </c>
       <c r="K13" t="s">
-        <v>69</v>
+        <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>70</v>
+        <v>91</v>
       </c>
       <c r="M13" t="s">
-        <v>23</v>
+        <v>92</v>
       </c>
       <c r="N13" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>97</v>
+      </c>
+      <c r="P13" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>64</v>
+        <v>85</v>
       </c>
       <c r="B14" t="s">
-        <v>15</v>
+        <v>98</v>
       </c>
       <c r="C14" t="s">
-        <v>74</v>
+        <v>18</v>
       </c>
       <c r="D14" t="s">
-        <v>66</v>
+        <v>99</v>
       </c>
       <c r="E14" t="s">
-        <v>67</v>
+        <v>88</v>
       </c>
       <c r="F14" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2015</v>
+        <v>89</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
       </c>
       <c r="H14">
         <v>2015</v>
       </c>
-      <c r="I14" t="s">
-        <v>68</v>
+      <c r="I14">
+        <v>2015</v>
       </c>
       <c r="J14" t="s">
-        <v>21</v>
+        <v>90</v>
       </c>
       <c r="K14" t="s">
-        <v>69</v>
+        <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>70</v>
+        <v>91</v>
       </c>
       <c r="M14" t="s">
-        <v>23</v>
+        <v>92</v>
       </c>
       <c r="N14" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>100</v>
+      </c>
+      <c r="P14" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>76</v>
+        <v>101</v>
       </c>
       <c r="B15" t="s">
-        <v>58</v>
+        <v>102</v>
       </c>
       <c r="C15" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D15" t="s">
-        <v>17</v>
+        <v>103</v>
       </c>
       <c r="E15" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G15">
+        <v>51</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
         <v>2017</v>
       </c>
-      <c r="H15">
+      <c r="I15">
         <v>2021</v>
       </c>
-      <c r="I15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J15" t="s">
-        <v>21</v>
+        <v>81</v>
       </c>
       <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>104</v>
+      </c>
+      <c r="M15" t="s">
+        <v>82</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>105</v>
+      </c>
+      <c r="P15" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>107</v>
+      </c>
+      <c r="B16" t="s">
+        <v>108</v>
+      </c>
+      <c r="C16" t="s">
         <v>78</v>
       </c>
-      <c r="L15" t="s">
-[...18 lines deleted...]
-      </c>
       <c r="D16" t="s">
-        <v>17</v>
+        <v>103</v>
       </c>
       <c r="E16" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G16">
+        <v>51</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
         <v>2017</v>
       </c>
-      <c r="H16">
+      <c r="I16">
         <v>2021</v>
       </c>
-      <c r="I16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J16" t="s">
-        <v>21</v>
+        <v>81</v>
       </c>
       <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>104</v>
+      </c>
+      <c r="M16" t="s">
+        <v>82</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>109</v>
+      </c>
+      <c r="P16" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>111</v>
+      </c>
+      <c r="B17" t="s">
+        <v>112</v>
+      </c>
+      <c r="C17" t="s">
         <v>78</v>
       </c>
-      <c r="L16" t="s">
-[...5 lines deleted...]
-      <c r="N16" t="s">
+      <c r="D17" t="s">
+        <v>113</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>51</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2005</v>
+      </c>
+      <c r="I17">
+        <v>2015</v>
+      </c>
+      <c r="J17" t="s">
         <v>81</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A17" t="s">
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>114</v>
+      </c>
+      <c r="M17" t="s">
         <v>82</v>
       </c>
-      <c r="B17" t="s">
-[...17 lines deleted...]
-      <c r="H17">
+      <c r="N17" t="s">
+        <v>57</v>
+      </c>
+      <c r="O17" t="s">
+        <v>115</v>
+      </c>
+      <c r="P17" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>117</v>
+      </c>
+      <c r="B18" t="s">
+        <v>118</v>
+      </c>
+      <c r="C18" t="s">
+        <v>78</v>
+      </c>
+      <c r="D18" t="s">
+        <v>119</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>120</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2007</v>
+      </c>
+      <c r="I18">
+        <v>2020</v>
+      </c>
+      <c r="J18" t="s">
+        <v>81</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>121</v>
+      </c>
+      <c r="M18" t="s">
+        <v>82</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>122</v>
+      </c>
+      <c r="P18" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>124</v>
+      </c>
+      <c r="B19" t="s">
+        <v>125</v>
+      </c>
+      <c r="C19" t="s">
+        <v>78</v>
+      </c>
+      <c r="D19" t="s">
+        <v>126</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>51</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2007</v>
+      </c>
+      <c r="I19">
         <v>2015</v>
       </c>
-      <c r="I17" t="s">
-[...37 lines deleted...]
-      <c r="G18">
+      <c r="J19" t="s">
+        <v>81</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>127</v>
+      </c>
+      <c r="M19" t="s">
+        <v>82</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>128</v>
+      </c>
+      <c r="P19" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>130</v>
+      </c>
+      <c r="B20" t="s">
+        <v>131</v>
+      </c>
+      <c r="C20" t="s">
+        <v>78</v>
+      </c>
+      <c r="D20" t="s">
+        <v>132</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>51</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
         <v>2007</v>
       </c>
-      <c r="H18">
+      <c r="I20">
         <v>2020</v>
       </c>
-      <c r="I18" t="s">
-[...40 lines deleted...]
-      <c r="H19">
+      <c r="J20" t="s">
+        <v>81</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>133</v>
+      </c>
+      <c r="M20" t="s">
+        <v>82</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>134</v>
+      </c>
+      <c r="P20" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>136</v>
+      </c>
+      <c r="B21" t="s">
+        <v>137</v>
+      </c>
+      <c r="C21" t="s">
+        <v>78</v>
+      </c>
+      <c r="D21" t="s">
+        <v>138</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>51</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2008</v>
+      </c>
+      <c r="I21">
         <v>2015</v>
       </c>
-      <c r="I19" t="s">
-[...63 lines deleted...]
-      <c r="A21" t="s">
+      <c r="J21" t="s">
+        <v>81</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>82</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>139</v>
+      </c>
+      <c r="P21" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>141</v>
+      </c>
+      <c r="B22" t="s">
+        <v>142</v>
+      </c>
+      <c r="C22" t="s">
+        <v>78</v>
+      </c>
+      <c r="D22" t="s">
+        <v>143</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>51</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2008</v>
+      </c>
+      <c r="I22">
+        <v>2015</v>
+      </c>
+      <c r="J22" t="s">
+        <v>81</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>144</v>
+      </c>
+      <c r="M22" t="s">
+        <v>82</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>145</v>
+      </c>
+      <c r="P22" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>147</v>
+      </c>
+      <c r="B23" t="s">
+        <v>148</v>
+      </c>
+      <c r="C23" t="s">
+        <v>78</v>
+      </c>
+      <c r="D23" t="s">
         <v>99</v>
       </c>
-      <c r="B21" t="s">
-[...93 lines deleted...]
-      </c>
       <c r="E23" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G23">
+        <v>51</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
         <v>2009</v>
       </c>
-      <c r="H23">
+      <c r="I23">
         <v>2018</v>
       </c>
-      <c r="I23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J23" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>81</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
       <c r="M23" t="s">
-        <v>23</v>
+        <v>82</v>
       </c>
       <c r="N23" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>149</v>
+      </c>
+      <c r="P23" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>108</v>
+        <v>151</v>
       </c>
       <c r="B24" t="s">
-        <v>58</v>
+        <v>152</v>
       </c>
       <c r="C24" t="s">
-        <v>103</v>
+        <v>78</v>
       </c>
       <c r="D24" t="s">
-        <v>17</v>
+        <v>143</v>
       </c>
       <c r="E24" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G24">
+        <v>51</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
         <v>2009</v>
       </c>
-      <c r="H24">
+      <c r="I24">
         <v>2013</v>
       </c>
-      <c r="I24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J24" t="s">
-        <v>21</v>
+        <v>81</v>
       </c>
       <c r="K24" t="s">
-        <v>104</v>
+        <v>24</v>
       </c>
       <c r="L24" t="s">
-        <v>62</v>
+        <v>144</v>
       </c>
       <c r="M24" t="s">
-        <v>23</v>
+        <v>82</v>
       </c>
       <c r="N24" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>153</v>
+      </c>
+      <c r="P24" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>110</v>
+        <v>155</v>
       </c>
       <c r="B25" t="s">
-        <v>58</v>
+        <v>156</v>
       </c>
       <c r="C25" t="s">
-        <v>100</v>
+        <v>78</v>
       </c>
       <c r="D25" t="s">
-        <v>17</v>
+        <v>138</v>
       </c>
       <c r="E25" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G25">
+        <v>51</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
         <v>2009</v>
       </c>
-      <c r="H25">
+      <c r="I25">
         <v>2013</v>
       </c>
-      <c r="I25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J25" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>81</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
       <c r="M25" t="s">
-        <v>23</v>
+        <v>82</v>
       </c>
       <c r="N25" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>157</v>
+      </c>
+      <c r="P25" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>112</v>
+        <v>159</v>
       </c>
       <c r="B26" t="s">
-        <v>58</v>
+        <v>160</v>
       </c>
       <c r="C26" t="s">
-        <v>113</v>
+        <v>78</v>
       </c>
       <c r="D26" t="s">
-        <v>17</v>
+        <v>161</v>
       </c>
       <c r="E26" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2015</v>
+        <v>51</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
       </c>
       <c r="H26">
         <v>2015</v>
       </c>
-      <c r="I26" t="s">
-        <v>61</v>
+      <c r="I26">
+        <v>2015</v>
       </c>
       <c r="J26" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>81</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
       <c r="M26" t="s">
-        <v>23</v>
+        <v>82</v>
       </c>
       <c r="N26" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>162</v>
+      </c>
+      <c r="P26" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>115</v>
+        <v>164</v>
       </c>
       <c r="B27" t="s">
-        <v>58</v>
+        <v>165</v>
       </c>
       <c r="C27" t="s">
-        <v>43</v>
+        <v>78</v>
       </c>
       <c r="D27" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
       <c r="E27" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G27">
+        <v>51</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
         <v>2010</v>
       </c>
-      <c r="H27">
+      <c r="I27">
         <v>2015</v>
       </c>
-      <c r="I27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J27" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>81</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
       <c r="M27" t="s">
-        <v>44</v>
+        <v>82</v>
       </c>
       <c r="N27" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:14">
+        <v>57</v>
+      </c>
+      <c r="O27" t="s">
+        <v>166</v>
+      </c>
+      <c r="P27" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>117</v>
+        <v>168</v>
       </c>
       <c r="B28" t="s">
-        <v>58</v>
+        <v>169</v>
       </c>
       <c r="C28" t="s">
-        <v>65</v>
+        <v>78</v>
       </c>
       <c r="D28" t="s">
-        <v>17</v>
+        <v>87</v>
       </c>
       <c r="E28" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F28" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G28">
+        <v>51</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
         <v>2010</v>
       </c>
-      <c r="H28">
+      <c r="I28">
         <v>2013</v>
       </c>
-      <c r="I28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J28" t="s">
-        <v>21</v>
+        <v>81</v>
       </c>
       <c r="K28" t="s">
-        <v>118</v>
+        <v>24</v>
       </c>
       <c r="L28" t="s">
-        <v>62</v>
+        <v>170</v>
       </c>
       <c r="M28" t="s">
-        <v>23</v>
+        <v>82</v>
       </c>
       <c r="N28" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O28" t="s">
+        <v>171</v>
+      </c>
+      <c r="P28" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>120</v>
+        <v>173</v>
       </c>
       <c r="B29" t="s">
-        <v>58</v>
+        <v>174</v>
       </c>
       <c r="C29" t="s">
-        <v>121</v>
+        <v>78</v>
       </c>
       <c r="D29" t="s">
-        <v>17</v>
+        <v>175</v>
       </c>
       <c r="E29" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F29" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G29">
+        <v>51</v>
+      </c>
+      <c r="G29" t="s">
+        <v>176</v>
+      </c>
+      <c r="H29">
         <v>2010</v>
       </c>
-      <c r="H29">
+      <c r="I29">
         <v>2019</v>
       </c>
-      <c r="I29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J29" t="s">
-        <v>122</v>
-[...4 lines deleted...]
-      </c>
+        <v>81</v>
+      </c>
+      <c r="K29" t="s">
+        <v>177</v>
+      </c>
+      <c r="L29"/>
       <c r="M29" t="s">
-        <v>23</v>
+        <v>82</v>
       </c>
       <c r="N29" t="s">
-        <v>123</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O29" t="s">
+        <v>178</v>
+      </c>
+      <c r="P29" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>124</v>
+        <v>180</v>
       </c>
       <c r="B30" t="s">
-        <v>58</v>
+        <v>181</v>
       </c>
       <c r="C30" t="s">
-        <v>121</v>
+        <v>78</v>
       </c>
       <c r="D30" t="s">
-        <v>17</v>
+        <v>175</v>
       </c>
       <c r="E30" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F30" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G30">
+        <v>51</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
         <v>2010</v>
       </c>
-      <c r="H30">
+      <c r="I30">
         <v>2019</v>
       </c>
-      <c r="I30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J30" t="s">
-        <v>122</v>
-[...4 lines deleted...]
-      </c>
+        <v>182</v>
+      </c>
+      <c r="K30" t="s">
+        <v>177</v>
+      </c>
+      <c r="L30"/>
       <c r="M30" t="s">
-        <v>44</v>
+        <v>82</v>
       </c>
       <c r="N30" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:14">
+        <v>57</v>
+      </c>
+      <c r="O30" t="s">
+        <v>183</v>
+      </c>
+      <c r="P30" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>127</v>
+        <v>184</v>
       </c>
       <c r="B31" t="s">
-        <v>58</v>
+        <v>185</v>
       </c>
       <c r="C31" t="s">
-        <v>128</v>
+        <v>78</v>
       </c>
       <c r="D31" t="s">
-        <v>17</v>
+        <v>186</v>
       </c>
       <c r="E31" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F31" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G31">
+        <v>51</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
         <v>2012</v>
       </c>
-      <c r="H31">
+      <c r="I31">
         <v>2015</v>
       </c>
-      <c r="I31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J31" t="s">
-        <v>21</v>
+        <v>81</v>
       </c>
       <c r="K31" t="s">
-        <v>129</v>
+        <v>24</v>
       </c>
       <c r="L31" t="s">
-        <v>62</v>
+        <v>187</v>
       </c>
       <c r="M31" t="s">
-        <v>23</v>
+        <v>82</v>
       </c>
       <c r="N31" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O31" t="s">
+        <v>188</v>
+      </c>
+      <c r="P31" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>131</v>
+        <v>190</v>
       </c>
       <c r="B32" t="s">
-        <v>58</v>
+        <v>191</v>
       </c>
       <c r="C32" t="s">
-        <v>132</v>
+        <v>78</v>
       </c>
       <c r="D32" t="s">
-        <v>17</v>
+        <v>192</v>
       </c>
       <c r="E32" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G32">
+        <v>51</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
         <v>2012</v>
       </c>
-      <c r="H32">
+      <c r="I32">
         <v>2015</v>
       </c>
-      <c r="I32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J32" t="s">
-        <v>21</v>
+        <v>81</v>
       </c>
       <c r="K32" t="s">
-        <v>129</v>
+        <v>24</v>
       </c>
       <c r="L32" t="s">
-        <v>62</v>
+        <v>187</v>
       </c>
       <c r="M32" t="s">
-        <v>23</v>
+        <v>82</v>
       </c>
       <c r="N32" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O32" t="s">
+        <v>193</v>
+      </c>
+      <c r="P32" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>134</v>
+        <v>195</v>
       </c>
       <c r="B33" t="s">
-        <v>58</v>
+        <v>196</v>
       </c>
       <c r="C33" t="s">
-        <v>135</v>
+        <v>78</v>
       </c>
       <c r="D33" t="s">
-        <v>17</v>
+        <v>197</v>
       </c>
       <c r="E33" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F33" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G33">
+        <v>51</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
         <v>2012</v>
       </c>
-      <c r="H33">
+      <c r="I33">
         <v>2021</v>
       </c>
-      <c r="I33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J33" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>182</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33"/>
       <c r="M33" t="s">
-        <v>23</v>
+        <v>82</v>
       </c>
       <c r="N33" t="s">
-        <v>136</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O33" t="s">
+        <v>198</v>
+      </c>
+      <c r="P33" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>137</v>
+        <v>200</v>
       </c>
       <c r="B34" t="s">
-        <v>58</v>
+        <v>201</v>
       </c>
       <c r="C34" t="s">
-        <v>135</v>
+        <v>78</v>
       </c>
       <c r="D34" t="s">
-        <v>17</v>
+        <v>202</v>
       </c>
       <c r="E34" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F34" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>51</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
       </c>
       <c r="H34">
-        <v>2015</v>
-[...2 lines deleted...]
-        <v>68</v>
+        <v>2011</v>
+      </c>
+      <c r="I34">
+        <v>2013</v>
       </c>
       <c r="J34" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>90</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34"/>
       <c r="M34" t="s">
-        <v>23</v>
+        <v>82</v>
       </c>
       <c r="N34" t="s">
-        <v>138</v>
-[...41 lines deleted...]
-        <v>141</v>
+        <v>26</v>
+      </c>
+      <c r="O34" t="s">
+        <v>203</v>
+      </c>
+      <c r="P34" t="s">
+        <v>204</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>