--- v0 (2025-10-12)
+++ v1 (2026-02-05)
@@ -12,536 +12,673 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="149">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="194">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2013 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of electronic displays</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for televisions.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Televisions, Displays</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>EN 50301</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/2013/contents</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2017 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household dishwashers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/2017/contents</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) No 392/2012 of 1 March 2012 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of household tumble driers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.  This Regulation shall not apply to household combined washer-driers and household spin-extractors.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>EN 61121</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-3922012-1-march-2012-supplementing-directive-0</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-3922012-1-march-2012-supplementing-directive</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2012/392/contents</t>
   </si>
   <si>
     <t>Commission Delegated Regulation EU No 65-2014 of 1 October 2013 supplementing Directive 2010-30-EU -with regard to the energy labelling of domestic ovens and range hoods</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for domestic electric and gas ovens; including when incorporated into cookers; and for domestic electric range hoods; including when sold for non-domestic purposes.</t>
+  </si>
+  <si>
     <t>Europe, United Kingdom</t>
   </si>
   <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-65-2014-1-october-2013-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/65/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1782 of 1 October 2019 laying down ecodesign requirements for external power supplies</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.  Exclusions: this Regulation shall not apply to:   a. voltage converters;   b. uninterruptible power supplies;   c. battery chargers;     d. halogen lighting converters;   e. external power supplies for medical devices;   f. external power supplies placed on the market no later than 30 June 2015 as a service part or spare part for an identical external power supply which was placed on the market not later than one year after this Regulation has come into force; under the condition that the service part or spare part; or its packaging; clearly indicates the primary load products for which the spare part or service part is intended to be used with.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/1782/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1783 of 1 October 2019 amending Regulation (EU) No 548/2014 on implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to small, medium and large power transformers</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for placing on the market or putting into service power transformers with a minimum power rating of 1 kVA used in 50Hz electricity transmission and distribution networks or for industrial applications. The Regulation is only applicable to transformers purchased after the entry into force of the Regulation. Power transformer means a static piece of apparatus with two or more windings which; by electromagnetic induction; transforms a system of alternating voltage and current into another system of alternating voltage and current usually of different values and at the same frequency for the purpose of transmitting electrical power.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/548/contents/2014-05-21</t>
+  </si>
+  <si>
     <t>IEC 60076</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014-1</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/1783/contents/2019-10-01</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/424 of 15 March 2019 laying down ecodesign requirements for servers and data storage products</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.
+This Policy is under review with research underway by the UK government.</t>
+  </si>
+  <si>
     <t>Computers, Servers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/617/2020-01-31</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Boilers and Furnaces</t>
   </si>
   <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Department for Energy Security and Net Zero</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+  </si>
+  <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
+    <t>clothes washer</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-3</t>
   </si>
   <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
+    <t>clothes washer and dryer</t>
+  </si>
+  <si>
     <t>Washer and Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-4</t>
   </si>
   <si>
+    <t>Storoge water heater</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-5</t>
   </si>
   <si>
     <t>ISIR 14577, 1st Edition, Household refrigerating appliances - Determination of Criteria for energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Domestic refrigerator, freezer, refrigerator-freezer</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ISO-8187</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isir-14577-1st-edition-household-refrigerating-appliances-determination-criteria-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 10634 Fans- Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Fans with capacity of 170-3500 m3 per h. Does not cover ceiling fans or portable fans.</t>
+  </si>
+  <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>ANSI/ASHRAE 51-1999 (AMCA Standard 210-99 ANSI approved)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10634-fans-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 10635: 2008, Wet Cooling Towers, Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Applicable to wet cooling towers with capacity of 800 tons. Does not include cooling towers with natural flow</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>ISIRI 4514 (1998), BS EN 13741 (2003), BS 4485-part2 (1988), CTI ATC 105 (2000)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10635-2008-wet-cooling-towers-technical-specifications-and-test-methods-energy</t>
   </si>
   <si>
     <t>ISIRI 10636 Specification for Energy Consumption and Energy labeling of Fan coils and Ducted fan coils</t>
   </si>
   <si>
+    <t>Ducted and non-ducted fan coil room air conditioners</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>ANSI/ASHRAE STANDARD 79-2002, ARI 440-1998</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10636-specification-energy-consumption-and-energy-labeling-fan-coils-and-ducted-fan</t>
   </si>
   <si>
     <t>ISIRI 10637:2007,Refrigerated Display Cabinet-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Refrigerated Display Cabinet. Does not include vending machines</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>ISIRI 9187-2:2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-106372007refrigerated-display-cabinet-technical-specifications-and-test-methods</t>
   </si>
   <si>
     <t>ISIRI 10641 Office Equipment-Technical Specifications for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Includes desktop and personal computers, monitors, copy machines, multi devise machines, fax-printer-scanner; Fax, scanner, printer. Does not include server computers.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>IEC 311 (1988)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10641-office-equipment-technical-specifications-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 10672, Amendment No.1-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Electric Household Vaccum cleaner</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>NS 5635 (2001)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10672-amendment-no1-technical-specifications-and-test-methods-energy-consumption-and</t>
   </si>
   <si>
     <t>ISIRI 1220-2- Test Methods for Energy Consumption and Energy Labelling Instructions</t>
   </si>
   <si>
+    <t>Gas fired space heaters with chimney with maximum consumption less than 150 MegaJolt per hr</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>AS 4553,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-1220-2-test-methods-energy-consumption-and-energy-labelling-instructions</t>
   </si>
   <si>
     <t>ISIRI 12885, 1st Edition- technical specification and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Gas fired forced convection air heaters for space heating not exceeding a net heat input of 300 kW</t>
+  </si>
+  <si>
     <t>BS EN 1020 1998, AS 4553&amp; AG 103 2000:</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-12885-1st-edition-technical-specification-and-test-method-energy-consumption-and</t>
   </si>
   <si>
     <t>ISIRI 13368 Energy Consumption Criteria for Oil Distribution Transformers</t>
   </si>
   <si>
+    <t>Three Phases oil transformers, less than 36kVA and 25kVA up to 2500kVA ,50Hz</t>
+  </si>
+  <si>
     <t>IEC 60071-1, 2011, IEC 60071-2, 2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-13368-energy-consumption-criteria-oil-distribution-transformers</t>
   </si>
   <si>
     <t>ISIRI 13782, Amendment No.1 , Boilers - Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>BoilersTechnical Specifications and Test Method for Energy Consumption and Energy Labeling Instruction</t>
+  </si>
+  <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>ISIRI 4231 ,ASME PTC4</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-13782-amendment-no1-boilers-technical-specifications-and-test-method-energy</t>
   </si>
   <si>
     <t>ISIRI 14629:2011-determination of critera for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>centeral heating boilers  of nominal heat input not exceeeding 70 kw -nominal heat input not exceeding 70kW</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-146292011-determination-critera-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 1828-2-Test Methods for Energy Consumption and Energy Labelling Instructions</t>
   </si>
   <si>
+    <t>Instantaneous gas water heaters with maximum consumtion less than 250MegaJolt per Hr</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>AG 102: 2000, EN 26: 2000, ISIRI 1828-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-1828-2-test-methods-energy-consumption-and-energy-labelling-instructions</t>
   </si>
   <si>
     <t>ISIRI 3678-2: 2002, 1st Edition- Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>This policy applies to liquid chilling packages with water-cooled condenser and evaporator.</t>
+  </si>
+  <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>NS 3678: 1995</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-3678-2-2002-1st-edition-method-measuring-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
     <t>ISIRI 4910-2, 1st Revision- Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Evaporative air coolers -Direct and indirect types</t>
+  </si>
+  <si>
     <t>Evaporative Coolers</t>
   </si>
   <si>
     <t>AS 2913-1987 ,IS3315-1974</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-4910-2-1st-revision-method-measuring-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
     <t>ISIRI 7268-2,Flueless gas room heaters - Technical specification and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Gas fired space heaters without chimney with maximum consumption 30MegaJolt/Hr.</t>
+  </si>
+  <si>
     <t>AS 4553, ISIRI 7268-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7268-2flueless-gas-room-heaters-technical-specification-and-test-method-energy</t>
   </si>
   <si>
     <t>ISIRI 7342-2, Specification for energy consumption and energy labeling of electric houshold room heaters</t>
   </si>
   <si>
+    <t>Residential electric space heater</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7342-2-specification-energy-consumption-and-energy-labeling-electric-houshold-room</t>
   </si>
   <si>
     <t>ISIRI 7817-2, 1st Edition, Centrifugal, mixed flow and axial pumps - Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Centrifugal, mixed flow and axial pumps</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>ISO-2548 (Class C)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7817-2-1st-edition-centrifugal-mixed-flow-and-axial-pumps-method-measuring-energy</t>
   </si>
   <si>
     <t>ISIRI 7874, 1st Edition, Specification for energy consumption and energy labeling of single phase electrical motors</t>
   </si>
   <si>
+    <t>Small 1-phase General Purpose</t>
+  </si>
+  <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>ISIRI 3772-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7874-1st-edition-specification-energy-consumption-and-energy-labeling-single-phase</t>
   </si>
   <si>
     <t>ISIRI 7875-1st edition- Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Includes electric kettles with capacity of minimum 4L and maximum 30L with 250 Va.c.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7875-1st-edition-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 7966, 1st Edition, Specification for energy consumption and energy labeling of three phase electrical motors</t>
+  </si>
+  <si>
+    <t>This policy covers all motors with 3 phase general purpose</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7966-1st-edition-specification-energy-consumption-and-energy-labeling-three-phase</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -805,1567 +942,1774 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N34"/>
+  <dimension ref="A1:P34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="275" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="275.933" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="970.763" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="94.263" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2010</v>
+      </c>
+      <c r="I2">
+        <v>2019</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2"/>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1997</v>
+      </c>
+      <c r="I3">
         <v>2019</v>
       </c>
-      <c r="I2" t="s">
-[...2 lines deleted...]
-      <c r="J2" t="s">
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3"/>
+      <c r="N3" t="s">
+        <v>32</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...3 lines deleted...]
-      <c r="M2" t="s">
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1995</v>
+      </c>
+      <c r="I4">
+        <v>2012</v>
+      </c>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
+      <c r="K4" t="s">
+        <v>38</v>
+      </c>
+      <c r="L4" t="s">
+        <v>39</v>
+      </c>
+      <c r="M4"/>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>40</v>
+      </c>
+      <c r="P4" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C5" t="s">
+        <v>44</v>
+      </c>
+      <c r="D5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>1979</v>
+      </c>
+      <c r="I5">
+        <v>2013</v>
+      </c>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>38</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5"/>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>51</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2009</v>
+      </c>
+      <c r="I6">
+        <v>2019</v>
+      </c>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
         <v>24</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C3" t="s">
+      <c r="L6"/>
+      <c r="M6"/>
+      <c r="N6" t="s">
         <v>26</v>
       </c>
-      <c r="D3" t="s">
-[...2 lines deleted...]
-      <c r="E3" t="s">
+      <c r="O6" t="s">
+        <v>52</v>
+      </c>
+      <c r="P6" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>54</v>
+      </c>
+      <c r="B7" t="s">
+        <v>55</v>
+      </c>
+      <c r="C7" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...5 lines deleted...]
-      <c r="H3">
+      <c r="D7" t="s">
+        <v>56</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>51</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2015</v>
+      </c>
+      <c r="I7">
         <v>2019</v>
       </c>
-      <c r="I3" t="s">
-[...27 lines deleted...]
-      <c r="E4" t="s">
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7"/>
+      <c r="N7" t="s">
+        <v>57</v>
+      </c>
+      <c r="O7" t="s">
+        <v>58</v>
+      </c>
+      <c r="P7" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>54</v>
+      </c>
+      <c r="B8" t="s">
+        <v>55</v>
+      </c>
+      <c r="C8" t="s">
         <v>18</v>
       </c>
-      <c r="F4" t="s">
-[...18 lines deleted...]
-      <c r="M4" t="s">
+      <c r="D8" t="s">
+        <v>56</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>51</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2015</v>
+      </c>
+      <c r="I8">
+        <v>2019</v>
+      </c>
+      <c r="J8" t="s">
         <v>23</v>
       </c>
-      <c r="N4" t="s">
-[...16 lines deleted...]
-      <c r="E5" t="s">
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>60</v>
+      </c>
+      <c r="M8"/>
+      <c r="N8" t="s">
+        <v>57</v>
+      </c>
+      <c r="O8" t="s">
+        <v>61</v>
+      </c>
+      <c r="P8" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>63</v>
+      </c>
+      <c r="B9" t="s">
+        <v>64</v>
+      </c>
+      <c r="C9" t="s">
         <v>18</v>
       </c>
-      <c r="F5" t="s">
-[...5 lines deleted...]
-      <c r="H5">
+      <c r="D9" t="s">
+        <v>65</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>51</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2014</v>
+      </c>
+      <c r="I9">
+        <v>2019</v>
+      </c>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9"/>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>66</v>
+      </c>
+      <c r="P9" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>68</v>
+      </c>
+      <c r="B10" t="s">
+        <v>69</v>
+      </c>
+      <c r="C10" t="s">
+        <v>44</v>
+      </c>
+      <c r="D10" t="s">
+        <v>70</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>51</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>1992</v>
+      </c>
+      <c r="I10">
         <v>2013</v>
       </c>
-      <c r="I5" t="s">
-[...203 lines deleted...]
-      </c>
       <c r="J10" t="s">
-        <v>54</v>
-[...4 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="K10" t="s">
+        <v>72</v>
+      </c>
+      <c r="L10"/>
       <c r="M10" t="s">
-        <v>23</v>
+        <v>73</v>
       </c>
       <c r="N10" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>74</v>
+      </c>
+      <c r="P10" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>57</v>
+        <v>76</v>
       </c>
       <c r="B11" t="s">
-        <v>15</v>
+        <v>77</v>
       </c>
       <c r="C11" t="s">
-        <v>58</v>
+        <v>18</v>
       </c>
       <c r="D11" t="s">
-        <v>59</v>
+        <v>78</v>
       </c>
       <c r="E11" t="s">
-        <v>60</v>
+        <v>79</v>
       </c>
       <c r="F11" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2015</v>
+        <v>80</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
       </c>
       <c r="H11">
         <v>2015</v>
       </c>
-      <c r="I11" t="s">
-        <v>61</v>
+      <c r="I11">
+        <v>2015</v>
       </c>
       <c r="J11" t="s">
-        <v>21</v>
+        <v>81</v>
       </c>
       <c r="K11" t="s">
-        <v>62</v>
+        <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>63</v>
+        <v>82</v>
       </c>
       <c r="M11" t="s">
-        <v>23</v>
+        <v>83</v>
       </c>
       <c r="N11" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>84</v>
+      </c>
+      <c r="P11" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>57</v>
+        <v>76</v>
       </c>
       <c r="B12" t="s">
-        <v>15</v>
+        <v>86</v>
       </c>
       <c r="C12" t="s">
-        <v>65</v>
+        <v>18</v>
       </c>
       <c r="D12" t="s">
-        <v>59</v>
+        <v>87</v>
       </c>
       <c r="E12" t="s">
-        <v>60</v>
+        <v>79</v>
       </c>
       <c r="F12" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2015</v>
+        <v>80</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
       </c>
       <c r="H12">
         <v>2015</v>
       </c>
-      <c r="I12" t="s">
-        <v>61</v>
+      <c r="I12">
+        <v>2015</v>
       </c>
       <c r="J12" t="s">
-        <v>21</v>
+        <v>81</v>
       </c>
       <c r="K12" t="s">
-        <v>62</v>
+        <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>63</v>
+        <v>82</v>
       </c>
       <c r="M12" t="s">
-        <v>23</v>
+        <v>83</v>
       </c>
       <c r="N12" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>88</v>
+      </c>
+      <c r="P12" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>57</v>
+        <v>76</v>
       </c>
       <c r="B13" t="s">
-        <v>15</v>
+        <v>89</v>
       </c>
       <c r="C13" t="s">
-        <v>67</v>
+        <v>18</v>
       </c>
       <c r="D13" t="s">
-        <v>59</v>
+        <v>90</v>
       </c>
       <c r="E13" t="s">
-        <v>60</v>
+        <v>79</v>
       </c>
       <c r="F13" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2015</v>
+        <v>80</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
       </c>
       <c r="H13">
         <v>2015</v>
       </c>
-      <c r="I13" t="s">
-        <v>61</v>
+      <c r="I13">
+        <v>2015</v>
       </c>
       <c r="J13" t="s">
-        <v>21</v>
+        <v>81</v>
       </c>
       <c r="K13" t="s">
-        <v>62</v>
+        <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>63</v>
+        <v>82</v>
       </c>
       <c r="M13" t="s">
-        <v>23</v>
+        <v>83</v>
       </c>
       <c r="N13" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>91</v>
+      </c>
+      <c r="P13" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>69</v>
+        <v>92</v>
       </c>
       <c r="B14" t="s">
-        <v>70</v>
+        <v>93</v>
       </c>
       <c r="C14" t="s">
-        <v>71</v>
+        <v>94</v>
       </c>
       <c r="D14" t="s">
-        <v>17</v>
+        <v>95</v>
       </c>
       <c r="E14" t="s">
-        <v>72</v>
+        <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G14">
+        <v>96</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
         <v>1998</v>
       </c>
-      <c r="H14">
+      <c r="I14">
         <v>2012</v>
       </c>
-      <c r="I14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J14" t="s">
-        <v>21</v>
+        <v>97</v>
       </c>
       <c r="K14" t="s">
-        <v>74</v>
+        <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>75</v>
+        <v>98</v>
       </c>
       <c r="M14" t="s">
-        <v>23</v>
+        <v>99</v>
       </c>
       <c r="N14" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>100</v>
+      </c>
+      <c r="P14" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>77</v>
+        <v>102</v>
       </c>
       <c r="B15" t="s">
-        <v>70</v>
+        <v>103</v>
       </c>
       <c r="C15" t="s">
-        <v>78</v>
+        <v>94</v>
       </c>
       <c r="D15" t="s">
-        <v>17</v>
+        <v>104</v>
       </c>
       <c r="E15" t="s">
-        <v>72</v>
+        <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G15">
+        <v>96</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
         <v>2008</v>
       </c>
-      <c r="H15">
+      <c r="I15">
         <v>2010</v>
       </c>
-      <c r="I15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J15" t="s">
-        <v>21</v>
+        <v>97</v>
       </c>
       <c r="K15" t="s">
-        <v>79</v>
+        <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>75</v>
+        <v>105</v>
       </c>
       <c r="M15" t="s">
-        <v>44</v>
+        <v>99</v>
       </c>
       <c r="N15" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:14">
+        <v>57</v>
+      </c>
+      <c r="O15" t="s">
+        <v>106</v>
+      </c>
+      <c r="P15" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>81</v>
+        <v>107</v>
       </c>
       <c r="B16" t="s">
-        <v>70</v>
+        <v>108</v>
       </c>
       <c r="C16" t="s">
-        <v>82</v>
+        <v>94</v>
       </c>
       <c r="D16" t="s">
-        <v>17</v>
+        <v>109</v>
       </c>
       <c r="E16" t="s">
-        <v>72</v>
+        <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G16">
+        <v>96</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
         <v>2002</v>
       </c>
-      <c r="H16">
+      <c r="I16">
         <v>2008</v>
       </c>
-      <c r="I16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J16" t="s">
-        <v>21</v>
+        <v>97</v>
       </c>
       <c r="K16" t="s">
-        <v>83</v>
+        <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>75</v>
+        <v>110</v>
       </c>
       <c r="M16" t="s">
-        <v>44</v>
+        <v>99</v>
       </c>
       <c r="N16" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:14">
+        <v>57</v>
+      </c>
+      <c r="O16" t="s">
+        <v>111</v>
+      </c>
+      <c r="P16" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>85</v>
+        <v>112</v>
       </c>
       <c r="B17" t="s">
-        <v>70</v>
+        <v>113</v>
       </c>
       <c r="C17" t="s">
-        <v>86</v>
+        <v>94</v>
       </c>
       <c r="D17" t="s">
-        <v>17</v>
+        <v>114</v>
       </c>
       <c r="E17" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G17">
+        <v>51</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
         <v>2008</v>
       </c>
-      <c r="H17">
+      <c r="I17">
         <v>2006</v>
       </c>
-      <c r="I17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J17" t="s">
-        <v>21</v>
+        <v>97</v>
       </c>
       <c r="K17" t="s">
-        <v>87</v>
+        <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>75</v>
+        <v>115</v>
       </c>
       <c r="M17" t="s">
-        <v>23</v>
+        <v>99</v>
       </c>
       <c r="N17" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>116</v>
+      </c>
+      <c r="P17" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>89</v>
+        <v>117</v>
       </c>
       <c r="B18" t="s">
-        <v>70</v>
+        <v>118</v>
       </c>
       <c r="C18" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="D18" t="s">
-        <v>17</v>
+        <v>119</v>
       </c>
       <c r="E18" t="s">
-        <v>72</v>
+        <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G18">
+        <v>96</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
         <v>2007</v>
       </c>
-      <c r="H18">
+      <c r="I18">
         <v>2012</v>
       </c>
-      <c r="I18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J18" t="s">
-        <v>21</v>
+        <v>97</v>
       </c>
       <c r="K18" t="s">
-        <v>91</v>
+        <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>75</v>
+        <v>120</v>
       </c>
       <c r="M18" t="s">
-        <v>23</v>
+        <v>99</v>
       </c>
       <c r="N18" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>121</v>
+      </c>
+      <c r="P18" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>93</v>
+        <v>122</v>
       </c>
       <c r="B19" t="s">
-        <v>70</v>
+        <v>123</v>
       </c>
       <c r="C19" t="s">
         <v>94</v>
       </c>
       <c r="D19" t="s">
-        <v>17</v>
+        <v>124</v>
       </c>
       <c r="E19" t="s">
-        <v>72</v>
+        <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G19">
+        <v>96</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
         <v>2012</v>
       </c>
-      <c r="H19">
+      <c r="I19">
         <v>2010</v>
       </c>
-      <c r="I19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J19" t="s">
+        <v>97</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>125</v>
+      </c>
+      <c r="M19" t="s">
+        <v>99</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>126</v>
+      </c>
+      <c r="P19" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>127</v>
+      </c>
+      <c r="B20" t="s">
+        <v>128</v>
+      </c>
+      <c r="C20" t="s">
+        <v>94</v>
+      </c>
+      <c r="D20" t="s">
+        <v>129</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>96</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2012</v>
+      </c>
+      <c r="I20">
+        <v>2014</v>
+      </c>
+      <c r="J20" t="s">
+        <v>97</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>130</v>
+      </c>
+      <c r="M20" t="s">
+        <v>99</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>131</v>
+      </c>
+      <c r="P20" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>132</v>
+      </c>
+      <c r="B21" t="s">
+        <v>133</v>
+      </c>
+      <c r="C21" t="s">
+        <v>94</v>
+      </c>
+      <c r="D21" t="s">
+        <v>134</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
         <v>21</v>
       </c>
-      <c r="K19" t="s">
-[...76 lines deleted...]
-        <v>2002</v>
+      <c r="G21" t="s">
+        <v>22</v>
       </c>
       <c r="H21">
         <v>2002</v>
       </c>
-      <c r="I21" t="s">
-        <v>73</v>
+      <c r="I21">
+        <v>2002</v>
       </c>
       <c r="J21" t="s">
-        <v>103</v>
+        <v>97</v>
       </c>
       <c r="K21" t="s">
-        <v>104</v>
+        <v>135</v>
       </c>
       <c r="L21" t="s">
-        <v>75</v>
+        <v>136</v>
       </c>
       <c r="M21" t="s">
-        <v>23</v>
+        <v>99</v>
       </c>
       <c r="N21" t="s">
-        <v>105</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>137</v>
+      </c>
+      <c r="P21" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>106</v>
+        <v>138</v>
       </c>
       <c r="B22" t="s">
-        <v>70</v>
+        <v>139</v>
       </c>
       <c r="C22" t="s">
-        <v>102</v>
+        <v>94</v>
       </c>
       <c r="D22" t="s">
-        <v>17</v>
+        <v>134</v>
       </c>
       <c r="E22" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G22">
+        <v>51</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
         <v>1998</v>
       </c>
-      <c r="H22">
+      <c r="I22">
         <v>2009</v>
       </c>
-      <c r="I22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J22" t="s">
-        <v>103</v>
+        <v>97</v>
       </c>
       <c r="K22" t="s">
-        <v>107</v>
+        <v>135</v>
       </c>
       <c r="L22" t="s">
-        <v>75</v>
+        <v>140</v>
       </c>
       <c r="M22" t="s">
-        <v>44</v>
+        <v>99</v>
       </c>
       <c r="N22" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:14">
+        <v>57</v>
+      </c>
+      <c r="O22" t="s">
+        <v>141</v>
+      </c>
+      <c r="P22" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>109</v>
+        <v>142</v>
       </c>
       <c r="B23" t="s">
-        <v>70</v>
+        <v>143</v>
       </c>
       <c r="C23" t="s">
-        <v>43</v>
+        <v>94</v>
       </c>
       <c r="D23" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
       <c r="E23" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>51</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
       </c>
       <c r="H23">
         <v>2012</v>
       </c>
-      <c r="I23" t="s">
-        <v>73</v>
+      <c r="I23">
+        <v>2012</v>
       </c>
       <c r="J23" t="s">
-        <v>21</v>
+        <v>97</v>
       </c>
       <c r="K23" t="s">
-        <v>110</v>
+        <v>24</v>
       </c>
       <c r="L23" t="s">
-        <v>75</v>
+        <v>144</v>
       </c>
       <c r="M23" t="s">
-        <v>44</v>
+        <v>99</v>
       </c>
       <c r="N23" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:14">
+        <v>57</v>
+      </c>
+      <c r="O23" t="s">
+        <v>145</v>
+      </c>
+      <c r="P23" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>112</v>
+        <v>146</v>
       </c>
       <c r="B24" t="s">
-        <v>70</v>
+        <v>147</v>
       </c>
       <c r="C24" t="s">
-        <v>102</v>
+        <v>94</v>
       </c>
       <c r="D24" t="s">
-        <v>17</v>
+        <v>134</v>
       </c>
       <c r="E24" t="s">
-        <v>72</v>
+        <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G24">
+        <v>96</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
         <v>2011</v>
       </c>
-      <c r="H24">
+      <c r="I24">
         <v>2015</v>
       </c>
-      <c r="I24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J24" t="s">
-        <v>21</v>
+        <v>148</v>
       </c>
       <c r="K24" t="s">
-        <v>114</v>
+        <v>24</v>
       </c>
       <c r="L24" t="s">
-        <v>75</v>
+        <v>149</v>
       </c>
       <c r="M24" t="s">
-        <v>23</v>
+        <v>99</v>
       </c>
       <c r="N24" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>150</v>
+      </c>
+      <c r="P24" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>116</v>
+        <v>151</v>
       </c>
       <c r="B25" t="s">
-        <v>70</v>
+        <v>152</v>
       </c>
       <c r="C25" t="s">
-        <v>102</v>
+        <v>94</v>
       </c>
       <c r="D25" t="s">
-        <v>17</v>
+        <v>134</v>
       </c>
       <c r="E25" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G25">
+        <v>51</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
         <v>2011</v>
       </c>
-      <c r="H25">
+      <c r="I25">
         <v>2013</v>
       </c>
-      <c r="I25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J25" t="s">
-        <v>103</v>
-[...4 lines deleted...]
-      </c>
+        <v>97</v>
+      </c>
+      <c r="K25" t="s">
+        <v>135</v>
+      </c>
+      <c r="L25"/>
       <c r="M25" t="s">
-        <v>23</v>
+        <v>99</v>
       </c>
       <c r="N25" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>153</v>
+      </c>
+      <c r="P25" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>118</v>
+        <v>154</v>
       </c>
       <c r="B26" t="s">
-        <v>70</v>
+        <v>155</v>
       </c>
       <c r="C26" t="s">
-        <v>119</v>
+        <v>94</v>
       </c>
       <c r="D26" t="s">
-        <v>17</v>
+        <v>156</v>
       </c>
       <c r="E26" t="s">
-        <v>72</v>
+        <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G26">
+        <v>96</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
         <v>2003</v>
       </c>
-      <c r="H26">
+      <c r="I26">
         <v>2010</v>
       </c>
-      <c r="I26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J26" t="s">
-        <v>103</v>
+        <v>97</v>
       </c>
       <c r="K26" t="s">
-        <v>120</v>
+        <v>135</v>
       </c>
       <c r="L26" t="s">
-        <v>75</v>
+        <v>157</v>
       </c>
       <c r="M26" t="s">
-        <v>23</v>
+        <v>99</v>
       </c>
       <c r="N26" t="s">
-        <v>121</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>158</v>
+      </c>
+      <c r="P26" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>122</v>
+        <v>159</v>
       </c>
       <c r="B27" t="s">
-        <v>70</v>
+        <v>160</v>
       </c>
       <c r="C27" t="s">
-        <v>123</v>
+        <v>94</v>
       </c>
       <c r="D27" t="s">
-        <v>17</v>
+        <v>161</v>
       </c>
       <c r="E27" t="s">
-        <v>72</v>
+        <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2002</v>
+        <v>96</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
       </c>
       <c r="H27">
         <v>2002</v>
       </c>
-      <c r="I27" t="s">
-        <v>73</v>
+      <c r="I27">
+        <v>2002</v>
       </c>
       <c r="J27" t="s">
+        <v>97</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>162</v>
+      </c>
+      <c r="M27" t="s">
+        <v>99</v>
+      </c>
+      <c r="N27" t="s">
+        <v>26</v>
+      </c>
+      <c r="O27" t="s">
+        <v>163</v>
+      </c>
+      <c r="P27" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>164</v>
+      </c>
+      <c r="B28" t="s">
+        <v>165</v>
+      </c>
+      <c r="C28" t="s">
+        <v>94</v>
+      </c>
+      <c r="D28" t="s">
+        <v>166</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>96</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>1999</v>
+      </c>
+      <c r="I28">
+        <v>2009</v>
+      </c>
+      <c r="J28" t="s">
+        <v>97</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>167</v>
+      </c>
+      <c r="M28" t="s">
+        <v>99</v>
+      </c>
+      <c r="N28" t="s">
+        <v>26</v>
+      </c>
+      <c r="O28" t="s">
+        <v>168</v>
+      </c>
+      <c r="P28" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>169</v>
+      </c>
+      <c r="B29" t="s">
+        <v>170</v>
+      </c>
+      <c r="C29" t="s">
+        <v>94</v>
+      </c>
+      <c r="D29" t="s">
+        <v>134</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
         <v>21</v>
       </c>
-      <c r="K27" t="s">
-[...40 lines deleted...]
-      <c r="J28" t="s">
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2002</v>
+      </c>
+      <c r="I29">
+        <v>2010</v>
+      </c>
+      <c r="J29" t="s">
+        <v>97</v>
+      </c>
+      <c r="K29" t="s">
+        <v>135</v>
+      </c>
+      <c r="L29" t="s">
+        <v>171</v>
+      </c>
+      <c r="M29" t="s">
+        <v>99</v>
+      </c>
+      <c r="N29" t="s">
+        <v>26</v>
+      </c>
+      <c r="O29" t="s">
+        <v>172</v>
+      </c>
+      <c r="P29" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>173</v>
+      </c>
+      <c r="B30" t="s">
+        <v>174</v>
+      </c>
+      <c r="C30" t="s">
+        <v>94</v>
+      </c>
+      <c r="D30" t="s">
+        <v>134</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
         <v>21</v>
       </c>
-      <c r="K28" t="s">
-[...31 lines deleted...]
-      <c r="G29">
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
         <v>2002</v>
       </c>
-      <c r="H29">
-[...43 lines deleted...]
-      <c r="H30">
+      <c r="I30">
         <v>2012</v>
       </c>
-      <c r="I30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J30" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>97</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
       <c r="M30" t="s">
-        <v>23</v>
+        <v>99</v>
       </c>
       <c r="N30" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O30" t="s">
+        <v>175</v>
+      </c>
+      <c r="P30" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>135</v>
+        <v>176</v>
       </c>
       <c r="B31" t="s">
-        <v>70</v>
+        <v>177</v>
       </c>
       <c r="C31" t="s">
-        <v>136</v>
+        <v>94</v>
       </c>
       <c r="D31" t="s">
-        <v>17</v>
+        <v>178</v>
       </c>
       <c r="E31" t="s">
-        <v>72</v>
+        <v>20</v>
       </c>
       <c r="F31" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2002</v>
+        <v>96</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
       </c>
       <c r="H31">
         <v>2002</v>
       </c>
-      <c r="I31" t="s">
-        <v>73</v>
+      <c r="I31">
+        <v>2002</v>
       </c>
       <c r="J31" t="s">
-        <v>21</v>
+        <v>97</v>
       </c>
       <c r="K31" t="s">
-        <v>137</v>
+        <v>24</v>
       </c>
       <c r="L31" t="s">
-        <v>75</v>
+        <v>179</v>
       </c>
       <c r="M31" t="s">
-        <v>44</v>
+        <v>99</v>
       </c>
       <c r="N31" t="s">
-        <v>138</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:14">
+        <v>57</v>
+      </c>
+      <c r="O31" t="s">
+        <v>180</v>
+      </c>
+      <c r="P31" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>139</v>
+        <v>181</v>
       </c>
       <c r="B32" t="s">
-        <v>70</v>
+        <v>182</v>
       </c>
       <c r="C32" t="s">
-        <v>140</v>
+        <v>94</v>
       </c>
       <c r="D32" t="s">
-        <v>17</v>
+        <v>183</v>
       </c>
       <c r="E32" t="s">
-        <v>72</v>
+        <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>96</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
       </c>
       <c r="H32">
         <v>2012</v>
       </c>
-      <c r="I32" t="s">
-        <v>73</v>
+      <c r="I32">
+        <v>2012</v>
       </c>
       <c r="J32" t="s">
-        <v>21</v>
+        <v>97</v>
       </c>
       <c r="K32" t="s">
-        <v>141</v>
+        <v>24</v>
       </c>
       <c r="L32" t="s">
-        <v>75</v>
+        <v>184</v>
       </c>
       <c r="M32" t="s">
-        <v>23</v>
+        <v>99</v>
       </c>
       <c r="N32" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O32" t="s">
+        <v>185</v>
+      </c>
+      <c r="P32" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>143</v>
+        <v>186</v>
       </c>
       <c r="B33" t="s">
-        <v>70</v>
+        <v>187</v>
       </c>
       <c r="C33" t="s">
-        <v>144</v>
+        <v>94</v>
       </c>
       <c r="D33" t="s">
-        <v>17</v>
+        <v>188</v>
       </c>
       <c r="E33" t="s">
-        <v>72</v>
+        <v>20</v>
       </c>
       <c r="F33" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>96</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
       </c>
       <c r="H33">
         <v>2012</v>
       </c>
-      <c r="I33" t="s">
-        <v>73</v>
+      <c r="I33">
+        <v>2012</v>
       </c>
       <c r="J33" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>97</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33"/>
       <c r="M33" t="s">
-        <v>23</v>
+        <v>99</v>
       </c>
       <c r="N33" t="s">
-        <v>145</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O33" t="s">
+        <v>189</v>
+      </c>
+      <c r="P33" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>146</v>
+        <v>190</v>
       </c>
       <c r="B34" t="s">
-        <v>70</v>
+        <v>191</v>
       </c>
       <c r="C34" t="s">
-        <v>147</v>
+        <v>94</v>
       </c>
       <c r="D34" t="s">
-        <v>17</v>
+        <v>192</v>
       </c>
       <c r="E34" t="s">
-        <v>72</v>
+        <v>20</v>
       </c>
       <c r="F34" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>96</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
       </c>
       <c r="H34">
         <v>2012</v>
       </c>
-      <c r="I34" t="s">
-        <v>73</v>
+      <c r="I34">
+        <v>2012</v>
       </c>
       <c r="J34" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>97</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34"/>
       <c r="M34" t="s">
-        <v>23</v>
+        <v>99</v>
       </c>
       <c r="N34" t="s">
-        <v>148</v>
+        <v>26</v>
+      </c>
+      <c r="O34" t="s">
+        <v>193</v>
+      </c>
+      <c r="P34" t="s">
+        <v>101</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>