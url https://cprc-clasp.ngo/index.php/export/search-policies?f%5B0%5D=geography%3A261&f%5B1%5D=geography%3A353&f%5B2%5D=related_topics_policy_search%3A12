--- v0 (2025-10-15)
+++ v1 (2025-12-06)
@@ -12,326 +12,425 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="105">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of, and the provision of supplementary product information on, professional refrigerated storage cabinets.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151094-5-may-2015-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1094/contents/adopted</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2018 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of refrigerating appliances with a direct sales function</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs.</t>
+  </si>
+  <si>
     <t>Refrigerated Vending Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192018-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/contents/made</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2016/2281 of 30 November 2016</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and/or putting into service of:
+(a) air heating products with a rated heating capacity not exceeding 1 MW;
+(b) cooling products and high temperature process chillers with a rated cooling capacity not exceeding 2 MW;
+(c) fan coil units.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Chillers - Cooler Towers, Industrial Process Chillers</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20162281-30-november-2016-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2016/2281/contents/2020-01-31</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1783 of 1 October 2019 amending Regulation (EU) No 548/2014 on implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to small, medium and large power transformers</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for placing on the market or putting into service power transformers with a minimum power rating of 1 kVA used in 50Hz electricity transmission and distribution networks or for industrial applications. The Regulation is only applicable to transformers purchased after the entry into force of the Regulation. Power transformer means a static piece of apparatus with two or more windings which; by electromagnetic induction; transforms a system of alternating voltage and current into another system of alternating voltage and current usually of different values and at the same frequency for the purpose of transmitting electrical power.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/548/contents/2014-05-21</t>
+  </si>
+  <si>
     <t>IEC 60076</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014-1</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/1783/contents/2019-10-01</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 327/2011 of 30 March 2011 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or putting into service of fans  -driven by motors with an electric input power between 125 W and 500 kW; including those integrated in other energy-related products as covered by Directive 2009-125-EC. The Regulation shall not apply to fans integrated in: products with a sole electric motor of 3 kW or less where the fan is fixed on the same shaft used for driving the main functionality; laundry and washer dryers 3 kW maximum electrical input power; kitchen hoods 280 W total maximum electrical input power attributable to the fans. This Regulation shall not apply to fans which are designed to operate under certain specified conditions; potentially explosive atmospheres; emergency use only; extreme operating temperatures; high supply voltage; etc.   These types of fans can be found in commercial and industrial buildings.</t>
+  </si>
+  <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-3272011-30-march-2011-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2011/327/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation EU 2015-1095 of 5 May 2015</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed.</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Industrial Process Chillers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2015-1095-5-may-2015</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1095/contents</t>
+  </si>
+  <si>
     <t>ISIRI 10634 Fans- Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Fans with capacity of 170-3500 m3 per h. Does not cover ceiling fans or portable fans.</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ANSI/ASHRAE 51-1999 (AMCA Standard 210-99 ANSI approved)</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10634-fans-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 10635: 2008, Wet Cooling Towers, Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Applicable to wet cooling towers with capacity of 800 tons. Does not include cooling towers with natural flow</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>ISIRI 4514 (1998), BS EN 13741 (2003), BS 4485-part2 (1988), CTI ATC 105 (2000)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10635-2008-wet-cooling-towers-technical-specifications-and-test-methods-energy</t>
   </si>
   <si>
     <t>ISIRI 11574 Central Station Air Handling Units-Specification and Test Methids for Energy Consumption</t>
   </si>
   <si>
+    <t>This policy covers air units with capacity of 3570m3/h to 34000m3/h.</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>ARI 430-1999, ANSI/AMCA210/ASHRAE 51-2007, ARI 410-2001, ARI 410-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-11574-central-station-air-handling-units-specification-and-test-methids-energy</t>
   </si>
   <si>
     <t>ISIRI 12885, 1st Edition- technical specification and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Gas fired forced convection air heaters for space heating not exceeding a net heat input of 300 kW</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>BS EN 1020 1998, AS 4553&amp; AG 103 2000:</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-12885-1st-edition-technical-specification-and-test-method-energy-consumption-and</t>
   </si>
   <si>
     <t>ISIRI 13368 Energy Consumption Criteria for Oil Distribution Transformers</t>
   </si>
   <si>
+    <t>Three Phases oil transformers, less than 36kVA and 25kVA up to 2500kVA ,50Hz</t>
+  </si>
+  <si>
     <t>IEC 60071-1, 2011, IEC 60071-2, 2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-13368-energy-consumption-criteria-oil-distribution-transformers</t>
   </si>
   <si>
     <t>ISIRI 7817-2, 1st Edition, Centrifugal, mixed flow and axial pumps - Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Centrifugal, mixed flow and axial pumps</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>ISO-2548 (Class C)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7817-2-1st-edition-centrifugal-mixed-flow-and-axial-pumps-method-measuring-energy</t>
   </si>
   <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Electric Motors and Variable Speed Drives</t>
   </si>
   <si>
+    <t>This Policy applies to:
+(a) induction electric motors without brushes, commutators, slip rings or electrical connections to the rotor, which are rated for operation on a 50 Hz, 60 Hz or 50/60 Hz sinusoidal voltage and—
+(i) have two, four, six or eight poles;
+(ii) have a rated voltage (“UN”) above 50 V and up to and including 1,000 V;
+(iii) have a rated power output (“PN”) from 0.12 kilowatts (kW) up to and including 1,000 kW;
+(iv) are rated on the basis of continuous duty operation; and
+(v) are rated for direct on-line operation;
+(b) variable speed drives with 3 phase input which:
+(i) are rated for operating with a motor falling within sub-paragraph (a), within the 0.12 kW-1,000 kW motor rated output range;
+(ii) have a rated voltage above 100 V and up to and including 1,000 V AC; and
+(iii) have only one AC voltage output.</t>
+  </si>
+  <si>
     <t>Variable Speed Drives</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-electric-motors</t>
   </si>
   <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Refrigerating appliances with a direct sales function</t>
   </si>
   <si>
+    <t>This regulation applies to electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-refrigerating-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/2/made</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Welding Equipment</t>
+  </si>
+  <si>
+    <t>This regulation applies to welding equipment using one or more of the following welding processes—
+(a) flux cored arc welding;
+(b) manual metal arc welding;
+(c) metal active gas and metal inert gas welding;
+(d) plasma arc cutting;
+(e) self-shielded flux-cored welding;
+(f) shielded metal arc welding;
+(g) tungsten inert gas welding.</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-welding</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -595,799 +694,904 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N17"/>
+  <dimension ref="A1:P17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="281" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="281.788" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1075.737" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="94.263" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2015</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2"/>
+      <c r="N2" t="s">
+        <v>25</v>
+      </c>
+      <c r="O2" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>30</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2019</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3"/>
+      <c r="N3" t="s">
+        <v>25</v>
+      </c>
+      <c r="O3" t="s">
+        <v>31</v>
+      </c>
+      <c r="P3" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>33</v>
+      </c>
+      <c r="B4" t="s">
+        <v>34</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>35</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>36</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2016</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4"/>
+      <c r="N4" t="s">
+        <v>25</v>
+      </c>
+      <c r="O4" t="s">
+        <v>37</v>
+      </c>
+      <c r="P4" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>39</v>
+      </c>
+      <c r="B5" t="s">
+        <v>40</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>41</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>36</v>
+      </c>
+      <c r="G5" t="s">
+        <v>42</v>
+      </c>
+      <c r="H5">
         <v>2015</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I5">
+        <v>2019</v>
+      </c>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5"/>
+      <c r="N5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O5" t="s">
+        <v>43</v>
+      </c>
+      <c r="P5" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>39</v>
+      </c>
+      <c r="B6" t="s">
+        <v>40</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>41</v>
+      </c>
+      <c r="E6" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...4 lines deleted...]
-      <c r="M2" t="s">
+      <c r="F6" t="s">
+        <v>36</v>
+      </c>
+      <c r="G6" t="s">
+        <v>42</v>
+      </c>
+      <c r="H6">
+        <v>2015</v>
+      </c>
+      <c r="I6">
+        <v>2019</v>
+      </c>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>45</v>
+      </c>
+      <c r="M6"/>
+      <c r="N6" t="s">
+        <v>25</v>
+      </c>
+      <c r="O6" t="s">
+        <v>46</v>
+      </c>
+      <c r="P6" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>48</v>
+      </c>
+      <c r="B7" t="s">
+        <v>49</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>50</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>36</v>
+      </c>
+      <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="N2" t="s">
+      <c r="H7">
+        <v>2011</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
         <v>23</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A3" t="s">
+      <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="L7"/>
+      <c r="M7"/>
+      <c r="N7" t="s">
         <v>25</v>
       </c>
-      <c r="D3" t="s">
-[...2 lines deleted...]
-      <c r="E3" t="s">
+      <c r="O7" t="s">
+        <v>51</v>
+      </c>
+      <c r="P7" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>53</v>
+      </c>
+      <c r="B8" t="s">
+        <v>54</v>
+      </c>
+      <c r="C8" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...6 lines deleted...]
-      <c r="I3" t="s">
+      <c r="D8" t="s">
+        <v>55</v>
+      </c>
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
-[...4 lines deleted...]
-      <c r="M3" t="s">
+      <c r="F8" t="s">
+        <v>36</v>
+      </c>
+      <c r="G8" t="s">
         <v>22</v>
       </c>
-      <c r="N3" t="s">
-[...26 lines deleted...]
-      <c r="I4" t="s">
+      <c r="H8">
+        <v>2015</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8"/>
+      <c r="N8" t="s">
+        <v>25</v>
+      </c>
+      <c r="O8" t="s">
+        <v>56</v>
+      </c>
+      <c r="P8" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>58</v>
+      </c>
+      <c r="B9" t="s">
+        <v>59</v>
+      </c>
+      <c r="C9" t="s">
+        <v>60</v>
+      </c>
+      <c r="D9" t="s">
+        <v>50</v>
+      </c>
+      <c r="E9" t="s">
         <v>20</v>
       </c>
-      <c r="J4" t="s">
-[...4 lines deleted...]
-      <c r="M4" t="s">
+      <c r="F9" t="s">
+        <v>61</v>
+      </c>
+      <c r="G9" t="s">
+        <v>42</v>
+      </c>
+      <c r="H9">
+        <v>2008</v>
+      </c>
+      <c r="I9">
+        <v>2010</v>
+      </c>
+      <c r="J9" t="s">
+        <v>62</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>63</v>
+      </c>
+      <c r="M9" t="s">
+        <v>64</v>
+      </c>
+      <c r="N9" t="s">
+        <v>25</v>
+      </c>
+      <c r="O9" t="s">
+        <v>65</v>
+      </c>
+      <c r="P9" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>67</v>
+      </c>
+      <c r="B10" t="s">
+        <v>68</v>
+      </c>
+      <c r="C10" t="s">
+        <v>60</v>
+      </c>
+      <c r="D10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>61</v>
+      </c>
+      <c r="G10" t="s">
+        <v>42</v>
+      </c>
+      <c r="H10">
+        <v>2002</v>
+      </c>
+      <c r="I10">
+        <v>2008</v>
+      </c>
+      <c r="J10" t="s">
+        <v>62</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>70</v>
+      </c>
+      <c r="M10" t="s">
+        <v>64</v>
+      </c>
+      <c r="N10" t="s">
+        <v>25</v>
+      </c>
+      <c r="O10" t="s">
+        <v>71</v>
+      </c>
+      <c r="P10" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>72</v>
+      </c>
+      <c r="B11" t="s">
+        <v>73</v>
+      </c>
+      <c r="C11" t="s">
+        <v>60</v>
+      </c>
+      <c r="D11" t="s">
+        <v>74</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>36</v>
+      </c>
+      <c r="G11" t="s">
         <v>22</v>
       </c>
-      <c r="N4" t="s">
-[...28 lines deleted...]
-      <c r="I5" t="s">
+      <c r="H11">
+        <v>2009</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>62</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>75</v>
+      </c>
+      <c r="M11" t="s">
+        <v>64</v>
+      </c>
+      <c r="N11" t="s">
+        <v>25</v>
+      </c>
+      <c r="O11" t="s">
+        <v>76</v>
+      </c>
+      <c r="P11" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>77</v>
+      </c>
+      <c r="B12" t="s">
+        <v>78</v>
+      </c>
+      <c r="C12" t="s">
+        <v>60</v>
+      </c>
+      <c r="D12" t="s">
+        <v>79</v>
+      </c>
+      <c r="E12" t="s">
         <v>20</v>
       </c>
-      <c r="J5" t="s">
-[...36 lines deleted...]
-      <c r="I6" t="s">
+      <c r="F12" t="s">
+        <v>36</v>
+      </c>
+      <c r="G12" t="s">
+        <v>42</v>
+      </c>
+      <c r="H12">
+        <v>1998</v>
+      </c>
+      <c r="I12">
+        <v>2009</v>
+      </c>
+      <c r="J12" t="s">
+        <v>62</v>
+      </c>
+      <c r="K12" t="s">
+        <v>80</v>
+      </c>
+      <c r="L12" t="s">
+        <v>81</v>
+      </c>
+      <c r="M12" t="s">
+        <v>64</v>
+      </c>
+      <c r="N12" t="s">
+        <v>25</v>
+      </c>
+      <c r="O12" t="s">
+        <v>82</v>
+      </c>
+      <c r="P12" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>83</v>
+      </c>
+      <c r="B13" t="s">
+        <v>84</v>
+      </c>
+      <c r="C13" t="s">
+        <v>60</v>
+      </c>
+      <c r="D13" t="s">
+        <v>41</v>
+      </c>
+      <c r="E13" t="s">
         <v>20</v>
       </c>
-      <c r="J6" t="s">
-[...9 lines deleted...]
-      <c r="N6" t="s">
+      <c r="F13" t="s">
         <v>36</v>
       </c>
-    </row>
-[...72 lines deleted...]
-      <c r="N8" t="s">
+      <c r="G13" t="s">
         <v>42</v>
-      </c>
-[...195 lines deleted...]
-        <v>2012</v>
       </c>
       <c r="H13">
         <v>2012</v>
       </c>
-      <c r="I13" t="s">
-        <v>46</v>
+      <c r="I13">
+        <v>2012</v>
       </c>
       <c r="J13" t="s">
-        <v>21</v>
+        <v>62</v>
       </c>
       <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>85</v>
+      </c>
+      <c r="M13" t="s">
         <v>64</v>
       </c>
-      <c r="L13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N13" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:14">
+        <v>25</v>
+      </c>
+      <c r="O13" t="s">
+        <v>86</v>
+      </c>
+      <c r="P13" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>66</v>
+        <v>87</v>
       </c>
       <c r="B14" t="s">
-        <v>44</v>
+        <v>88</v>
       </c>
       <c r="C14" t="s">
-        <v>67</v>
+        <v>60</v>
       </c>
       <c r="D14" t="s">
-        <v>17</v>
+        <v>89</v>
       </c>
       <c r="E14" t="s">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>2002</v>
+        <v>61</v>
+      </c>
+      <c r="G14" t="s">
+        <v>42</v>
       </c>
       <c r="H14">
         <v>2002</v>
       </c>
-      <c r="I14" t="s">
-        <v>46</v>
+      <c r="I14">
+        <v>2002</v>
       </c>
       <c r="J14" t="s">
-        <v>21</v>
+        <v>62</v>
       </c>
       <c r="K14" t="s">
-        <v>68</v>
+        <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>48</v>
+        <v>90</v>
       </c>
       <c r="M14" t="s">
+        <v>64</v>
+      </c>
+      <c r="N14" t="s">
+        <v>25</v>
+      </c>
+      <c r="O14" t="s">
+        <v>91</v>
+      </c>
+      <c r="P14" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>92</v>
+      </c>
+      <c r="B15" t="s">
+        <v>93</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>94</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>36</v>
+      </c>
+      <c r="G15" t="s">
         <v>22</v>
       </c>
-      <c r="N14" t="s">
-[...22 lines deleted...]
-      <c r="G15">
+      <c r="H15">
         <v>2021</v>
       </c>
-      <c r="H15"/>
-      <c r="I15" t="s">
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>23</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15"/>
+      <c r="N15" t="s">
+        <v>25</v>
+      </c>
+      <c r="O15" t="s">
+        <v>95</v>
+      </c>
+      <c r="P15" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>96</v>
+      </c>
+      <c r="B16" t="s">
+        <v>97</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>30</v>
+      </c>
+      <c r="E16" t="s">
         <v>20</v>
       </c>
-      <c r="J15" t="s">
-[...4 lines deleted...]
-      <c r="M15" t="s">
+      <c r="F16" t="s">
+        <v>36</v>
+      </c>
+      <c r="G16" t="s">
         <v>22</v>
       </c>
-      <c r="N15" t="s">
-[...10 lines deleted...]
-      <c r="C16" t="s">
+      <c r="H16">
+        <v>2021</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>23</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16"/>
+      <c r="N16" t="s">
         <v>25</v>
       </c>
-      <c r="D16" t="s">
-[...8 lines deleted...]
-      <c r="G16">
+      <c r="O16" t="s">
+        <v>98</v>
+      </c>
+      <c r="P16" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>100</v>
+      </c>
+      <c r="B17" t="s">
+        <v>101</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>102</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>36</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
         <v>2021</v>
       </c>
-      <c r="H16"/>
-[...40 lines deleted...]
-      </c>
+      <c r="I17"/>
       <c r="J17" t="s">
-        <v>77</v>
-[...1 lines deleted...]
-      <c r="K17"/>
+        <v>23</v>
+      </c>
+      <c r="K17" t="s">
+        <v>103</v>
+      </c>
       <c r="L17"/>
-      <c r="M17" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M17"/>
       <c r="N17" t="s">
-        <v>78</v>
+        <v>25</v>
+      </c>
+      <c r="O17" t="s">
+        <v>104</v>
+      </c>
+      <c r="P17" t="s">
+        <v>32</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>