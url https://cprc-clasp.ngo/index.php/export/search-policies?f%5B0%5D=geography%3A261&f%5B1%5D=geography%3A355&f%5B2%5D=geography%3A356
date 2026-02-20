--- v0 (2025-12-11)
+++ v1 (2026-02-20)
@@ -7833,51 +7833,51 @@
       </c>
       <c r="P107" t="s">
         <v>424</v>
       </c>
     </row>
     <row r="108" spans="1:16">
       <c r="A108" t="s">
         <v>481</v>
       </c>
       <c r="B108" t="s">
         <v>482</v>
       </c>
       <c r="C108" t="s">
         <v>214</v>
       </c>
       <c r="D108" t="s">
         <v>483</v>
       </c>
       <c r="E108" t="s">
         <v>20</v>
       </c>
       <c r="F108" t="s">
         <v>484</v>
       </c>
       <c r="G108" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H108">
         <v>2021</v>
       </c>
       <c r="I108">
         <v>2024</v>
       </c>
       <c r="J108" t="s">
         <v>485</v>
       </c>
       <c r="K108" t="s">
         <v>24</v>
       </c>
       <c r="L108" t="s">
         <v>486</v>
       </c>
       <c r="M108" t="s">
         <v>217</v>
       </c>
       <c r="N108" t="s">
         <v>32</v>
       </c>
       <c r="O108" t="s">
         <v>487</v>
       </c>