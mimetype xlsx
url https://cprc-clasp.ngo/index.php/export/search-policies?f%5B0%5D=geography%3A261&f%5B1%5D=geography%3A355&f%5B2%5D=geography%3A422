--- v0 (2025-11-11)
+++ v1 (2025-12-27)
@@ -3867,51 +3867,51 @@
       </c>
       <c r="P48" t="s">
         <v>244</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
         <v>262</v>
       </c>
       <c r="B49" t="s">
         <v>263</v>
       </c>
       <c r="C49" t="s">
         <v>224</v>
       </c>
       <c r="D49" t="s">
         <v>264</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
         <v>265</v>
       </c>
       <c r="G49" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H49">
         <v>2021</v>
       </c>
       <c r="I49">
         <v>2024</v>
       </c>
       <c r="J49" t="s">
         <v>266</v>
       </c>
       <c r="K49" t="s">
         <v>24</v>
       </c>
       <c r="L49" t="s">
         <v>267</v>
       </c>
       <c r="M49" t="s">
         <v>227</v>
       </c>
       <c r="N49" t="s">
         <v>42</v>
       </c>
       <c r="O49" t="s">
         <v>268</v>
       </c>