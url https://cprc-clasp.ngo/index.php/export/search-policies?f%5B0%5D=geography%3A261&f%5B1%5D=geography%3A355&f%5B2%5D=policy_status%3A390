--- v0 (2025-10-13)
+++ v1 (2025-12-06)
@@ -12,873 +12,1091 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="248">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="308">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of, and the provision of supplementary product information on, professional refrigerated storage cabinets.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151094-5-may-2015-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1094/contents/adopted</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2015/1186 of 24 April 2015</t>
   </si>
   <si>
+    <t>Applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. Solid fuel small combustion installations.</t>
+  </si>
+  <si>
     <t>Portable Heaters, Boilers and Furnaces</t>
   </si>
   <si>
     <t>Solid Fuel</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151186-24-april-2015-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1186/contents</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council</t>
   </si>
   <si>
+    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of solid fuel boilers and packages of a solid fuel boiler, supplementary heaters, temperature controls and solar devices</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151187-27-april-2015-supplementing-directive-0</t>
   </si>
   <si>
-    <t>Commission Delegated Regulation (EU) 2019/2013 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of electronic displays</t>
-[...11 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu-0</t>
+    <t>https://www.legislation.gov.uk/eur/2015/1187/contents/2015-04-27</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2014 of 11 March 2019</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries; including those sold for non-household use and built-in household washing machines. This Regulation shall not apply to household combined washer-driers.</t>
+  </si>
+  <si>
     <t>Washer and Dryers, Washing Machines</t>
   </si>
   <si>
     <t>Electricity, Water</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192014-11-march-2019</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/2014/contents</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2016 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of refrigerating appliances</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1500 litres. It shall also apply to electric mains-operated household refrigerating appliances that can be battery-operated.</t>
+  </si>
+  <si>
     <t>Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>EN 153</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192016-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
-    <t>Commission Delegated Regulation (EU) 2019/2017 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household dishwashers</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu-0</t>
+    <t>https://www.legislation.gov.uk/eur/2019/2016/contents</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2018 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of refrigerating appliances with a direct sales function</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs.</t>
+  </si>
+  <si>
     <t>Refrigerated Vending Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192018-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/contents/made</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) No 1254/2014 of 11 July 2014 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of residential ventilation units</t>
   </si>
   <si>
+    <t>non-residential ventilation unit -NRVU; means a ventilation unit where the maximum flow rate of the ventilation unit exceeds 250 m3 per hour; and; where the maximum flow rate is between 250 and 1 000 m3 per hour; the manufacturer has not declared its intended use as being exclusively for a residential ventilation application.</t>
+  </si>
+  <si>
     <t>Exhaust Fans</t>
   </si>
   <si>
     <t>EN 308:1997</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-12542014-11-july-2014-supplementing-directive-0</t>
   </si>
   <si>
-    <t>Commission Delegated Regulation (EU) No 392/2012 of 1 March 2012 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of household tumble driers</t>
+    <t>https://www.legislation.gov.uk/eur/2014/1254/contents</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) No 812/2013 of 18 February 2013 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of water heaters, hot water storage tanks and packages</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for labelling of and providing supplementary product information on electrical lamps.</t>
+  </si>
+  <si>
+    <t>Instantaneous Water Heaters, Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>Electricity, Gas, Oil, Solar</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-8122013-18-february-2013-supplementing-directive-0</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) No 626/2011 of 4 May 2011 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of air conditioners</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating, if the product has no cooling function.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs, Portable ACs, Packaged Terminals</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-6262011-4-may-2011-supplementing-directive-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2011/626/contents</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation EU No 811-2013 of 18 February 2013 supplementing Directive 2010-30-EU -with regard to the energy labelling of space heaters; combination heaters</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the energy labelling of; and the provision of supplementary product information on; space heaters and combination heaters with a rated heat output equal to 70 kW; packages of space heater equal to  70 kW; temperature control and solar device and packages of combination heater equal to  70 kW; temperature control and solar device.</t>
+  </si>
+  <si>
+    <t>Heat Pumps, Boilers and Furnaces</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-811-2013-18-february-2013-supplementing-directive-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2013/811/contents</t>
+  </si>
+  <si>
+    <t>Commission regulation (EC) No 641/2009 of 22 July 2009</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of glandless standalone circulators and glandless circulators integrated in products. This Regulation shall not apply to: a. drinking water circulators; except as regards information requirements; b. circulators integrated in products and placed on the market not later than 1 January 2020 as replacement for identical circulators integrated in products and placed on the market no later than 1 August 2015.</t>
+  </si>
+  <si>
+    <t>Building Circulator Pumps</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-ec-no-6412009-22-july-2009</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2009/641/introduction</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2015/1188 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for local space heaters</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or of a single segment of 120 kW or less.</t>
+  </si>
+  <si>
+    <t>Electricity, Gas, Solid Fuel</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20151188-28-april-2015-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2015/1189 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for solid fuel boilers</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2015/1189 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for solid fuel boilers.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20151189-28-april-2015-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1189/contents</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2016/2281 of 30 November 2016</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and/or putting into service of:
+(a) air heating products with a rated heating capacity not exceeding 1 MW;
+(b) cooling products and high temperature process chillers with a rated cooling capacity not exceeding 2 MW;
+(c) fan coil units.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs, Chillers - Cooler Towers, Industrial Process Chillers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20162281-30-november-2016-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2016/2281/contents/2020-01-31</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2019/424 of 15 March 2019 laying down ecodesign requirements for servers and data storage products</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.</t>
+  </si>
+  <si>
+    <t>Computers, Servers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-1</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2019/424/contents/2019-03-15</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2023/826 of 17 April 2023 laying down ecodesign requirements for off mode, standby mode, and networked standby energy consumption of electrical and electronic household and office equipment</t>
+  </si>
+  <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment</t>
+  </si>
+  <si>
+    <t>Stand-by and networked devices, Televisions, Coffee Machines</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2008/1275/contents</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) No 1253/2014 of 7 July 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for ventilation units</t>
+  </si>
+  <si>
+    <t>Ventilation unit -VU; means an electricity driven appliance equipped with at least one impeller; one motor and a casing and intended to replace utilised air by outdoor air in a building or a part of a building.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-12532014-7-july-2014-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2014/1253/contents</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) No 206/2012 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W.</t>
+  </si>
+  <si>
+    <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2012/206/contents</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) No 327/2011 of 30 March 2011 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or putting into service of fans  -driven by motors with an electric input power between 125 W and 500 kW; including those integrated in other energy-related products as covered by Directive 2009-125-EC. The Regulation shall not apply to fans integrated in: products with a sole electric motor of 3 kW or less where the fan is fixed on the same shaft used for driving the main functionality; laundry and washer dryers 3 kW maximum electrical input power; kitchen hoods 280 W total maximum electrical input power attributable to the fans. This Regulation shall not apply to fans which are designed to operate under certain specified conditions; potentially explosive atmospheres; emergency use only; extreme operating temperatures; high supply voltage; etc.   These types of fans can be found in commercial and industrial buildings.</t>
+  </si>
+  <si>
+    <t>Industrial Fans</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-3272011-30-march-2011-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2011/327/contents</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) No 547/2012 of 25 June 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for water pumps</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of rotodynamic water pumps for pumping clean water; including where integrated in other products.
+This Policy is under review with research underway by the UK government.</t>
+  </si>
+  <si>
+    <t>Pumps Other</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-5472012-25-june-2012-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2012/547/contents</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) No 66/2014 of 14 January 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for domestic ovens, hobs and range hoods</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens; including when incorporated in cookers; domestic hobs and domestic electric range hoods; including when sold for non-domestic purposes.</t>
+  </si>
+  <si>
+    <t>Ovens, Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>Electricity, Gas</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-662014-14-january-2014-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2014/66</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) No 666/2013 of 8 July 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for vacuum cleaners</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners; including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
+    <t>Vacuum Cleaners</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-6662013-8-july-2013-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2013/666/contents/2013-07-08</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) No 814/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for water heaters and hot water storage tanks</t>
+  </si>
+  <si>
+    <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
+  </si>
+  <si>
+    <t>10 CFR 430 Subpart B</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8142013-2-august-2013-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2013/814/contents</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) No 932/2012 of 3 October 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for household tumble driers</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use.</t>
+  </si>
+  <si>
+    <t>Europe, United Kingdom</t>
   </si>
   <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
-    <t>Electricity, Gas</t>
-[...193 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-9322012-3-october-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
-    <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
-[...11 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+    <t>https://www.legislation.gov.uk/eur/2012/932/contents</t>
   </si>
   <si>
     <t>Commission Regulation EC No 107-2009 of 4 February 2009 implementing Directive 2005-32-EC -with regard to ecodesign requirements for simple set-top boxes</t>
   </si>
   <si>
+    <t>The Commission Regulation EC No 107-2009 of 4 February 2009 implementing Directive 2005-32-EC of the European Parliament and of the Council with regard to ecodesign requirements for simple set-top boxes; sets minimum energy performance requirements for simple set top boxes -SSTB.</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-ec-no-107-2009-4-february-2009-implementing-directive-2005-32-ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2009/107/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation EU 2015-1095 of 5 May 2015</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed.</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Industrial Process Chillers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2015-1095-5-may-2015</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1095/contents</t>
+  </si>
+  <si>
     <t>Department Circular DC2020-06-0015</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for television sets, washing machines, and electric fans.</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Televisions, Washing Machines, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/department-circular-dc2020-06-0015</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/pelp/related-laws-issuances-and-implementing-guidelines</t>
+  </si>
+  <si>
     <t>Department Circular No. DC 2020-06-0016</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for room air conditioners (window and split type), refrigeration units (single door, two-door manual defrost, and frost-free), and lighting products (CLFs, LFLs, single-capped fluorescent lamps, and LEDs).</t>
+  </si>
+  <si>
     <t>Lighting, Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/department-circular-no-dc-2020-06-0016</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/laws-and-issuances/department-circular-no-dc2020-06-0016</t>
+  </si>
+  <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
+    <t>insulation</t>
+  </si>
+  <si>
     <t>Insulations</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products</t>
   </si>
   <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
     <t>Windows</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-0</t>
   </si>
   <si>
+    <t>Natural gas and LPG boilers</t>
+  </si>
+  <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-1</t>
   </si>
   <si>
+    <t>Heating controls products</t>
+  </si>
+  <si>
     <t>Climate Controls</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-2</t>
   </si>
   <si>
-    <t>Washing Machines</t>
-[...16 lines deleted...]
-  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Air Conditioners 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains mandatory energy labeling requirements for air conditioners covered by Department Circular No. 2020-06-0015. It applies to single-phase air conditioners with a cooling capacity of up to 50,400 kJ/hr or 14 KW for domestic single use. The following categories are:
+Fixed-speed air conditioners / Variable-speed air conditioners:
+a. Window type
+b. Split type (wall-mounted, floor-standing type, cassette-type, ceiling-cassette-type, ceiling-suspended type)</t>
   </si>
   <si>
     <t>Air Conditioning</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PNS ISO 5151
 ,   
                     PNS ISO 16358-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-air-conditioners-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-air-conditioners-2024</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Clothes Washing Machines 2024, 1st Edition</t>
   </si>
   <si>
+    <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to the following fixed speed / variable speed clothes washing machines with minimum capacity of 5 kg up to 22kg: manual (single tub and twin tub), and automatic (top loading and front loading). Clothes washing machines with rated capacity beyond 22kg are not covered by this policy, likewise, spin dryers/water extractors are not covered. The performance data that will be declared shall be based on a Washing Performance of at least 0.6.</t>
+  </si>
+  <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
     <t>PNS IEC 60456:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-clothes-washing-machines-2024</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-clothes-washing-0</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Display Monitors 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards and mandatory energy labeling for display monitors according to section 5 and 9 of Department Circular No. 2020-06-0015. Products in scope include display monitors operating in AC or combination of AC and DC sources connected by digital inputs, such as but not limited to DP, HDMI, DVI, USB, wireless and network connection, or by analog VGA input. Display Monitors that are powered solely from battery sources and specialized monitors are not covered.</t>
   </si>
   <si>
     <t>Displays</t>
   </si>
   <si>
     <t>PNS IEC 62087-1
 ,   
                     IEC 62087-2
 ,   
                     PNS IEC 62087-7
 ,   
                     PNS 378
 ,   
                     PNS IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-display-monitors-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-display-monitors-2024</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Electric Fans</t>
   </si>
   <si>
+    <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to electric fans operating in Alternating Current (AC) sources and may perform additional functionalities (such as but not limited to lamps, radio, etc.) with a rated power input of less than 125 watts (W) and falls under the following types: pedestal or stand fans;  desk or table fans; wall-mounted fans; floor, ground or box fans; orbit or ceiling bracket fans; ceiling fans; tower fans; bladeless fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>PNS IEC 60879:2020 (IEC published 2019)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Energy Saving Devices (ESD) / Low Voltage Saving Devices (LVSD) for Domestic Application 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains mandatory energy labeling requirements for  Energy Saving Devices (ESD) / Low Voltage Saving Devices (LVSD) according to section 5 and 9 of Department Circular No. 2020-06-0015. These devices are for household appliances, lighting, and related equipment for use on single phase low voltage alternating current (AC) supply.</t>
   </si>
   <si>
     <t>Asia and Pacific, Philippines</t>
   </si>
   <si>
     <t>PNS 2080:2010
 ,   
                     PNS IEC 62301:2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-energy-saving-devices-esd-low</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-energy-saving-devices</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of The Philippine Energy Labeling Program for Lighting Products 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards and mandatory energy labeling for lighting products used for General Lighting Service Lamps according to section 9 of Department Circular No. 2020-06-0015. Products in scope include Linear Fluorescent Lamps (LFL) or Double-Capped Fluorescent Lamps (DFL), Double-Capped Linear LED Lamps, Self-Ballasted Compact Fluorescent Lamps (CFL), Single-Capped Fluorescent Lamps (SFL), Self-Ballasted Non Directional LED Lamps.</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>CIE 84 1st Edition 1989
 ,   
                     PNS IEC 60081
 ,   
                     PNS IEC 60901
 ,   
                     ANSI C78.377-2015
 ,   
                     CIE S 025/E:2015
 ,   
                     CIE 13.3:1995
 ,   
                     IES LM 79-08
 ,   
                     IES LM 80-15
 ,   
                     PNS IEC 62612
 ,   
                     PNS IEC 61000-3-2
 ,   
                     IEC 60838-2-3 E.D. 1.0 B:2016 Miscellaneous Lampholders</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-lighting-products-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-lighting-products-2024</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Refrigerating Appliances 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards and labeling requirements for refrigerating appliances according to section 9 of Department Circular No. 2020-06-0015. Products in scope include refrigerators and refrigerator-freezers (manual defrost and frost-free) with a minimum volume capacity of 113 liters for domestic and similar use. Freezers are not covered in the scope.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>PNS IEC 62552-1
 ,   
                     PNS IEC 62552-2
 ,   
                     PNS IEC 62552-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-refrigerating-appliances-2024</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-refrigerating</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of The Philippine Energy Labeling Program for Television Sets 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains MEPS and labeling requirements for television sets according to Department Circular No. 2020-06-0015. The policy applies to all television sets.</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>PNS IEC 62087
 ,   
                     PNS 378
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-television-sets-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-television-sets-2024</t>
+  </si>
+  <si>
     <t>PNS 12-3-2000 - Lamps and related equipment - Electromagnetic ballast - Energy standards and labeling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the power loss and labeling requirements for electromagnetic fluorescent lamp ballast with or without pre-heated cathodes and operated with or without a starter or starting device.</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-12-3-2000-lamps-and-related-equipment-electromagnetic-ballast-energy-standards-and</t>
   </si>
   <si>
-    <t>PNS 2050-1-1:2007 Amendment 1:2013 - Lamps and related equipment-Energy efficiency and labeling requirements - Part 1-1: Double-capped fluorescent lamps</t>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%2012-3-2000.pdf</t>
+  </si>
+  <si>
+    <t>PNS 2050-1-2:2006 - Lamps and related equipments – Energy labeling requirements – Part 1-2: Single-capped fluorescent lamps</t>
+  </si>
+  <si>
+    <t>This labeling program covers single-capped fluorescent lamps for general lighting service.</t>
   </si>
   <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
-    <t>PNS IEC 60081:2006</t>
-[...7 lines deleted...]
-  <si>
     <t>PNS IEC 60901:2001 Amd. 01, 02, &amp; 03:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-2050-1-22006-lamps-and-related-equipments-energy-labeling-requirements-part-1-2-single</t>
   </si>
   <si>
-    <t>PNS 2050-2:2015 - Lamps and related equipment - Energy efficiency and labeling requirements - Part 2: Self-ballasted lamps for general lighting services</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/pns-2050-22015-lamps-and-related-equipment-energy-efficiency-and-labeling-requirements</t>
+    <t>https://www.lites.asia/files/otherfiles/0000/0238/Manila_lites_asia_meeting_1.8_Philippine_policies_for_EE_lighting_Mirna_Campanano.pdf</t>
   </si>
   <si>
     <t>PNS 2050-4:2007 - Lamps and related equipment - Energy labeling requirements - Part 4: Ballast</t>
   </si>
   <si>
+    <t>This labeling program covers AC supplied electronic ballast for tubular fluorescent lamps specifically with ratings from 10 watts to 40 watts for T12, T10, T9, T8 and T5 halophosphate and triphosphate fluorescent lamps with G13 and G5 caps.</t>
+  </si>
+  <si>
     <t>PNS IEC 60921:2006; PNS IEC 61347-1:2002; PNS IEC 61347-2-3:2002 amendment 01:2006; PNS IEC 60921:2006; PNS IEC 61347-2-8:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-2050-42007-lamps-and-related-equipment-energy-labeling-requirements-part-4-ballast</t>
   </si>
   <si>
     <t>PNS 2098-1:2013 - Audio video and related equipment - Energy efficiency factor (EEF) and labeling requirements - Part 1: Television set</t>
   </si>
   <si>
+    <t>This labeling program covers television sets and computer monitors with built-in tuner with screen size up to 1520 mm directly connected to the mains.</t>
+  </si>
+  <si>
     <t>PNS 387</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-2098-12013-audio-video-and-related-equipment-energy-efficiency-factor-eef-and-labeling</t>
   </si>
   <si>
-    <t>PNS 396-1:2007 - Household appliances - Energy efficiency ratio (EER) and labelling requirements - Part 1 : Airconditioners</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/pns-396-12007-household-appliances-energy-efficiency-ratio-eer-and-labelling-requirements</t>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%202098-1-2013-tv.pdf</t>
   </si>
   <si>
     <t>PNS 396-2:2013 - Household appliances - Energy efficiency factor (EEF) and labeling requirements - Part 2: Regrigerators and Freezers</t>
   </si>
   <si>
+    <t>This labeling program covers all types of direct-cooling and frost-free refrigerators, freezers, and refrigerators-freezers with storage volume capacities of 113 litres (4 cubic feet) to 340 litres (12 cubic feet).</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>PNS IEC 62552:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-396-22013-household-appliances-energy-efficiency-factor-eef-and-labeling-requirements</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%20396-2-2013-ref-freezer.pdf</t>
+  </si>
+  <si>
     <t>PNS 396-3:2013 - Household appliances – Energy efficiency factor (EEF) and labeling requirements – Part 3: Clothes washing machine</t>
   </si>
   <si>
+    <t>This labeling program covers clothes washing machines. It does not cover stand-alone spin extractor.</t>
+  </si>
+  <si>
     <t>PNS IEC 60456</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-396-32013-household-appliances-energy-efficiency-factor-eef-and-labeling-requirements</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%20396-3-2013-washing%20machine.pdf</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information (Lighting Products) Regulations 2021</t>
   </si>
   <si>
+    <t>This regulation applies to light sources placed on the market, with or without integrated control gears, and includes light sources placed on the market in a containing product.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-lighting-products-regulations-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/1095/part/2/chapter/3/made</t>
+  </si>
+  <si>
+    <t>In these Regulations “light source” means, an electricallyU operated product—
+(a) intended to emit light; or
+(b) in the case of a non-incandescent light source, intended to be possibly tuned to emit light; or
+(c) intended to do both (a) and (b); 
+This Policy is under development by the UK government with public consultation having taken place in 2023.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-lighting-products-regulations</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/1095/contents/made</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021 (UK regulation): Electronic Displays including Televisions</t>
   </si>
   <si>
+    <t>This policy applies to electronic displays, including televisions, monitors, and digital signage displays.</t>
+  </si>
+  <si>
     <t>Televisions, Projectors, Displays</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-uk-regulation</t>
   </si>
   <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Electric Motors and Variable Speed Drives</t>
   </si>
   <si>
+    <t>This Policy applies to:
+(a) induction electric motors without brushes, commutators, slip rings or electrical connections to the rotor, which are rated for operation on a 50 Hz, 60 Hz or 50/60 Hz sinusoidal voltage and—
+(i) have two, four, six or eight poles;
+(ii) have a rated voltage (“UN”) above 50 V and up to and including 1,000 V;
+(iii) have a rated power output (“PN”) from 0.12 kilowatts (kW) up to and including 1,000 kW;
+(iv) are rated on the basis of continuous duty operation; and
+(v) are rated for direct on-line operation;
+(b) variable speed drives with 3 phase input which:
+(i) are rated for operating with a motor falling within sub-paragraph (a), within the 0.12 kW-1,000 kW motor rated output range;
+(ii) have a rated voltage above 100 V and up to and including 1,000 V AC; and
+(iii) have only one AC voltage output.</t>
+  </si>
+  <si>
     <t>Variable Speed Drives</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-electric-motors</t>
   </si>
   <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Household Dishwashers</t>
   </si>
   <si>
+    <t>(1) Subject to paragraph (2), this Chapter applies to electric mains-operated household dishwashers, including—
+(a) built-in dishwashers; and
+(b) dishwashers that can also be powered by batteries.
+(2) Nothing in this Chapter applies to—
+(a) dishwashers in the scope of the Supply of Machinery (Safety) Regulations 2008(1);
+(b) battery-operated household dishwashers that can be connected to the mains through an AC/DC converter purchased separately.</t>
+  </si>
+  <si>
+    <t>Dishwashers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-household</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/3/made</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Refrigerating Appliances</t>
   </si>
   <si>
+    <t>This regulation applies to electric mains-operated refrigerating appliances with a total volume of—
+(a) more than 10 litres; and
+(b) less than or equal to 1,500 litres.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-refrigerating</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/5/made</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Refrigerating appliances with a direct sales function</t>
   </si>
   <si>
+    <t>This regulation applies to electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-refrigerating-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/2/made</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Washing Machines and Washer-Dryers</t>
   </si>
   <si>
+    <t>Applies to electric mains-operated household washing machines and household washer-dryers, including—
+(a) built-in washing machines and washer-dryers; and
+(b) machines that can also be powered by batteries.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-washing-machines</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/4/made</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Welding Equipment</t>
+  </si>
+  <si>
+    <t>This regulation applies to welding equipment using one or more of the following welding processes—
+(a) flux cored arc welding;
+(b) manual metal arc welding;
+(c) metal active gas and metal inert gas welding;
+(d) plasma arc cutting;
+(e) self-shielded flux-cored welding;
+(f) shielded metal arc welding;
+(g) tungsten inert gas welding.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-welding</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1142,2965 +1360,2670 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N71"/>
+  <dimension ref="A1:P56"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="284" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1075.737" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="115.543" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="149.678" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="160.389" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2015</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2"/>
+      <c r="N2" t="s">
+        <v>25</v>
+      </c>
+      <c r="O2" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>30</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2015</v>
       </c>
-      <c r="H2"/>
-[...3 lines deleted...]
-      <c r="J2" t="s">
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>31</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3"/>
+      <c r="N3" t="s">
+        <v>32</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...4 lines deleted...]
-      <c r="N2" t="s">
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2015</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-    </row>
-[...13 lines deleted...]
-      <c r="E3" t="s">
+      <c r="K4" t="s">
+        <v>31</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4"/>
+      <c r="N4" t="s">
+        <v>32</v>
+      </c>
+      <c r="O4" t="s">
+        <v>38</v>
+      </c>
+      <c r="P4" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>40</v>
+      </c>
+      <c r="B5" t="s">
+        <v>41</v>
+      </c>
+      <c r="C5" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...68 lines deleted...]
-      </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
       </c>
       <c r="H5">
         <v>2019</v>
       </c>
-      <c r="I5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I5"/>
       <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>43</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5"/>
+      <c r="N5" t="s">
+        <v>44</v>
+      </c>
+      <c r="O5" t="s">
+        <v>45</v>
+      </c>
+      <c r="P5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>47</v>
+      </c>
+      <c r="B6" t="s">
+        <v>48</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>49</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K5" t="s">
-[...11 lines deleted...]
-      <c r="A6" t="s">
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2019</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>50</v>
+      </c>
+      <c r="M6"/>
+      <c r="N6" t="s">
+        <v>32</v>
+      </c>
+      <c r="O6" t="s">
+        <v>51</v>
+      </c>
+      <c r="P6" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>53</v>
+      </c>
+      <c r="B7" t="s">
+        <v>54</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>55</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2019</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7"/>
+      <c r="N7" t="s">
+        <v>25</v>
+      </c>
+      <c r="O7" t="s">
+        <v>56</v>
+      </c>
+      <c r="P7" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>58</v>
+      </c>
+      <c r="B8" t="s">
+        <v>59</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>60</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2014</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>61</v>
+      </c>
+      <c r="M8"/>
+      <c r="N8" t="s">
+        <v>32</v>
+      </c>
+      <c r="O8" t="s">
+        <v>62</v>
+      </c>
+      <c r="P8" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>64</v>
+      </c>
+      <c r="B9" t="s">
+        <v>65</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>66</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2013</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>67</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9"/>
+      <c r="N9" t="s">
+        <v>32</v>
+      </c>
+      <c r="O9" t="s">
+        <v>68</v>
+      </c>
+      <c r="P9"/>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>69</v>
+      </c>
+      <c r="B10" t="s">
+        <v>70</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>71</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2011</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10"/>
+      <c r="N10" t="s">
+        <v>32</v>
+      </c>
+      <c r="O10" t="s">
+        <v>72</v>
+      </c>
+      <c r="P10" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>74</v>
+      </c>
+      <c r="B11" t="s">
+        <v>75</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>76</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2013</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>67</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11"/>
+      <c r="N11" t="s">
+        <v>32</v>
+      </c>
+      <c r="O11" t="s">
+        <v>77</v>
+      </c>
+      <c r="P11" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>79</v>
+      </c>
+      <c r="B12" t="s">
+        <v>80</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>81</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>82</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2009</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>23</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12"/>
+      <c r="N12" t="s">
+        <v>32</v>
+      </c>
+      <c r="O12" t="s">
+        <v>83</v>
+      </c>
+      <c r="P12" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>85</v>
+      </c>
+      <c r="B13" t="s">
+        <v>86</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>30</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>82</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2015</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>23</v>
+      </c>
+      <c r="K13" t="s">
+        <v>87</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13"/>
+      <c r="N13" t="s">
+        <v>32</v>
+      </c>
+      <c r="O13" t="s">
+        <v>88</v>
+      </c>
+      <c r="P13" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>90</v>
+      </c>
+      <c r="B14" t="s">
+        <v>91</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
         <v>37</v>
       </c>
-      <c r="B6" t="s">
-[...8 lines deleted...]
-      <c r="E6" t="s">
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>82</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2015</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>23</v>
+      </c>
+      <c r="K14" t="s">
+        <v>31</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14"/>
+      <c r="N14" t="s">
+        <v>32</v>
+      </c>
+      <c r="O14" t="s">
+        <v>92</v>
+      </c>
+      <c r="P14" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>94</v>
+      </c>
+      <c r="B15" t="s">
+        <v>95</v>
+      </c>
+      <c r="C15" t="s">
         <v>18</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6">
+      <c r="D15" t="s">
+        <v>96</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>82</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2016</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>23</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15"/>
+      <c r="N15" t="s">
+        <v>25</v>
+      </c>
+      <c r="O15" t="s">
+        <v>97</v>
+      </c>
+      <c r="P15" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>99</v>
+      </c>
+      <c r="B16" t="s">
+        <v>100</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>101</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>82</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2014</v>
+      </c>
+      <c r="I16">
         <v>2019</v>
       </c>
-      <c r="H6"/>
-[...28 lines deleted...]
-      <c r="E7" t="s">
+      <c r="J16" t="s">
+        <v>23</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16"/>
+      <c r="N16" t="s">
+        <v>32</v>
+      </c>
+      <c r="O16" t="s">
+        <v>102</v>
+      </c>
+      <c r="P16" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>104</v>
+      </c>
+      <c r="B17" t="s">
+        <v>105</v>
+      </c>
+      <c r="C17" t="s">
         <v>18</v>
       </c>
-      <c r="F7" t="s">
-[...36 lines deleted...]
-      <c r="E8" t="s">
+      <c r="D17" t="s">
+        <v>106</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>82</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2013</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>23</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17"/>
+      <c r="N17" t="s">
+        <v>32</v>
+      </c>
+      <c r="O17" t="s">
+        <v>107</v>
+      </c>
+      <c r="P17" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>109</v>
+      </c>
+      <c r="B18" t="s">
+        <v>110</v>
+      </c>
+      <c r="C18" t="s">
         <v>18</v>
       </c>
-      <c r="F8" t="s">
-[...36 lines deleted...]
-      <c r="E9" t="s">
+      <c r="D18" t="s">
+        <v>60</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>82</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2014</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>23</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>61</v>
+      </c>
+      <c r="M18"/>
+      <c r="N18" t="s">
+        <v>32</v>
+      </c>
+      <c r="O18" t="s">
+        <v>111</v>
+      </c>
+      <c r="P18" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>113</v>
+      </c>
+      <c r="B19" t="s">
+        <v>114</v>
+      </c>
+      <c r="C19" t="s">
         <v>18</v>
       </c>
-      <c r="F9" t="s">
-[...34 lines deleted...]
-      <c r="E10" t="s">
+      <c r="D19" t="s">
+        <v>115</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>82</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2012</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>23</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19"/>
+      <c r="N19" t="s">
+        <v>32</v>
+      </c>
+      <c r="O19" t="s">
+        <v>116</v>
+      </c>
+      <c r="P19" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>118</v>
+      </c>
+      <c r="B20" t="s">
+        <v>119</v>
+      </c>
+      <c r="C20" t="s">
         <v>18</v>
       </c>
-      <c r="F10" t="s">
-[...36 lines deleted...]
-      <c r="E11" t="s">
+      <c r="D20" t="s">
+        <v>120</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>82</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2011</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>23</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20"/>
+      <c r="N20" t="s">
+        <v>25</v>
+      </c>
+      <c r="O20" t="s">
+        <v>121</v>
+      </c>
+      <c r="P20" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>123</v>
+      </c>
+      <c r="B21" t="s">
+        <v>124</v>
+      </c>
+      <c r="C21" t="s">
         <v>18</v>
       </c>
-      <c r="F11" t="s">
-[...5 lines deleted...]
-      <c r="H11">
+      <c r="D21" t="s">
+        <v>125</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>82</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
         <v>2012</v>
       </c>
-      <c r="I11" t="s">
-[...29 lines deleted...]
-      <c r="E12" t="s">
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>23</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21"/>
+      <c r="N21" t="s">
+        <v>32</v>
+      </c>
+      <c r="O21" t="s">
+        <v>126</v>
+      </c>
+      <c r="P21" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>128</v>
+      </c>
+      <c r="B22" t="s">
+        <v>129</v>
+      </c>
+      <c r="C22" t="s">
         <v>18</v>
       </c>
-      <c r="F12" t="s">
-[...2 lines deleted...]
-      <c r="G12">
+      <c r="D22" t="s">
+        <v>130</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>82</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2012</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>23</v>
+      </c>
+      <c r="K22" t="s">
+        <v>131</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22"/>
+      <c r="N22" t="s">
+        <v>32</v>
+      </c>
+      <c r="O22" t="s">
+        <v>132</v>
+      </c>
+      <c r="P22" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>134</v>
+      </c>
+      <c r="B23" t="s">
+        <v>135</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
+        <v>136</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>82</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
         <v>2013</v>
       </c>
-      <c r="H12"/>
-[...22 lines deleted...]
-      <c r="C13" t="s">
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>23</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23"/>
+      <c r="N23" t="s">
+        <v>32</v>
+      </c>
+      <c r="O23" t="s">
+        <v>137</v>
+      </c>
+      <c r="P23" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>139</v>
+      </c>
+      <c r="B24" t="s">
+        <v>140</v>
+      </c>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
         <v>66</v>
       </c>
-      <c r="D13" t="s">
-[...2 lines deleted...]
-      <c r="E13" t="s">
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>82</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2013</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>23</v>
+      </c>
+      <c r="K24" t="s">
+        <v>67</v>
+      </c>
+      <c r="L24" t="s">
+        <v>141</v>
+      </c>
+      <c r="M24"/>
+      <c r="N24" t="s">
+        <v>32</v>
+      </c>
+      <c r="O24" t="s">
+        <v>142</v>
+      </c>
+      <c r="P24" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>144</v>
+      </c>
+      <c r="B25" t="s">
+        <v>145</v>
+      </c>
+      <c r="C25" t="s">
+        <v>146</v>
+      </c>
+      <c r="D25" t="s">
+        <v>147</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>82</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2012</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>23</v>
+      </c>
+      <c r="K25" t="s">
+        <v>131</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25"/>
+      <c r="N25" t="s">
+        <v>32</v>
+      </c>
+      <c r="O25" t="s">
+        <v>148</v>
+      </c>
+      <c r="P25" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>150</v>
+      </c>
+      <c r="B26" t="s">
+        <v>151</v>
+      </c>
+      <c r="C26" t="s">
         <v>18</v>
       </c>
-      <c r="F13" t="s">
-[...34 lines deleted...]
-      <c r="E14" t="s">
+      <c r="D26" t="s">
+        <v>152</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>82</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2009</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>23</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26"/>
+      <c r="N26" t="s">
+        <v>32</v>
+      </c>
+      <c r="O26" t="s">
+        <v>153</v>
+      </c>
+      <c r="P26" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>155</v>
+      </c>
+      <c r="B27" t="s">
+        <v>156</v>
+      </c>
+      <c r="C27" t="s">
         <v>18</v>
       </c>
-      <c r="F14" t="s">
-[...106 lines deleted...]
-      <c r="C17" t="s">
+      <c r="D27" t="s">
+        <v>157</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>82</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2015</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>23</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27"/>
+      <c r="N27" t="s">
         <v>25</v>
       </c>
-      <c r="D17" t="s">
-[...28 lines deleted...]
-      <c r="A18" t="s">
+      <c r="O27" t="s">
+        <v>158</v>
+      </c>
+      <c r="P27" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>160</v>
+      </c>
+      <c r="B28" t="s">
+        <v>161</v>
+      </c>
+      <c r="C28" t="s">
+        <v>162</v>
+      </c>
+      <c r="D28" t="s">
+        <v>163</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
         <v>82</v>
       </c>
-      <c r="B18" t="s">
-[...414 lines deleted...]
-      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2020</v>
+      </c>
+      <c r="I28"/>
       <c r="J28" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K28"/>
+        <v>164</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
       <c r="L28"/>
       <c r="M28" t="s">
-        <v>22</v>
+        <v>165</v>
       </c>
       <c r="N28" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:14">
+        <v>32</v>
+      </c>
+      <c r="O28" t="s">
+        <v>166</v>
+      </c>
+      <c r="P28" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>110</v>
+        <v>168</v>
       </c>
       <c r="B29" t="s">
-        <v>15</v>
+        <v>169</v>
       </c>
       <c r="C29" t="s">
-        <v>111</v>
+        <v>162</v>
       </c>
       <c r="D29" t="s">
-        <v>17</v>
+        <v>170</v>
       </c>
       <c r="E29" t="s">
-        <v>77</v>
+        <v>20</v>
       </c>
       <c r="F29" t="s">
-        <v>19</v>
-[...7 lines deleted...]
-      </c>
+        <v>82</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2020</v>
+      </c>
+      <c r="I29"/>
       <c r="J29" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K29"/>
+        <v>164</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
       <c r="L29"/>
       <c r="M29" t="s">
-        <v>27</v>
+        <v>165</v>
       </c>
       <c r="N29" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:14">
+        <v>32</v>
+      </c>
+      <c r="O29" t="s">
+        <v>171</v>
+      </c>
+      <c r="P29" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>113</v>
+        <v>173</v>
       </c>
       <c r="B30" t="s">
-        <v>15</v>
+        <v>174</v>
       </c>
       <c r="C30" t="s">
-        <v>114</v>
+        <v>18</v>
       </c>
       <c r="D30" t="s">
-        <v>17</v>
+        <v>175</v>
       </c>
       <c r="E30" t="s">
-        <v>77</v>
+        <v>176</v>
       </c>
       <c r="F30" t="s">
-        <v>19</v>
-[...7 lines deleted...]
-      </c>
+        <v>177</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2015</v>
+      </c>
+      <c r="I30"/>
       <c r="J30" t="s">
-        <v>58</v>
-[...2 lines deleted...]
-      <c r="L30"/>
+        <v>178</v>
+      </c>
+      <c r="K30" t="s">
+        <v>179</v>
+      </c>
+      <c r="L30" t="s">
+        <v>141</v>
+      </c>
       <c r="M30" t="s">
-        <v>27</v>
+        <v>180</v>
       </c>
       <c r="N30" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:14">
+        <v>32</v>
+      </c>
+      <c r="O30" t="s">
+        <v>181</v>
+      </c>
+      <c r="P30" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>116</v>
+        <v>173</v>
       </c>
       <c r="B31" t="s">
-        <v>15</v>
+        <v>183</v>
       </c>
       <c r="C31" t="s">
-        <v>117</v>
+        <v>18</v>
       </c>
       <c r="D31" t="s">
-        <v>17</v>
+        <v>183</v>
       </c>
       <c r="E31" t="s">
-        <v>77</v>
+        <v>176</v>
       </c>
       <c r="F31" t="s">
-        <v>19</v>
-[...7 lines deleted...]
-      </c>
+        <v>177</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2015</v>
+      </c>
+      <c r="I31"/>
       <c r="J31" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="L31"/>
+        <v>178</v>
+      </c>
+      <c r="K31" t="s">
+        <v>179</v>
+      </c>
+      <c r="L31" t="s">
+        <v>141</v>
+      </c>
       <c r="M31" t="s">
-        <v>27</v>
+        <v>180</v>
       </c>
       <c r="N31" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:14">
+        <v>32</v>
+      </c>
+      <c r="O31" t="s">
+        <v>184</v>
+      </c>
+      <c r="P31" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>119</v>
+        <v>173</v>
       </c>
       <c r="B32" t="s">
-        <v>15</v>
+        <v>185</v>
       </c>
       <c r="C32" t="s">
-        <v>62</v>
+        <v>18</v>
       </c>
       <c r="D32" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="E32" t="s">
-        <v>77</v>
+        <v>176</v>
       </c>
       <c r="F32" t="s">
-        <v>19</v>
-[...7 lines deleted...]
-      </c>
+        <v>177</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2015</v>
+      </c>
+      <c r="I32"/>
       <c r="J32" t="s">
-        <v>63</v>
+        <v>178</v>
       </c>
       <c r="K32" t="s">
-        <v>120</v>
-[...1 lines deleted...]
-      <c r="L32"/>
+        <v>186</v>
+      </c>
+      <c r="L32" t="s">
+        <v>141</v>
+      </c>
       <c r="M32" t="s">
-        <v>27</v>
+        <v>180</v>
       </c>
       <c r="N32" t="s">
-        <v>121</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:14">
+        <v>32</v>
+      </c>
+      <c r="O32" t="s">
+        <v>187</v>
+      </c>
+      <c r="P32" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>122</v>
+        <v>173</v>
       </c>
       <c r="B33" t="s">
-        <v>69</v>
+        <v>188</v>
       </c>
       <c r="C33" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="D33" t="s">
-        <v>17</v>
+        <v>189</v>
       </c>
       <c r="E33" t="s">
-        <v>77</v>
+        <v>176</v>
       </c>
       <c r="F33" t="s">
-        <v>19</v>
-[...7 lines deleted...]
-      </c>
+        <v>177</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2015</v>
+      </c>
+      <c r="I33"/>
       <c r="J33" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="K33"/>
+        <v>178</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
       <c r="L33"/>
       <c r="M33" t="s">
-        <v>27</v>
+        <v>180</v>
       </c>
       <c r="N33" t="s">
-        <v>123</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:14">
+        <v>32</v>
+      </c>
+      <c r="O33" t="s">
+        <v>190</v>
+      </c>
+      <c r="P33" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>124</v>
+        <v>191</v>
       </c>
       <c r="B34" t="s">
-        <v>69</v>
+        <v>192</v>
       </c>
       <c r="C34" t="s">
-        <v>73</v>
+        <v>162</v>
       </c>
       <c r="D34" t="s">
-        <v>17</v>
+        <v>193</v>
       </c>
       <c r="E34" t="s">
-        <v>77</v>
+        <v>20</v>
       </c>
       <c r="F34" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>1992</v>
+        <v>194</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
       </c>
       <c r="H34">
-        <v>2013</v>
-[...2 lines deleted...]
-        <v>125</v>
+        <v>2021</v>
+      </c>
+      <c r="I34">
+        <v>2024</v>
       </c>
       <c r="J34" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="K34"/>
+        <v>195</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
       <c r="L34" t="s">
-        <v>127</v>
+        <v>196</v>
       </c>
       <c r="M34" t="s">
-        <v>27</v>
+        <v>165</v>
       </c>
       <c r="N34" t="s">
-        <v>128</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:14">
+        <v>32</v>
+      </c>
+      <c r="O34" t="s">
+        <v>197</v>
+      </c>
+      <c r="P34" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>129</v>
+        <v>199</v>
       </c>
       <c r="B35" t="s">
-        <v>15</v>
+        <v>200</v>
       </c>
       <c r="C35" t="s">
-        <v>130</v>
+        <v>162</v>
       </c>
       <c r="D35" t="s">
-        <v>17</v>
+        <v>201</v>
       </c>
       <c r="E35" t="s">
-        <v>77</v>
+        <v>20</v>
       </c>
       <c r="F35" t="s">
-        <v>19</v>
-[...6 lines deleted...]
-        <v>20</v>
+        <v>194</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2023</v>
+      </c>
+      <c r="I35">
+        <v>2024</v>
       </c>
       <c r="J35" t="s">
+        <v>195</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>202</v>
+      </c>
+      <c r="M35" t="s">
+        <v>165</v>
+      </c>
+      <c r="N35" t="s">
+        <v>32</v>
+      </c>
+      <c r="O35" t="s">
+        <v>203</v>
+      </c>
+      <c r="P35" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>205</v>
+      </c>
+      <c r="B36" t="s">
+        <v>206</v>
+      </c>
+      <c r="C36" t="s">
+        <v>162</v>
+      </c>
+      <c r="D36" t="s">
+        <v>207</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>194</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2024</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>195</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>208</v>
+      </c>
+      <c r="M36" t="s">
+        <v>165</v>
+      </c>
+      <c r="N36" t="s">
+        <v>32</v>
+      </c>
+      <c r="O36" t="s">
+        <v>209</v>
+      </c>
+      <c r="P36" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>211</v>
+      </c>
+      <c r="B37" t="s">
+        <v>212</v>
+      </c>
+      <c r="C37" t="s">
+        <v>162</v>
+      </c>
+      <c r="D37" t="s">
+        <v>213</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>194</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2023</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>164</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>214</v>
+      </c>
+      <c r="M37" t="s">
+        <v>165</v>
+      </c>
+      <c r="N37" t="s">
+        <v>32</v>
+      </c>
+      <c r="O37" t="s">
+        <v>215</v>
+      </c>
+      <c r="P37" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>217</v>
+      </c>
+      <c r="B38" t="s">
+        <v>218</v>
+      </c>
+      <c r="C38" t="s">
+        <v>219</v>
+      </c>
+      <c r="D38" t="s">
+        <v>179</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>194</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2024</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>195</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>220</v>
+      </c>
+      <c r="M38" t="s">
+        <v>165</v>
+      </c>
+      <c r="N38" t="s">
+        <v>32</v>
+      </c>
+      <c r="O38" t="s">
+        <v>221</v>
+      </c>
+      <c r="P38" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>223</v>
+      </c>
+      <c r="B39" t="s">
+        <v>224</v>
+      </c>
+      <c r="C39" t="s">
+        <v>162</v>
+      </c>
+      <c r="D39" t="s">
+        <v>225</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>194</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2021</v>
+      </c>
+      <c r="I39">
+        <v>2024</v>
+      </c>
+      <c r="J39" t="s">
+        <v>195</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>226</v>
+      </c>
+      <c r="M39" t="s">
+        <v>165</v>
+      </c>
+      <c r="N39" t="s">
+        <v>32</v>
+      </c>
+      <c r="O39" t="s">
+        <v>227</v>
+      </c>
+      <c r="P39" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>229</v>
+      </c>
+      <c r="B40" t="s">
+        <v>230</v>
+      </c>
+      <c r="C40" t="s">
+        <v>162</v>
+      </c>
+      <c r="D40" t="s">
+        <v>231</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>194</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2021</v>
+      </c>
+      <c r="I40">
+        <v>2024</v>
+      </c>
+      <c r="J40" t="s">
+        <v>195</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40" t="s">
+        <v>232</v>
+      </c>
+      <c r="M40" t="s">
+        <v>165</v>
+      </c>
+      <c r="N40" t="s">
+        <v>32</v>
+      </c>
+      <c r="O40" t="s">
+        <v>233</v>
+      </c>
+      <c r="P40" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>235</v>
+      </c>
+      <c r="B41" t="s">
+        <v>236</v>
+      </c>
+      <c r="C41" t="s">
+        <v>162</v>
+      </c>
+      <c r="D41" t="s">
+        <v>237</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>194</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2021</v>
+      </c>
+      <c r="I41">
+        <v>2024</v>
+      </c>
+      <c r="J41" t="s">
+        <v>195</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>238</v>
+      </c>
+      <c r="M41" t="s">
+        <v>165</v>
+      </c>
+      <c r="N41" t="s">
+        <v>32</v>
+      </c>
+      <c r="O41" t="s">
+        <v>239</v>
+      </c>
+      <c r="P41" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>241</v>
+      </c>
+      <c r="B42" t="s">
+        <v>242</v>
+      </c>
+      <c r="C42" t="s">
+        <v>162</v>
+      </c>
+      <c r="D42" t="s">
+        <v>243</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
         <v>21</v>
       </c>
-      <c r="K35"/>
-[...34 lines deleted...]
-      <c r="J36" t="s">
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2002</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>178</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>165</v>
+      </c>
+      <c r="N42" t="s">
+        <v>32</v>
+      </c>
+      <c r="O42" t="s">
+        <v>244</v>
+      </c>
+      <c r="P42" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>246</v>
+      </c>
+      <c r="B43" t="s">
+        <v>247</v>
+      </c>
+      <c r="C43" t="s">
+        <v>162</v>
+      </c>
+      <c r="D43" t="s">
+        <v>248</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
         <v>21</v>
       </c>
-      <c r="K36"/>
-[...34 lines deleted...]
-      <c r="J37" t="s">
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2006</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>178</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
+        <v>249</v>
+      </c>
+      <c r="M43" t="s">
+        <v>165</v>
+      </c>
+      <c r="N43" t="s">
+        <v>32</v>
+      </c>
+      <c r="O43" t="s">
+        <v>250</v>
+      </c>
+      <c r="P43" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>252</v>
+      </c>
+      <c r="B44" t="s">
+        <v>253</v>
+      </c>
+      <c r="C44" t="s">
+        <v>162</v>
+      </c>
+      <c r="D44" t="s">
+        <v>243</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
         <v>21</v>
       </c>
-      <c r="K37"/>
-[...280 lines deleted...]
-        <v>2015</v>
+      <c r="G44" t="s">
+        <v>22</v>
       </c>
       <c r="H44">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>2007</v>
+      </c>
+      <c r="I44"/>
       <c r="J44" t="s">
-        <v>21</v>
+        <v>178</v>
       </c>
       <c r="K44" t="s">
-        <v>120</v>
+        <v>24</v>
       </c>
       <c r="L44" t="s">
-        <v>150</v>
+        <v>254</v>
       </c>
       <c r="M44" t="s">
-        <v>27</v>
+        <v>165</v>
       </c>
       <c r="N44" t="s">
-        <v>161</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:14">
+        <v>32</v>
+      </c>
+      <c r="O44" t="s">
+        <v>255</v>
+      </c>
+      <c r="P44" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>144</v>
+        <v>256</v>
       </c>
       <c r="B45" t="s">
-        <v>15</v>
+        <v>257</v>
       </c>
       <c r="C45" t="s">
         <v>162</v>
       </c>
       <c r="D45" t="s">
-        <v>146</v>
+        <v>237</v>
       </c>
       <c r="E45" t="s">
-        <v>147</v>
+        <v>20</v>
       </c>
       <c r="F45" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>2015</v>
+        <v>21</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
       </c>
       <c r="H45">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I45"/>
       <c r="J45" t="s">
+        <v>178</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>258</v>
+      </c>
+      <c r="M45" t="s">
+        <v>165</v>
+      </c>
+      <c r="N45" t="s">
+        <v>32</v>
+      </c>
+      <c r="O45" t="s">
+        <v>259</v>
+      </c>
+      <c r="P45" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>261</v>
+      </c>
+      <c r="B46" t="s">
+        <v>262</v>
+      </c>
+      <c r="C46" t="s">
+        <v>162</v>
+      </c>
+      <c r="D46" t="s">
+        <v>263</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
         <v>21</v>
       </c>
-      <c r="K45" t="s">
-[...19 lines deleted...]
-      <c r="C46" t="s">
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2013</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>178</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46" t="s">
+        <v>264</v>
+      </c>
+      <c r="M46" t="s">
         <v>165</v>
       </c>
-      <c r="D46" t="s">
-[...8 lines deleted...]
-      <c r="G46">
+      <c r="N46" t="s">
+        <v>32</v>
+      </c>
+      <c r="O46" t="s">
+        <v>265</v>
+      </c>
+      <c r="P46" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>267</v>
+      </c>
+      <c r="B47" t="s">
+        <v>268</v>
+      </c>
+      <c r="C47" t="s">
+        <v>162</v>
+      </c>
+      <c r="D47" t="s">
+        <v>201</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>21</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2013</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>178</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47" t="s">
+        <v>269</v>
+      </c>
+      <c r="M47" t="s">
+        <v>165</v>
+      </c>
+      <c r="N47" t="s">
+        <v>32</v>
+      </c>
+      <c r="O47" t="s">
+        <v>270</v>
+      </c>
+      <c r="P47" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>272</v>
+      </c>
+      <c r="B48" t="s">
+        <v>273</v>
+      </c>
+      <c r="C48" t="s">
+        <v>18</v>
+      </c>
+      <c r="D48" t="s">
+        <v>274</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>21</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
         <v>2021</v>
       </c>
-      <c r="H46">
-[...90 lines deleted...]
-      </c>
+      <c r="I48"/>
       <c r="J48" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K48" t="s">
-        <v>175</v>
-[...6 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L48"/>
+      <c r="M48"/>
       <c r="N48" t="s">
-        <v>176</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:14">
+        <v>32</v>
+      </c>
+      <c r="O48" t="s">
+        <v>275</v>
+      </c>
+      <c r="P48" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>177</v>
+        <v>272</v>
       </c>
       <c r="B49" t="s">
-        <v>136</v>
+        <v>277</v>
       </c>
       <c r="C49" t="s">
-        <v>178</v>
+        <v>18</v>
       </c>
       <c r="D49" t="s">
-        <v>17</v>
+        <v>274</v>
       </c>
       <c r="E49" t="s">
-        <v>166</v>
+        <v>20</v>
       </c>
       <c r="F49" t="s">
-        <v>19</v>
-[...7 lines deleted...]
-      </c>
+        <v>82</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2021</v>
+      </c>
+      <c r="I49"/>
       <c r="J49" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49"/>
+      <c r="M49"/>
+      <c r="N49" t="s">
+        <v>32</v>
+      </c>
+      <c r="O49" t="s">
+        <v>278</v>
+      </c>
+      <c r="P49" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>280</v>
+      </c>
+      <c r="B50" t="s">
+        <v>281</v>
+      </c>
+      <c r="C50" t="s">
+        <v>18</v>
+      </c>
+      <c r="D50" t="s">
+        <v>282</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>82</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2021</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>23</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50"/>
+      <c r="M50"/>
+      <c r="N50" t="s">
+        <v>32</v>
+      </c>
+      <c r="O50" t="s">
+        <v>283</v>
+      </c>
+      <c r="P50" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>284</v>
+      </c>
+      <c r="B51" t="s">
+        <v>285</v>
+      </c>
+      <c r="C51" t="s">
+        <v>18</v>
+      </c>
+      <c r="D51" t="s">
+        <v>286</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>82</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2021</v>
+      </c>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>23</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51"/>
+      <c r="M51"/>
+      <c r="N51" t="s">
+        <v>25</v>
+      </c>
+      <c r="O51" t="s">
+        <v>287</v>
+      </c>
+      <c r="P51" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>288</v>
+      </c>
+      <c r="B52" t="s">
+        <v>289</v>
+      </c>
+      <c r="C52" t="s">
+        <v>18</v>
+      </c>
+      <c r="D52" t="s">
+        <v>290</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>82</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>2021</v>
+      </c>
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>23</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52"/>
+      <c r="M52"/>
+      <c r="N52" t="s">
+        <v>32</v>
+      </c>
+      <c r="O52" t="s">
+        <v>291</v>
+      </c>
+      <c r="P52" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>293</v>
+      </c>
+      <c r="B53" t="s">
+        <v>294</v>
+      </c>
+      <c r="C53" t="s">
+        <v>18</v>
+      </c>
+      <c r="D53" t="s">
+        <v>49</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>82</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>2021</v>
+      </c>
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>23</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53"/>
+      <c r="M53"/>
+      <c r="N53" t="s">
+        <v>32</v>
+      </c>
+      <c r="O53" t="s">
+        <v>295</v>
+      </c>
+      <c r="P53" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>297</v>
+      </c>
+      <c r="B54" t="s">
+        <v>298</v>
+      </c>
+      <c r="C54" t="s">
+        <v>18</v>
+      </c>
+      <c r="D54" t="s">
+        <v>55</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>82</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2021</v>
+      </c>
+      <c r="I54"/>
+      <c r="J54" t="s">
+        <v>23</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54"/>
+      <c r="M54"/>
+      <c r="N54" t="s">
+        <v>25</v>
+      </c>
+      <c r="O54" t="s">
+        <v>299</v>
+      </c>
+      <c r="P54" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>301</v>
+      </c>
+      <c r="B55" t="s">
+        <v>302</v>
+      </c>
+      <c r="C55" t="s">
+        <v>18</v>
+      </c>
+      <c r="D55" t="s">
+        <v>42</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>82</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>2021</v>
+      </c>
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>23</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55"/>
+      <c r="M55"/>
+      <c r="N55" t="s">
+        <v>32</v>
+      </c>
+      <c r="O55" t="s">
+        <v>303</v>
+      </c>
+      <c r="P55" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>305</v>
+      </c>
+      <c r="B56" t="s">
+        <v>306</v>
+      </c>
+      <c r="C56" t="s">
+        <v>18</v>
+      </c>
+      <c r="D56" t="s">
         <v>179</v>
       </c>
-      <c r="L49" t="s">
-[...70 lines deleted...]
-      <c r="G51">
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>82</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
         <v>2021</v>
       </c>
-      <c r="H51">
-[...218 lines deleted...]
-      </c>
+      <c r="I56"/>
       <c r="J56" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K56" t="s">
-        <v>205</v>
-[...6 lines deleted...]
-      </c>
+        <v>131</v>
+      </c>
+      <c r="L56"/>
+      <c r="M56"/>
       <c r="N56" t="s">
-        <v>206</v>
-[...597 lines deleted...]
-        <v>247</v>
+        <v>25</v>
+      </c>
+      <c r="O56" t="s">
+        <v>307</v>
+      </c>
+      <c r="P56" t="s">
+        <v>57</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>