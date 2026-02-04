--- v1 (2025-12-06)
+++ v2 (2026-02-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="308">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="302">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -591,86 +591,63 @@
   <si>
     <t>Windows</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-0</t>
   </si>
   <si>
     <t>Natural gas and LPG boilers</t>
   </si>
   <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-1</t>
   </si>
   <si>
     <t>Heating controls products</t>
   </si>
   <si>
     <t>Climate Controls</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-2</t>
   </si>
   <si>
-    <t>Implementing Guidelines of the Philippine Energy Labeling Program for Air Conditioners 2024, 1st Edition</t>
-[...8 lines deleted...]
-    <t>Air Conditioning</t>
+    <t>Implementing Guidelines of the Philippine Energy Labeling Program for Clothes Washing Machines 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to the following fixed speed / variable speed clothes washing machines with minimum capacity of 5 kg up to 22kg: manual (single tub and twin tub), and automatic (top loading and front loading). Clothes washing machines with rated capacity beyond 22kg are not covered by this policy, likewise, spin dryers/water extractors are not covered. The performance data that will be declared shall be based on a Washing Performance of at least 0.6.</t>
+  </si>
+  <si>
+    <t>Washing Machines</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2025</t>
-  </si>
-[...18 lines deleted...]
-    <t>Washing Machines</t>
   </si>
   <si>
     <t>PNS IEC 60456:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-clothes-washing-machines-2024</t>
   </si>
   <si>
     <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-clothes-washing-0</t>
   </si>
   <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Display Monitors 2024, 1st Edition</t>
   </si>
   <si>
     <t>This policy contains minimum energy performance standards and mandatory energy labeling for display monitors according to section 5 and 9 of Department Circular No. 2020-06-0015. Products in scope include display monitors operating in AC or combination of AC and DC sources connected by digital inputs, such as but not limited to DP, HDMI, DVI, USB, wireless and network connection, or by analog VGA input. Display Monitors that are powered solely from battery sources and specialized monitors are not covered.</t>
   </si>
   <si>
     <t>Displays</t>
   </si>
   <si>
     <t>PNS IEC 62087-1
 ,   
                     IEC 62087-2
 ,   
                     PNS IEC 62087-7
@@ -1360,51 +1337,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P56"/>
+  <dimension ref="A1:P55"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1075.737" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="115.543" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="149.678" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="160.389" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -2893,249 +2870,249 @@
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
         <v>191</v>
       </c>
       <c r="B34" t="s">
         <v>192</v>
       </c>
       <c r="C34" t="s">
         <v>162</v>
       </c>
       <c r="D34" t="s">
         <v>193</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>194</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="I34">
         <v>2024</v>
       </c>
       <c r="J34" t="s">
         <v>195</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34" t="s">
         <v>196</v>
       </c>
       <c r="M34" t="s">
         <v>165</v>
       </c>
       <c r="N34" t="s">
         <v>32</v>
       </c>
       <c r="O34" t="s">
         <v>197</v>
       </c>
       <c r="P34" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
         <v>199</v>
       </c>
       <c r="B35" t="s">
         <v>200</v>
       </c>
       <c r="C35" t="s">
         <v>162</v>
       </c>
       <c r="D35" t="s">
         <v>201</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>194</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="I35">
         <v>2024</v>
       </c>
+      <c r="I35"/>
       <c r="J35" t="s">
         <v>195</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35" t="s">
         <v>202</v>
       </c>
       <c r="M35" t="s">
         <v>165</v>
       </c>
       <c r="N35" t="s">
         <v>32</v>
       </c>
       <c r="O35" t="s">
         <v>203</v>
       </c>
       <c r="P35" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
         <v>205</v>
       </c>
       <c r="B36" t="s">
         <v>206</v>
       </c>
       <c r="C36" t="s">
         <v>162</v>
       </c>
       <c r="D36" t="s">
         <v>207</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>194</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
-        <v>195</v>
+        <v>164</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36" t="s">
         <v>208</v>
       </c>
       <c r="M36" t="s">
         <v>165</v>
       </c>
       <c r="N36" t="s">
         <v>32</v>
       </c>
       <c r="O36" t="s">
         <v>209</v>
       </c>
       <c r="P36" t="s">
         <v>210</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
         <v>211</v>
       </c>
       <c r="B37" t="s">
         <v>212</v>
       </c>
       <c r="C37" t="s">
-        <v>162</v>
+        <v>213</v>
       </c>
       <c r="D37" t="s">
-        <v>213</v>
+        <v>179</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>194</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
-        <v>164</v>
+        <v>195</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37" t="s">
         <v>214</v>
       </c>
       <c r="M37" t="s">
         <v>165</v>
       </c>
       <c r="N37" t="s">
         <v>32</v>
       </c>
       <c r="O37" t="s">
         <v>215</v>
       </c>
       <c r="P37" t="s">
         <v>216</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
         <v>217</v>
       </c>
       <c r="B38" t="s">
         <v>218</v>
       </c>
       <c r="C38" t="s">
+        <v>162</v>
+      </c>
+      <c r="D38" t="s">
         <v>219</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>194</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
+        <v>2021</v>
+      </c>
+      <c r="I38">
         <v>2024</v>
       </c>
-      <c r="I38"/>
       <c r="J38" t="s">
         <v>195</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38" t="s">
         <v>220</v>
       </c>
       <c r="M38" t="s">
         <v>165</v>
       </c>
       <c r="N38" t="s">
         <v>32</v>
       </c>
       <c r="O38" t="s">
         <v>221</v>
       </c>
       <c r="P38" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
         <v>223</v>
@@ -3231,762 +3208,712 @@
       </c>
       <c r="O40" t="s">
         <v>233</v>
       </c>
       <c r="P40" t="s">
         <v>234</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
         <v>235</v>
       </c>
       <c r="B41" t="s">
         <v>236</v>
       </c>
       <c r="C41" t="s">
         <v>162</v>
       </c>
       <c r="D41" t="s">
         <v>237</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
-        <v>194</v>
+        <v>21</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
-        <v>2021</v>
-[...3 lines deleted...]
-      </c>
+        <v>2002</v>
+      </c>
+      <c r="I41"/>
       <c r="J41" t="s">
-        <v>195</v>
+        <v>178</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
-      <c r="L41" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L41"/>
       <c r="M41" t="s">
         <v>165</v>
       </c>
       <c r="N41" t="s">
         <v>32</v>
       </c>
       <c r="O41" t="s">
+        <v>238</v>
+      </c>
+      <c r="P41" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
+        <v>240</v>
+      </c>
+      <c r="B42" t="s">
         <v>241</v>
-      </c>
-[...1 lines deleted...]
-        <v>242</v>
       </c>
       <c r="C42" t="s">
         <v>162</v>
       </c>
       <c r="D42" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
         <v>21</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">
-        <v>2002</v>
+        <v>2006</v>
       </c>
       <c r="I42"/>
       <c r="J42" t="s">
         <v>178</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
-      <c r="L42"/>
+      <c r="L42" t="s">
+        <v>243</v>
+      </c>
       <c r="M42" t="s">
         <v>165</v>
       </c>
       <c r="N42" t="s">
         <v>32</v>
       </c>
       <c r="O42" t="s">
         <v>244</v>
       </c>
       <c r="P42" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
         <v>246</v>
       </c>
       <c r="B43" t="s">
         <v>247</v>
       </c>
       <c r="C43" t="s">
         <v>162</v>
       </c>
       <c r="D43" t="s">
-        <v>248</v>
+        <v>237</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
         <v>21</v>
       </c>
       <c r="G43" t="s">
         <v>22</v>
       </c>
       <c r="H43">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="I43"/>
       <c r="J43" t="s">
         <v>178</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
       <c r="L43" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="M43" t="s">
         <v>165</v>
       </c>
       <c r="N43" t="s">
         <v>32</v>
       </c>
       <c r="O43" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="P43" t="s">
-        <v>251</v>
+        <v>245</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="B44" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="C44" t="s">
         <v>162</v>
       </c>
       <c r="D44" t="s">
-        <v>243</v>
+        <v>231</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
         <v>21</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44">
-        <v>2007</v>
+        <v>2013</v>
       </c>
       <c r="I44"/>
       <c r="J44" t="s">
         <v>178</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="M44" t="s">
         <v>165</v>
       </c>
       <c r="N44" t="s">
         <v>32</v>
       </c>
       <c r="O44" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="P44" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
+        <v>255</v>
+      </c>
+      <c r="B45" t="s">
         <v>256</v>
-      </c>
-[...1 lines deleted...]
-        <v>257</v>
       </c>
       <c r="C45" t="s">
         <v>162</v>
       </c>
       <c r="D45" t="s">
-        <v>237</v>
+        <v>257</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
         <v>21</v>
       </c>
       <c r="G45" t="s">
         <v>22</v>
       </c>
       <c r="H45">
         <v>2013</v>
       </c>
       <c r="I45"/>
       <c r="J45" t="s">
         <v>178</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
       <c r="L45" t="s">
         <v>258</v>
       </c>
       <c r="M45" t="s">
         <v>165</v>
       </c>
       <c r="N45" t="s">
         <v>32</v>
       </c>
       <c r="O45" t="s">
         <v>259</v>
       </c>
       <c r="P45" t="s">
         <v>260</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
         <v>261</v>
       </c>
       <c r="B46" t="s">
         <v>262</v>
       </c>
       <c r="C46" t="s">
         <v>162</v>
       </c>
       <c r="D46" t="s">
-        <v>263</v>
+        <v>193</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
         <v>21</v>
       </c>
       <c r="G46" t="s">
         <v>22</v>
       </c>
       <c r="H46">
         <v>2013</v>
       </c>
       <c r="I46"/>
       <c r="J46" t="s">
         <v>178</v>
       </c>
       <c r="K46" t="s">
         <v>24</v>
       </c>
       <c r="L46" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
       <c r="M46" t="s">
         <v>165</v>
       </c>
       <c r="N46" t="s">
         <v>32</v>
       </c>
       <c r="O46" t="s">
+        <v>264</v>
+      </c>
+      <c r="P46" t="s">
         <v>265</v>
-      </c>
-[...1 lines deleted...]
-        <v>266</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
+        <v>266</v>
+      </c>
+      <c r="B47" t="s">
         <v>267</v>
       </c>
-      <c r="B47" t="s">
+      <c r="C47" t="s">
+        <v>18</v>
+      </c>
+      <c r="D47" t="s">
         <v>268</v>
-      </c>
-[...4 lines deleted...]
-        <v>201</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
         <v>21</v>
       </c>
       <c r="G47" t="s">
         <v>22</v>
       </c>
       <c r="H47">
-        <v>2013</v>
+        <v>2021</v>
       </c>
       <c r="I47"/>
       <c r="J47" t="s">
-        <v>178</v>
+        <v>23</v>
       </c>
       <c r="K47" t="s">
         <v>24</v>
       </c>
-      <c r="L47" t="s">
+      <c r="L47"/>
+      <c r="M47"/>
+      <c r="N47" t="s">
+        <v>32</v>
+      </c>
+      <c r="O47" t="s">
         <v>269</v>
       </c>
-      <c r="M47" t="s">
-[...5 lines deleted...]
-      <c r="O47" t="s">
+      <c r="P47" t="s">
         <v>270</v>
-      </c>
-[...1 lines deleted...]
-        <v>271</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>272</v>
+        <v>266</v>
       </c>
       <c r="B48" t="s">
-        <v>273</v>
+        <v>271</v>
       </c>
       <c r="C48" t="s">
         <v>18</v>
       </c>
       <c r="D48" t="s">
-        <v>274</v>
+        <v>268</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
-        <v>21</v>
+        <v>82</v>
       </c>
       <c r="G48" t="s">
         <v>22</v>
       </c>
       <c r="H48">
         <v>2021</v>
       </c>
       <c r="I48"/>
       <c r="J48" t="s">
         <v>23</v>
       </c>
       <c r="K48" t="s">
         <v>24</v>
       </c>
       <c r="L48"/>
       <c r="M48"/>
       <c r="N48" t="s">
         <v>32</v>
       </c>
       <c r="O48" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="P48" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="B49" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="C49" t="s">
         <v>18</v>
       </c>
       <c r="D49" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
         <v>82</v>
       </c>
       <c r="G49" t="s">
         <v>22</v>
       </c>
       <c r="H49">
         <v>2021</v>
       </c>
       <c r="I49"/>
       <c r="J49" t="s">
         <v>23</v>
       </c>
       <c r="K49" t="s">
         <v>24</v>
       </c>
       <c r="L49"/>
       <c r="M49"/>
       <c r="N49" t="s">
         <v>32</v>
       </c>
       <c r="O49" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="P49" t="s">
-        <v>279</v>
+        <v>57</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="B50" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="C50" t="s">
         <v>18</v>
       </c>
       <c r="D50" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
         <v>82</v>
       </c>
       <c r="G50" t="s">
         <v>22</v>
       </c>
       <c r="H50">
         <v>2021</v>
       </c>
       <c r="I50"/>
       <c r="J50" t="s">
         <v>23</v>
       </c>
       <c r="K50" t="s">
         <v>24</v>
       </c>
       <c r="L50"/>
       <c r="M50"/>
       <c r="N50" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="O50" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="P50" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>284</v>
+        <v>282</v>
       </c>
       <c r="B51" t="s">
-        <v>285</v>
+        <v>283</v>
       </c>
       <c r="C51" t="s">
         <v>18</v>
       </c>
       <c r="D51" t="s">
-        <v>286</v>
+        <v>284</v>
       </c>
       <c r="E51" t="s">
         <v>20</v>
       </c>
       <c r="F51" t="s">
         <v>82</v>
       </c>
       <c r="G51" t="s">
         <v>22</v>
       </c>
       <c r="H51">
         <v>2021</v>
       </c>
       <c r="I51"/>
       <c r="J51" t="s">
         <v>23</v>
       </c>
       <c r="K51" t="s">
         <v>24</v>
       </c>
       <c r="L51"/>
       <c r="M51"/>
       <c r="N51" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="O51" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
       <c r="P51" t="s">
-        <v>57</v>
+        <v>286</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
+        <v>287</v>
+      </c>
+      <c r="B52" t="s">
         <v>288</v>
-      </c>
-[...1 lines deleted...]
-        <v>289</v>
       </c>
       <c r="C52" t="s">
         <v>18</v>
       </c>
       <c r="D52" t="s">
-        <v>290</v>
+        <v>49</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="F52" t="s">
         <v>82</v>
       </c>
       <c r="G52" t="s">
         <v>22</v>
       </c>
       <c r="H52">
         <v>2021</v>
       </c>
       <c r="I52"/>
       <c r="J52" t="s">
         <v>23</v>
       </c>
       <c r="K52" t="s">
         <v>24</v>
       </c>
       <c r="L52"/>
       <c r="M52"/>
       <c r="N52" t="s">
         <v>32</v>
       </c>
       <c r="O52" t="s">
-        <v>291</v>
+        <v>289</v>
       </c>
       <c r="P52" t="s">
-        <v>292</v>
+        <v>290</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>293</v>
+        <v>291</v>
       </c>
       <c r="B53" t="s">
-        <v>294</v>
+        <v>292</v>
       </c>
       <c r="C53" t="s">
         <v>18</v>
       </c>
       <c r="D53" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
         <v>82</v>
       </c>
       <c r="G53" t="s">
         <v>22</v>
       </c>
       <c r="H53">
         <v>2021</v>
       </c>
       <c r="I53"/>
       <c r="J53" t="s">
         <v>23</v>
       </c>
       <c r="K53" t="s">
         <v>24</v>
       </c>
       <c r="L53"/>
       <c r="M53"/>
       <c r="N53" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="O53" t="s">
-        <v>295</v>
+        <v>293</v>
       </c>
       <c r="P53" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>297</v>
+        <v>295</v>
       </c>
       <c r="B54" t="s">
-        <v>298</v>
+        <v>296</v>
       </c>
       <c r="C54" t="s">
         <v>18</v>
       </c>
       <c r="D54" t="s">
-        <v>55</v>
+        <v>42</v>
       </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
         <v>82</v>
       </c>
       <c r="G54" t="s">
         <v>22</v>
       </c>
       <c r="H54">
         <v>2021</v>
       </c>
       <c r="I54"/>
       <c r="J54" t="s">
         <v>23</v>
       </c>
       <c r="K54" t="s">
         <v>24</v>
       </c>
       <c r="L54"/>
       <c r="M54"/>
       <c r="N54" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="O54" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="P54" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
       <c r="B55" t="s">
-        <v>302</v>
+        <v>300</v>
       </c>
       <c r="C55" t="s">
         <v>18</v>
       </c>
       <c r="D55" t="s">
-        <v>42</v>
+        <v>179</v>
       </c>
       <c r="E55" t="s">
         <v>20</v>
       </c>
       <c r="F55" t="s">
         <v>82</v>
       </c>
       <c r="G55" t="s">
         <v>22</v>
       </c>
       <c r="H55">
         <v>2021</v>
       </c>
       <c r="I55"/>
       <c r="J55" t="s">
         <v>23</v>
       </c>
       <c r="K55" t="s">
-        <v>24</v>
+        <v>131</v>
       </c>
       <c r="L55"/>
       <c r="M55"/>
       <c r="N55" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="O55" t="s">
-        <v>303</v>
+        <v>301</v>
       </c>
       <c r="P55" t="s">
-        <v>304</v>
-[...42 lines deleted...]
-      <c r="P56" t="s">
         <v>57</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>