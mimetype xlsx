--- v0 (2025-10-12)
+++ v1 (2026-02-03)
@@ -12,167 +12,183 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1783 of 1 October 2019 amending Regulation (EU) No 548/2014 on implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to small, medium and large power transformers</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for placing on the market or putting into service power transformers with a minimum power rating of 1 kVA used in 50Hz electricity transmission and distribution networks or for industrial applications. The Regulation is only applicable to transformers purchased after the entry into force of the Regulation. Power transformer means a static piece of apparatus with two or more windings which; by electromagnetic induction; transforms a system of alternating voltage and current into another system of alternating voltage and current usually of different values and at the same frequency for the purpose of transmitting electrical power.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/548/contents/2014-05-21</t>
+  </si>
+  <si>
     <t>IEC 60076</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014-1</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2019/1783/contents/2019-10-01</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -436,233 +452,254 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N3"/>
+  <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="275" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="149" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="275.933" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="811.516" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="149.678" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="76.553" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2015</v>
+      </c>
+      <c r="I2">
+        <v>2019</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2"/>
+      <c r="N2" t="s">
+        <v>25</v>
+      </c>
+      <c r="O2" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
         <v>16</v>
       </c>
-      <c r="D2" t="s">
+      <c r="B3" t="s">
         <v>17</v>
       </c>
-      <c r="E2" t="s">
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2015</v>
       </c>
-      <c r="H2">
+      <c r="I3">
         <v>2019</v>
       </c>
-      <c r="I2" t="s">
-[...10 lines deleted...]
-      <c r="N2" t="s">
+      <c r="J3" t="s">
         <v>23</v>
-      </c>
-[...30 lines deleted...]
-        <v>21</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="L3"/>
-[...2 lines deleted...]
-      </c>
+      <c r="L3" t="s">
+        <v>28</v>
+      </c>
+      <c r="M3"/>
       <c r="N3" t="s">
         <v>25</v>
       </c>
+      <c r="O3" t="s">
+        <v>29</v>
+      </c>
+      <c r="P3" t="s">
+        <v>30</v>
+      </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>