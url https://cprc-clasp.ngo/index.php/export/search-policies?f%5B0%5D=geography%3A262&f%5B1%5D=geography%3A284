--- v0 (2026-02-04)
+++ v1 (2026-03-27)
@@ -988,51 +988,51 @@
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8142013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0814-20170109</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
   </si>
   <si>
     <t>May 2024</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
-    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
+    <t>https://eur-lex.europa.eu/eli/reg/2013/813/oj/eng</t>
   </si>
   <si>
     <t>Commission Regulation EC No 1275-2008 of 17 December 2008</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements related to standby and off mode electric power consumption. This Regulation applies to electrical and electronic household and office equipment.</t>
   </si>
   <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-ec-no-1275-2008-17-december-2008</t>
   </si>
   <si>
     <t>http://eur-lex.europa.eu/legal-content/EN/ALL/?uri=CELEX:32008R1275</t>
   </si>
   <si>
     <t>Commission Regulation EU 2015-1095 of 5 May 2015 implementing Directive 2009-125-EC of the European Parliament and of the Council with regard to ecodesign requirements for professional refrigerated storage cabinets; blast cabinets; condensi</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed. 
 This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Industrial Process Chillers</t>
@@ -1449,51 +1449,51 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P57"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="301.926" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1522.914" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="52.987" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="196.952" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="143.822" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">