--- v0 (2025-10-14)
+++ v1 (2025-12-04)
@@ -12,598 +12,807 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="167">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="235">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>2009-300-EC: Commission Decision establishing the revised ecological criteria for the award of the Community Eco-label to televisions</t>
   </si>
   <si>
+    <t>The product group 'televisions' shall comprise: Mains powered electronic equipment; the primary purpose and function of which is to receive; decode and display TV transmission signals.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 62087</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/2009-300-ec-commission-decision-establishing-revised-ecological-criteria-award-community</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538153657569&amp;uri=CELEX:02009D0300-20180113</t>
+  </si>
+  <si>
     <t>2011-330-EU: Commission Decision of 6 June 2011 on establishing the ecological criteria for the award of the EU Ecolabel for notebook computers</t>
   </si>
   <si>
+    <t>The product group 'notebook computers' shall comprise devices which have the following characteristics:  A. they perform logical operations and process data and are designed specifically for portability and to be operated for extended periods of time either with or without a direct connection to an AC power source;   B. they utilise an integrated computer display and are capable of operation off an integrated battery or other portable power source. If a notebook computer is delivered with an external power supply this power supply is considered part of the notebook computer.  For the purpose of this Decision; tablet personal computers; which may use touch-sensitive screens along with or instead of other input devices shall be considered notebook computers. Digital picture frames shall not be considered notebook computers for the purpose of this Decision.</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/2011-330-eu-commission-decision-6-june-2011-establishing-ecological-criteria-award-eu</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32011D0330</t>
+  </si>
+  <si>
     <t>Commission Decision 2013-806 2013/806/EU: Commission Decision of 17 December 2013 establishing the ecological criteria for the award of the EU Ecolabel for imaging equipment (notified under document C(2013) 9097)</t>
   </si>
   <si>
+    <t>1. The product group imaging equipment shall comprise products which are marketed for office or domestic use; or both; and produce printed images; in the form of paper document or photo; through a marking process from one or both of the following: A. a digital image; provided by a network or card interface;  B. a hardcopy through a copying process.  Imaging equipment which have the additional function to produce a digital image from a hard copy through a scanning process are included in the scope of this Decision. This Decision shall apply to products which are marketed as printers; copiers and multifunctional devices.    2. Fax machines; digital duplicators; mailing machines and scanners are excluded from the scope of this Decision.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-2013-806-2013806eu-commission-decision-17-december-2013-establishing</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013D0806</t>
+  </si>
+  <si>
     <t>Commission Decision of 28 May 2014: 2014-314-EU</t>
   </si>
   <si>
+    <t>1. The product group water-based heaters shall comprise products that are used to generate heat as part of a water- based central heating system; where the heated water is distributed by means of circulators and heat emitters in order to reach and maintain the indoor temperature of an enclosed space such as a building; a dwelling; or a room; at a desired level.    2. The maximum output power of the water-based heaters shall be 400 kW.    3. Combination heaters are included in the scope of this product group; provided that their primary function is to provide space heat.    4.The following products are excluded from the scope of this product group:   A. heaters whose primary function is to provide hot drinking or sanitary water;   B. heaters for heating and distributing gaseous heat transfer media such as vapour or air;    C. cogeneration space heaters with a maximum electrical capacity of 50 kW or above;    D. space heaters that combine both indirect heating; using water-based central heating system; and direct heating; by direct emission of heat into the room or space where the appliance is installed.</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil, Water</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-28-may-2014-2014-314-eu</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32014D0314</t>
+  </si>
+  <si>
     <t>Commission Decision of 9 November 2007 establishing the ecological criteria for the award of the Community eco-label to electrically driven, gas driven or gas absorption heat pumps</t>
   </si>
   <si>
+    <t>The product group 'electrically driven; gas driven or gas absorption heat pumps' shall comprise heat pumps; which can concentrate energy present in the air; ground or water into useful heat for the supply of space heating or the opposite process for space cooling. A 'heat pump' is the device or set of devices as delivered by the manufacturer or importer to the distributor; retailer or installer. This delivery may or may not include the delivery of circulating pumps at the sink or source side; however for calculation of coefficient of performance -COP; values the power consumption of circulating pumps shall always be taken into account; according to the methodology of EN14511:2004; if the manufacturer cannot provide data; a default value is taken. For gas absorption heat pumps the methodology shall be according to EN12309-2:2000. The product group shall cover only electrically driven; gas driven or gas absorption heat pumps with a maximum heating capacity of 100 kW. The product group 'electrically driven; gas driven or gas absorption heat pumps' shall not cover the following:   heat pumps which can only provide hot water for sanitary use;   and heat pumps which can only extract heat from a building and eject it to the air; ground or water thus resulting in space cooling.</t>
+  </si>
+  <si>
     <t>Heat Pumps</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>EN 14 511:2004; EN12309-2:2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco-0</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32007D0742</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02007D0742-20140617</t>
+  </si>
+  <si>
     <t>Indian Standard for Requirements For Water Efficient Plumbing Products (WEPP): Part 2 Sanitary Fittings</t>
   </si>
   <si>
+    <t>This standard covers requirements for assessment and star ratingof sanitary fittings, such as faucets (taps) and showerheads,for their performance based on water efficiency,which are in addition to the requirements specified in relevant Indian Standards as applicable.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Showers or Showerheads, Taps or Faucets</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>Bureau of Indian Standards</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/indian-standard-requirements-water-efficient-plumbing-products-wepp-part-2-sanitary</t>
   </si>
   <si>
+    <t>https://bis.gov.in/wp-content/uploads/2020/08/write-up-for-publicity-of-WC-drafts-for-WEPP.pdf</t>
+  </si>
+  <si>
     <t>Schedule 12 - Washing Machines</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for all types of washing machines covered under the scope of IEC 60456 and IS 302-2-7 meant for household and similar use, being manufactured, imported and sold in India. The label is voluntary until December 31, 2020, and is expected to become mandatory in 2021.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 60456:2010, IS 302-7-7:2010</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-12-washing-machines</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule12-WM.pdf</t>
+  </si>
+  <si>
     <t>Schedule 13 - Diesel Engine Driven Monoset Pumps for Agricultural purposes</t>
   </si>
   <si>
+    <t>This schedule specifies the minimum fuel consumption and labeling instructions for  Diesel Engine Driven Monoset Pumps for Agricultural purposes being manufactured, imported, or sold in India. The scope covers Diesel Engine Driven Monoset Pumps for clear, cold, fresh water for agricultural purposes within the range of 2 HP to 10 HP for which the Schedule is applicable.</t>
+  </si>
+  <si>
     <t>Agricultural Pumps</t>
   </si>
   <si>
     <t>Oil</t>
   </si>
   <si>
     <t>IS 11501:1986, IS 11170:1985 , IS 11346:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-13-diesel-engine-driven-monoset-pumps-agricultural-purposes</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule%2013-Diesel%20Engine%20Driven%20MonosetPumps%20for%20Agricultural%20Purposes.pdf</t>
+  </si>
+  <si>
     <t>Schedule 14 - Laptop/Notebook Computers</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and energy labeling instructions for desktops, integrated desktops and notebook/ laptop computers, manufactured, imported, or sold in India for household/office and similar use. This Standard has been prepared on the basis of Energy Star specification for computers developed by US Environment Protection Agency. In the absence of BIS standard for laptops and notebooks this standard follows the version 6.11 - Energy Star program requirements Product specification for computers.</t>
+  </si>
+  <si>
     <t>version 6.1 - Energy Star program requirements Product specification for computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-14-laptopnotebook-computers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/shcedule14com.pdf</t>
+  </si>
+  <si>
     <t>Schedule 15 - Ballasts</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for ballasts covering electromagnetic ballasts and electronic ballasts for single and double capped tubular fluorescent lamps (TFL).</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>IS 1534 (Part 1):1977, IS 13021 (Part 1 &amp; 2):1991</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-15-ballasts</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule-15ballast.pdf</t>
+  </si>
+  <si>
     <t>Schedule 16 - Office Equipments (printers, scanners, copiers, fax machines and multi function devices)</t>
   </si>
   <si>
+    <t>The schedule specifies the MEPS and labeling instructions for office equipment copiers, printers, fax machines, scanners and multi-function devices for office automation and similar use. This schedule is for only single phase office equipment (printers, scanners, copiers, fax machines and multi-function devices) which operate at the standard voltage and frequency range specified by the relevant Indian Standards and the Indian Electricity Rules 1956.</t>
+  </si>
+  <si>
     <t>IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-16-office-equipments-printers-scanners-copiers-fax-machines-and-multi-function</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule%20-%2016Office%20Equipments.pdf</t>
+  </si>
+  <si>
     <t>Schedule 17 - Solid state inverters</t>
   </si>
   <si>
+    <t>This schedule specifies the minimum DC to AC efficiency and labeling instructions for Solid State Inverters run from Storage Batteries of 12 Volts Direct Current source being manufactured, imported or sold in India. The output rating of the Solid State Inverters run from Storage Batteries, covered under this schedule shall be between 250 VA to 2000 VA for continuous output. Note: Inclusion of Solid State Inverters run from Storage Batteries of 24 Volts Direct Current source is under consideration.</t>
+  </si>
+  <si>
     <t>Solar Inverters</t>
   </si>
   <si>
     <t>IS 13314:1992</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-17-solid-state-inverters</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Inverter%20Schedule.pdf</t>
+  </si>
+  <si>
     <t>Schedule 18 - Diesel Generator Sets</t>
   </si>
   <si>
+    <t>This schedule specifies the star labeling requirements for various classifications for the application, rating and performance of single/three phase Diesel Generating sets consisting of a Reciprocating Internal Combustion (RIC) engine driven by diesel as fuel, Alternating Current (a.c.) generator, any associated control gear, switchgear and auxiliary equipment. It applies to A. C. generating sets driven by RIC engines for land and marine use being manufactured, imported or sold in India. It excludes generating sets used on aircraft or to propel land vehicles and Locomotives. Diesel Generating (DG) Sets up to 19 kW ratings are covered under pilot energy labeling scheme for single/three phase DG Sets.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>IS 10000, IS 10001, IS 13364, IS 4889:1968</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-18-diesel-generator-sets</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/DG%20Set%20schedule.pdf</t>
+  </si>
+  <si>
     <t>Schedule 21 - Chillers</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for water cooled chillers manufactured in India or imported for sale in India for central cooling and similar use.</t>
+  </si>
+  <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>IS 16590:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-21-chillers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Chillers_schedule_21.pdf</t>
+  </si>
+  <si>
     <t>Schedule 22 - Microwave Ovens</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for microwave ovens (including combination microwave ovens) meant for household or similar use, with or without grill or convection functions, being manufactured, imported or sold in India. This schedule applies to all types of counter-top microwave oven (covered under the scope of IS 302-2-25, and IEC 60705). The label is expected to be voluntary until the end of 2020, and become mandatory in 2021.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>IEC 60705: Amendment 1, 2010 and Amendment 2, 2018, IEC 62301, IS 302-2-25</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-22-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Schedule22-MWO.pdf</t>
+  </si>
+  <si>
     <t>Schedule 23 - Standards and Labelling of Solar Water Heaters</t>
   </si>
   <si>
+    <t>This schedule specifies the energy labelling requirement for Solar Water Heaters (SWH) imported or sold in India for water heating and similar use. The schedule covers all types of thermosyphon based solar water heaters up to 500Liters storage capacity.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IS 16368:2015, IS 12933 part-1:2003, IS 16544: 2015, IS 16543: 2016</t>
   </si>
   <si>
     <t>Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-23-standards-and-labelling-solar-water-heaters</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/schedule_solar_water_heater.pdf</t>
+  </si>
+  <si>
     <t>Schedule 24 - Light Commercial Air Conditioners</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for light commercial air conditioners being manufactured and sold in India. The policy applies to single or three-phase non-ducted split with fixed and variable-speeds air conditioners and heat pumps employing air-cooled condensers with a rated capacity above 10,500 Watts and up to and including 18,000 Watts.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>IS 1391 (Part 2): 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-24-light-commercial-air-conditioners</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule_24_LCAC.pdf</t>
+  </si>
+  <si>
     <t>Schedule 25 - Deep Freezers</t>
   </si>
   <si>
+    <t>This schedule specifies the safety and performance requirements for participating in the energy labelling program for deep freezers based on vapor compression working principle. It covers deep freezers of top access type, basically the chest freezers having a storage volume up to and including 1000 liters, with both hard top and glass top (sliding, hinged and curved) and their rated voltage not exceeding 250 V ac 50 Hz for single phase and 415 V ac 50 Hz for three phase ac, as specified under the scope of IS 7872 with all amendments.</t>
+  </si>
+  <si>
     <t>Freezers-only</t>
   </si>
   <si>
     <t>IS 7872 with all amendments, IS 302-2-24</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-25-deep-freezers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/DFR_Label.pdf</t>
+  </si>
+  <si>
     <t>Schedule 26 - Ultra-High Definition Televisions (UHD TV)</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labelling program for Ultra-High Definition (UHD) televisions of Liquid Crystal Display with LED backlighting, OLED displays, QLED displays, Micro-LED displays, that may be utilised to make and sell UHD televisions in the Indian market having native resolution of 3,840 x 2,160 pixels (4K) and 7,680 x 4,320 pixels (8K) which can be powered only by an external power supply at a voltage not exceeding 250 V ac, 50 Hz being manufactured, imported and commercially purchased or sold in India.</t>
+  </si>
+  <si>
     <t>IEC 62087-3, 2015, Edition 1.0, IS 616: 2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-26-ultra-high-definition-televisions-uhd-tv</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/UHD_TV_Schedule.pdf</t>
+  </si>
+  <si>
     <t>Schedule 27 - Positive Displacement Air Compressors</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for electrically driven positive displacement, fixed speed rotary and reciprocating, oil lubricated/oil-injected, air-cooled and water-cooled, air compressor having a full load operating gauge pressure greater than equal to 500 kPa or 5 bar[g] and motor rating between 0.37 to 500 kW with rated voltage of 230 / 415 V and frequency 50Hz AC. covered under the scope of IS 5456 and IS/ISO 1217: 2009 with all its amendments, being manufactured, imported or assembled for the purpose of commercial sale in India.</t>
+  </si>
+  <si>
     <t>Motors and Motor Driven Equipment</t>
   </si>
   <si>
     <t>IS/ISO 1217, IS 5456</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-27-positive-displacement-air-compressors</t>
   </si>
   <si>
+    <t>https://beeindia.gov.in/sites/default/files/Air_Compressor_Schedule_Final.pdf</t>
+  </si>
+  <si>
     <t>Schedule 30 Tyres</t>
   </si>
   <si>
+    <t>This schedule species requirements for participating in energy labelling programme for C1, C2 &amp; C3 tyres covered under scope of AIS:142, meant for manufactured, imported and sold in India. This schedule covers the terminology, general guidelines and method of tests to be conducted on tyres as per AIS: 142 particularly the methodology for testing of rolling resistance coefficient &amp; wet grip index. This schedule specifies the tyres star rating band which is based on Rolling Resistance Coefficients. This schedule is applicable for base model, its batch and their variant model tyres.</t>
+  </si>
+  <si>
     <t>IS 15633</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-30-tyres</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Schedule_30.pdf</t>
+  </si>
+  <si>
     <t>Schedule 36 Packaged Boiler</t>
   </si>
   <si>
+    <t>This policy specifies the requirement for participating in the voluntary star labeling program for Packaged Boilers using coal, biomass, oil and natural gas as fuel across all capacities under Indian Boiler Regulation (IBR) with or without air pre-heater, economizer, or waste heat recovery system, covered under the scope of IS 13979: 1994 as amended from time to time, being manufactured, imported or assembled for the purpose of commercial sale in India.</t>
+  </si>
+  <si>
     <t>Biomass, Coal, Gas, LPG, Oil</t>
   </si>
   <si>
     <t>IS 13979:1994</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-36-packaged-boiler-0</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Home/EquipmentSchemes?type=V</t>
+  </si>
+  <si>
     <t>Schedule 37 - Energy Efficiency Requirements for Commercial Beverage Coolers</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary minimum efficiency and labeling requirements for commercial beverage coolers being manufactured, imported, and sold in India. It applies to vertical floor or table mounted, single and multidoor type Commercial Beverage Coolers (commercially known as Visi Coolers), with an overall height between 0.5 m and 2.2 m covered under the scope of ISO 22044:2021/IS 2167:2024.</t>
   </si>
   <si>
     <t>Refrigeration</t>
   </si>
   <si>
     <t>ISO 22044:2021
 ,   
                     IS 2167:2024</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-37-energy-efficiency-requirements-commercial-beverage-coolers</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Visi_Cooler.pdf</t>
+  </si>
+  <si>
     <t>Schedule 38 - Energy Efficiency Requirements for Grid Connected Solar Inverters</t>
+  </si>
+  <si>
+    <t>This schedule specifies the requirement for participating in the energy labeling program for both single-phase and three-phase grid-connected solar inverters without storage up to and including 100 kW rated output power being manufactured, imported and sold in India. This schedule specifies the minimum overall efficiency requirement of the inverter based on static maximum power point tracking (MPPT) efficiency measurement and the steady state conversion efficiency prescribed in IS 17980:2022/ IEC 62891:2020. The schedule does not cover the dynamic MPPT efficiency. Only BIS certified solar inverters complied with IS 16221-2:2015 are eligible to take part in the BEE Standards and Labeling program.</t>
   </si>
   <si>
     <t>Renewable Energy Systems</t>
   </si>
   <si>
     <t>IS 17980:2022/ IEC 62891:2020 
 ,   
                     IS 12834:2023/ IEC 61836:2016
 ,   
                     IS 16221-2:2015/ IEC 62109-2: 2011 
 ,   
                     IS 16169:2019/IEC 62116:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-38-energy-efficiency-requirements-grid-connected-solar-inverters</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Schedule_38_Solar_Inverter.pdf</t>
+  </si>
+  <si>
     <t>Schedule 6 - Induction Motors</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for 3 phase squirrel cage induction motor in 2 Pole, 4 Pole and 6 Pole of ratings up to 375 kW for continuous duty (S1) operation, suitable for voltage and frequency variation as per IS 12615:2011</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>IS 12615:2011, IS IEC 60034-2-1, IS 15999:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-6-induction-motors</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule6-InductionMotors.pdf</t>
+  </si>
+  <si>
     <t>Schedule 7 - Agricultural Pump Sets</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for single phase of rating up to 2.2 kW and three phase pump sets of ratings 1. kW to 75 kW covering Electric mono set pumps, submersible pump sets and open well submersible pump sets</t>
+  </si>
+  <si>
     <t>IS 9079:2002, IS 8034:2002, IS 14220:1994, IS 11346:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-7-agricultural-pump-sets</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule7-APS.pdf</t>
+  </si>
+  <si>
     <t>Schedule 9 - Domestic Liquefied Petroleum Gas Stoves</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling requirements for domestic gas stoves using LPG at 30 gf/cm2 gas inlet pressure being manufactured, imported, or sold in India</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-9-domestic-liquefied-petroleum-gas-stoves</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Final_LPG_schedule.pdf</t>
+  </si>
+  <si>
     <t>SCHEDULE-29 Li-ion traction batteries and Systems</t>
   </si>
   <si>
+    <t>This schedule specifies energy-labelling requirement for high-energy Lithium-Ion based Battery packs and systems for electrically propelled road vehicles. The schedule covers high energy lithium-ion battery packs/modules with specific energy up to 350Wh/kg and Cycle
+life up to 4,000 cycles. For this schedule, the star rating of high-energy Battery pack/module shall be based on specific energy, life cycle and energy efficiency tested in accordance with ISO 12405-4:2018.</t>
+  </si>
+  <si>
     <t>Mobility</t>
   </si>
   <si>
     <t>ISO 12405-4: 2018.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-29-li-ion-traction-batteries-and-systems</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/SCHEDULE_29.pdf</t>
+  </si>
+  <si>
     <t>Standards and Labeling of Evaporative Air Coolers</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for direct evaporative air coolers (commercially known as desert coolers) for household and similar use for capacity up to and including 6000 CMH( 1.67m3/sec) suitable for rated voltage upto and including 250V 50Hz ac covered under the scope of IS 3315: 2024 as amended from time to time, being manufactured, imported or assembled for the purpose
+of commercial sale.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, India</t>
   </si>
   <si>
     <t>Evaporative Coolers</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>IS 3315: 2024</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency, Ministry of Power</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standards-and-labeling-evaporative-air-coolers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Home/EquipmentSchemes?type=V</t>
+  </si>
+  <si>
     <t>Voluntary ecodesign scheme for games consoles</t>
   </si>
   <si>
+    <t>Companies active in the games consoles market have proposed a voluntary agreement laying down specific ecodesign requirements for games consoles models placed on the EU market, which use more than 20 Watts in active game mode. The voluntary scheme was agreed by the signatories in April 2014.
+Under the agreement, each signatory undertakes that at least 90 % of all games consoles that they place on the market would comply with the applicable minimum energy efficiency requirements.
+The agreement includes requirements on auto power down settings, limits on energy use in standby (0.5 W), navigation (40 W), and media streaming modes (50 W), and some product information requirements.</t>
+  </si>
+  <si>
     <t>Other-Electronics</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/voluntary-ecodesign-scheme-games-consoles</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1432808656922&amp;uri=CELEX%3A52015DC0178</t>
+  </si>
+  <si>
     <t>Voluntary ecodesign scheme for imaging equipment</t>
   </si>
   <si>
+    <t>The voluntary agreement concluded by the industry lays down specific ecodesign requirements for imaging equipment placed on the EU market. The products covered by the agreement are also subject to the ENERGY STAR voluntary energy labelling programme, which lays down energy labelling requirements for different office equipment, including imaging equipment. As required by the Ecodesign Directive, the signatories to this voluntary scheme represent a large majority of the relevant economic sector. Under the agreement, each signatory undertook that at least 90 % of all imaging equipment models it places on the market would comply with the minimum efficiency requirements in terms of TEC (typical energy consumption) and OM (operational mode). Furthermore, all printing products should offer the ‘N-up printing’ capability as a standard feature and should comply with the requirements for cartridges (e.g. the design should not prevent the reuse/recycling and use of cartridges of other producers). All new products should also comply with the requirements for recycling (e.g. easy disassembly and marking of plastics). Finally, the signatories undertook to comply with the specific information requirements (e.g. information on resource and energy efficiency).</t>
+  </si>
+  <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/voluntary-ecodesign-scheme-imaging-equipment</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A52013DC0023</t>
+  </si>
+  <si>
     <t>Water Efficient Products WEP-I</t>
   </si>
   <si>
+    <t>WEP-I includes a set of recommendations for selection, manufacturing, engineering and installation of efficient plumbing systems in India, along with flow rates for faucets, showerheads, water closets andurinals</t>
+  </si>
+  <si>
     <t>Dishwashers, Washing Machines, Showers or Showerheads, Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>IAPMO India and Indian Plumbing Association</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficient-products-wep-i</t>
+  </si>
+  <si>
+    <t>https://www.iapmo.org/india/product-certification/plumbing-and-mechanical-products</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -867,1537 +1076,1744 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N34"/>
+  <dimension ref="A1:P34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="251" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="251.224" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1522.914" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="94.263" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="97.833" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="152.106" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2">
+        <v>2018</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2003</v>
+      </c>
+      <c r="I3">
+        <v>2011</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2003</v>
+      </c>
+      <c r="I4">
+        <v>2013</v>
+      </c>
+      <c r="J4" t="s">
+        <v>38</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>39</v>
+      </c>
+      <c r="P4" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>44</v>
+      </c>
+      <c r="H5">
+        <v>2014</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>45</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>44</v>
+      </c>
+      <c r="H6">
+        <v>2014</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>51</v>
+      </c>
+      <c r="L6" t="s">
+        <v>52</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>53</v>
+      </c>
+      <c r="P6" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>48</v>
+      </c>
+      <c r="B7" t="s">
+        <v>49</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>55</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2007</v>
+      </c>
+      <c r="I7">
+        <v>2014</v>
+      </c>
+      <c r="J7" t="s">
+        <v>56</v>
+      </c>
+      <c r="K7" t="s">
+        <v>51</v>
+      </c>
+      <c r="L7" t="s">
+        <v>52</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>57</v>
+      </c>
+      <c r="P7" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>59</v>
+      </c>
+      <c r="B8" t="s">
+        <v>60</v>
+      </c>
+      <c r="C8" t="s">
+        <v>61</v>
+      </c>
+      <c r="D8" t="s">
+        <v>62</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>63</v>
+      </c>
+      <c r="G8" t="s">
+        <v>64</v>
+      </c>
+      <c r="H8"/>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>65</v>
+      </c>
+      <c r="K8" t="s">
+        <v>66</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>67</v>
+      </c>
+      <c r="N8" t="s">
+        <v>68</v>
+      </c>
+      <c r="O8" t="s">
+        <v>69</v>
+      </c>
+      <c r="P8" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>71</v>
+      </c>
+      <c r="B9" t="s">
+        <v>72</v>
+      </c>
+      <c r="C9" t="s">
+        <v>61</v>
+      </c>
+      <c r="D9" t="s">
+        <v>73</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>63</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2011</v>
+      </c>
+      <c r="I9">
+        <v>2019</v>
+      </c>
+      <c r="J9" t="s">
+        <v>74</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>75</v>
+      </c>
+      <c r="M9" t="s">
+        <v>76</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>77</v>
+      </c>
+      <c r="P9" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>79</v>
+      </c>
+      <c r="B10" t="s">
+        <v>80</v>
+      </c>
+      <c r="C10" t="s">
+        <v>61</v>
+      </c>
+      <c r="D10" t="s">
+        <v>81</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>63</v>
+      </c>
+      <c r="G10" t="s">
+        <v>44</v>
+      </c>
+      <c r="H10">
+        <v>2015</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>74</v>
+      </c>
+      <c r="K10" t="s">
+        <v>82</v>
+      </c>
+      <c r="L10" t="s">
+        <v>83</v>
+      </c>
+      <c r="M10" t="s">
+        <v>76</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>84</v>
+      </c>
+      <c r="P10" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>86</v>
+      </c>
+      <c r="B11" t="s">
+        <v>87</v>
+      </c>
+      <c r="C11" t="s">
+        <v>61</v>
+      </c>
+      <c r="D11" t="s">
+        <v>32</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>44</v>
+      </c>
+      <c r="H11">
+        <v>2011</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>74</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>88</v>
+      </c>
+      <c r="M11" t="s">
+        <v>76</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>89</v>
+      </c>
+      <c r="P11" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>91</v>
+      </c>
+      <c r="B12" t="s">
+        <v>92</v>
+      </c>
+      <c r="C12" t="s">
+        <v>61</v>
+      </c>
+      <c r="D12" t="s">
+        <v>93</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>63</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2013</v>
+      </c>
+      <c r="I12">
+        <v>2016</v>
+      </c>
+      <c r="J12" t="s">
+        <v>74</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>94</v>
+      </c>
+      <c r="M12" t="s">
+        <v>76</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>95</v>
+      </c>
+      <c r="P12" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>97</v>
+      </c>
+      <c r="B13" t="s">
+        <v>98</v>
+      </c>
+      <c r="C13" t="s">
+        <v>61</v>
+      </c>
+      <c r="D13" t="s">
+        <v>37</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>44</v>
+      </c>
+      <c r="H13">
+        <v>2014</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>74</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>99</v>
+      </c>
+      <c r="M13" t="s">
+        <v>76</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>100</v>
+      </c>
+      <c r="P13" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>102</v>
+      </c>
+      <c r="B14" t="s">
+        <v>103</v>
+      </c>
+      <c r="C14" t="s">
+        <v>61</v>
+      </c>
+      <c r="D14" t="s">
+        <v>104</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>63</v>
+      </c>
+      <c r="G14" t="s">
+        <v>44</v>
+      </c>
+      <c r="H14">
+        <v>2013</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>74</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>105</v>
+      </c>
+      <c r="M14" t="s">
+        <v>76</v>
+      </c>
+      <c r="N14" t="s">
+        <v>106</v>
+      </c>
+      <c r="O14" t="s">
+        <v>107</v>
+      </c>
+      <c r="P14" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>109</v>
+      </c>
+      <c r="B15" t="s">
+        <v>110</v>
+      </c>
+      <c r="C15" t="s">
+        <v>61</v>
+      </c>
+      <c r="D15" t="s">
+        <v>111</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>63</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2014</v>
+      </c>
+      <c r="I15">
+        <v>2016</v>
+      </c>
+      <c r="J15" t="s">
+        <v>74</v>
+      </c>
+      <c r="K15" t="s">
+        <v>82</v>
+      </c>
+      <c r="L15" t="s">
+        <v>112</v>
+      </c>
+      <c r="M15" t="s">
+        <v>76</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>113</v>
+      </c>
+      <c r="P15" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>115</v>
+      </c>
+      <c r="B16" t="s">
+        <v>116</v>
+      </c>
+      <c r="C16" t="s">
+        <v>61</v>
+      </c>
+      <c r="D16" t="s">
+        <v>117</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>63</v>
+      </c>
+      <c r="G16" t="s">
+        <v>44</v>
+      </c>
+      <c r="H16">
+        <v>2018</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>74</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>118</v>
+      </c>
+      <c r="M16" t="s">
+        <v>76</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>119</v>
+      </c>
+      <c r="P16" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>121</v>
+      </c>
+      <c r="B17" t="s">
+        <v>122</v>
+      </c>
+      <c r="C17" t="s">
+        <v>61</v>
+      </c>
+      <c r="D17" t="s">
+        <v>123</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>63</v>
+      </c>
+      <c r="G17" t="s">
+        <v>44</v>
+      </c>
+      <c r="H17">
+        <v>2019</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>74</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>124</v>
+      </c>
+      <c r="M17" t="s">
+        <v>76</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>125</v>
+      </c>
+      <c r="P17" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>127</v>
+      </c>
+      <c r="B18" t="s">
+        <v>128</v>
+      </c>
+      <c r="C18" t="s">
+        <v>61</v>
+      </c>
+      <c r="D18" t="s">
+        <v>129</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>63</v>
+      </c>
+      <c r="G18" t="s">
+        <v>44</v>
+      </c>
+      <c r="H18">
+        <v>2019</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>74</v>
+      </c>
+      <c r="K18" t="s">
+        <v>130</v>
+      </c>
+      <c r="L18" t="s">
+        <v>131</v>
+      </c>
+      <c r="M18" t="s">
+        <v>76</v>
+      </c>
+      <c r="N18" t="s">
+        <v>132</v>
+      </c>
+      <c r="O18" t="s">
+        <v>133</v>
+      </c>
+      <c r="P18" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>135</v>
+      </c>
+      <c r="B19" t="s">
+        <v>136</v>
+      </c>
+      <c r="C19" t="s">
+        <v>61</v>
+      </c>
+      <c r="D19" t="s">
+        <v>137</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>63</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2020</v>
+      </c>
+      <c r="I19">
+        <v>2023</v>
+      </c>
+      <c r="J19" t="s">
+        <v>138</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>139</v>
+      </c>
+      <c r="M19" t="s">
+        <v>76</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>140</v>
+      </c>
+      <c r="P19" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>142</v>
+      </c>
+      <c r="B20" t="s">
+        <v>143</v>
+      </c>
+      <c r="C20" t="s">
+        <v>61</v>
+      </c>
+      <c r="D20" t="s">
+        <v>144</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>63</v>
+      </c>
+      <c r="G20" t="s">
+        <v>44</v>
+      </c>
+      <c r="H20">
+        <v>2020</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>74</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>145</v>
+      </c>
+      <c r="M20" t="s">
+        <v>76</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>146</v>
+      </c>
+      <c r="P20" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>148</v>
+      </c>
+      <c r="B21" t="s">
+        <v>149</v>
+      </c>
+      <c r="C21" t="s">
+        <v>61</v>
+      </c>
+      <c r="D21" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...8 lines deleted...]
-      <c r="J2" t="s">
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>63</v>
+      </c>
+      <c r="G21" t="s">
+        <v>44</v>
+      </c>
+      <c r="H21">
+        <v>2021</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>74</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>150</v>
+      </c>
+      <c r="M21" t="s">
+        <v>76</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>151</v>
+      </c>
+      <c r="P21" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>153</v>
+      </c>
+      <c r="B22" t="s">
+        <v>154</v>
+      </c>
+      <c r="C22" t="s">
+        <v>61</v>
+      </c>
+      <c r="D22" t="s">
+        <v>155</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>63</v>
+      </c>
+      <c r="G22" t="s">
+        <v>44</v>
+      </c>
+      <c r="H22">
+        <v>2021</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>74</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>156</v>
+      </c>
+      <c r="M22" t="s">
+        <v>76</v>
+      </c>
+      <c r="N22" t="s">
+        <v>157</v>
+      </c>
+      <c r="O22" t="s">
+        <v>158</v>
+      </c>
+      <c r="P22" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>160</v>
+      </c>
+      <c r="B23" t="s">
+        <v>161</v>
+      </c>
+      <c r="C23" t="s">
+        <v>61</v>
+      </c>
+      <c r="D23" t="s">
+        <v>155</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>63</v>
+      </c>
+      <c r="G23" t="s">
+        <v>44</v>
+      </c>
+      <c r="H23">
+        <v>2021</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>74</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>162</v>
+      </c>
+      <c r="M23" t="s">
+        <v>76</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>163</v>
+      </c>
+      <c r="P23" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>165</v>
+      </c>
+      <c r="B24" t="s">
+        <v>166</v>
+      </c>
+      <c r="C24" t="s">
+        <v>61</v>
+      </c>
+      <c r="D24" t="s">
+        <v>43</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>63</v>
+      </c>
+      <c r="G24" t="s">
+        <v>44</v>
+      </c>
+      <c r="H24">
+        <v>2024</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>138</v>
+      </c>
+      <c r="K24" t="s">
+        <v>167</v>
+      </c>
+      <c r="L24" t="s">
+        <v>168</v>
+      </c>
+      <c r="M24" t="s">
+        <v>76</v>
+      </c>
+      <c r="N24" t="s">
+        <v>157</v>
+      </c>
+      <c r="O24" t="s">
+        <v>169</v>
+      </c>
+      <c r="P24" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>171</v>
+      </c>
+      <c r="B25" t="s">
+        <v>172</v>
+      </c>
+      <c r="C25" t="s">
+        <v>61</v>
+      </c>
+      <c r="D25" t="s">
+        <v>173</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>63</v>
+      </c>
+      <c r="G25" t="s">
+        <v>44</v>
+      </c>
+      <c r="H25">
+        <v>2024</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>138</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>174</v>
+      </c>
+      <c r="M25" t="s">
+        <v>175</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>176</v>
+      </c>
+      <c r="P25" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>178</v>
+      </c>
+      <c r="B26" t="s">
+        <v>179</v>
+      </c>
+      <c r="C26" t="s">
+        <v>61</v>
+      </c>
+      <c r="D26" t="s">
+        <v>180</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>63</v>
+      </c>
+      <c r="G26" t="s">
+        <v>44</v>
+      </c>
+      <c r="H26">
+        <v>2024</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>138</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>181</v>
+      </c>
+      <c r="M26" t="s">
+        <v>76</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>182</v>
+      </c>
+      <c r="P26" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>184</v>
+      </c>
+      <c r="B27" t="s">
+        <v>185</v>
+      </c>
+      <c r="C27" t="s">
+        <v>61</v>
+      </c>
+      <c r="D27" t="s">
+        <v>186</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>63</v>
+      </c>
+      <c r="G27" t="s">
+        <v>44</v>
+      </c>
+      <c r="H27">
+        <v>2010</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>74</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>187</v>
+      </c>
+      <c r="M27" t="s">
+        <v>76</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>188</v>
+      </c>
+      <c r="P27" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>190</v>
+      </c>
+      <c r="B28" t="s">
+        <v>191</v>
+      </c>
+      <c r="C28" t="s">
+        <v>61</v>
+      </c>
+      <c r="D28" t="s">
+        <v>81</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>63</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2008</v>
+      </c>
+      <c r="I28">
+        <v>2019</v>
+      </c>
+      <c r="J28" t="s">
+        <v>74</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>192</v>
+      </c>
+      <c r="M28" t="s">
+        <v>76</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>193</v>
+      </c>
+      <c r="P28" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>195</v>
+      </c>
+      <c r="B29" t="s">
+        <v>196</v>
+      </c>
+      <c r="C29" t="s">
+        <v>61</v>
+      </c>
+      <c r="D29" t="s">
+        <v>197</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>63</v>
+      </c>
+      <c r="G29" t="s">
+        <v>44</v>
+      </c>
+      <c r="H29">
+        <v>2014</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>74</v>
+      </c>
+      <c r="K29" t="s">
+        <v>198</v>
+      </c>
+      <c r="L29" t="s">
+        <v>199</v>
+      </c>
+      <c r="M29" t="s">
+        <v>76</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>200</v>
+      </c>
+      <c r="P29" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>202</v>
+      </c>
+      <c r="B30" t="s">
+        <v>203</v>
+      </c>
+      <c r="C30" t="s">
+        <v>61</v>
+      </c>
+      <c r="D30" t="s">
+        <v>204</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>63</v>
+      </c>
+      <c r="G30" t="s">
+        <v>44</v>
+      </c>
+      <c r="H30">
+        <v>2021</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>74</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>205</v>
+      </c>
+      <c r="M30" t="s">
+        <v>76</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>206</v>
+      </c>
+      <c r="P30" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>208</v>
+      </c>
+      <c r="B31" t="s">
+        <v>209</v>
+      </c>
+      <c r="C31" t="s">
+        <v>210</v>
+      </c>
+      <c r="D31" t="s">
+        <v>211</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>63</v>
+      </c>
+      <c r="G31" t="s">
+        <v>212</v>
+      </c>
+      <c r="H31">
+        <v>2025</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>213</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>214</v>
+      </c>
+      <c r="M31" t="s">
+        <v>215</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>216</v>
+      </c>
+      <c r="P31" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>218</v>
+      </c>
+      <c r="B32" t="s">
+        <v>219</v>
+      </c>
+      <c r="C32" t="s">
+        <v>18</v>
+      </c>
+      <c r="D32" t="s">
+        <v>220</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>221</v>
+      </c>
+      <c r="G32" t="s">
+        <v>44</v>
+      </c>
+      <c r="H32">
+        <v>2014</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>38</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32"/>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>222</v>
+      </c>
+      <c r="P32" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>224</v>
+      </c>
+      <c r="B33" t="s">
+        <v>225</v>
+      </c>
+      <c r="C33" t="s">
+        <v>226</v>
+      </c>
+      <c r="D33" t="s">
+        <v>37</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>221</v>
+      </c>
+      <c r="G33" t="s">
+        <v>44</v>
+      </c>
+      <c r="H33">
+        <v>2013</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>38</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33"/>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>227</v>
+      </c>
+      <c r="P33" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>229</v>
+      </c>
+      <c r="B34" t="s">
+        <v>230</v>
+      </c>
+      <c r="C34" t="s">
+        <v>61</v>
+      </c>
+      <c r="D34" t="s">
+        <v>231</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G34" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...31 lines deleted...]
-      <c r="H3">
+      <c r="H34">
         <v>2011</v>
       </c>
-      <c r="I3" t="s">
-[...295 lines deleted...]
-      <c r="K10" t="s">
+      <c r="I34">
+        <v>2017</v>
+      </c>
+      <c r="J34" t="s">
         <v>65</v>
       </c>
-      <c r="L10" t="s">
-[...5 lines deleted...]
-      <c r="N10" t="s">
+      <c r="K34" t="s">
         <v>66</v>
       </c>
-    </row>
-[...29 lines deleted...]
-      <c r="K11" t="s">
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>232</v>
+      </c>
+      <c r="N34" t="s">
         <v>68</v>
       </c>
-      <c r="L11" t="s">
-[...972 lines deleted...]
-        <v>166</v>
+      <c r="O34" t="s">
+        <v>233</v>
+      </c>
+      <c r="P34" t="s">
+        <v>234</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>