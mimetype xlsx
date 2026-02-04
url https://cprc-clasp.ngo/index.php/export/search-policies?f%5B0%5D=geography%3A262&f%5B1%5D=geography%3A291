--- v0 (2025-10-14)
+++ v1 (2026-02-04)
@@ -12,983 +12,1535 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="286">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="434">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>2009-300-EC: Commission Decision establishing the revised ecological criteria for the award of the Community Eco-label to televisions</t>
   </si>
   <si>
+    <t>The product group 'televisions' shall comprise: Mains powered electronic equipment; the primary purpose and function of which is to receive; decode and display TV transmission signals.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 62087</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/2009-300-ec-commission-decision-establishing-revised-ecological-criteria-award-community</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538153657569&amp;uri=CELEX:02009D0300-20180113</t>
+  </si>
+  <si>
     <t>2011-330-EU: Commission Decision of 6 June 2011 on establishing the ecological criteria for the award of the EU Ecolabel for notebook computers</t>
   </si>
   <si>
+    <t>The product group 'notebook computers' shall comprise devices which have the following characteristics:  A. they perform logical operations and process data and are designed specifically for portability and to be operated for extended periods of time either with or without a direct connection to an AC power source;   B. they utilise an integrated computer display and are capable of operation off an integrated battery or other portable power source. If a notebook computer is delivered with an external power supply this power supply is considered part of the notebook computer.  For the purpose of this Decision; tablet personal computers; which may use touch-sensitive screens along with or instead of other input devices shall be considered notebook computers. Digital picture frames shall not be considered notebook computers for the purpose of this Decision.</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/2011-330-eu-commission-decision-6-june-2011-establishing-ecological-criteria-award-eu</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32011D0330</t>
+  </si>
+  <si>
     <t>Commission Decision 2013-806 2013/806/EU: Commission Decision of 17 December 2013 establishing the ecological criteria for the award of the EU Ecolabel for imaging equipment (notified under document C(2013) 9097)</t>
   </si>
   <si>
+    <t>1. The product group imaging equipment shall comprise products which are marketed for office or domestic use; or both; and produce printed images; in the form of paper document or photo; through a marking process from one or both of the following: A. a digital image; provided by a network or card interface;  B. a hardcopy through a copying process.  Imaging equipment which have the additional function to produce a digital image from a hard copy through a scanning process are included in the scope of this Decision. This Decision shall apply to products which are marketed as printers; copiers and multifunctional devices.    2. Fax machines; digital duplicators; mailing machines and scanners are excluded from the scope of this Decision.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-2013-806-2013806eu-commission-decision-17-december-2013-establishing</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013D0806</t>
+  </si>
+  <si>
     <t>Commission Decision of 28 May 2014: 2014-314-EU</t>
   </si>
   <si>
+    <t>1. The product group water-based heaters shall comprise products that are used to generate heat as part of a water- based central heating system; where the heated water is distributed by means of circulators and heat emitters in order to reach and maintain the indoor temperature of an enclosed space such as a building; a dwelling; or a room; at a desired level.    2. The maximum output power of the water-based heaters shall be 400 kW.    3. Combination heaters are included in the scope of this product group; provided that their primary function is to provide space heat.    4.The following products are excluded from the scope of this product group:   A. heaters whose primary function is to provide hot drinking or sanitary water;   B. heaters for heating and distributing gaseous heat transfer media such as vapour or air;    C. cogeneration space heaters with a maximum electrical capacity of 50 kW or above;    D. space heaters that combine both indirect heating; using water-based central heating system; and direct heating; by direct emission of heat into the room or space where the appliance is installed.</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil, Water</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-28-may-2014-2014-314-eu</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32014D0314</t>
+  </si>
+  <si>
     <t>Commission Decision of 9 November 2007 establishing the ecological criteria for the award of the Community eco-label to electrically driven, gas driven or gas absorption heat pumps</t>
   </si>
   <si>
+    <t>The product group 'electrically driven; gas driven or gas absorption heat pumps' shall comprise heat pumps; which can concentrate energy present in the air; ground or water into useful heat for the supply of space heating or the opposite process for space cooling. A 'heat pump' is the device or set of devices as delivered by the manufacturer or importer to the distributor; retailer or installer. This delivery may or may not include the delivery of circulating pumps at the sink or source side; however for calculation of coefficient of performance -COP; values the power consumption of circulating pumps shall always be taken into account; according to the methodology of EN14511:2004; if the manufacturer cannot provide data; a default value is taken. For gas absorption heat pumps the methodology shall be according to EN12309-2:2000. The product group shall cover only electrically driven; gas driven or gas absorption heat pumps with a maximum heating capacity of 100 kW. The product group 'electrically driven; gas driven or gas absorption heat pumps' shall not cover the following:   heat pumps which can only provide hot water for sanitary use;   and heat pumps which can only extract heat from a building and eject it to the air; ground or water thus resulting in space cooling.</t>
+  </si>
+  <si>
     <t>Heat Pumps</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>EN 14 511:2004; EN12309-2:2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco-0</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32007D0742</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco</t>
   </si>
   <si>
-    <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015</t>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02007D0742-20140617</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of professional refrigerated storage cabinets</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of, and the provision of supplementary product information on, professional refrigerated storage cabinets.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151094-5-may-2015</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151094-5-may-2015-supplementing-directive-201030eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02015R1094-20170307</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1186 of 24 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of local space heaters</t>
   </si>
   <si>
+    <t>Applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. Solid fuel small combustion installations.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>Portable Heaters, Boilers and Furnaces</t>
   </si>
   <si>
     <t>Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151186-24-april-2015-supplementing-directive-201030eu</t>
   </si>
   <si>
-    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151187-27-april-2015</t>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1186-20170307</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of solid fuel boilers and packages of a solid fuel boiler, supplementary heaters, temperature controls and solar devices</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151187-27-april-2015-commission-delegated-regulation</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1187-20170307</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2013 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of electronic displays</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for televisions.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2027.</t>
+  </si>
+  <si>
     <t>Televisions, Displays</t>
   </si>
   <si>
     <t>EN 50301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2013-20210501</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2014 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household washing machines and household washer-dryers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries; including those sold for non-household use and built-in household washing machines. This Regulation shall not apply to household combined washer-driers. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>EN 60456</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192014-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2014-20210501</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources</t>
   </si>
   <si>
+    <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources and repealing Commission Delegated Regulation (EU) No 874/2012.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls</t>
   </si>
   <si>
     <t>August 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192015-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2015-20210901</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2016 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of refrigerating appliances</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1500 litres. It shall also apply to electric mains-operated household refrigerating appliances that can be battery-operated.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
+  </si>
+  <si>
     <t>Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>EN 153</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192016-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2016-20210501</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2017 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household dishwashers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2017-20210501&amp;qid=1654699029821</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2018 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of refrigerating appliances with a direct sales function</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
+  </si>
+  <si>
     <t>Refrigerated Vending Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192018-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2018-20210501</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2023/1669 of 16 June 2023 with regard to the energy labelling of smartphones and slate tablets</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of smartphones and slate tablets, and the provision of supplementary product information on smartphones and slate tablets.
+In addition to the energy efficiency score, the regulation includes requirements for the display of battery endurance, battery degradation, resistance to being dropped, repairability, and ingress protection on the energy label. 
+Reference test methods are listed in Annex IVa.
+This Regulation does not apply to the following products:
+(a) mobile phones and tablets with a flexible main display which the user can unroll and roll up partly or fully.
+(b) smartphones for high security communication.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Phones and tablets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20231669-16-june-2023-regard-energy-labelling</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R1669</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2023/2534 of 13 July 2023 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household tumble dryers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.  
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>February 2024</t>
   </si>
   <si>
     <t>EN 61121</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20232534-13-july-2023-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/eli/reg_del/2023/2534/oj</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) No 1254/2014 of 11 July 2014 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of residential ventilation units</t>
   </si>
   <si>
+    <t>non-residential ventilation unit -NRVU; means a ventilation unit where the maximum flow rate of the ventilation unit exceeds 250 m3 per hour; and; where the maximum flow rate is between 250 and 1 000 m3 per hour; the manufacturer has not declared its intended use as being exclusively for a residential ventilation application.
+This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
     <t>Exhaust Fans</t>
   </si>
   <si>
     <t>EN 308:1997</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-12542014-11-july-2014-supplementing-directive</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R1254-20200730</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) No 812/2013 of 18 February 2013 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of water heaters, hot water storage tanks and packages</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for labelling of and providing supplementary product information on electrical lamps.
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil, Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-8122013-18-february-2013-supplementing-directive</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0812-20180426</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) No 626/2011 of 4 May 2011 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of air conditioners</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating, if the product has no cooling function.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Packaged Terminals</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-6262011-4-may-2011-supplementing-directive-201030eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02011R0626-20170307</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation EU No 65-2014 of 1 October 2013 supplementing Directive 2010-30-EU -with regard to the energy labelling of domestic ovens and range hoods</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for domestic electric and gas ovens; including when incorporated into cookers; and for domestic electric range hoods; including when sold for non-domestic purposes.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-65-2014-1-october-2013-supplementing-directive-2010</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R0065-20170307</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation EU No 811-2013 of 18 February 2013 supplementing Directive 2010-30-EU -with regard to the energy labelling of space heaters; combination heaters</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the energy labelling of; and the provision of supplementary product information on; space heaters and combination heaters with a rated heat output equal to 70 kW; packages of space heater equal to  70 kW; temperature control and solar device and packages of combination heater equal to  70 kW; temperature control and solar device.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Boilers and Furnaces</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-811-2013-18-february-2013-supplementing-directive</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0811-20170307</t>
+  </si>
+  <si>
     <t>Commission Regulation (EC) No 641/2009 of 22 July 2009 implementing Directive 2005/32/EC of the European Parliament and of the Council with regard to ecodesign requirements for glandless standalone circulators and glandless circulators</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of glandless standalone circulators and glandless circulators integrated in products.  This Regulation shall not apply to:  a. drinking water circulators; except as regards information requirements;   b. circulators integrated in products and placed on the market not later than 1 January 2020 as replacement for identical circulators integrated in products and placed on the market no later than 1 August 2015.</t>
+  </si>
+  <si>
     <t>Building Circulator Pumps</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-ec-no-6412009-22-july-2009-implementing-directive-200532ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02009R0641-20191114</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1185 of 24 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for solid fuel local space heaters</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and putting into service of solid fuel local space heaters with a nominal heat output of 50 kW or less.
+This Policy is currently under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Space Heating</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20151185-24-april-2015-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1185-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1189 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for solid fuel boilers</t>
   </si>
   <si>
+    <t>Commission Regulation (EU) 2015/1189 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for solid fuel boilers.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20151189-28-april-2015-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1189-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2016/2281 of 30 November 2016  implementing Directive 2009/125/EC of the European Parliament and of the Council establishing a framework for the setting of ecodesign requirements for energy-related products</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and/or putting into service of:
+(a) air heating products with a rated heating capacity not exceeding 1 MW;
+(b) cooling products and high temperature process chillers with a rated cooling capacity not exceeding 2 MW;
+(c) fan coil units.
+This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Chillers - Cooler Towers, Industrial Process Chillers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20162281-30-november-2016-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02016R2281-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1781 of 1 October 2019 laying down ecodesign requirements for electric motors and variable speed drives pursuant to Directive 2009/125/EC of the European Parliament and of the Council</t>
   </si>
   <si>
+    <t>The proposal covers motors of power range 0;75 to 375 kW. The definition of motors is electric single speed motors with three-phase 50 Hz or 60 Hz or 50|60 Hz; squirrel cage induction motors in accordance with IEC 60034-1. Additional parameters; rated voltage; rated output; poles etc;; are also specified in Annex II. This kind of motors usually figures in industrial fans; pumps and compressors. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
+  </si>
+  <si>
     <t>Variable Speed Drives, 3-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191781-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R1781-20230124</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1782 of 1 October 2019 laying down ecodesign requirements for external power supplies</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.  Exclusions: this Regulation shall not apply to:   a. voltage converters;   b. uninterruptible power supplies;   c. battery chargers;     d. halogen lighting converters;   e. external power supplies for medical devices;   f. external power supplies placed on the market no later than 30 June 2015 as a service part or spare part for an identical external power supply which was placed on the market not later than one year after this Regulation has come into force; under the condition that the service part or spare part; or its packaging; clearly indicates the primary load products for which the spare part or service part is intended to be used with.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0095.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1783 of 1 October 2019 amending Regulation (EU) No 548/2014 on implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to small, medium and large power transformers</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for placing on the market or putting into service power transformers with a minimum power rating of 1 kVA used in 50Hz electricity transmission and distribution networks or for industrial applications. The Regulation is only applicable to transformers purchased after the entry into force of the Regulation. Power transformer means a static piece of apparatus with two or more windings which; by electromagnetic induction; transforms a system of alternating voltage and current into another system of alternating voltage and current usually of different values and at the same frequency for the purpose of transmitting electrical power.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>IEC 60076</t>
   </si>
   <si>
     <t>European Commission - DG Enterprise</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv:OJ.L_.2019.272.01.0107.01.ENG&amp;toc=OJ:L:2019:272:TOC</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1784 of 1 October 2019 laying down ecodesign requirements for welding equipment pursuant to Directive 2009/125/EC of the European Parliament and of the Council</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electrical mains-operated welding equipment.
+This Regulation shall apply to welding equipment using one or more of the following welding and allied processes:
+(a) manual metal arc welding;
+(b) shielded metal arc welding;
+(c) self-shielded flux-cored welding;
+(d) flux cored arc welding;
+(e) metal active gas and metal inert gas welding;
+(f) tungsten inert gas welding;
+(g) plasma arc cutting.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>Other</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191784-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0121.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2019 of 1 October 2019 laying down ecodesign requirements for refrigerating appliances pursuant to Directive 2009/125/EC of the European Parliament and of the Council and repealing Commission Regulation (EC)</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1 500 litres. 'Household refrigerating appliance' means an insulated cabinet; with one or more compartments; intended for refrigerating or freezing foodstuffs; or for the storage of refrigerated or frozen foodstuffs for non-professional purposes; cooled by one or more energy-consuming processes including appliances sold as building kits to be assembled by the end-user.  Exclusions: refrigerating appliances that are primarily powered by energy sources other than electricity; battery-operated refrigerating appliances; custom-made refrigerating appliances; refrigerating appliances for tertiary sector application with flux management system; or appliances where the primary function is not the storage of foodstuffs through refrigeration.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192019-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2019-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2020 of 1 October 2019 laying down ecodesign requirements for light sources and separate control gears pursuant to Directive 2009/125/EC of the European Parliament and of the Council and repealing Commission</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for placing on the market the following electrical lighting products:
+(a) light sources;
+(b) separate control gears.
+The requirements also apply to light sources and separate control gears placed on the market in a containing product.
+This Regulation shall not apply to light sources and separate control gears specified in points 1 and 2 of Annex III.
+Light sources and separate control gears specified in point 3 of Annex III shall comply only with the requirements of point 3(e) of Annex II.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
+  </si>
+  <si>
     <t>July 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192020-1-october-2019-laying-down-ecodesign-requirements-light</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2020-20210901</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2021 of 1 October 2019 laying down ecodesign requirements for electronic displays</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of televisions.  In addition to the definitions set out in Directive 2005-32-EC; the following definitions shall apply: 1. 'Television' means a television set or a television monitor; 2. ‘television set’ means a product designed primarily for the display and reception of audiovisual signals which is placed on the market under one model or system designation; and which consists of: a display;  one or more tuner or receiver  and optional additional functions for data storage and/or display such as DVD; hard disk drive  or videocassette recorder; either in a single unit combined with the display; or in one or more separate units.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2027.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192021-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2021-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2022 of 1 October 2019 laying down ecodesign requirements for household dishwashers pursuant to Directive 2009/125/EC of the European Parliament and of the Council amending Commission Regulation (EC) No 1275/</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>EN 50242</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192022-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2022-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2023 of 1 October 2019 laying down ecodesign requirements for household washing machines and household washer-dryers pursuant to Directive 2009/125/EC of the European Parliament and of the Council, amending C</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries; including those sold for non-household use. This Regulation shall not apply to household combined washer-driers. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>Washer and Dryers, Washing Machines</t>
   </si>
   <si>
     <t>European Commission - DG Enterprise----European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192023-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2023-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2024 of 1 October 2019 laying down ecodesign requirements for refrigerating appliances with a direct sales function pursuant to Directive 2009/125/EC of the European Parliament and of the Council </t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs. This Regulation does not apply to:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192024-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2024-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/424 of 15 March 2019 laying down ecodesign requirements for servers and data storage products</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.  
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>Computers, Servers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-servers</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R0424-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2023/1670 of 16 June 2023 laying down ecodesign requirements for smartphones &amp; mobile phones</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of smartphones, other mobile phones, cordless phones and slate tablets.
+These requirements include rules for the availability of spare parts, access to repair and maintenance information, maximum delivery time of spare parts, information on the price of spart parts, disassembly, reliability, and recyclability.  
+This Regulation does not apply to the following products:
+(a) mobile phones and tablets with a flexible main display which the user can unroll and roll up partly or fully.
+(b) smartphones for high security communication.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20231670-16-june-2023-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R1670</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2023/2533 of 17 November 2023 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for household tumble dryers</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>European Commission - DG Energy----European Commission - DG Enterprise</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20232533-17-november-2023-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ%3AL_202302533&amp;amp%3Bqid=1700646701114</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2023/826 of 17 April 2023 laying down ecodesign requirements for off mode, standby mode, and networked standby energy consumption of electrical and electronic household and office equipment</t>
   </si>
   <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices, Televisions, Coffee Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R0826&amp;qid=1681803866374</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2024/1103 of 18 April 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council as regards ecodesign requirements for local space heaters and separate related controls and repealing Commission Regulat</t>
   </si>
   <si>
+    <t>This Regulation lays down ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or a single tube segment heat output of 300 kW or less. This Regulation also lays down ecodesign requirements for separate related controls.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>Electricity, Gas, Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20241103-18-april-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401103</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2024/1834 of 3 July 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors with an electric input power between 125 W and 500 kW</t>
   </si>
   <si>
+    <t>This Regulation lays down ecodesign requirements for the placing on the market or putting into service of fans with an electric input power between 125 W and 500 kW (≥ 125 W and ≤ 500 kW) at their best efficiency point, including where they are integrated into other products.
+This policy comes into effect on July 24 2026. It is a revision of Regulation (EU) No 327/2011 which is repealed with effect from 24 July 2026. However, Annexes I, II and III to that Regulation, shall continue to apply until 24 July 2037, in relation to fans integrated into other products and in relation to spare part fans.
+Units of models placed on the market between 24 July 2024 and 24 July 2026 which comply with the provisions of this Regulation shall be considered to comply with the requirements of Regulation (EU) No 327/2011.</t>
+  </si>
+  <si>
     <t>Industrial Fans</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
-[...1 lines deleted...]
-  <si>
     <t>August 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20241834-3-july-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401834</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
+  </si>
+  <si>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
+  </si>
+  <si>
+    <t>Battery Chargers, External Power Supply</t>
+  </si>
+  <si>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>87 FR 51221</t>
+  </si>
+  <si>
+    <t>European Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 1253/2014 of 7 July 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for ventilation units</t>
   </si>
   <si>
+    <t>Ventilation unit -VU; means an electricity driven appliance equipped with at least one impeller; one motor and a casing and intended to replace utilised air by outdoor air in a building or a part of a building. 
+This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-12532014-7-july-2014-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R1253-20200730</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 206/2012 of 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans </t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W. 
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02012R0206-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 327/2011 of 30 March 2011 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or putting into service of fans  -driven by motors with an electric input power between 125 W and 500 kW; including those integrated in other energy-related products as covered by Directive 2009-125-EC. The Regulation shall not apply to fans integrated in: products with a sole electric motor of 3 kW or less where the fan is fixed on the same shaft used for driving the main functionality; laundry and washer dryers 3 kW maximum electrical input power; kitchen hoods 280 W total maximum electrical input power attributable to the fans. This Regulation shall not apply to fans which are designed to operate under certain specified conditions; potentially explosive atmospheres; emergency use only; extreme operating temperatures; high supply voltage; etc.   These types of fans can be found in commercial and industrial buildings.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-3272011-30-march-2011-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02011R0327-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 547/2012 of 25 June 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for water pumps</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of rotodynamic water pumps for pumping clean water; including where integrated in other products.
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-5472012-25-june-2012-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02012R0547-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 66/2014 of 14 January 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for domestic ovens, hobs and range hoods</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens; including when incorporated in cookers; domestic hobs and domestic electric range hoods; including when sold for non-domestic purposes.   
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-662014-14-january-2014-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R0066-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 666/2013 of 8 July 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for vacuum cleaners</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners; including hybrid vacuum cleaners.
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-6662013-8-july-2013-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0666-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 814/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for water heaters and hot water storage tanks</t>
   </si>
   <si>
+    <t>10 CFR 430—Energy Conservation Program for Consumer Products
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8142013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0814-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
+  </si>
+  <si>
     <t>May 2024</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
+  </si>
+  <si>
     <t>Commission Regulation EC No 1275-2008 of 17 December 2008</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements related to standby and off mode electric power consumption. This Regulation applies to electrical and electronic household and office equipment.</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-ec-no-1275-2008-17-december-2008</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/ALL/?uri=CELEX:32008R1275</t>
+  </si>
+  <si>
     <t>Commission Regulation EU 2015-1095 of 5 May 2015 implementing Directive 2009-125-EC of the European Parliament and of the Council with regard to ecodesign requirements for professional refrigerated storage cabinets; blast cabinets; condensi</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed. 
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Industrial Process Chillers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2015-1095-5-may-2015-implementing-directive-2009-125-ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538151014873&amp;uri=CELEX:02015R1095-20170109</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Air Conditioner</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for air conditioners with the following criteria:
+(a) single-phase;
+(b) non-ducted;
+(c) single-split wall mounted;
+(d) vapor compression air conditioners; and
+(e) with a cooling capacity of up to 7.1 kW</t>
   </si>
   <si>
     <t>Asia and Pacific, Malaysia</t>
   </si>
   <si>
     <t>Air Conditioning</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>MS ISO 5151:2012
 ,   
                     ISO 5151:2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-air-conditioner</t>
   </si>
   <si>
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fan</t>
-[...10 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-domestic-fan</t>
+    <t>https://www.st.gov.my/contents/2025/EECA/07-20250415%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fans</t>
+  </si>
+  <si>
+    <t>This guideline specifies minimum energy performance standards and star rating for domestic fan that are used in household that is connected to main power supply, including—(a) the ceiling fan with size from 48 inch up to 60 inch (1200mm up to 1500mm);
+(b) the pedestal fan with size from 10 inch up to 16 inch (250mm up to 400mm); 
+(c) the wall fan with size from 10 inch up to16 inch (250mm up to 400mm);
+(d) the desk fan with size from 10 inch up to16 inch (250mm up to 400mm); and
+(e) the box/mist/moving louver fan (250mm/10inch-350mm/14 inch).</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Ceiling Fans, Portable Fans</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>MS 1220:2010</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-domestic-fans</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Electric Oven</t>
   </si>
   <si>
-    <t>Malaysia</t>
-[...2 lines deleted...]
-    <t>August 2025</t>
+    <t>This guideline specifies the minimum energy performance standards and rating labels for portable or built-in type electric oven with the following function mode:
+(a) conventional mode;
+(b) convectional mode;
+(c) conventional and convectional mode; and
+(d) conventional, convectional and steam mode</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-electric-oven-0</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency rating label for portable or built-in type electric oven with the following function mode:
+(a) conventional mode;
+(b) convectional mode;
+(c) conventional and convectional mode; and
+(d) conventional, convectional and steam mode.</t>
   </si>
   <si>
     <t>IEC 60350-1:2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-electric-oven</t>
   </si>
   <si>
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Fans</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-fans</t>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250304%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezer</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency lable for freezer with size up to or equal to 320 L, chest type with solid door.</t>
   </si>
   <si>
     <t>Refrigeration, Freezers-only</t>
   </si>
   <si>
     <t>IEC 62552-1:2015/AMD1:2020
 ,   
                     IEC 62552-3:2015/AMD1:2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-freezer</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezers</t>
   </si>
   <si>
+    <t>The guideline specifies minimum energy performance standards and star rating for freezer with size up to
+or equal to 320 L, chest type with solid door.</t>
+  </si>
+  <si>
     <t>Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-freezers</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Lamp</t>
+  </si>
+  <si>
+    <t>This policy regulates minimum performance standards and star rating for lamps that have the following criteria:
+(a) T5 and T8 double capped fluorescent lamps;
+(b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
+(c) single-capped fluorescent lamps (non-integrated compact
+fluorescent lamps) and circular fluorescent lamps for general
+lighting services;
+(d) self-ballasted Light Emitting Diode (LED) lamps for general lighting
+services with lamp cap E14, E27, GU10, B22d and G13; and
+(e) filament tungsten incandescent lamps</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>d MS IEC 60081:2003 or IEC 60081:2003
 ,   
                      MS IEC 60969:2006 or IEC 60969:2001
 ,   
                      MS IEC 60901:2003 or IEC 60901:1996
 ,   
                     MS IEC 62612:2021 or IEC 62612:2015
 ,   
                     MS IEC 60064:2006 or IEC 60064:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-lamp-0</t>
   </si>
   <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for lamp with the following criteria:
+(a) T5 and T8 double capped fluorescent lamps;
+(b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
+(c) single-capped fluorescent lamps (non-integrated compact fluorescent lamps) and circular fluorescent lamps for general lighting services;
+(d) self-ballasted Light Emitting Diode (LED) lamps for general lighting services with lamp cap E14, E27, GU10, B22d, G5 and G13; and
+(e) filament tungsten incandescent lamps.</t>
+  </si>
+  <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>MS IEC 60081:2003 or IEC 60081:2003
 ,   
                     MS IEC 60969:2006 or IEC 60969:2001
 ,   
                     MS IEC 60901:2003 or IEC 60901:1996
 ,   
                     MS IEC 62612:2021 or IEC 62612:2015
 ,   
                     MS IEC 60064:2006 or IEC 60064:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-lamp</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Microwave Oven</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for microwave oven that combines mricrowave fuctionality with additional heating method with size up to or equal to 32 Litre. Microwave oven should have the following functions:
+(a) solo;
+(b) combination;
+(c) convection; and
+(d) any other microwave oven with similar function;</t>
   </si>
   <si>
     <t>Ovens, Microwaves</t>
   </si>
   <si>
     <t>IEC 60705:2010
 ,   
                     MS IEC 62301:2012
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-microwave-oven</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Refrigerator</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for refrigerator with the following criteria:
+(a) one door or two door;
+(b) can be connected to main power; and
+(c) within the scope of MS IEC 62552-1:2016 or equivalent standard
+IEC 62552-1:2015</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>MS IEC 62552-1:2016
 ,   
                     MS IEC 62552-3:2016
 ,   
                     IEC 62552-1:2015
 ,   
                     IEC 62552-3:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-refrigerator</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Television</t>
   </si>
   <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for television with size up to or equal to 177.8 cm (70 inch):
+(a) plasma;
+(b) liquid crystal display (LCD);
+(c) light emitting diode (LED);
+(d) cathode ray tube (CRT); and
+(e) any other display type with similar function</t>
+  </si>
+  <si>
     <t>MS IEC 62301:2012; IEC 62301:2011
 ,   
                     MS IEC 62087-3:2017; IEC 62087-3:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-television</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Washing Machine</t>
   </si>
   <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for washing machine for household use with or without heating devises utilizing cold or hot water supply.</t>
+  </si>
+  <si>
     <t>MS IEC 60456: 2012
 ,   
                     IEC 60456: 2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-washing-machine</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standard (Meps) Requirement for Washing Machine (Amendment 1)</t>
   </si>
   <si>
+    <t>This guide specifies minimum energy performance standard (MEPS) and energy labeling requirements of washing machines for households use, with or without heating devices utilizing cold and/or hot water supply.</t>
+  </si>
+  <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>IEC 60456: 2010, MS IEC 60456: 2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standard-meps-requirement-washing-machine-amendment-1</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_for_Washing_Machine.pdf</t>
+  </si>
+  <si>
     <t>Guide On Minimum Energy Performance Standard Requirements for Air Conditioner with Cooling Capacity ≤ 7.1kw</t>
   </si>
   <si>
+    <t>This guide specifies the minimum energy performance standard (MEPS) and energy labeling requirements for single-phase non-ducted single split wall mounted type vapour compression air conditioners with cooling capacity up to 7.1 kW.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>ISO 16358-1:2013, MS ISO 5151:2012 MS ISO 5151:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standard-requirements-air-conditioner-cooling-capacity</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-Guide%20on%20MEPS%20for%20AC%20(UPDATED).pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Fans</t>
   </si>
   <si>
+    <t>This Guide applies to (a) wall (b) desk (c) pedestal (d) ceiling fans.</t>
+  </si>
+  <si>
     <t>MS 2574:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-fans</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/web/consumer/details/7/2----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202574%202014%20(MEPS%20for%20Domestic%20Fan).pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Microwave Oven</t>
   </si>
   <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labelling requirements for microwave oven that can be connected to mains power and for household use. This Guide shall apply to the following function of microwave oven with size up to or equal to 32 Litre: (a) solo; (b) combination; (c) convection; (d) any other microwave oven with similar function; and (e) exclude any type of built-in microwave oven which its power supplied direct from power source.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>MS IEC 62301:2012, IEC 60705:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-microwave-oven</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_Microwave_Oven_Issue_Date_01_MARCH_2020.pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Refrigerator</t>
   </si>
   <si>
+    <t>This guide specifies the minimum energy performance standards (MEPS) requirements for household refrigerating appliances with one door or two door (Refer to figure 1) that can be connected to mains power and which are within the scope of MS IEC 62552-1 or identical.</t>
+  </si>
+  <si>
     <t>MS IEC 62552-1:2016, MS IEC 62552-2:2016, MS IEC 62552-3:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-refrigerator</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/files/download/95/Guideline_Minimum_Energy_Performance_Requirement_for_Refrigerator.pdf----https://www.st.gov.my/en/web/consumer/details/7/3</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Rice cooker</t>
   </si>
   <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for rice cooker that can be connected to mains power and for household use. This Guide shall apply to the rice cooker with size up to or equal to 3.6 L and rated power up to 1600 Watt.</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>MS 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-rice-cooker</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-%20Guide%20on%20MEPS%20for%20Rice%20Cooker%20(UPDATED).pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Television</t>
   </si>
   <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for televisions that can be connected to mains power and for household use. This Guide shall apply to the following types of television with size up to or equal to 177.8 cm (70 inch): (a) plasma; (b) liquid crystal display (LCD); (c) light emitting diode (LED); (d) cathode ray tube (CRT); and (e) any other display type with similar function.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
+  </si>
+  <si>
     <t>MS IEC 62301, IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-television</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Energy_Efficiency_Labelling_Guideline_for_Television1.pdf</t>
+  </si>
+  <si>
     <t>Guideline for Obtaining the Certificate of Approval (COA) for Led Lamps under Minimum Energy Performance Standards (MEPS)</t>
   </si>
   <si>
+    <t>This policy applies to tubular fluorescent lamps, compact fluorescent lamps (CFL), light emitting diode (LED) lamps, and incandescent lamps. This guideline applies only for self-ballasted LED lamps for general lighting services.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>MS 62612 (P), MS IEC 60061-1, MS IEC 60064, MS IEC 60081, MS IEC 60901, MS IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guideline-obtaining-certificate-approval-coa-led-lamps-under-minimum-energy-performance</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/article/consumer/2014/GUIDELINES_FOR_Certificate_of_Approval_Lamp_latest.pdf</t>
+  </si>
+  <si>
     <t>Voluntary ecodesign scheme for games consoles</t>
   </si>
   <si>
+    <t>Companies active in the games consoles market have proposed a voluntary agreement laying down specific ecodesign requirements for games consoles models placed on the EU market, which use more than 20 Watts in active game mode. The voluntary scheme was agreed by the signatories in April 2014.
+Under the agreement, each signatory undertakes that at least 90 % of all games consoles that they place on the market would comply with the applicable minimum energy efficiency requirements.
+The agreement includes requirements on auto power down settings, limits on energy use in standby (0.5 W), navigation (40 W), and media streaming modes (50 W), and some product information requirements.</t>
+  </si>
+  <si>
     <t>Other-Electronics</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/voluntary-ecodesign-scheme-games-consoles</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1432808656922&amp;uri=CELEX%3A52015DC0178</t>
+  </si>
+  <si>
     <t>Voluntary ecodesign scheme for imaging equipment</t>
   </si>
   <si>
+    <t>The voluntary agreement concluded by the industry lays down specific ecodesign requirements for imaging equipment placed on the EU market. The products covered by the agreement are also subject to the ENERGY STAR voluntary energy labelling programme, which lays down energy labelling requirements for different office equipment, including imaging equipment. As required by the Ecodesign Directive, the signatories to this voluntary scheme represent a large majority of the relevant economic sector. Under the agreement, each signatory undertook that at least 90 % of all imaging equipment models it places on the market would comply with the minimum efficiency requirements in terms of TEC (typical energy consumption) and OM (operational mode). Furthermore, all printing products should offer the ‘N-up printing’ capability as a standard feature and should comply with the requirements for cartridges (e.g. the design should not prevent the reuse/recycling and use of cartridges of other producers). All new products should also comply with the requirements for recycling (e.g. easy disassembly and marking of plastics). Finally, the signatories undertook to comply with the specific information requirements (e.g. information on resource and energy efficiency).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/voluntary-ecodesign-scheme-imaging-equipment</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A52013DC0023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1252,3279 +1804,3734 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N76"/>
+  <dimension ref="A1:P76"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="301" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="301.926" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1522.914" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="100.118" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="359.769" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2">
+        <v>2018</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2003</v>
+      </c>
+      <c r="I3">
+        <v>2011</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2003</v>
+      </c>
+      <c r="I4">
+        <v>2013</v>
+      </c>
+      <c r="J4" t="s">
+        <v>38</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>39</v>
+      </c>
+      <c r="P4" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>44</v>
+      </c>
+      <c r="H5">
+        <v>2014</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>45</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>44</v>
+      </c>
+      <c r="H6">
+        <v>2014</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>51</v>
+      </c>
+      <c r="L6" t="s">
+        <v>52</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>53</v>
+      </c>
+      <c r="P6" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>48</v>
+      </c>
+      <c r="B7" t="s">
+        <v>49</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>55</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2007</v>
+      </c>
+      <c r="I7">
+        <v>2014</v>
+      </c>
+      <c r="J7" t="s">
+        <v>56</v>
+      </c>
+      <c r="K7" t="s">
+        <v>51</v>
+      </c>
+      <c r="L7" t="s">
+        <v>52</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>57</v>
+      </c>
+      <c r="P7" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>59</v>
+      </c>
+      <c r="B8" t="s">
+        <v>60</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>61</v>
+      </c>
+      <c r="E8" t="s">
+        <v>62</v>
+      </c>
+      <c r="F8" t="s">
+        <v>63</v>
+      </c>
+      <c r="G8" t="s">
+        <v>44</v>
+      </c>
+      <c r="H8">
+        <v>2015</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>38</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>64</v>
+      </c>
+      <c r="N8" t="s">
+        <v>65</v>
+      </c>
+      <c r="O8" t="s">
+        <v>66</v>
+      </c>
+      <c r="P8" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>68</v>
+      </c>
+      <c r="B9" t="s">
+        <v>69</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>70</v>
+      </c>
+      <c r="E9" t="s">
+        <v>62</v>
+      </c>
+      <c r="F9" t="s">
+        <v>63</v>
+      </c>
+      <c r="G9" t="s">
+        <v>44</v>
+      </c>
+      <c r="H9">
+        <v>2015</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>38</v>
+      </c>
+      <c r="K9" t="s">
+        <v>71</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>64</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>72</v>
+      </c>
+      <c r="P9" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>74</v>
+      </c>
+      <c r="B10" t="s">
+        <v>75</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>43</v>
+      </c>
+      <c r="E10" t="s">
+        <v>62</v>
+      </c>
+      <c r="F10" t="s">
+        <v>63</v>
+      </c>
+      <c r="G10" t="s">
+        <v>44</v>
+      </c>
+      <c r="H10">
+        <v>2015</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>38</v>
+      </c>
+      <c r="K10" t="s">
+        <v>71</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>64</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>76</v>
+      </c>
+      <c r="P10" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>78</v>
+      </c>
+      <c r="B11" t="s">
+        <v>79</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>80</v>
+      </c>
+      <c r="E11" t="s">
+        <v>62</v>
+      </c>
+      <c r="F11" t="s">
+        <v>63</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2010</v>
+      </c>
+      <c r="I11">
+        <v>2019</v>
+      </c>
+      <c r="J11" t="s">
+        <v>38</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>81</v>
+      </c>
+      <c r="M11" t="s">
+        <v>64</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>82</v>
+      </c>
+      <c r="P11" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>84</v>
+      </c>
+      <c r="B12" t="s">
+        <v>85</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>86</v>
+      </c>
+      <c r="E12" t="s">
+        <v>62</v>
+      </c>
+      <c r="F12" t="s">
+        <v>63</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>1995</v>
+      </c>
+      <c r="I12">
+        <v>2019</v>
+      </c>
+      <c r="J12" t="s">
+        <v>38</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>87</v>
+      </c>
+      <c r="M12" t="s">
+        <v>64</v>
+      </c>
+      <c r="N12" t="s">
+        <v>88</v>
+      </c>
+      <c r="O12" t="s">
+        <v>89</v>
+      </c>
+      <c r="P12" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>91</v>
+      </c>
+      <c r="B13" t="s">
+        <v>92</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>93</v>
+      </c>
+      <c r="E13" t="s">
+        <v>62</v>
+      </c>
+      <c r="F13" t="s">
+        <v>63</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>1998</v>
+      </c>
+      <c r="I13">
+        <v>2019</v>
+      </c>
+      <c r="J13" t="s">
+        <v>94</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>64</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>95</v>
+      </c>
+      <c r="P13" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>97</v>
+      </c>
+      <c r="B14" t="s">
+        <v>98</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>99</v>
+      </c>
+      <c r="E14" t="s">
+        <v>62</v>
+      </c>
+      <c r="F14" t="s">
+        <v>63</v>
+      </c>
+      <c r="G14" t="s">
+        <v>44</v>
+      </c>
+      <c r="H14">
+        <v>2019</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>38</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>100</v>
+      </c>
+      <c r="M14" t="s">
+        <v>64</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>101</v>
+      </c>
+      <c r="P14" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>103</v>
+      </c>
+      <c r="B15" t="s">
+        <v>104</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>105</v>
+      </c>
+      <c r="E15" t="s">
+        <v>62</v>
+      </c>
+      <c r="F15" t="s">
+        <v>63</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>1997</v>
+      </c>
+      <c r="I15">
+        <v>2019</v>
+      </c>
+      <c r="J15" t="s">
+        <v>38</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>64</v>
+      </c>
+      <c r="N15" t="s">
+        <v>88</v>
+      </c>
+      <c r="O15" t="s">
+        <v>106</v>
+      </c>
+      <c r="P15" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>108</v>
+      </c>
+      <c r="B16" t="s">
+        <v>109</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>110</v>
+      </c>
+      <c r="E16" t="s">
+        <v>62</v>
+      </c>
+      <c r="F16" t="s">
+        <v>63</v>
+      </c>
+      <c r="G16" t="s">
+        <v>44</v>
+      </c>
+      <c r="H16">
+        <v>2019</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>38</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>64</v>
+      </c>
+      <c r="N16" t="s">
+        <v>65</v>
+      </c>
+      <c r="O16" t="s">
+        <v>111</v>
+      </c>
+      <c r="P16" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>113</v>
+      </c>
+      <c r="B17" t="s">
+        <v>114</v>
+      </c>
+      <c r="C17" t="s">
+        <v>115</v>
+      </c>
+      <c r="D17" t="s">
+        <v>116</v>
+      </c>
+      <c r="E17" t="s">
+        <v>62</v>
+      </c>
+      <c r="F17" t="s">
+        <v>63</v>
+      </c>
+      <c r="G17" t="s">
+        <v>44</v>
+      </c>
+      <c r="H17">
+        <v>2023</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>38</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17"/>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>117</v>
+      </c>
+      <c r="P17" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>119</v>
+      </c>
+      <c r="B18" t="s">
+        <v>120</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>121</v>
+      </c>
+      <c r="E18" t="s">
+        <v>62</v>
+      </c>
+      <c r="F18" t="s">
+        <v>63</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>1995</v>
+      </c>
+      <c r="I18">
+        <v>2023</v>
+      </c>
+      <c r="J18" t="s">
+        <v>122</v>
+      </c>
+      <c r="K18" t="s">
+        <v>51</v>
+      </c>
+      <c r="L18" t="s">
+        <v>123</v>
+      </c>
+      <c r="M18" t="s">
+        <v>64</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>124</v>
+      </c>
+      <c r="P18" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>126</v>
+      </c>
+      <c r="B19" t="s">
+        <v>127</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>128</v>
+      </c>
+      <c r="E19" t="s">
+        <v>62</v>
+      </c>
+      <c r="F19" t="s">
+        <v>63</v>
+      </c>
+      <c r="G19" t="s">
+        <v>44</v>
+      </c>
+      <c r="H19">
+        <v>2014</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>38</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>129</v>
+      </c>
+      <c r="M19" t="s">
+        <v>64</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>130</v>
+      </c>
+      <c r="P19" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>132</v>
+      </c>
+      <c r="B20" t="s">
+        <v>133</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>134</v>
+      </c>
+      <c r="E20" t="s">
+        <v>62</v>
+      </c>
+      <c r="F20" t="s">
+        <v>63</v>
+      </c>
+      <c r="G20" t="s">
+        <v>44</v>
+      </c>
+      <c r="H20">
+        <v>2013</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>38</v>
+      </c>
+      <c r="K20" t="s">
+        <v>135</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>64</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>136</v>
+      </c>
+      <c r="P20" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>138</v>
+      </c>
+      <c r="B21" t="s">
+        <v>139</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>140</v>
+      </c>
+      <c r="E21" t="s">
+        <v>62</v>
+      </c>
+      <c r="F21" t="s">
+        <v>63</v>
+      </c>
+      <c r="G21" t="s">
+        <v>44</v>
+      </c>
+      <c r="H21">
+        <v>2011</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>38</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>64</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>141</v>
+      </c>
+      <c r="P21" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>143</v>
+      </c>
+      <c r="B22" t="s">
+        <v>144</v>
+      </c>
+      <c r="C22" t="s">
+        <v>115</v>
+      </c>
+      <c r="D22" t="s">
+        <v>145</v>
+      </c>
+      <c r="E22" t="s">
+        <v>62</v>
+      </c>
+      <c r="F22" t="s">
+        <v>63</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>1979</v>
+      </c>
+      <c r="I22">
+        <v>2013</v>
+      </c>
+      <c r="J22" t="s">
+        <v>38</v>
+      </c>
+      <c r="K22" t="s">
+        <v>51</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>64</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>146</v>
+      </c>
+      <c r="P22" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>148</v>
+      </c>
+      <c r="B23" t="s">
+        <v>149</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
+        <v>150</v>
+      </c>
+      <c r="E23" t="s">
+        <v>62</v>
+      </c>
+      <c r="F23" t="s">
+        <v>63</v>
+      </c>
+      <c r="G23" t="s">
+        <v>44</v>
+      </c>
+      <c r="H23">
+        <v>2013</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>38</v>
+      </c>
+      <c r="K23" t="s">
+        <v>135</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>64</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>151</v>
+      </c>
+      <c r="P23" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>153</v>
+      </c>
+      <c r="B24" t="s">
+        <v>154</v>
+      </c>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
+        <v>155</v>
+      </c>
+      <c r="E24" t="s">
+        <v>62</v>
+      </c>
+      <c r="F24" t="s">
+        <v>156</v>
+      </c>
+      <c r="G24" t="s">
+        <v>44</v>
+      </c>
+      <c r="H24">
         <v>2009</v>
       </c>
-      <c r="H2">
-[...8 lines deleted...]
-      <c r="K2" t="s">
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>38</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>64</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>157</v>
+      </c>
+      <c r="P24" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>159</v>
+      </c>
+      <c r="B25" t="s">
+        <v>160</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
+        <v>161</v>
+      </c>
+      <c r="E25" t="s">
+        <v>62</v>
+      </c>
+      <c r="F25" t="s">
+        <v>156</v>
+      </c>
+      <c r="G25" t="s">
+        <v>162</v>
+      </c>
+      <c r="H25">
+        <v>2015</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>38</v>
+      </c>
+      <c r="K25" t="s">
+        <v>71</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25"/>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>163</v>
+      </c>
+      <c r="P25" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>165</v>
+      </c>
+      <c r="B26" t="s">
+        <v>166</v>
+      </c>
+      <c r="C26" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" t="s">
+        <v>43</v>
+      </c>
+      <c r="E26" t="s">
+        <v>62</v>
+      </c>
+      <c r="F26" t="s">
+        <v>156</v>
+      </c>
+      <c r="G26" t="s">
+        <v>44</v>
+      </c>
+      <c r="H26">
+        <v>2015</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>38</v>
+      </c>
+      <c r="K26" t="s">
+        <v>71</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>64</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>167</v>
+      </c>
+      <c r="P26" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>169</v>
+      </c>
+      <c r="B27" t="s">
+        <v>170</v>
+      </c>
+      <c r="C27" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" t="s">
+        <v>171</v>
+      </c>
+      <c r="E27" t="s">
+        <v>62</v>
+      </c>
+      <c r="F27" t="s">
+        <v>156</v>
+      </c>
+      <c r="G27" t="s">
+        <v>44</v>
+      </c>
+      <c r="H27">
+        <v>2016</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>38</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>64</v>
+      </c>
+      <c r="N27" t="s">
+        <v>65</v>
+      </c>
+      <c r="O27" t="s">
+        <v>172</v>
+      </c>
+      <c r="P27" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>174</v>
+      </c>
+      <c r="B28" t="s">
+        <v>175</v>
+      </c>
+      <c r="C28" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" t="s">
+        <v>176</v>
+      </c>
+      <c r="E28" t="s">
+        <v>62</v>
+      </c>
+      <c r="F28" t="s">
+        <v>156</v>
+      </c>
+      <c r="G28" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...22 lines deleted...]
-      <c r="E3" t="s">
+      <c r="H28">
+        <v>2009</v>
+      </c>
+      <c r="I28">
+        <v>2019</v>
+      </c>
+      <c r="J28" t="s">
+        <v>38</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>64</v>
+      </c>
+      <c r="N28" t="s">
+        <v>65</v>
+      </c>
+      <c r="O28" t="s">
+        <v>177</v>
+      </c>
+      <c r="P28" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>179</v>
+      </c>
+      <c r="B29" t="s">
+        <v>180</v>
+      </c>
+      <c r="C29" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...38 lines deleted...]
-      <c r="E4" t="s">
+      <c r="D29" t="s">
+        <v>181</v>
+      </c>
+      <c r="E29" t="s">
+        <v>62</v>
+      </c>
+      <c r="F29" t="s">
+        <v>156</v>
+      </c>
+      <c r="G29" t="s">
+        <v>182</v>
+      </c>
+      <c r="H29">
+        <v>2009</v>
+      </c>
+      <c r="I29">
+        <v>2019</v>
+      </c>
+      <c r="J29" t="s">
+        <v>38</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>64</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>183</v>
+      </c>
+      <c r="P29" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>185</v>
+      </c>
+      <c r="B30" t="s">
+        <v>186</v>
+      </c>
+      <c r="C30" t="s">
         <v>18</v>
       </c>
-      <c r="F4" t="s">
-[...5 lines deleted...]
-      <c r="H4">
+      <c r="D30" t="s">
+        <v>187</v>
+      </c>
+      <c r="E30" t="s">
+        <v>62</v>
+      </c>
+      <c r="F30" t="s">
+        <v>156</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2015</v>
+      </c>
+      <c r="I30">
+        <v>2019</v>
+      </c>
+      <c r="J30" t="s">
+        <v>38</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>188</v>
+      </c>
+      <c r="M30" t="s">
+        <v>189</v>
+      </c>
+      <c r="N30" t="s">
+        <v>65</v>
+      </c>
+      <c r="O30" t="s">
+        <v>190</v>
+      </c>
+      <c r="P30" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>192</v>
+      </c>
+      <c r="B31" t="s">
+        <v>193</v>
+      </c>
+      <c r="C31" t="s">
+        <v>18</v>
+      </c>
+      <c r="D31" t="s">
+        <v>194</v>
+      </c>
+      <c r="E31" t="s">
+        <v>62</v>
+      </c>
+      <c r="F31" t="s">
+        <v>156</v>
+      </c>
+      <c r="G31" t="s">
+        <v>44</v>
+      </c>
+      <c r="H31">
+        <v>2019</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>195</v>
+      </c>
+      <c r="K31" t="s">
+        <v>51</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31"/>
+      <c r="N31" t="s">
+        <v>65</v>
+      </c>
+      <c r="O31" t="s">
+        <v>196</v>
+      </c>
+      <c r="P31" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>198</v>
+      </c>
+      <c r="B32" t="s">
+        <v>199</v>
+      </c>
+      <c r="C32" t="s">
+        <v>18</v>
+      </c>
+      <c r="D32" t="s">
+        <v>99</v>
+      </c>
+      <c r="E32" t="s">
+        <v>62</v>
+      </c>
+      <c r="F32" t="s">
+        <v>156</v>
+      </c>
+      <c r="G32" t="s">
+        <v>44</v>
+      </c>
+      <c r="H32">
+        <v>2019</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>38</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>64</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>200</v>
+      </c>
+      <c r="P32" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>202</v>
+      </c>
+      <c r="B33" t="s">
+        <v>203</v>
+      </c>
+      <c r="C33" t="s">
+        <v>18</v>
+      </c>
+      <c r="D33" t="s">
+        <v>93</v>
+      </c>
+      <c r="E33" t="s">
+        <v>62</v>
+      </c>
+      <c r="F33" t="s">
+        <v>156</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2000</v>
+      </c>
+      <c r="I33">
+        <v>2019</v>
+      </c>
+      <c r="J33" t="s">
+        <v>204</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>64</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>205</v>
+      </c>
+      <c r="P33" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>207</v>
+      </c>
+      <c r="B34" t="s">
+        <v>208</v>
+      </c>
+      <c r="C34" t="s">
+        <v>18</v>
+      </c>
+      <c r="D34" t="s">
+        <v>80</v>
+      </c>
+      <c r="E34" t="s">
+        <v>62</v>
+      </c>
+      <c r="F34" t="s">
+        <v>156</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2009</v>
+      </c>
+      <c r="I34">
+        <v>2019</v>
+      </c>
+      <c r="J34" t="s">
+        <v>38</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>64</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>209</v>
+      </c>
+      <c r="P34" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>211</v>
+      </c>
+      <c r="B35" t="s">
+        <v>212</v>
+      </c>
+      <c r="C35" t="s">
+        <v>18</v>
+      </c>
+      <c r="D35" t="s">
+        <v>105</v>
+      </c>
+      <c r="E35" t="s">
+        <v>62</v>
+      </c>
+      <c r="F35" t="s">
+        <v>156</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2010</v>
+      </c>
+      <c r="I35">
+        <v>2019</v>
+      </c>
+      <c r="J35" t="s">
+        <v>38</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>213</v>
+      </c>
+      <c r="M35" t="s">
+        <v>64</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>214</v>
+      </c>
+      <c r="P35" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>216</v>
+      </c>
+      <c r="B36" t="s">
+        <v>217</v>
+      </c>
+      <c r="C36" t="s">
+        <v>18</v>
+      </c>
+      <c r="D36" t="s">
+        <v>218</v>
+      </c>
+      <c r="E36" t="s">
+        <v>62</v>
+      </c>
+      <c r="F36" t="s">
+        <v>156</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2010</v>
+      </c>
+      <c r="I36">
+        <v>2019</v>
+      </c>
+      <c r="J36" t="s">
+        <v>38</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>87</v>
+      </c>
+      <c r="M36" t="s">
+        <v>219</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>220</v>
+      </c>
+      <c r="P36" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>222</v>
+      </c>
+      <c r="B37" t="s">
+        <v>223</v>
+      </c>
+      <c r="C37" t="s">
+        <v>18</v>
+      </c>
+      <c r="D37" t="s">
+        <v>110</v>
+      </c>
+      <c r="E37" t="s">
+        <v>62</v>
+      </c>
+      <c r="F37" t="s">
+        <v>156</v>
+      </c>
+      <c r="G37" t="s">
+        <v>44</v>
+      </c>
+      <c r="H37">
+        <v>2019</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>38</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>64</v>
+      </c>
+      <c r="N37" t="s">
+        <v>65</v>
+      </c>
+      <c r="O37" t="s">
+        <v>224</v>
+      </c>
+      <c r="P37" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>226</v>
+      </c>
+      <c r="B38" t="s">
+        <v>227</v>
+      </c>
+      <c r="C38" t="s">
+        <v>18</v>
+      </c>
+      <c r="D38" t="s">
+        <v>228</v>
+      </c>
+      <c r="E38" t="s">
+        <v>62</v>
+      </c>
+      <c r="F38" t="s">
+        <v>156</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2014</v>
+      </c>
+      <c r="I38">
+        <v>2019</v>
+      </c>
+      <c r="J38" t="s">
+        <v>38</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>64</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>229</v>
+      </c>
+      <c r="P38" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>231</v>
+      </c>
+      <c r="B39" t="s">
+        <v>232</v>
+      </c>
+      <c r="C39" t="s">
+        <v>115</v>
+      </c>
+      <c r="D39" t="s">
+        <v>116</v>
+      </c>
+      <c r="E39" t="s">
+        <v>62</v>
+      </c>
+      <c r="F39" t="s">
+        <v>156</v>
+      </c>
+      <c r="G39" t="s">
+        <v>44</v>
+      </c>
+      <c r="H39">
+        <v>2023</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>38</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39"/>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>233</v>
+      </c>
+      <c r="P39" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>235</v>
+      </c>
+      <c r="B40" t="s">
+        <v>236</v>
+      </c>
+      <c r="C40" t="s">
+        <v>18</v>
+      </c>
+      <c r="D40" t="s">
+        <v>121</v>
+      </c>
+      <c r="E40" t="s">
+        <v>62</v>
+      </c>
+      <c r="F40" t="s">
+        <v>156</v>
+      </c>
+      <c r="G40" t="s">
+        <v>44</v>
+      </c>
+      <c r="H40">
+        <v>2012</v>
+      </c>
+      <c r="I40">
+        <v>2023</v>
+      </c>
+      <c r="J40" t="s">
+        <v>122</v>
+      </c>
+      <c r="K40" t="s">
+        <v>51</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>237</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>238</v>
+      </c>
+      <c r="P40" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>240</v>
+      </c>
+      <c r="B41" t="s">
+        <v>241</v>
+      </c>
+      <c r="C41" t="s">
+        <v>18</v>
+      </c>
+      <c r="D41" t="s">
+        <v>242</v>
+      </c>
+      <c r="E41" t="s">
+        <v>62</v>
+      </c>
+      <c r="F41" t="s">
+        <v>156</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
         <v>2013</v>
       </c>
-      <c r="I4" t="s">
-[...29 lines deleted...]
-      <c r="E5" t="s">
+      <c r="I41">
+        <v>2023</v>
+      </c>
+      <c r="J41" t="s">
+        <v>38</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>64</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>243</v>
+      </c>
+      <c r="P41" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>245</v>
+      </c>
+      <c r="B42" t="s">
+        <v>246</v>
+      </c>
+      <c r="C42" t="s">
         <v>18</v>
       </c>
-      <c r="F5" t="s">
-[...128 lines deleted...]
-      <c r="G8">
+      <c r="D42" t="s">
+        <v>70</v>
+      </c>
+      <c r="E42" t="s">
+        <v>62</v>
+      </c>
+      <c r="F42" t="s">
+        <v>156</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
         <v>2015</v>
       </c>
-      <c r="H8"/>
-[...148 lines deleted...]
-      <c r="C12" t="s">
+      <c r="I42">
+        <v>2024</v>
+      </c>
+      <c r="J42" t="s">
+        <v>247</v>
+      </c>
+      <c r="K42" t="s">
+        <v>248</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
         <v>64</v>
       </c>
-      <c r="D12" t="s">
-[...559 lines deleted...]
-      <c r="N25" t="s">
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>249</v>
+      </c>
+      <c r="P42" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>251</v>
+      </c>
+      <c r="B43" t="s">
+        <v>252</v>
+      </c>
+      <c r="C43" t="s">
         <v>115</v>
       </c>
-    </row>
-[...574 lines deleted...]
-      <c r="N39" t="s">
+      <c r="D43" t="s">
+        <v>253</v>
+      </c>
+      <c r="E43" t="s">
+        <v>62</v>
+      </c>
+      <c r="F43" t="s">
         <v>156</v>
       </c>
-    </row>
-[...146 lines deleted...]
-        <v>2024</v>
+      <c r="G43" t="s">
+        <v>22</v>
       </c>
       <c r="H43">
         <v>2024</v>
       </c>
-      <c r="I43" t="s">
-        <v>170</v>
+      <c r="I43">
+        <v>2024</v>
       </c>
       <c r="J43" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>254</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43"/>
       <c r="M43" t="s">
+        <v>64</v>
+      </c>
+      <c r="N43" t="s">
+        <v>65</v>
+      </c>
+      <c r="O43" t="s">
+        <v>255</v>
+      </c>
+      <c r="P43" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>257</v>
+      </c>
+      <c r="B44" t="s">
+        <v>258</v>
+      </c>
+      <c r="C44" t="s">
+        <v>115</v>
+      </c>
+      <c r="D44" t="s">
+        <v>259</v>
+      </c>
+      <c r="E44" t="s">
+        <v>62</v>
+      </c>
+      <c r="F44" t="s">
+        <v>156</v>
+      </c>
+      <c r="G44" t="s">
+        <v>260</v>
+      </c>
+      <c r="H44">
+        <v>2025</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>261</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44" t="s">
+        <v>262</v>
+      </c>
+      <c r="M44" t="s">
+        <v>263</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>264</v>
+      </c>
+      <c r="P44" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>266</v>
+      </c>
+      <c r="B45" t="s">
+        <v>267</v>
+      </c>
+      <c r="C45" t="s">
+        <v>18</v>
+      </c>
+      <c r="D45" t="s">
+        <v>128</v>
+      </c>
+      <c r="E45" t="s">
+        <v>62</v>
+      </c>
+      <c r="F45" t="s">
+        <v>156</v>
+      </c>
+      <c r="G45" t="s">
+        <v>44</v>
+      </c>
+      <c r="H45">
+        <v>2014</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>38</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>129</v>
+      </c>
+      <c r="M45" t="s">
+        <v>64</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>268</v>
+      </c>
+      <c r="P45" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>270</v>
+      </c>
+      <c r="B46" t="s">
+        <v>271</v>
+      </c>
+      <c r="C46" t="s">
+        <v>18</v>
+      </c>
+      <c r="D46" t="s">
+        <v>272</v>
+      </c>
+      <c r="E46" t="s">
+        <v>62</v>
+      </c>
+      <c r="F46" t="s">
+        <v>156</v>
+      </c>
+      <c r="G46" t="s">
+        <v>44</v>
+      </c>
+      <c r="H46">
+        <v>2012</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>38</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>64</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>273</v>
+      </c>
+      <c r="P46" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>275</v>
+      </c>
+      <c r="B47" t="s">
+        <v>276</v>
+      </c>
+      <c r="C47" t="s">
+        <v>18</v>
+      </c>
+      <c r="D47" t="s">
+        <v>253</v>
+      </c>
+      <c r="E47" t="s">
+        <v>62</v>
+      </c>
+      <c r="F47" t="s">
+        <v>156</v>
+      </c>
+      <c r="G47" t="s">
+        <v>44</v>
+      </c>
+      <c r="H47">
+        <v>2011</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>38</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47"/>
+      <c r="M47" t="s">
+        <v>64</v>
+      </c>
+      <c r="N47" t="s">
+        <v>65</v>
+      </c>
+      <c r="O47" t="s">
+        <v>277</v>
+      </c>
+      <c r="P47" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>279</v>
+      </c>
+      <c r="B48" t="s">
+        <v>280</v>
+      </c>
+      <c r="C48" t="s">
+        <v>18</v>
+      </c>
+      <c r="D48" t="s">
+        <v>281</v>
+      </c>
+      <c r="E48" t="s">
+        <v>62</v>
+      </c>
+      <c r="F48" t="s">
+        <v>156</v>
+      </c>
+      <c r="G48" t="s">
+        <v>44</v>
+      </c>
+      <c r="H48">
+        <v>2012</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>38</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48"/>
+      <c r="M48" t="s">
+        <v>64</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>282</v>
+      </c>
+      <c r="P48" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>284</v>
+      </c>
+      <c r="B49" t="s">
+        <v>285</v>
+      </c>
+      <c r="C49" t="s">
+        <v>18</v>
+      </c>
+      <c r="D49" t="s">
+        <v>286</v>
+      </c>
+      <c r="E49" t="s">
+        <v>62</v>
+      </c>
+      <c r="F49" t="s">
+        <v>156</v>
+      </c>
+      <c r="G49" t="s">
+        <v>44</v>
+      </c>
+      <c r="H49">
+        <v>2014</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>38</v>
+      </c>
+      <c r="K49" t="s">
         <v>51</v>
       </c>
-      <c r="N43" t="s">
-[...224 lines deleted...]
-      <c r="G49">
+      <c r="L49"/>
+      <c r="M49" t="s">
+        <v>64</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>287</v>
+      </c>
+      <c r="P49" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>289</v>
+      </c>
+      <c r="B50" t="s">
+        <v>290</v>
+      </c>
+      <c r="C50" t="s">
+        <v>18</v>
+      </c>
+      <c r="D50" t="s">
+        <v>291</v>
+      </c>
+      <c r="E50" t="s">
+        <v>62</v>
+      </c>
+      <c r="F50" t="s">
+        <v>156</v>
+      </c>
+      <c r="G50" t="s">
+        <v>44</v>
+      </c>
+      <c r="H50">
         <v>2013</v>
       </c>
-      <c r="H49"/>
-[...42 lines deleted...]
-      </c>
+      <c r="I50"/>
       <c r="J50" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="K50" t="s">
-        <v>189</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L50"/>
       <c r="M50" t="s">
-        <v>24</v>
+        <v>64</v>
       </c>
       <c r="N50" t="s">
-        <v>190</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>292</v>
+      </c>
+      <c r="P50" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>191</v>
+        <v>294</v>
       </c>
       <c r="B51" t="s">
-        <v>15</v>
+        <v>295</v>
       </c>
       <c r="C51" t="s">
-        <v>106</v>
+        <v>18</v>
       </c>
       <c r="D51" t="s">
-        <v>48</v>
+        <v>134</v>
       </c>
       <c r="E51" t="s">
-        <v>110</v>
+        <v>62</v>
       </c>
       <c r="F51" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1992</v>
+        <v>156</v>
+      </c>
+      <c r="G51" t="s">
+        <v>44</v>
       </c>
       <c r="H51">
         <v>2013</v>
       </c>
-      <c r="I51" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I51"/>
       <c r="J51" t="s">
-        <v>193</v>
-[...1 lines deleted...]
-      <c r="K51"/>
+        <v>94</v>
+      </c>
+      <c r="K51" t="s">
+        <v>135</v>
+      </c>
       <c r="L51" t="s">
-        <v>50</v>
+        <v>296</v>
       </c>
       <c r="M51" t="s">
-        <v>24</v>
+        <v>64</v>
       </c>
       <c r="N51" t="s">
-        <v>194</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>297</v>
+      </c>
+      <c r="P51" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>195</v>
+        <v>299</v>
       </c>
       <c r="B52" t="s">
-        <v>15</v>
+        <v>300</v>
       </c>
       <c r="C52" t="s">
-        <v>196</v>
+        <v>18</v>
       </c>
       <c r="D52" t="s">
-        <v>48</v>
+        <v>150</v>
       </c>
       <c r="E52" t="s">
-        <v>110</v>
+        <v>62</v>
       </c>
       <c r="F52" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="G52">
+        <v>156</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>1992</v>
+      </c>
+      <c r="I52">
         <v>2013</v>
       </c>
-      <c r="H52"/>
-      <c r="I52" t="s">
+      <c r="J52" t="s">
+        <v>301</v>
+      </c>
+      <c r="K52" t="s">
+        <v>302</v>
+      </c>
+      <c r="L52"/>
+      <c r="M52" t="s">
+        <v>64</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>303</v>
+      </c>
+      <c r="P52" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>305</v>
+      </c>
+      <c r="B53" t="s">
+        <v>306</v>
+      </c>
+      <c r="C53" t="s">
+        <v>18</v>
+      </c>
+      <c r="D53" t="s">
+        <v>307</v>
+      </c>
+      <c r="E53" t="s">
+        <v>62</v>
+      </c>
+      <c r="F53" t="s">
+        <v>156</v>
+      </c>
+      <c r="G53" t="s">
+        <v>44</v>
+      </c>
+      <c r="H53">
+        <v>2013</v>
+      </c>
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>23</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53"/>
+      <c r="M53" t="s">
+        <v>64</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>308</v>
+      </c>
+      <c r="P53" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>310</v>
+      </c>
+      <c r="B54" t="s">
+        <v>311</v>
+      </c>
+      <c r="C54" t="s">
+        <v>18</v>
+      </c>
+      <c r="D54" t="s">
+        <v>312</v>
+      </c>
+      <c r="E54" t="s">
+        <v>62</v>
+      </c>
+      <c r="F54" t="s">
+        <v>156</v>
+      </c>
+      <c r="G54" t="s">
+        <v>44</v>
+      </c>
+      <c r="H54">
+        <v>2015</v>
+      </c>
+      <c r="I54"/>
+      <c r="J54" t="s">
+        <v>38</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54"/>
+      <c r="M54" t="s">
+        <v>64</v>
+      </c>
+      <c r="N54" t="s">
+        <v>65</v>
+      </c>
+      <c r="O54" t="s">
+        <v>313</v>
+      </c>
+      <c r="P54" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>315</v>
+      </c>
+      <c r="B55" t="s">
+        <v>316</v>
+      </c>
+      <c r="C55" t="s">
+        <v>317</v>
+      </c>
+      <c r="D55" t="s">
+        <v>318</v>
+      </c>
+      <c r="E55" t="s">
+        <v>62</v>
+      </c>
+      <c r="F55" t="s">
+        <v>319</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>2013</v>
+      </c>
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>320</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55" t="s">
+        <v>321</v>
+      </c>
+      <c r="M55" t="s">
+        <v>322</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>323</v>
+      </c>
+      <c r="P55" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>325</v>
+      </c>
+      <c r="B56" t="s">
+        <v>326</v>
+      </c>
+      <c r="C56" t="s">
+        <v>327</v>
+      </c>
+      <c r="D56" t="s">
+        <v>328</v>
+      </c>
+      <c r="E56" t="s">
+        <v>62</v>
+      </c>
+      <c r="F56" t="s">
+        <v>319</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2013</v>
+      </c>
+      <c r="I56">
+        <v>2025</v>
+      </c>
+      <c r="J56" t="s">
+        <v>329</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56" t="s">
+        <v>330</v>
+      </c>
+      <c r="M56" t="s">
+        <v>322</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>331</v>
+      </c>
+      <c r="P56" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>333</v>
+      </c>
+      <c r="B57" t="s">
+        <v>334</v>
+      </c>
+      <c r="C57" t="s">
+        <v>327</v>
+      </c>
+      <c r="D57" t="s">
+        <v>145</v>
+      </c>
+      <c r="E57" t="s">
+        <v>62</v>
+      </c>
+      <c r="F57" t="s">
+        <v>319</v>
+      </c>
+      <c r="G57" t="s">
+        <v>44</v>
+      </c>
+      <c r="H57">
+        <v>2025</v>
+      </c>
+      <c r="I57"/>
+      <c r="J57" t="s">
+        <v>329</v>
+      </c>
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57"/>
+      <c r="M57" t="s">
+        <v>322</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>335</v>
+      </c>
+      <c r="P57" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>333</v>
+      </c>
+      <c r="B58" t="s">
+        <v>336</v>
+      </c>
+      <c r="C58" t="s">
+        <v>327</v>
+      </c>
+      <c r="D58" t="s">
+        <v>145</v>
+      </c>
+      <c r="E58" t="s">
+        <v>62</v>
+      </c>
+      <c r="F58" t="s">
+        <v>319</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>2013</v>
+      </c>
+      <c r="I58">
+        <v>2024</v>
+      </c>
+      <c r="J58" t="s">
+        <v>320</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58" t="s">
+        <v>337</v>
+      </c>
+      <c r="M58" t="s">
+        <v>322</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>338</v>
+      </c>
+      <c r="P58" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>340</v>
+      </c>
+      <c r="B59" t="s">
+        <v>341</v>
+      </c>
+      <c r="C59" t="s">
+        <v>327</v>
+      </c>
+      <c r="D59" t="s">
+        <v>342</v>
+      </c>
+      <c r="E59" t="s">
+        <v>62</v>
+      </c>
+      <c r="F59" t="s">
+        <v>319</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>2013</v>
+      </c>
+      <c r="I59">
+        <v>2024</v>
+      </c>
+      <c r="J59" t="s">
+        <v>320</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59" t="s">
+        <v>343</v>
+      </c>
+      <c r="M59" t="s">
+        <v>322</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>344</v>
+      </c>
+      <c r="P59" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>345</v>
+      </c>
+      <c r="B60" t="s">
+        <v>346</v>
+      </c>
+      <c r="C60" t="s">
+        <v>327</v>
+      </c>
+      <c r="D60" t="s">
+        <v>347</v>
+      </c>
+      <c r="E60" t="s">
+        <v>62</v>
+      </c>
+      <c r="F60" t="s">
+        <v>319</v>
+      </c>
+      <c r="G60" t="s">
+        <v>44</v>
+      </c>
+      <c r="H60">
+        <v>2025</v>
+      </c>
+      <c r="I60"/>
+      <c r="J60" t="s">
+        <v>329</v>
+      </c>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60" t="s">
+        <v>343</v>
+      </c>
+      <c r="M60" t="s">
+        <v>322</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>348</v>
+      </c>
+      <c r="P60" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>349</v>
+      </c>
+      <c r="B61" t="s">
+        <v>350</v>
+      </c>
+      <c r="C61" t="s">
+        <v>327</v>
+      </c>
+      <c r="D61" t="s">
+        <v>351</v>
+      </c>
+      <c r="E61" t="s">
+        <v>62</v>
+      </c>
+      <c r="F61" t="s">
+        <v>319</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>2015</v>
+      </c>
+      <c r="I61">
+        <v>2025</v>
+      </c>
+      <c r="J61" t="s">
+        <v>329</v>
+      </c>
+      <c r="K61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61" t="s">
+        <v>352</v>
+      </c>
+      <c r="M61" t="s">
+        <v>322</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>353</v>
+      </c>
+      <c r="P61" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>349</v>
+      </c>
+      <c r="B62" t="s">
+        <v>354</v>
+      </c>
+      <c r="C62" t="s">
+        <v>317</v>
+      </c>
+      <c r="D62" t="s">
+        <v>355</v>
+      </c>
+      <c r="E62" t="s">
+        <v>62</v>
+      </c>
+      <c r="F62" t="s">
+        <v>319</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
+        <v>2013</v>
+      </c>
+      <c r="I62">
+        <v>2024</v>
+      </c>
+      <c r="J62" t="s">
+        <v>320</v>
+      </c>
+      <c r="K62" t="s">
+        <v>24</v>
+      </c>
+      <c r="L62" t="s">
+        <v>356</v>
+      </c>
+      <c r="M62" t="s">
+        <v>322</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>357</v>
+      </c>
+      <c r="P62" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>359</v>
+      </c>
+      <c r="B63" t="s">
+        <v>360</v>
+      </c>
+      <c r="C63" t="s">
+        <v>317</v>
+      </c>
+      <c r="D63" t="s">
+        <v>361</v>
+      </c>
+      <c r="E63" t="s">
+        <v>62</v>
+      </c>
+      <c r="F63" t="s">
+        <v>319</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
+        <v>2013</v>
+      </c>
+      <c r="I63">
+        <v>2024</v>
+      </c>
+      <c r="J63" t="s">
+        <v>320</v>
+      </c>
+      <c r="K63" t="s">
+        <v>24</v>
+      </c>
+      <c r="L63" t="s">
+        <v>362</v>
+      </c>
+      <c r="M63" t="s">
+        <v>322</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>363</v>
+      </c>
+      <c r="P63" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>364</v>
+      </c>
+      <c r="B64" t="s">
+        <v>365</v>
+      </c>
+      <c r="C64" t="s">
+        <v>317</v>
+      </c>
+      <c r="D64" t="s">
+        <v>366</v>
+      </c>
+      <c r="E64" t="s">
+        <v>62</v>
+      </c>
+      <c r="F64" t="s">
+        <v>319</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
+        <v>2013</v>
+      </c>
+      <c r="I64">
+        <v>2024</v>
+      </c>
+      <c r="J64" t="s">
+        <v>320</v>
+      </c>
+      <c r="K64" t="s">
+        <v>24</v>
+      </c>
+      <c r="L64" t="s">
+        <v>367</v>
+      </c>
+      <c r="M64" t="s">
+        <v>322</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>368</v>
+      </c>
+      <c r="P64" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>369</v>
+      </c>
+      <c r="B65" t="s">
+        <v>370</v>
+      </c>
+      <c r="C65" t="s">
+        <v>317</v>
+      </c>
+      <c r="D65" t="s">
+        <v>19</v>
+      </c>
+      <c r="E65" t="s">
+        <v>62</v>
+      </c>
+      <c r="F65" t="s">
+        <v>319</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
+        <v>2015</v>
+      </c>
+      <c r="I65">
+        <v>2024</v>
+      </c>
+      <c r="J65" t="s">
+        <v>320</v>
+      </c>
+      <c r="K65" t="s">
+        <v>24</v>
+      </c>
+      <c r="L65" t="s">
+        <v>371</v>
+      </c>
+      <c r="M65" t="s">
+        <v>322</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>372</v>
+      </c>
+      <c r="P65" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>373</v>
+      </c>
+      <c r="B66" t="s">
+        <v>374</v>
+      </c>
+      <c r="C66" t="s">
+        <v>327</v>
+      </c>
+      <c r="D66" t="s">
+        <v>86</v>
+      </c>
+      <c r="E66" t="s">
+        <v>62</v>
+      </c>
+      <c r="F66" t="s">
+        <v>319</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
+        <v>2013</v>
+      </c>
+      <c r="I66">
+        <v>2024</v>
+      </c>
+      <c r="J66" t="s">
+        <v>320</v>
+      </c>
+      <c r="K66" t="s">
+        <v>24</v>
+      </c>
+      <c r="L66" t="s">
+        <v>375</v>
+      </c>
+      <c r="M66" t="s">
+        <v>322</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>376</v>
+      </c>
+      <c r="P66" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>377</v>
+      </c>
+      <c r="B67" t="s">
+        <v>378</v>
+      </c>
+      <c r="C67" t="s">
+        <v>327</v>
+      </c>
+      <c r="D67" t="s">
+        <v>86</v>
+      </c>
+      <c r="E67" t="s">
+        <v>62</v>
+      </c>
+      <c r="F67" t="s">
+        <v>319</v>
+      </c>
+      <c r="G67" t="s">
+        <v>379</v>
+      </c>
+      <c r="H67">
+        <v>2018</v>
+      </c>
+      <c r="I67"/>
+      <c r="J67" t="s">
+        <v>380</v>
+      </c>
+      <c r="K67" t="s">
+        <v>24</v>
+      </c>
+      <c r="L67" t="s">
+        <v>381</v>
+      </c>
+      <c r="M67" t="s">
+        <v>322</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>382</v>
+      </c>
+      <c r="P67" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>384</v>
+      </c>
+      <c r="B68" t="s">
+        <v>385</v>
+      </c>
+      <c r="C68" t="s">
+        <v>327</v>
+      </c>
+      <c r="D68" t="s">
+        <v>386</v>
+      </c>
+      <c r="E68" t="s">
+        <v>62</v>
+      </c>
+      <c r="F68" t="s">
+        <v>319</v>
+      </c>
+      <c r="G68" t="s">
+        <v>387</v>
+      </c>
+      <c r="H68">
+        <v>2015</v>
+      </c>
+      <c r="I68">
+        <v>2018</v>
+      </c>
+      <c r="J68" t="s">
+        <v>380</v>
+      </c>
+      <c r="K68" t="s">
+        <v>24</v>
+      </c>
+      <c r="L68" t="s">
+        <v>388</v>
+      </c>
+      <c r="M68" t="s">
+        <v>322</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>389</v>
+      </c>
+      <c r="P68" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>391</v>
+      </c>
+      <c r="B69" t="s">
+        <v>392</v>
+      </c>
+      <c r="C69" t="s">
+        <v>327</v>
+      </c>
+      <c r="D69" t="s">
+        <v>328</v>
+      </c>
+      <c r="E69" t="s">
+        <v>62</v>
+      </c>
+      <c r="F69" t="s">
+        <v>319</v>
+      </c>
+      <c r="G69" t="s">
+        <v>379</v>
+      </c>
+      <c r="H69">
+        <v>2013</v>
+      </c>
+      <c r="I69"/>
+      <c r="J69" t="s">
+        <v>380</v>
+      </c>
+      <c r="K69" t="s">
+        <v>24</v>
+      </c>
+      <c r="L69" t="s">
+        <v>393</v>
+      </c>
+      <c r="M69" t="s">
+        <v>322</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>394</v>
+      </c>
+      <c r="P69" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>396</v>
+      </c>
+      <c r="B70" t="s">
+        <v>397</v>
+      </c>
+      <c r="C70" t="s">
+        <v>327</v>
+      </c>
+      <c r="D70" t="s">
+        <v>398</v>
+      </c>
+      <c r="E70" t="s">
+        <v>62</v>
+      </c>
+      <c r="F70" t="s">
+        <v>319</v>
+      </c>
+      <c r="G70" t="s">
+        <v>379</v>
+      </c>
+      <c r="H70">
+        <v>2020</v>
+      </c>
+      <c r="I70"/>
+      <c r="J70" t="s">
+        <v>380</v>
+      </c>
+      <c r="K70" t="s">
+        <v>24</v>
+      </c>
+      <c r="L70" t="s">
+        <v>399</v>
+      </c>
+      <c r="M70" t="s">
+        <v>322</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>400</v>
+      </c>
+      <c r="P70" t="s">
+        <v>401</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>402</v>
+      </c>
+      <c r="B71" t="s">
+        <v>403</v>
+      </c>
+      <c r="C71" t="s">
+        <v>327</v>
+      </c>
+      <c r="D71" t="s">
+        <v>366</v>
+      </c>
+      <c r="E71" t="s">
+        <v>62</v>
+      </c>
+      <c r="F71" t="s">
+        <v>319</v>
+      </c>
+      <c r="G71" t="s">
+        <v>387</v>
+      </c>
+      <c r="H71">
+        <v>2015</v>
+      </c>
+      <c r="I71">
+        <v>2018</v>
+      </c>
+      <c r="J71" t="s">
+        <v>380</v>
+      </c>
+      <c r="K71" t="s">
+        <v>24</v>
+      </c>
+      <c r="L71" t="s">
+        <v>404</v>
+      </c>
+      <c r="M71" t="s">
+        <v>322</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>405</v>
+      </c>
+      <c r="P71" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>407</v>
+      </c>
+      <c r="B72" t="s">
+        <v>408</v>
+      </c>
+      <c r="C72" t="s">
+        <v>327</v>
+      </c>
+      <c r="D72" t="s">
+        <v>409</v>
+      </c>
+      <c r="E72" t="s">
+        <v>62</v>
+      </c>
+      <c r="F72" t="s">
+        <v>319</v>
+      </c>
+      <c r="G72" t="s">
+        <v>44</v>
+      </c>
+      <c r="H72">
+        <v>2020</v>
+      </c>
+      <c r="I72"/>
+      <c r="J72" t="s">
+        <v>380</v>
+      </c>
+      <c r="K72" t="s">
+        <v>24</v>
+      </c>
+      <c r="L72" t="s">
+        <v>410</v>
+      </c>
+      <c r="M72" t="s">
+        <v>322</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>411</v>
+      </c>
+      <c r="P72" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>413</v>
+      </c>
+      <c r="B73" t="s">
+        <v>414</v>
+      </c>
+      <c r="C73" t="s">
+        <v>327</v>
+      </c>
+      <c r="D73" t="s">
+        <v>19</v>
+      </c>
+      <c r="E73" t="s">
+        <v>62</v>
+      </c>
+      <c r="F73" t="s">
+        <v>319</v>
+      </c>
+      <c r="G73" t="s">
+        <v>415</v>
+      </c>
+      <c r="H73">
+        <v>2015</v>
+      </c>
+      <c r="I73">
+        <v>2019</v>
+      </c>
+      <c r="J73" t="s">
+        <v>380</v>
+      </c>
+      <c r="K73" t="s">
+        <v>24</v>
+      </c>
+      <c r="L73" t="s">
+        <v>416</v>
+      </c>
+      <c r="M73" t="s">
+        <v>322</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>417</v>
+      </c>
+      <c r="P73" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>419</v>
+      </c>
+      <c r="B74" t="s">
+        <v>420</v>
+      </c>
+      <c r="C74" t="s">
+        <v>327</v>
+      </c>
+      <c r="D74" t="s">
+        <v>421</v>
+      </c>
+      <c r="E74" t="s">
+        <v>62</v>
+      </c>
+      <c r="F74" t="s">
+        <v>156</v>
+      </c>
+      <c r="G74" t="s">
+        <v>44</v>
+      </c>
+      <c r="H74">
+        <v>2015</v>
+      </c>
+      <c r="I74"/>
+      <c r="J74" t="s">
+        <v>380</v>
+      </c>
+      <c r="K74" t="s">
+        <v>24</v>
+      </c>
+      <c r="L74" t="s">
+        <v>422</v>
+      </c>
+      <c r="M74" t="s">
+        <v>322</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>423</v>
+      </c>
+      <c r="P74" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>425</v>
+      </c>
+      <c r="B75" t="s">
+        <v>426</v>
+      </c>
+      <c r="C75" t="s">
+        <v>18</v>
+      </c>
+      <c r="D75" t="s">
+        <v>427</v>
+      </c>
+      <c r="E75" t="s">
         <v>20</v>
       </c>
-      <c r="J52" t="s">
-[...72 lines deleted...]
-      <c r="G54">
+      <c r="F75" t="s">
+        <v>156</v>
+      </c>
+      <c r="G75" t="s">
+        <v>44</v>
+      </c>
+      <c r="H75">
+        <v>2014</v>
+      </c>
+      <c r="I75"/>
+      <c r="J75" t="s">
+        <v>38</v>
+      </c>
+      <c r="K75" t="s">
+        <v>24</v>
+      </c>
+      <c r="L75"/>
+      <c r="M75"/>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>428</v>
+      </c>
+      <c r="P75" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>430</v>
+      </c>
+      <c r="B76" t="s">
+        <v>431</v>
+      </c>
+      <c r="C76" t="s">
+        <v>115</v>
+      </c>
+      <c r="D76" t="s">
+        <v>37</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
+        <v>156</v>
+      </c>
+      <c r="G76" t="s">
+        <v>44</v>
+      </c>
+      <c r="H76">
         <v>2013</v>
       </c>
-      <c r="H54">
-[...948 lines deleted...]
-      </c>
+      <c r="I76"/>
       <c r="J76" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K76"/>
+        <v>38</v>
+      </c>
+      <c r="K76" t="s">
+        <v>24</v>
+      </c>
       <c r="L76"/>
-      <c r="M76" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M76"/>
       <c r="N76" t="s">
-        <v>285</v>
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>432</v>
+      </c>
+      <c r="P76" t="s">
+        <v>433</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>