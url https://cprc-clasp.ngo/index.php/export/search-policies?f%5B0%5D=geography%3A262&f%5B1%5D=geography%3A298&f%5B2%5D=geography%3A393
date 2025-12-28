--- v0 (2025-11-10)
+++ v1 (2025-12-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="513">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="524">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -191,104 +191,104 @@
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>EN 14 511:2004; EN12309-2:2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco-0</t>
   </si>
   <si>
     <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32007D0742</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02007D0742-20140617</t>
   </si>
   <si>
-    <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015</t>
+    <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of professional refrigerated storage cabinets</t>
   </si>
   <si>
     <t>This Regulation establishes requirements for the labelling of, and the provision of supplementary product information on, professional refrigerated storage cabinets.
 This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151094-5-may-2015</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151094-5-may-2015-supplementing-directive-201030eu</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02015R1094-20170307</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1186 of 24 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of local space heaters</t>
   </si>
   <si>
     <t>Applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. Solid fuel small combustion installations.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
   </si>
   <si>
     <t>Portable Heaters, Boilers and Furnaces</t>
   </si>
   <si>
     <t>Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151186-24-april-2015-supplementing-directive-201030eu</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1186-20170307</t>
   </si>
   <si>
-    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015</t>
+    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of solid fuel boilers and packages of a solid fuel boiler, supplementary heaters, temperature controls and solar devices</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151187-27-april-2015</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151187-27-april-2015-commission-delegated-regulation</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1187-20170307</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2013 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of electronic displays</t>
   </si>
   <si>
     <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for televisions.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2027.</t>
   </si>
   <si>
     <t>Televisions, Displays</t>
   </si>
   <si>
     <t>EN 50301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2013-20210501</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2014 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household washing machines and household washer-dryers</t>
@@ -584,50 +584,53 @@
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/1781 of 1 October 2019 laying down ecodesign requirements for electric motors and variable speed drives pursuant to Directive 2009/125/EC of the European Parliament and of the Council</t>
   </si>
   <si>
     <t>The proposal covers motors of power range 0;75 to 375 kW. The definition of motors is electric single speed motors with three-phase 50 Hz or 60 Hz or 50|60 Hz; squirrel cage induction motors in accordance with IEC 60034-1. Additional parameters; rated voltage; rated output; poles etc;; are also specified in Annex II. This kind of motors usually figures in industrial fans; pumps and compressors. 
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
   </si>
   <si>
     <t>Variable Speed Drives, 3-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191781-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R1781-20230124</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/1782 of 1 October 2019 laying down ecodesign requirements for external power supplies</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.  Exclusions: this Regulation shall not apply to:   a. voltage converters;   b. uninterruptible power supplies;   c. battery chargers;     d. halogen lighting converters;   e. external power supplies for medical devices;   f. external power supplies placed on the market no later than 30 June 2015 as a service part or spare part for an identical external power supply which was placed on the market not later than one year after this Regulation has come into force; under the condition that the service part or spare part; or its packaging; clearly indicates the primary load products for which the spare part or service part is intended to be used with.</t>
   </si>
   <si>
     <t>External Power Supply</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0095.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/1783 of 1 October 2019 amending Regulation (EU) No 548/2014 on implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to small, medium and large power transformers</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for placing on the market or putting into service power transformers with a minimum power rating of 1 kVA used in 50Hz electricity transmission and distribution networks or for industrial applications. The Regulation is only applicable to transformers purchased after the entry into force of the Regulation. Power transformer means a static piece of apparatus with two or more windings which; by electromagnetic induction; transforms a system of alternating voltage and current into another system of alternating voltage and current usually of different values and at the same frequency for the purpose of transmitting electrical power.</t>
   </si>
   <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>IEC 60076</t>
   </si>
   <si>
     <t>European Commission - DG Enterprise</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014</t>
   </si>
@@ -835,50 +838,78 @@
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20241103-18-april-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401103</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2024/1834 of 3 July 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors with an electric input power between 125 W and 500 kW</t>
   </si>
   <si>
     <t>This Regulation lays down ecodesign requirements for the placing on the market or putting into service of fans with an electric input power between 125 W and 500 kW (≥ 125 W and ≤ 500 kW) at their best efficiency point, including where they are integrated into other products.
 This policy comes into effect on July 24 2026. It is a revision of Regulation (EU) No 327/2011 which is repealed with effect from 24 July 2026. However, Annexes I, II and III to that Regulation, shall continue to apply until 24 July 2037, in relation to fans integrated into other products and in relation to spare part fans.
 Units of models placed on the market between 24 July 2024 and 24 July 2026 which comply with the provisions of this Regulation shall be considered to comply with the requirements of Regulation (EU) No 327/2011.</t>
   </si>
   <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>August 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20241834-3-july-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401834</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
+  </si>
+  <si>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
+  </si>
+  <si>
+    <t>Battery Chargers, External Power Supply</t>
+  </si>
+  <si>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>87 FR 51221</t>
+  </si>
+  <si>
+    <t>European Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 1253/2014 of 7 July 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for ventilation units</t>
   </si>
   <si>
     <t>Ventilation unit -VU; means an electricity driven appliance equipped with at least one impeller; one motor and a casing and intended to replace utilised air by outdoor air in a building or a part of a building. 
 This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-12532014-7-july-2014-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R1253-20200730</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 206/2012 of 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans </t>
   </si>
   <si>
     <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W. 
 This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
   </si>
   <si>
     <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
@@ -1083,75 +1114,78 @@
     <t>https://cprc-clasp.ngo/index.php/policies/mels-casement-and-window-air-conditioners</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MELS for Clothes Dryers</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme (MELS) requirements for clothes dryers with a rated capacity of up to 10kg.
 Energy Consumption (EC) per wash in kWh (all clothes dryers)
 - 1 tick: NA
 - 2 tick: Rated capacity x 0.55 ≥ EC &gt; Rated capacity x 0.45
 - 3 tick: Rated capacity x 0.45 ≥ EC &gt; Rated capacity x 0.37
 - 4 tick: Rated capacity x 0.37 ≥ EC &gt; Rated capacity x 0.30
 - 5 tick: Rated capacity x 0.30 ≥ EC
 Rated Capacity means the mass in kilograms of a particular type of dry textiles which, according to the instructions of the manufacturer of the clothes dryer, can be treated in a particular drying program suitable for drying the particular type of dry textile.</t>
   </si>
   <si>
     <t>IEC 61121:2005 with amendment 1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-clothes-dryers</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
-[...2 lines deleted...]
-    <t>MELS for General Lighting</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
+  </si>
+  <si>
+    <t>MELS for General Lighting (2019)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for incandescent lamps, CFLi lamps, and LEDs with an Edison screw or a bayonet lamp cap.</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting</t>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting-2019</t>
   </si>
   <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy set energy label scheme for all regulated lamps:</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MELS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy defines the minimum energy labeling scheme for single-phase portable air-conditioners:</t>
   </si>
   <si>
     <t>Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-portable-air-conditioners-2024</t>
   </si>
   <si>
     <t>MELS for Refrigerators</t>
   </si>
@@ -1197,57 +1231,57 @@
   </si>
   <si>
     <t>IEC 62087:2008
 ,   
                     IEC 62087:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-televisions</t>
   </si>
   <si>
     <t>MELS for Three-Phase VRF Air-Conditioners</t>
   </si>
   <si>
     <t>This policy defines the minimum energy labeling scheme requirements for base module/units of a three-phase VRF air-conditioners (unit efficiency) of all cooling capacities.</t>
   </si>
   <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>ISO 15042:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-three-phase-vrf-air-conditioners</t>
   </si>
   <si>
-    <t>MELS for Water Heater</t>
+    <t>MELS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-water-heater</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-water-heater-2025</t>
   </si>
   <si>
     <t>MEPS for casement and window air-conditioners</t>
   </si>
   <si>
     <t>This policy applies to casement and window (up to 8.8 kW). The Minimum Coefficient of Performance (COP) is set at COP100% &gt; 3.78. Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards: ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1.</t>
   </si>
   <si>
     <t>ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-casement-and-window-air-conditioners</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Clothes Dryers</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance requirements for clothes dryers with a rated capacity of https://www.nea.gov.sg/up to 10kg. The revised 2022 MEPS are: EC ≤ [Rated Capacity x 0.55], where “Rated Capacity” means the mass in kilograms of a particular type of dry textiles which, according to the instructions of the manufacturer of the clothes dryer, can be treated in a particular drying program suitable for drying the particular type of dry textile and “EC” means Energy Consumption in kWh per wash.</t>
   </si>
   <si>
     <t>IEC1 61121:2005 with amendment 1, Section 9.2.1: Drying tests general</t>
   </si>
@@ -1295,153 +1329,153 @@
   </si>
   <si>
     <t>MEPS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for lamps as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-general-lighting-2024</t>
   </si>
   <si>
     <t>MEPS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy regulates minimum energy performance standard for portable air conditioners.
 Single-phase portable air-conditioners having a single exhaust duct (up to 12 kW) should have Coefficient of Performance (COP) 100% equal or greater than 3.0.
 Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards. 
 1 Weighted COP = 0.4 x COP100% + 0.6 x COP50%
  N is the number of indoor and outdoor units
  Standby power is expressed in Watts</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-portable-air-conditioners-2024</t>
   </si>
   <si>
-    <t>MEPS for Refrigerators</t>
+    <t>MEPS for Refrigerators (2022)</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance requirements for the following refrigerators: 
 - Refrigerators without a freezer up to 900L: 
 - Refrigerators with a freezer up to 300L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with a freezer &gt; 300L to 900L: AEC ≤ [(465 + 1.378 xVadj tot) x 0.427]
 - Refrigerators with freezer and through-the-door ice dispenser: AEC ≤ [(585 + 1.378 x
 Vadj tot) x 0.409]
 - Vadj tot is defined as the sum of the adjusted volumes of the refrigerator compartments.
 - “Through-the-door ice dispenser” means an automatic ice maker coupled with a device that
 delivers ice on demand externally through a door.
 - “AEC” means Annual Energy Consumption.</t>
   </si>
   <si>
     <t>IEC 62552:2007 or ISO2 15502:2005, Section 15: Energy consumption test, climate class T</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-0</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-2022</t>
   </si>
   <si>
     <t>MEPS for Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy raises minimum energy performance standards for refrigerators with adjusted volumes no greater than 900 litres.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-2025</t>
   </si>
   <si>
-    <t>MEPS for Split Type Air-Conditioners</t>
+    <t>MEPS for Split Type Air-Conditioners (2022)</t>
   </si>
   <si>
     <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.
 The established MEPS are: 
 Single/Multi Split (inverter) up to 17.6kW: COP100% ≥ 3.34
 Single/Multi Split (inverter) up to 17.6kW: COPweighted ≥ 4.04
 Single/Multi Split (non-inverter) up to 17.6kW: COP100% ≥ 4.04
 COPweighted = 0.4 x COP100% + 0.6 x COP50%</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     ISO 5151:2017, Section 5.1: Cooling capacity test, Climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011, Climate class Nil</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners-2022</t>
   </si>
   <si>
     <t>MEPS for Split Type Air-Conditioners (2025)</t>
   </si>
   <si>
     <t>This policy raises MEPS for single and multi split air conditioners.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-split-type-air-conditioners-2025</t>
   </si>
   <si>
     <t>MEPS for Televisions (2024/2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for non-8K TV at 4-tick and 8K TV at 3-tick, effective in April 2024, and April 2025 respectively, as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-televisions-20242025</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase Induction Motors</t>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
   </si>
   <si>
     <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-induction-motors</t>
-[...2 lines deleted...]
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-induction-motors-2018</t>
+  </si>
+  <si>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
   </si>
   <si>
     <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
 Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
 where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
             B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
             C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
             D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-vrf-air-conditioners-2021</t>
   </si>
   <si>
     <t>MEPS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for water heaters as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-water-heater-2025</t>
   </si>
   <si>
     <t>Quality standards for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
     <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
 The source links to a publication from ACE-TAF stating that that the standard was adopted in 2020.</t>
   </si>
   <si>
     <t>Sierra Leone</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Quality Standard</t>
@@ -2042,65 +2076,65 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P97"/>
+  <dimension ref="A1:P98"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="301.926" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1522.914" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="196.952" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="194.524" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="209.949" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -3414,3282 +3448,3332 @@
       </c>
       <c r="P28" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
         <v>179</v>
       </c>
       <c r="B29" t="s">
         <v>180</v>
       </c>
       <c r="C29" t="s">
         <v>18</v>
       </c>
       <c r="D29" t="s">
         <v>181</v>
       </c>
       <c r="E29" t="s">
         <v>62</v>
       </c>
       <c r="F29" t="s">
         <v>156</v>
       </c>
       <c r="G29" t="s">
-        <v>22</v>
+        <v>182</v>
       </c>
       <c r="H29">
         <v>2009</v>
       </c>
       <c r="I29">
         <v>2019</v>
       </c>
       <c r="J29" t="s">
         <v>38</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
         <v>64</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="P29" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="B30" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C30" t="s">
         <v>18</v>
       </c>
       <c r="D30" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="E30" t="s">
         <v>62</v>
       </c>
       <c r="F30" t="s">
         <v>156</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
         <v>2015</v>
       </c>
       <c r="I30">
         <v>2019</v>
       </c>
       <c r="J30" t="s">
         <v>38</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="M30" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="N30" t="s">
         <v>65</v>
       </c>
       <c r="O30" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="P30" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B31" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C31" t="s">
         <v>18</v>
       </c>
       <c r="D31" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="E31" t="s">
         <v>62</v>
       </c>
       <c r="F31" t="s">
         <v>156</v>
       </c>
       <c r="G31" t="s">
         <v>44</v>
       </c>
       <c r="H31">
         <v>2019</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="K31" t="s">
         <v>51</v>
       </c>
       <c r="L31"/>
       <c r="M31"/>
       <c r="N31" t="s">
         <v>65</v>
       </c>
       <c r="O31" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="P31" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B32" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C32" t="s">
         <v>18</v>
       </c>
       <c r="D32" t="s">
         <v>99</v>
       </c>
       <c r="E32" t="s">
         <v>62</v>
       </c>
       <c r="F32" t="s">
         <v>156</v>
       </c>
       <c r="G32" t="s">
         <v>44</v>
       </c>
       <c r="H32">
         <v>2019</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
         <v>38</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32"/>
       <c r="M32" t="s">
         <v>64</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="P32" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B33" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C33" t="s">
         <v>18</v>
       </c>
       <c r="D33" t="s">
         <v>93</v>
       </c>
       <c r="E33" t="s">
         <v>62</v>
       </c>
       <c r="F33" t="s">
         <v>156</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
         <v>2000</v>
       </c>
       <c r="I33">
         <v>2019</v>
       </c>
       <c r="J33" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
         <v>64</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="P33" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B34" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C34" t="s">
         <v>18</v>
       </c>
       <c r="D34" t="s">
         <v>80</v>
       </c>
       <c r="E34" t="s">
         <v>62</v>
       </c>
       <c r="F34" t="s">
         <v>156</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
         <v>2009</v>
       </c>
       <c r="I34">
         <v>2019</v>
       </c>
       <c r="J34" t="s">
         <v>38</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
         <v>64</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="P34" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="B35" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C35" t="s">
         <v>18</v>
       </c>
       <c r="D35" t="s">
         <v>105</v>
       </c>
       <c r="E35" t="s">
         <v>62</v>
       </c>
       <c r="F35" t="s">
         <v>156</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
         <v>2010</v>
       </c>
       <c r="I35">
         <v>2019</v>
       </c>
       <c r="J35" t="s">
         <v>38</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="M35" t="s">
         <v>64</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="P35" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B36" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C36" t="s">
         <v>18</v>
       </c>
       <c r="D36" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="E36" t="s">
         <v>62</v>
       </c>
       <c r="F36" t="s">
         <v>156</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
         <v>2010</v>
       </c>
       <c r="I36">
         <v>2019</v>
       </c>
       <c r="J36" t="s">
         <v>38</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36" t="s">
         <v>87</v>
       </c>
       <c r="M36" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="P36" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B37" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C37" t="s">
         <v>18</v>
       </c>
       <c r="D37" t="s">
         <v>110</v>
       </c>
       <c r="E37" t="s">
         <v>62</v>
       </c>
       <c r="F37" t="s">
         <v>156</v>
       </c>
       <c r="G37" t="s">
         <v>44</v>
       </c>
       <c r="H37">
         <v>2019</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
         <v>38</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37"/>
       <c r="M37" t="s">
         <v>64</v>
       </c>
       <c r="N37" t="s">
         <v>65</v>
       </c>
       <c r="O37" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="P37" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B38" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C38" t="s">
         <v>18</v>
       </c>
       <c r="D38" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="E38" t="s">
         <v>62</v>
       </c>
       <c r="F38" t="s">
         <v>156</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
         <v>2014</v>
       </c>
       <c r="I38">
         <v>2019</v>
       </c>
       <c r="J38" t="s">
         <v>38</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38"/>
       <c r="M38" t="s">
         <v>64</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="P38" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="B39" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C39" t="s">
         <v>115</v>
       </c>
       <c r="D39" t="s">
         <v>116</v>
       </c>
       <c r="E39" t="s">
         <v>62</v>
       </c>
       <c r="F39" t="s">
         <v>156</v>
       </c>
       <c r="G39" t="s">
         <v>44</v>
       </c>
       <c r="H39">
         <v>2023</v>
       </c>
       <c r="I39"/>
       <c r="J39" t="s">
         <v>38</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39"/>
       <c r="M39"/>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="P39" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="B40" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="C40" t="s">
         <v>18</v>
       </c>
       <c r="D40" t="s">
         <v>121</v>
       </c>
       <c r="E40" t="s">
         <v>62</v>
       </c>
       <c r="F40" t="s">
         <v>156</v>
       </c>
       <c r="G40" t="s">
         <v>44</v>
       </c>
       <c r="H40">
         <v>2012</v>
       </c>
       <c r="I40">
         <v>2023</v>
       </c>
       <c r="J40" t="s">
         <v>122</v>
       </c>
       <c r="K40" t="s">
         <v>51</v>
       </c>
       <c r="L40"/>
       <c r="M40" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="P40" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B41" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C41" t="s">
         <v>18</v>
       </c>
       <c r="D41" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="E41" t="s">
         <v>62</v>
       </c>
       <c r="F41" t="s">
         <v>156</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
         <v>2013</v>
       </c>
       <c r="I41">
         <v>2023</v>
       </c>
       <c r="J41" t="s">
         <v>38</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41"/>
       <c r="M41" t="s">
         <v>64</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="P41" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="B42" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C42" t="s">
         <v>18</v>
       </c>
       <c r="D42" t="s">
         <v>70</v>
       </c>
       <c r="E42" t="s">
         <v>62</v>
       </c>
       <c r="F42" t="s">
         <v>156</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">
         <v>2015</v>
       </c>
       <c r="I42">
         <v>2024</v>
       </c>
       <c r="J42" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="K42" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="L42"/>
       <c r="M42" t="s">
         <v>64</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="P42" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="B43" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="C43" t="s">
         <v>115</v>
       </c>
       <c r="D43" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="E43" t="s">
         <v>62</v>
       </c>
       <c r="F43" t="s">
         <v>156</v>
       </c>
       <c r="G43" t="s">
         <v>22</v>
       </c>
       <c r="H43">
         <v>2024</v>
       </c>
       <c r="I43">
         <v>2024</v>
       </c>
       <c r="J43" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
       <c r="L43"/>
       <c r="M43" t="s">
         <v>64</v>
       </c>
       <c r="N43" t="s">
         <v>65</v>
       </c>
       <c r="O43" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="P43" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="B44" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="C44" t="s">
-        <v>18</v>
+        <v>115</v>
       </c>
       <c r="D44" t="s">
-        <v>128</v>
+        <v>259</v>
       </c>
       <c r="E44" t="s">
         <v>62</v>
       </c>
       <c r="F44" t="s">
         <v>156</v>
       </c>
       <c r="G44" t="s">
-        <v>44</v>
+        <v>260</v>
       </c>
       <c r="H44">
-        <v>2014</v>
+        <v>2025</v>
       </c>
       <c r="I44"/>
       <c r="J44" t="s">
-        <v>38</v>
+        <v>261</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44" t="s">
-        <v>129</v>
+        <v>262</v>
       </c>
       <c r="M44" t="s">
-        <v>64</v>
+        <v>263</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>258</v>
+        <v>264</v>
       </c>
       <c r="P44" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>260</v>
+        <v>266</v>
       </c>
       <c r="B45" t="s">
-        <v>261</v>
+        <v>267</v>
       </c>
       <c r="C45" t="s">
         <v>18</v>
       </c>
       <c r="D45" t="s">
-        <v>262</v>
+        <v>128</v>
       </c>
       <c r="E45" t="s">
         <v>62</v>
       </c>
       <c r="F45" t="s">
         <v>156</v>
       </c>
       <c r="G45" t="s">
         <v>44</v>
       </c>
       <c r="H45">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="I45"/>
       <c r="J45" t="s">
         <v>38</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
-      <c r="L45"/>
+      <c r="L45" t="s">
+        <v>129</v>
+      </c>
       <c r="M45" t="s">
         <v>64</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>263</v>
+        <v>268</v>
       </c>
       <c r="P45" t="s">
-        <v>264</v>
+        <v>269</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>265</v>
+        <v>270</v>
       </c>
       <c r="B46" t="s">
-        <v>266</v>
+        <v>271</v>
       </c>
       <c r="C46" t="s">
         <v>18</v>
       </c>
       <c r="D46" t="s">
-        <v>252</v>
+        <v>272</v>
       </c>
       <c r="E46" t="s">
         <v>62</v>
       </c>
       <c r="F46" t="s">
         <v>156</v>
       </c>
       <c r="G46" t="s">
         <v>44</v>
       </c>
       <c r="H46">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="I46"/>
       <c r="J46" t="s">
         <v>38</v>
       </c>
       <c r="K46" t="s">
         <v>24</v>
       </c>
       <c r="L46"/>
       <c r="M46" t="s">
         <v>64</v>
       </c>
       <c r="N46" t="s">
-        <v>65</v>
+        <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>267</v>
+        <v>273</v>
       </c>
       <c r="P46" t="s">
-        <v>268</v>
+        <v>274</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>269</v>
+        <v>275</v>
       </c>
       <c r="B47" t="s">
-        <v>270</v>
+        <v>276</v>
       </c>
       <c r="C47" t="s">
         <v>18</v>
       </c>
       <c r="D47" t="s">
-        <v>271</v>
+        <v>253</v>
       </c>
       <c r="E47" t="s">
         <v>62</v>
       </c>
       <c r="F47" t="s">
         <v>156</v>
       </c>
       <c r="G47" t="s">
         <v>44</v>
       </c>
       <c r="H47">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="I47"/>
       <c r="J47" t="s">
         <v>38</v>
       </c>
       <c r="K47" t="s">
         <v>24</v>
       </c>
       <c r="L47"/>
       <c r="M47" t="s">
         <v>64</v>
       </c>
       <c r="N47" t="s">
-        <v>27</v>
+        <v>65</v>
       </c>
       <c r="O47" t="s">
-        <v>272</v>
+        <v>277</v>
       </c>
       <c r="P47" t="s">
-        <v>273</v>
+        <v>278</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>274</v>
+        <v>279</v>
       </c>
       <c r="B48" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
       <c r="C48" t="s">
         <v>18</v>
       </c>
       <c r="D48" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="E48" t="s">
         <v>62</v>
       </c>
       <c r="F48" t="s">
         <v>156</v>
       </c>
       <c r="G48" t="s">
         <v>44</v>
       </c>
       <c r="H48">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="I48"/>
       <c r="J48" t="s">
         <v>38</v>
       </c>
       <c r="K48" t="s">
-        <v>51</v>
+        <v>24</v>
       </c>
       <c r="L48"/>
       <c r="M48" t="s">
         <v>64</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>277</v>
+        <v>282</v>
       </c>
       <c r="P48" t="s">
-        <v>278</v>
+        <v>283</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="B49" t="s">
-        <v>280</v>
+        <v>285</v>
       </c>
       <c r="C49" t="s">
         <v>18</v>
       </c>
       <c r="D49" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
       <c r="E49" t="s">
         <v>62</v>
       </c>
       <c r="F49" t="s">
         <v>156</v>
       </c>
       <c r="G49" t="s">
         <v>44</v>
       </c>
       <c r="H49">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="I49"/>
       <c r="J49" t="s">
-        <v>94</v>
+        <v>38</v>
       </c>
       <c r="K49" t="s">
-        <v>24</v>
+        <v>51</v>
       </c>
       <c r="L49"/>
       <c r="M49" t="s">
         <v>64</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="P49" t="s">
-        <v>283</v>
+        <v>288</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="B50" t="s">
-        <v>285</v>
+        <v>290</v>
       </c>
       <c r="C50" t="s">
         <v>18</v>
       </c>
       <c r="D50" t="s">
-        <v>134</v>
+        <v>291</v>
       </c>
       <c r="E50" t="s">
         <v>62</v>
       </c>
       <c r="F50" t="s">
         <v>156</v>
       </c>
       <c r="G50" t="s">
         <v>44</v>
       </c>
       <c r="H50">
         <v>2013</v>
       </c>
       <c r="I50"/>
       <c r="J50" t="s">
         <v>94</v>
       </c>
       <c r="K50" t="s">
-        <v>135</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L50"/>
       <c r="M50" t="s">
         <v>64</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>287</v>
+        <v>292</v>
       </c>
       <c r="P50" t="s">
-        <v>288</v>
+        <v>293</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>289</v>
+        <v>294</v>
       </c>
       <c r="B51" t="s">
-        <v>290</v>
+        <v>295</v>
       </c>
       <c r="C51" t="s">
         <v>18</v>
       </c>
       <c r="D51" t="s">
-        <v>150</v>
+        <v>134</v>
       </c>
       <c r="E51" t="s">
         <v>62</v>
       </c>
       <c r="F51" t="s">
         <v>156</v>
       </c>
       <c r="G51" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H51">
-        <v>1992</v>
-[...1 lines deleted...]
-      <c r="I51">
         <v>2013</v>
       </c>
+      <c r="I51"/>
       <c r="J51" t="s">
-        <v>291</v>
+        <v>94</v>
       </c>
       <c r="K51" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="L51"/>
+        <v>135</v>
+      </c>
+      <c r="L51" t="s">
+        <v>296</v>
+      </c>
       <c r="M51" t="s">
         <v>64</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
       <c r="P51" t="s">
-        <v>294</v>
+        <v>298</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
       <c r="B52" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="C52" t="s">
         <v>18</v>
       </c>
       <c r="D52" t="s">
-        <v>297</v>
+        <v>150</v>
       </c>
       <c r="E52" t="s">
         <v>62</v>
       </c>
       <c r="F52" t="s">
         <v>156</v>
       </c>
       <c r="G52" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H52">
+        <v>1992</v>
+      </c>
+      <c r="I52">
         <v>2013</v>
       </c>
-      <c r="I52"/>
       <c r="J52" t="s">
-        <v>23</v>
+        <v>301</v>
       </c>
       <c r="K52" t="s">
-        <v>24</v>
+        <v>302</v>
       </c>
       <c r="L52"/>
       <c r="M52" t="s">
         <v>64</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>298</v>
+        <v>303</v>
       </c>
       <c r="P52" t="s">
-        <v>299</v>
+        <v>304</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="B53" t="s">
-        <v>301</v>
+        <v>306</v>
       </c>
       <c r="C53" t="s">
         <v>18</v>
       </c>
       <c r="D53" t="s">
-        <v>302</v>
+        <v>307</v>
       </c>
       <c r="E53" t="s">
         <v>62</v>
       </c>
       <c r="F53" t="s">
         <v>156</v>
       </c>
       <c r="G53" t="s">
         <v>44</v>
       </c>
       <c r="H53">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="I53"/>
       <c r="J53" t="s">
-        <v>38</v>
+        <v>23</v>
       </c>
       <c r="K53" t="s">
         <v>24</v>
       </c>
       <c r="L53"/>
       <c r="M53" t="s">
         <v>64</v>
       </c>
       <c r="N53" t="s">
-        <v>65</v>
+        <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>303</v>
+        <v>308</v>
       </c>
       <c r="P53" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>305</v>
+        <v>310</v>
       </c>
       <c r="B54" t="s">
-        <v>306</v>
+        <v>311</v>
       </c>
       <c r="C54" t="s">
-        <v>307</v>
+        <v>18</v>
       </c>
       <c r="D54" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
       <c r="E54" t="s">
         <v>62</v>
       </c>
       <c r="F54" t="s">
-        <v>309</v>
+        <v>156</v>
       </c>
       <c r="G54" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="H54"/>
+        <v>44</v>
+      </c>
+      <c r="H54">
+        <v>2015</v>
+      </c>
       <c r="I54"/>
       <c r="J54" t="s">
-        <v>310</v>
+        <v>38</v>
       </c>
       <c r="K54" t="s">
         <v>24</v>
       </c>
-      <c r="L54" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L54"/>
       <c r="M54" t="s">
-        <v>312</v>
+        <v>64</v>
       </c>
       <c r="N54" t="s">
-        <v>27</v>
+        <v>65</v>
       </c>
       <c r="O54" t="s">
         <v>313</v>
       </c>
       <c r="P54" t="s">
         <v>314</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
         <v>315</v>
       </c>
       <c r="B55" t="s">
         <v>316</v>
       </c>
       <c r="C55" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="D55" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="E55" t="s">
         <v>62</v>
       </c>
       <c r="F55" t="s">
-        <v>63</v>
+        <v>319</v>
       </c>
       <c r="G55" t="s">
-        <v>318</v>
-[...6 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="H55"/>
+      <c r="I55"/>
       <c r="J55" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="K55" t="s">
         <v>24</v>
       </c>
       <c r="L55" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="M55" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="P55" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="B56" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="C56" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="D56" t="s">
-        <v>121</v>
+        <v>327</v>
       </c>
       <c r="E56" t="s">
         <v>62</v>
       </c>
       <c r="F56" t="s">
         <v>63</v>
       </c>
       <c r="G56" t="s">
-        <v>8</v>
+        <v>328</v>
       </c>
       <c r="H56">
-        <v>2009</v>
+        <v>2008</v>
       </c>
       <c r="I56">
         <v>2014</v>
       </c>
       <c r="J56" t="s">
-        <v>319</v>
+        <v>329</v>
       </c>
       <c r="K56" t="s">
         <v>24</v>
       </c>
       <c r="L56" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
       <c r="M56" t="s">
-        <v>321</v>
+        <v>331</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="P56" t="s">
-        <v>323</v>
+        <v>333</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>328</v>
+        <v>334</v>
       </c>
       <c r="B57" t="s">
-        <v>329</v>
+        <v>335</v>
       </c>
       <c r="C57" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="D57" t="s">
-        <v>330</v>
+        <v>121</v>
       </c>
       <c r="E57" t="s">
         <v>62</v>
       </c>
       <c r="F57" t="s">
         <v>63</v>
       </c>
       <c r="G57" t="s">
-        <v>44</v>
+        <v>8</v>
       </c>
       <c r="H57">
-        <v>2025</v>
-[...1 lines deleted...]
-      <c r="I57"/>
+        <v>2009</v>
+      </c>
+      <c r="I57">
+        <v>2014</v>
+      </c>
       <c r="J57" t="s">
+        <v>329</v>
+      </c>
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57" t="s">
+        <v>336</v>
+      </c>
+      <c r="M57" t="s">
         <v>331</v>
       </c>
-      <c r="K57" t="s">
-[...5 lines deleted...]
-      </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>332</v>
+        <v>337</v>
       </c>
       <c r="P57" t="s">
-        <v>323</v>
+        <v>333</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>333</v>
+        <v>338</v>
       </c>
       <c r="B58" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
       <c r="C58" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="D58" t="s">
-        <v>335</v>
+        <v>340</v>
       </c>
       <c r="E58" t="s">
         <v>62</v>
       </c>
       <c r="F58" t="s">
         <v>63</v>
       </c>
       <c r="G58" t="s">
-        <v>8</v>
+        <v>44</v>
       </c>
       <c r="H58">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>2024</v>
+      </c>
+      <c r="I58"/>
       <c r="J58" t="s">
-        <v>319</v>
+        <v>341</v>
       </c>
       <c r="K58" t="s">
         <v>24</v>
       </c>
       <c r="L58"/>
       <c r="M58" t="s">
-        <v>321</v>
+        <v>331</v>
       </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
-        <v>336</v>
+        <v>342</v>
       </c>
       <c r="P58" t="s">
-        <v>323</v>
+        <v>333</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>337</v>
+        <v>343</v>
       </c>
       <c r="B59" t="s">
-        <v>338</v>
+        <v>344</v>
       </c>
       <c r="C59" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="D59" t="s">
-        <v>335</v>
+        <v>345</v>
       </c>
       <c r="E59" t="s">
         <v>62</v>
       </c>
       <c r="F59" t="s">
         <v>63</v>
       </c>
       <c r="G59" t="s">
-        <v>22</v>
+        <v>346</v>
       </c>
       <c r="H59">
         <v>2015</v>
       </c>
       <c r="I59">
-        <v>2024</v>
+        <v>2019</v>
       </c>
       <c r="J59" t="s">
-        <v>331</v>
+        <v>329</v>
       </c>
       <c r="K59" t="s">
         <v>24</v>
       </c>
       <c r="L59"/>
       <c r="M59" t="s">
-        <v>321</v>
+        <v>331</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
-        <v>339</v>
+        <v>347</v>
       </c>
       <c r="P59" t="s">
-        <v>323</v>
+        <v>333</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>340</v>
+        <v>348</v>
       </c>
       <c r="B60" t="s">
-        <v>341</v>
+        <v>349</v>
       </c>
       <c r="C60" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="D60" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="E60" t="s">
         <v>62</v>
       </c>
       <c r="F60" t="s">
         <v>63</v>
       </c>
       <c r="G60" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H60">
+        <v>2015</v>
+      </c>
+      <c r="I60">
         <v>2024</v>
       </c>
-      <c r="I60"/>
       <c r="J60" t="s">
-        <v>331</v>
+        <v>341</v>
       </c>
       <c r="K60" t="s">
         <v>24</v>
       </c>
       <c r="L60"/>
       <c r="M60" t="s">
-        <v>321</v>
+        <v>331</v>
       </c>
       <c r="N60" t="s">
         <v>27</v>
       </c>
       <c r="O60" t="s">
-        <v>343</v>
+        <v>350</v>
       </c>
       <c r="P60" t="s">
-        <v>323</v>
+        <v>333</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>344</v>
+        <v>351</v>
       </c>
       <c r="B61" t="s">
-        <v>345</v>
+        <v>352</v>
       </c>
       <c r="C61" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="D61" t="s">
-        <v>346</v>
+        <v>353</v>
       </c>
       <c r="E61" t="s">
         <v>62</v>
       </c>
       <c r="F61" t="s">
         <v>63</v>
       </c>
       <c r="G61" t="s">
-        <v>318</v>
-[...3 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="H61"/>
       <c r="I61">
-        <v>2014</v>
+        <v>2024</v>
       </c>
       <c r="J61" t="s">
-        <v>319</v>
+        <v>341</v>
       </c>
       <c r="K61" t="s">
         <v>24</v>
       </c>
-      <c r="L61" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L61"/>
       <c r="M61" t="s">
-        <v>321</v>
+        <v>331</v>
       </c>
       <c r="N61" t="s">
         <v>27</v>
       </c>
       <c r="O61" t="s">
-        <v>348</v>
+        <v>354</v>
       </c>
       <c r="P61" t="s">
-        <v>323</v>
+        <v>333</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>349</v>
+        <v>355</v>
       </c>
       <c r="B62" t="s">
-        <v>350</v>
+        <v>356</v>
       </c>
       <c r="C62" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="D62" t="s">
-        <v>317</v>
+        <v>357</v>
       </c>
       <c r="E62" t="s">
         <v>62</v>
       </c>
       <c r="F62" t="s">
         <v>63</v>
       </c>
       <c r="G62" t="s">
-        <v>8</v>
+        <v>328</v>
       </c>
       <c r="H62">
         <v>2008</v>
       </c>
       <c r="I62">
         <v>2014</v>
       </c>
       <c r="J62" t="s">
-        <v>319</v>
+        <v>329</v>
       </c>
       <c r="K62" t="s">
         <v>24</v>
       </c>
       <c r="L62" t="s">
-        <v>351</v>
+        <v>358</v>
       </c>
       <c r="M62" t="s">
-        <v>321</v>
+        <v>331</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
-        <v>352</v>
+        <v>359</v>
       </c>
       <c r="P62" t="s">
-        <v>323</v>
+        <v>333</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>353</v>
+        <v>360</v>
       </c>
       <c r="B63" t="s">
-        <v>354</v>
+        <v>361</v>
       </c>
       <c r="C63" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="D63" t="s">
-        <v>19</v>
+        <v>327</v>
       </c>
       <c r="E63" t="s">
         <v>62</v>
       </c>
       <c r="F63" t="s">
         <v>63</v>
       </c>
       <c r="G63" t="s">
-        <v>318</v>
+        <v>8</v>
       </c>
       <c r="H63">
+        <v>2008</v>
+      </c>
+      <c r="I63">
         <v>2014</v>
       </c>
-      <c r="I63"/>
       <c r="J63" t="s">
-        <v>319</v>
+        <v>329</v>
       </c>
       <c r="K63" t="s">
         <v>24</v>
       </c>
       <c r="L63" t="s">
-        <v>355</v>
+        <v>362</v>
       </c>
       <c r="M63" t="s">
-        <v>321</v>
+        <v>331</v>
       </c>
       <c r="N63" t="s">
         <v>27</v>
       </c>
       <c r="O63" t="s">
-        <v>356</v>
+        <v>363</v>
       </c>
       <c r="P63" t="s">
-        <v>323</v>
+        <v>333</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>357</v>
+        <v>364</v>
       </c>
       <c r="B64" t="s">
-        <v>358</v>
+        <v>365</v>
       </c>
       <c r="C64" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="D64" t="s">
-        <v>359</v>
+        <v>19</v>
       </c>
       <c r="E64" t="s">
         <v>62</v>
       </c>
       <c r="F64" t="s">
         <v>63</v>
       </c>
       <c r="G64" t="s">
-        <v>318</v>
+        <v>328</v>
       </c>
       <c r="H64">
-        <v>2021</v>
+        <v>2014</v>
       </c>
       <c r="I64"/>
       <c r="J64" t="s">
-        <v>319</v>
+        <v>329</v>
       </c>
       <c r="K64" t="s">
         <v>24</v>
       </c>
       <c r="L64" t="s">
-        <v>360</v>
+        <v>366</v>
       </c>
       <c r="M64" t="s">
-        <v>321</v>
+        <v>331</v>
       </c>
       <c r="N64" t="s">
         <v>27</v>
       </c>
       <c r="O64" t="s">
-        <v>361</v>
+        <v>367</v>
       </c>
       <c r="P64" t="s">
-        <v>323</v>
+        <v>333</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>362</v>
+        <v>368</v>
       </c>
       <c r="B65" t="s">
-        <v>363</v>
+        <v>369</v>
       </c>
       <c r="C65" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="D65" t="s">
-        <v>134</v>
+        <v>370</v>
       </c>
       <c r="E65" t="s">
         <v>62</v>
       </c>
       <c r="F65" t="s">
         <v>63</v>
       </c>
       <c r="G65" t="s">
-        <v>44</v>
+        <v>328</v>
       </c>
       <c r="H65">
-        <v>2025</v>
+        <v>2021</v>
       </c>
       <c r="I65"/>
       <c r="J65" t="s">
+        <v>329</v>
+      </c>
+      <c r="K65" t="s">
+        <v>24</v>
+      </c>
+      <c r="L65" t="s">
+        <v>371</v>
+      </c>
+      <c r="M65" t="s">
         <v>331</v>
       </c>
-      <c r="K65" t="s">
-[...5 lines deleted...]
-      </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
-        <v>364</v>
+        <v>372</v>
       </c>
       <c r="P65" t="s">
-        <v>323</v>
+        <v>333</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>365</v>
+        <v>373</v>
       </c>
       <c r="B66" t="s">
-        <v>366</v>
+        <v>374</v>
       </c>
       <c r="C66" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="D66" t="s">
-        <v>317</v>
+        <v>134</v>
       </c>
       <c r="E66" t="s">
         <v>62</v>
       </c>
       <c r="F66" t="s">
-        <v>156</v>
+        <v>63</v>
       </c>
       <c r="G66" t="s">
-        <v>22</v>
+        <v>328</v>
       </c>
       <c r="H66">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2024</v>
+      </c>
+      <c r="I66"/>
       <c r="J66" t="s">
-        <v>319</v>
+        <v>341</v>
       </c>
       <c r="K66" t="s">
         <v>24</v>
       </c>
-      <c r="L66" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L66"/>
       <c r="M66" t="s">
-        <v>321</v>
+        <v>331</v>
       </c>
       <c r="N66" t="s">
         <v>27</v>
       </c>
       <c r="O66" t="s">
-        <v>368</v>
+        <v>375</v>
       </c>
       <c r="P66" t="s">
-        <v>369</v>
+        <v>333</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>370</v>
+        <v>376</v>
       </c>
       <c r="B67" t="s">
-        <v>371</v>
+        <v>377</v>
       </c>
       <c r="C67" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="D67" t="s">
-        <v>121</v>
+        <v>327</v>
       </c>
       <c r="E67" t="s">
         <v>62</v>
       </c>
       <c r="F67" t="s">
         <v>156</v>
       </c>
       <c r="G67" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H67">
-        <v>2014</v>
+        <v>2011</v>
       </c>
       <c r="I67">
         <v>2022</v>
       </c>
       <c r="J67" t="s">
-        <v>319</v>
+        <v>329</v>
       </c>
       <c r="K67" t="s">
         <v>24</v>
       </c>
       <c r="L67" t="s">
-        <v>372</v>
+        <v>378</v>
       </c>
       <c r="M67" t="s">
-        <v>321</v>
+        <v>331</v>
       </c>
       <c r="N67" t="s">
         <v>27</v>
       </c>
       <c r="O67" t="s">
-        <v>373</v>
+        <v>379</v>
       </c>
       <c r="P67" t="s">
-        <v>374</v>
+        <v>380</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>375</v>
+        <v>381</v>
       </c>
       <c r="B68" t="s">
-        <v>376</v>
+        <v>382</v>
       </c>
       <c r="C68" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="D68" t="s">
-        <v>330</v>
+        <v>121</v>
       </c>
       <c r="E68" t="s">
         <v>62</v>
       </c>
       <c r="F68" t="s">
         <v>156</v>
       </c>
       <c r="G68" t="s">
-        <v>44</v>
+        <v>8</v>
       </c>
       <c r="H68">
-        <v>2025</v>
-[...1 lines deleted...]
-      <c r="I68"/>
+        <v>2014</v>
+      </c>
+      <c r="I68">
+        <v>2022</v>
+      </c>
       <c r="J68" t="s">
+        <v>329</v>
+      </c>
+      <c r="K68" t="s">
+        <v>24</v>
+      </c>
+      <c r="L68" t="s">
+        <v>383</v>
+      </c>
+      <c r="M68" t="s">
         <v>331</v>
       </c>
-      <c r="K68" t="s">
-[...5 lines deleted...]
-      </c>
       <c r="N68" t="s">
         <v>27</v>
       </c>
       <c r="O68" t="s">
-        <v>377</v>
+        <v>384</v>
       </c>
       <c r="P68" t="s">
-        <v>374</v>
+        <v>385</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>378</v>
+        <v>386</v>
       </c>
       <c r="B69" t="s">
-        <v>379</v>
+        <v>387</v>
       </c>
       <c r="C69" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="D69" t="s">
-        <v>380</v>
+        <v>340</v>
       </c>
       <c r="E69" t="s">
         <v>62</v>
       </c>
       <c r="F69" t="s">
         <v>156</v>
       </c>
       <c r="G69" t="s">
-        <v>8</v>
+        <v>44</v>
       </c>
       <c r="H69">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I69"/>
       <c r="J69" t="s">
-        <v>319</v>
+        <v>341</v>
       </c>
       <c r="K69" t="s">
         <v>24</v>
       </c>
-      <c r="L69" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L69"/>
       <c r="M69" t="s">
-        <v>321</v>
+        <v>331</v>
       </c>
       <c r="N69" t="s">
         <v>27</v>
       </c>
       <c r="O69" t="s">
-        <v>382</v>
+        <v>388</v>
       </c>
       <c r="P69" t="s">
-        <v>369</v>
+        <v>385</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>383</v>
+        <v>389</v>
       </c>
       <c r="B70" t="s">
-        <v>384</v>
+        <v>390</v>
       </c>
       <c r="C70" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="D70" t="s">
-        <v>335</v>
+        <v>391</v>
       </c>
       <c r="E70" t="s">
         <v>62</v>
       </c>
       <c r="F70" t="s">
         <v>156</v>
       </c>
       <c r="G70" t="s">
-        <v>8</v>
+        <v>346</v>
       </c>
       <c r="H70">
         <v>2015</v>
       </c>
       <c r="I70">
-        <v>2024</v>
+        <v>2019</v>
       </c>
       <c r="J70" t="s">
+        <v>329</v>
+      </c>
+      <c r="K70" t="s">
+        <v>24</v>
+      </c>
+      <c r="L70" t="s">
+        <v>392</v>
+      </c>
+      <c r="M70" t="s">
         <v>331</v>
       </c>
-      <c r="K70" t="s">
-[...5 lines deleted...]
-      </c>
       <c r="N70" t="s">
         <v>27</v>
       </c>
       <c r="O70" t="s">
-        <v>385</v>
+        <v>393</v>
       </c>
       <c r="P70" t="s">
-        <v>374</v>
+        <v>380</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>386</v>
+        <v>394</v>
       </c>
       <c r="B71" t="s">
-        <v>387</v>
+        <v>395</v>
       </c>
       <c r="C71" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="D71" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="E71" t="s">
         <v>62</v>
       </c>
       <c r="F71" t="s">
         <v>156</v>
       </c>
       <c r="G71" t="s">
-        <v>318</v>
+        <v>8</v>
       </c>
       <c r="H71">
+        <v>2015</v>
+      </c>
+      <c r="I71">
         <v>2024</v>
       </c>
-      <c r="I71"/>
       <c r="J71" t="s">
-        <v>331</v>
+        <v>341</v>
       </c>
       <c r="K71" t="s">
         <v>24</v>
       </c>
       <c r="L71"/>
       <c r="M71" t="s">
-        <v>321</v>
+        <v>331</v>
       </c>
       <c r="N71" t="s">
         <v>27</v>
       </c>
       <c r="O71" t="s">
-        <v>388</v>
+        <v>396</v>
       </c>
       <c r="P71" t="s">
-        <v>374</v>
+        <v>385</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>389</v>
+        <v>397</v>
       </c>
       <c r="B72" t="s">
-        <v>390</v>
+        <v>398</v>
       </c>
       <c r="C72" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="D72" t="s">
-        <v>346</v>
+        <v>353</v>
       </c>
       <c r="E72" t="s">
         <v>62</v>
       </c>
       <c r="F72" t="s">
         <v>156</v>
       </c>
       <c r="G72" t="s">
-        <v>22</v>
+        <v>328</v>
       </c>
       <c r="H72">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2024</v>
+      </c>
+      <c r="I72"/>
       <c r="J72" t="s">
-        <v>319</v>
+        <v>341</v>
       </c>
       <c r="K72" t="s">
         <v>24</v>
       </c>
-      <c r="L72" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L72"/>
       <c r="M72" t="s">
-        <v>321</v>
+        <v>331</v>
       </c>
       <c r="N72" t="s">
         <v>27</v>
       </c>
       <c r="O72" t="s">
-        <v>392</v>
+        <v>399</v>
       </c>
       <c r="P72" t="s">
-        <v>374</v>
+        <v>385</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>393</v>
+        <v>400</v>
       </c>
       <c r="B73" t="s">
-        <v>394</v>
+        <v>401</v>
       </c>
       <c r="C73" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="D73" t="s">
-        <v>346</v>
+        <v>357</v>
       </c>
       <c r="E73" t="s">
         <v>62</v>
       </c>
       <c r="F73" t="s">
         <v>156</v>
       </c>
       <c r="G73" t="s">
-        <v>22</v>
+        <v>346</v>
       </c>
       <c r="H73">
         <v>2011</v>
       </c>
       <c r="I73">
-        <v>2025</v>
+        <v>2022</v>
       </c>
       <c r="J73" t="s">
+        <v>329</v>
+      </c>
+      <c r="K73" t="s">
+        <v>24</v>
+      </c>
+      <c r="L73" t="s">
+        <v>402</v>
+      </c>
+      <c r="M73" t="s">
         <v>331</v>
       </c>
-      <c r="K73" t="s">
-[...5 lines deleted...]
-      </c>
       <c r="N73" t="s">
         <v>27</v>
       </c>
       <c r="O73" t="s">
-        <v>395</v>
+        <v>403</v>
       </c>
       <c r="P73" t="s">
-        <v>374</v>
+        <v>385</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>396</v>
+        <v>404</v>
       </c>
       <c r="B74" t="s">
-        <v>397</v>
+        <v>405</v>
       </c>
       <c r="C74" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="D74" t="s">
-        <v>317</v>
+        <v>357</v>
       </c>
       <c r="E74" t="s">
         <v>62</v>
       </c>
       <c r="F74" t="s">
         <v>156</v>
       </c>
       <c r="G74" t="s">
         <v>8</v>
       </c>
       <c r="H74">
         <v>2011</v>
       </c>
       <c r="I74">
-        <v>2022</v>
+        <v>2025</v>
       </c>
       <c r="J74" t="s">
-        <v>319</v>
+        <v>341</v>
       </c>
       <c r="K74" t="s">
         <v>24</v>
       </c>
-      <c r="L74" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L74"/>
       <c r="M74" t="s">
-        <v>321</v>
+        <v>331</v>
       </c>
       <c r="N74" t="s">
         <v>27</v>
       </c>
       <c r="O74" t="s">
-        <v>399</v>
+        <v>406</v>
       </c>
       <c r="P74" t="s">
-        <v>369</v>
+        <v>385</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>400</v>
+        <v>407</v>
       </c>
       <c r="B75" t="s">
-        <v>401</v>
+        <v>408</v>
       </c>
       <c r="C75" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="D75" t="s">
-        <v>317</v>
+        <v>327</v>
       </c>
       <c r="E75" t="s">
         <v>62</v>
       </c>
       <c r="F75" t="s">
         <v>156</v>
       </c>
       <c r="G75" t="s">
-        <v>22</v>
+        <v>346</v>
       </c>
       <c r="H75">
         <v>2011</v>
       </c>
       <c r="I75">
-        <v>2025</v>
+        <v>2022</v>
       </c>
       <c r="J75" t="s">
+        <v>329</v>
+      </c>
+      <c r="K75" t="s">
+        <v>24</v>
+      </c>
+      <c r="L75" t="s">
+        <v>409</v>
+      </c>
+      <c r="M75" t="s">
         <v>331</v>
       </c>
-      <c r="K75" t="s">
-[...5 lines deleted...]
-      </c>
       <c r="N75" t="s">
         <v>27</v>
       </c>
       <c r="O75" t="s">
-        <v>402</v>
+        <v>410</v>
       </c>
       <c r="P75" t="s">
-        <v>369</v>
+        <v>380</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>403</v>
+        <v>411</v>
       </c>
       <c r="B76" t="s">
-        <v>404</v>
+        <v>412</v>
       </c>
       <c r="C76" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="D76" t="s">
-        <v>19</v>
+        <v>327</v>
       </c>
       <c r="E76" t="s">
         <v>62</v>
       </c>
       <c r="F76" t="s">
         <v>156</v>
       </c>
       <c r="G76" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-      <c r="I76"/>
+        <v>22</v>
+      </c>
+      <c r="H76">
+        <v>2011</v>
+      </c>
+      <c r="I76">
+        <v>2025</v>
+      </c>
       <c r="J76" t="s">
-        <v>331</v>
+        <v>341</v>
       </c>
       <c r="K76" t="s">
         <v>24</v>
       </c>
       <c r="L76"/>
       <c r="M76" t="s">
-        <v>321</v>
+        <v>331</v>
       </c>
       <c r="N76" t="s">
         <v>27</v>
       </c>
       <c r="O76" t="s">
-        <v>405</v>
+        <v>413</v>
       </c>
       <c r="P76" t="s">
-        <v>374</v>
+        <v>380</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>406</v>
+        <v>414</v>
       </c>
       <c r="B77" t="s">
-        <v>407</v>
+        <v>415</v>
       </c>
       <c r="C77" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="D77" t="s">
-        <v>408</v>
+        <v>19</v>
       </c>
       <c r="E77" t="s">
         <v>62</v>
       </c>
       <c r="F77" t="s">
         <v>156</v>
       </c>
       <c r="G77" t="s">
-        <v>318</v>
+        <v>44</v>
       </c>
       <c r="H77">
-        <v>2018</v>
+        <v>2024</v>
       </c>
       <c r="I77"/>
       <c r="J77" t="s">
-        <v>319</v>
+        <v>341</v>
       </c>
       <c r="K77" t="s">
         <v>24</v>
       </c>
-      <c r="L77" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L77"/>
       <c r="M77" t="s">
-        <v>321</v>
+        <v>331</v>
       </c>
       <c r="N77" t="s">
-        <v>65</v>
+        <v>27</v>
       </c>
       <c r="O77" t="s">
-        <v>410</v>
+        <v>416</v>
       </c>
       <c r="P77" t="s">
-        <v>374</v>
+        <v>385</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>411</v>
+        <v>417</v>
       </c>
       <c r="B78" t="s">
-        <v>412</v>
+        <v>418</v>
       </c>
       <c r="C78" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="D78" t="s">
-        <v>359</v>
+        <v>419</v>
       </c>
       <c r="E78" t="s">
         <v>62</v>
       </c>
       <c r="F78" t="s">
         <v>156</v>
       </c>
       <c r="G78" t="s">
-        <v>318</v>
+        <v>328</v>
       </c>
       <c r="H78">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="I78"/>
       <c r="J78" t="s">
-        <v>319</v>
+        <v>329</v>
       </c>
       <c r="K78" t="s">
         <v>24</v>
       </c>
       <c r="L78" t="s">
-        <v>413</v>
+        <v>420</v>
       </c>
       <c r="M78" t="s">
-        <v>321</v>
+        <v>331</v>
       </c>
       <c r="N78" t="s">
-        <v>27</v>
+        <v>65</v>
       </c>
       <c r="O78" t="s">
-        <v>414</v>
+        <v>421</v>
       </c>
       <c r="P78" t="s">
-        <v>369</v>
+        <v>385</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
-        <v>415</v>
+        <v>422</v>
       </c>
       <c r="B79" t="s">
-        <v>416</v>
+        <v>423</v>
       </c>
       <c r="C79" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="D79" t="s">
-        <v>134</v>
+        <v>370</v>
       </c>
       <c r="E79" t="s">
         <v>62</v>
       </c>
       <c r="F79" t="s">
         <v>156</v>
       </c>
       <c r="G79" t="s">
-        <v>44</v>
+        <v>328</v>
       </c>
       <c r="H79">
-        <v>2025</v>
+        <v>2021</v>
       </c>
       <c r="I79"/>
       <c r="J79" t="s">
+        <v>329</v>
+      </c>
+      <c r="K79" t="s">
+        <v>24</v>
+      </c>
+      <c r="L79" t="s">
+        <v>424</v>
+      </c>
+      <c r="M79" t="s">
         <v>331</v>
       </c>
-      <c r="K79" t="s">
-[...5 lines deleted...]
-      </c>
       <c r="N79" t="s">
         <v>27</v>
       </c>
       <c r="O79" t="s">
-        <v>417</v>
+        <v>425</v>
       </c>
       <c r="P79" t="s">
-        <v>374</v>
+        <v>380</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
-        <v>418</v>
+        <v>426</v>
       </c>
       <c r="B80" t="s">
-        <v>419</v>
+        <v>427</v>
       </c>
       <c r="C80" t="s">
-        <v>420</v>
+        <v>317</v>
       </c>
       <c r="D80" t="s">
-        <v>421</v>
+        <v>134</v>
       </c>
       <c r="E80" t="s">
         <v>62</v>
       </c>
       <c r="F80" t="s">
-        <v>422</v>
+        <v>156</v>
       </c>
       <c r="G80" t="s">
         <v>44</v>
       </c>
       <c r="H80">
-        <v>2020</v>
+        <v>2025</v>
       </c>
       <c r="I80"/>
       <c r="J80" t="s">
-        <v>423</v>
+        <v>341</v>
       </c>
       <c r="K80" t="s">
-        <v>424</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L80"/>
       <c r="M80" t="s">
-        <v>426</v>
+        <v>331</v>
       </c>
       <c r="N80" t="s">
-        <v>427</v>
+        <v>27</v>
       </c>
       <c r="O80" t="s">
         <v>428</v>
       </c>
       <c r="P80" t="s">
-        <v>429</v>
+        <v>385</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
+        <v>429</v>
+      </c>
+      <c r="B81" t="s">
         <v>430</v>
       </c>
-      <c r="B81" t="s">
+      <c r="C81" t="s">
         <v>431</v>
-      </c>
-[...1 lines deleted...]
-        <v>307</v>
       </c>
       <c r="D81" t="s">
         <v>432</v>
       </c>
       <c r="E81" t="s">
-        <v>20</v>
+        <v>62</v>
       </c>
       <c r="F81" t="s">
-        <v>21</v>
+        <v>433</v>
       </c>
       <c r="G81" t="s">
         <v>44</v>
       </c>
       <c r="H81">
-        <v>2012</v>
+        <v>2020</v>
       </c>
       <c r="I81"/>
       <c r="J81" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="K81" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L81"/>
+        <v>435</v>
+      </c>
+      <c r="L81" t="s">
+        <v>436</v>
+      </c>
       <c r="M81" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="N81" t="s">
-        <v>27</v>
+        <v>438</v>
       </c>
       <c r="O81" t="s">
-        <v>435</v>
+        <v>439</v>
       </c>
       <c r="P81" t="s">
-        <v>436</v>
+        <v>440</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
       <c r="B82" t="s">
-        <v>438</v>
+        <v>442</v>
       </c>
       <c r="C82" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="D82" t="s">
-        <v>193</v>
+        <v>443</v>
       </c>
       <c r="E82" t="s">
         <v>20</v>
       </c>
       <c r="F82" t="s">
         <v>21</v>
       </c>
       <c r="G82" t="s">
-        <v>162</v>
-[...1 lines deleted...]
-      <c r="H82"/>
+        <v>44</v>
+      </c>
+      <c r="H82">
+        <v>2012</v>
+      </c>
       <c r="I82"/>
       <c r="J82" t="s">
-        <v>310</v>
+        <v>444</v>
       </c>
       <c r="K82" t="s">
         <v>24</v>
       </c>
       <c r="L82"/>
       <c r="M82" t="s">
-        <v>434</v>
+        <v>445</v>
       </c>
       <c r="N82" t="s">
         <v>27</v>
       </c>
       <c r="O82" t="s">
-        <v>439</v>
+        <v>446</v>
       </c>
       <c r="P82" t="s">
-        <v>440</v>
+        <v>447</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>441</v>
+        <v>448</v>
       </c>
       <c r="B83" t="s">
-        <v>442</v>
+        <v>449</v>
       </c>
       <c r="C83" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="D83" t="s">
-        <v>443</v>
+        <v>194</v>
       </c>
       <c r="E83" t="s">
         <v>20</v>
       </c>
       <c r="F83" t="s">
         <v>21</v>
       </c>
       <c r="G83" t="s">
         <v>162</v>
       </c>
       <c r="H83"/>
       <c r="I83"/>
       <c r="J83" t="s">
-        <v>310</v>
+        <v>320</v>
       </c>
       <c r="K83" t="s">
         <v>24</v>
       </c>
       <c r="L83"/>
       <c r="M83" t="s">
-        <v>434</v>
+        <v>445</v>
       </c>
       <c r="N83" t="s">
         <v>27</v>
       </c>
       <c r="O83" t="s">
-        <v>444</v>
+        <v>450</v>
       </c>
       <c r="P83" t="s">
-        <v>445</v>
+        <v>451</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>446</v>
+        <v>452</v>
       </c>
       <c r="B84" t="s">
-        <v>447</v>
+        <v>453</v>
       </c>
       <c r="C84" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="D84" t="s">
-        <v>448</v>
+        <v>454</v>
       </c>
       <c r="E84" t="s">
         <v>20</v>
       </c>
       <c r="F84" t="s">
         <v>21</v>
       </c>
       <c r="G84" t="s">
         <v>162</v>
       </c>
       <c r="H84"/>
       <c r="I84"/>
       <c r="J84" t="s">
-        <v>310</v>
+        <v>320</v>
       </c>
       <c r="K84" t="s">
         <v>24</v>
       </c>
       <c r="L84"/>
       <c r="M84" t="s">
-        <v>434</v>
+        <v>445</v>
       </c>
       <c r="N84" t="s">
         <v>27</v>
       </c>
       <c r="O84" t="s">
-        <v>449</v>
+        <v>455</v>
       </c>
       <c r="P84" t="s">
-        <v>450</v>
+        <v>456</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
-        <v>451</v>
+        <v>457</v>
       </c>
       <c r="B85" t="s">
-        <v>452</v>
+        <v>458</v>
       </c>
       <c r="C85" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="D85" t="s">
-        <v>453</v>
+        <v>459</v>
       </c>
       <c r="E85" t="s">
         <v>20</v>
       </c>
       <c r="F85" t="s">
         <v>21</v>
       </c>
       <c r="G85" t="s">
         <v>162</v>
       </c>
       <c r="H85"/>
       <c r="I85"/>
       <c r="J85" t="s">
-        <v>310</v>
+        <v>320</v>
       </c>
       <c r="K85" t="s">
         <v>24</v>
       </c>
       <c r="L85"/>
       <c r="M85" t="s">
-        <v>434</v>
+        <v>445</v>
       </c>
       <c r="N85" t="s">
         <v>27</v>
       </c>
       <c r="O85" t="s">
-        <v>454</v>
+        <v>460</v>
       </c>
       <c r="P85" t="s">
-        <v>455</v>
+        <v>461</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
-        <v>456</v>
+        <v>462</v>
       </c>
       <c r="B86" t="s">
-        <v>457</v>
+        <v>463</v>
       </c>
       <c r="C86" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="D86" t="s">
-        <v>19</v>
+        <v>464</v>
       </c>
       <c r="E86" t="s">
         <v>20</v>
       </c>
       <c r="F86" t="s">
         <v>21</v>
       </c>
       <c r="G86" t="s">
-        <v>22</v>
-[...6 lines deleted...]
-      </c>
+        <v>162</v>
+      </c>
+      <c r="H86"/>
+      <c r="I86"/>
       <c r="J86" t="s">
-        <v>433</v>
+        <v>320</v>
       </c>
       <c r="K86" t="s">
         <v>24</v>
       </c>
       <c r="L86"/>
       <c r="M86" t="s">
-        <v>434</v>
+        <v>445</v>
       </c>
       <c r="N86" t="s">
         <v>27</v>
       </c>
       <c r="O86" t="s">
-        <v>458</v>
+        <v>465</v>
       </c>
       <c r="P86" t="s">
-        <v>459</v>
+        <v>466</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
-        <v>460</v>
+        <v>467</v>
       </c>
       <c r="B87" t="s">
-        <v>461</v>
+        <v>468</v>
       </c>
       <c r="C87" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="D87" t="s">
-        <v>462</v>
+        <v>19</v>
       </c>
       <c r="E87" t="s">
         <v>20</v>
       </c>
       <c r="F87" t="s">
         <v>21</v>
       </c>
       <c r="G87" t="s">
         <v>22</v>
       </c>
       <c r="H87">
         <v>2012</v>
       </c>
       <c r="I87">
         <v>2012</v>
       </c>
       <c r="J87" t="s">
-        <v>433</v>
+        <v>444</v>
       </c>
       <c r="K87" t="s">
         <v>24</v>
       </c>
       <c r="L87"/>
       <c r="M87" t="s">
-        <v>434</v>
+        <v>445</v>
       </c>
       <c r="N87" t="s">
         <v>27</v>
       </c>
       <c r="O87" t="s">
-        <v>463</v>
+        <v>469</v>
       </c>
       <c r="P87" t="s">
-        <v>464</v>
+        <v>470</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
-        <v>465</v>
+        <v>471</v>
       </c>
       <c r="B88" t="s">
-        <v>466</v>
+        <v>472</v>
       </c>
       <c r="C88" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="D88" t="s">
-        <v>105</v>
+        <v>473</v>
       </c>
       <c r="E88" t="s">
         <v>20</v>
       </c>
       <c r="F88" t="s">
         <v>21</v>
       </c>
       <c r="G88" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H88">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I88"/>
+        <v>2012</v>
+      </c>
+      <c r="I88">
+        <v>2012</v>
+      </c>
       <c r="J88" t="s">
-        <v>433</v>
+        <v>444</v>
       </c>
       <c r="K88" t="s">
         <v>24</v>
       </c>
       <c r="L88"/>
       <c r="M88" t="s">
-        <v>434</v>
+        <v>445</v>
       </c>
       <c r="N88" t="s">
         <v>27</v>
       </c>
       <c r="O88" t="s">
-        <v>467</v>
+        <v>474</v>
       </c>
       <c r="P88" t="s">
-        <v>468</v>
+        <v>475</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>469</v>
+        <v>476</v>
       </c>
       <c r="B89" t="s">
-        <v>470</v>
+        <v>477</v>
       </c>
       <c r="C89" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="D89" t="s">
-        <v>471</v>
+        <v>105</v>
       </c>
       <c r="E89" t="s">
         <v>20</v>
       </c>
       <c r="F89" t="s">
         <v>21</v>
       </c>
       <c r="G89" t="s">
         <v>44</v>
       </c>
       <c r="H89">
-        <v>2017</v>
+        <v>2013</v>
       </c>
       <c r="I89"/>
       <c r="J89" t="s">
-        <v>472</v>
+        <v>444</v>
       </c>
       <c r="K89" t="s">
         <v>24</v>
       </c>
       <c r="L89"/>
       <c r="M89" t="s">
-        <v>434</v>
+        <v>445</v>
       </c>
       <c r="N89" t="s">
         <v>27</v>
       </c>
       <c r="O89" t="s">
-        <v>473</v>
+        <v>478</v>
       </c>
       <c r="P89" t="s">
-        <v>474</v>
+        <v>479</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
-        <v>475</v>
+        <v>480</v>
       </c>
       <c r="B90" t="s">
-        <v>476</v>
+        <v>481</v>
       </c>
       <c r="C90" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="D90" t="s">
-        <v>477</v>
+        <v>482</v>
       </c>
       <c r="E90" t="s">
         <v>20</v>
       </c>
       <c r="F90" t="s">
         <v>21</v>
       </c>
       <c r="G90" t="s">
         <v>44</v>
       </c>
       <c r="H90">
         <v>2017</v>
       </c>
       <c r="I90"/>
       <c r="J90" t="s">
-        <v>472</v>
+        <v>483</v>
       </c>
       <c r="K90" t="s">
-        <v>478</v>
+        <v>24</v>
       </c>
       <c r="L90"/>
       <c r="M90" t="s">
-        <v>434</v>
+        <v>445</v>
       </c>
       <c r="N90" t="s">
         <v>27</v>
       </c>
       <c r="O90" t="s">
-        <v>479</v>
+        <v>484</v>
       </c>
       <c r="P90" t="s">
-        <v>480</v>
+        <v>485</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>481</v>
+        <v>486</v>
       </c>
       <c r="B91" t="s">
-        <v>482</v>
+        <v>487</v>
       </c>
       <c r="C91" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="D91" t="s">
-        <v>483</v>
+        <v>488</v>
       </c>
       <c r="E91" t="s">
         <v>20</v>
       </c>
       <c r="F91" t="s">
         <v>21</v>
       </c>
       <c r="G91" t="s">
         <v>44</v>
       </c>
       <c r="H91">
         <v>2017</v>
       </c>
       <c r="I91"/>
       <c r="J91" t="s">
-        <v>472</v>
+        <v>483</v>
       </c>
       <c r="K91" t="s">
-        <v>484</v>
+        <v>489</v>
       </c>
       <c r="L91"/>
       <c r="M91" t="s">
-        <v>434</v>
+        <v>445</v>
       </c>
       <c r="N91" t="s">
         <v>27</v>
       </c>
       <c r="O91" t="s">
-        <v>485</v>
+        <v>490</v>
       </c>
       <c r="P91" t="s">
-        <v>486</v>
+        <v>491</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="s">
-        <v>487</v>
+        <v>492</v>
       </c>
       <c r="B92" t="s">
-        <v>488</v>
+        <v>493</v>
       </c>
       <c r="C92" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="D92" t="s">
-        <v>489</v>
+        <v>494</v>
       </c>
       <c r="E92" t="s">
         <v>20</v>
       </c>
       <c r="F92" t="s">
         <v>21</v>
       </c>
       <c r="G92" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H92">
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="I92">
         <v>2017</v>
       </c>
+      <c r="I92"/>
       <c r="J92" t="s">
-        <v>472</v>
+        <v>483</v>
       </c>
       <c r="K92" t="s">
-        <v>24</v>
+        <v>495</v>
       </c>
       <c r="L92"/>
       <c r="M92" t="s">
-        <v>434</v>
+        <v>445</v>
       </c>
       <c r="N92" t="s">
         <v>27</v>
       </c>
       <c r="O92" t="s">
-        <v>490</v>
+        <v>496</v>
       </c>
       <c r="P92" t="s">
-        <v>491</v>
+        <v>497</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" t="s">
-        <v>492</v>
+        <v>498</v>
       </c>
       <c r="B93" t="s">
-        <v>493</v>
+        <v>499</v>
       </c>
       <c r="C93" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="D93" t="s">
-        <v>494</v>
+        <v>500</v>
       </c>
       <c r="E93" t="s">
         <v>20</v>
       </c>
       <c r="F93" t="s">
         <v>21</v>
       </c>
       <c r="G93" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H93">
+        <v>2012</v>
+      </c>
+      <c r="I93">
         <v>2017</v>
       </c>
-      <c r="I93"/>
       <c r="J93" t="s">
-        <v>472</v>
+        <v>483</v>
       </c>
       <c r="K93" t="s">
-        <v>424</v>
+        <v>24</v>
       </c>
       <c r="L93"/>
       <c r="M93" t="s">
-        <v>434</v>
+        <v>445</v>
       </c>
       <c r="N93" t="s">
         <v>27</v>
       </c>
       <c r="O93" t="s">
-        <v>495</v>
+        <v>501</v>
       </c>
       <c r="P93" t="s">
-        <v>496</v>
+        <v>502</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94" t="s">
-        <v>497</v>
+        <v>503</v>
       </c>
       <c r="B94" t="s">
-        <v>498</v>
+        <v>504</v>
       </c>
       <c r="C94" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="D94" t="s">
-        <v>346</v>
+        <v>505</v>
       </c>
       <c r="E94" t="s">
         <v>20</v>
       </c>
       <c r="F94" t="s">
         <v>21</v>
       </c>
       <c r="G94" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H94">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="I94"/>
       <c r="J94" t="s">
-        <v>433</v>
+        <v>483</v>
       </c>
       <c r="K94" t="s">
-        <v>24</v>
+        <v>435</v>
       </c>
       <c r="L94"/>
       <c r="M94" t="s">
-        <v>434</v>
+        <v>445</v>
       </c>
       <c r="N94" t="s">
         <v>27</v>
       </c>
       <c r="O94" t="s">
-        <v>499</v>
+        <v>506</v>
       </c>
       <c r="P94" t="s">
-        <v>459</v>
+        <v>507</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="s">
-        <v>500</v>
+        <v>508</v>
       </c>
       <c r="B95" t="s">
-        <v>501</v>
+        <v>509</v>
       </c>
       <c r="C95" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="D95" t="s">
-        <v>502</v>
+        <v>357</v>
       </c>
       <c r="E95" t="s">
         <v>20</v>
       </c>
       <c r="F95" t="s">
         <v>21</v>
       </c>
       <c r="G95" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H95">
-        <v>2017</v>
-[...1 lines deleted...]
-      <c r="I95"/>
+        <v>2012</v>
+      </c>
+      <c r="I95">
+        <v>2012</v>
+      </c>
       <c r="J95" t="s">
-        <v>472</v>
+        <v>444</v>
       </c>
       <c r="K95" t="s">
-        <v>424</v>
+        <v>24</v>
       </c>
       <c r="L95"/>
       <c r="M95" t="s">
-        <v>434</v>
+        <v>445</v>
       </c>
       <c r="N95" t="s">
         <v>27</v>
       </c>
       <c r="O95" t="s">
-        <v>503</v>
+        <v>510</v>
       </c>
       <c r="P95" t="s">
-        <v>504</v>
+        <v>470</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96" t="s">
-        <v>505</v>
+        <v>511</v>
       </c>
       <c r="B96" t="s">
-        <v>506</v>
+        <v>512</v>
       </c>
       <c r="C96" t="s">
-        <v>18</v>
+        <v>317</v>
       </c>
       <c r="D96" t="s">
-        <v>453</v>
+        <v>513</v>
       </c>
       <c r="E96" t="s">
         <v>20</v>
       </c>
       <c r="F96" t="s">
-        <v>156</v>
+        <v>21</v>
       </c>
       <c r="G96" t="s">
         <v>44</v>
       </c>
       <c r="H96">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="I96"/>
       <c r="J96" t="s">
-        <v>38</v>
+        <v>483</v>
       </c>
       <c r="K96" t="s">
-        <v>24</v>
+        <v>435</v>
       </c>
       <c r="L96"/>
-      <c r="M96"/>
+      <c r="M96" t="s">
+        <v>445</v>
+      </c>
       <c r="N96" t="s">
         <v>27</v>
       </c>
       <c r="O96" t="s">
-        <v>507</v>
+        <v>514</v>
       </c>
       <c r="P96" t="s">
-        <v>508</v>
+        <v>515</v>
       </c>
     </row>
     <row r="97" spans="1:16">
       <c r="A97" t="s">
-        <v>509</v>
+        <v>516</v>
       </c>
       <c r="B97" t="s">
-        <v>510</v>
+        <v>517</v>
       </c>
       <c r="C97" t="s">
-        <v>115</v>
+        <v>18</v>
       </c>
       <c r="D97" t="s">
-        <v>37</v>
+        <v>464</v>
       </c>
       <c r="E97" t="s">
         <v>20</v>
       </c>
       <c r="F97" t="s">
         <v>156</v>
       </c>
       <c r="G97" t="s">
         <v>44</v>
       </c>
       <c r="H97">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="I97"/>
       <c r="J97" t="s">
         <v>38</v>
       </c>
       <c r="K97" t="s">
         <v>24</v>
       </c>
       <c r="L97"/>
       <c r="M97"/>
       <c r="N97" t="s">
         <v>27</v>
       </c>
       <c r="O97" t="s">
-        <v>511</v>
+        <v>518</v>
       </c>
       <c r="P97" t="s">
-        <v>512</v>
+        <v>519</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>520</v>
+      </c>
+      <c r="B98" t="s">
+        <v>521</v>
+      </c>
+      <c r="C98" t="s">
+        <v>115</v>
+      </c>
+      <c r="D98" t="s">
+        <v>37</v>
+      </c>
+      <c r="E98" t="s">
+        <v>20</v>
+      </c>
+      <c r="F98" t="s">
+        <v>156</v>
+      </c>
+      <c r="G98" t="s">
+        <v>44</v>
+      </c>
+      <c r="H98">
+        <v>2013</v>
+      </c>
+      <c r="I98"/>
+      <c r="J98" t="s">
+        <v>38</v>
+      </c>
+      <c r="K98" t="s">
+        <v>24</v>
+      </c>
+      <c r="L98"/>
+      <c r="M98"/>
+      <c r="N98" t="s">
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
+        <v>522</v>
+      </c>
+      <c r="P98" t="s">
+        <v>523</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">