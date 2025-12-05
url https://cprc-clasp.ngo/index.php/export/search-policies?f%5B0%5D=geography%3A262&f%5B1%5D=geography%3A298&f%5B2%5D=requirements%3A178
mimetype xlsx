--- v0 (2025-10-13)
+++ v1 (2025-12-05)
@@ -12,404 +12,545 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="105">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="151">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>2009-300-EC: Commission Decision establishing the revised ecological criteria for the award of the Community Eco-label to televisions</t>
   </si>
   <si>
+    <t>The product group 'televisions' shall comprise: Mains powered electronic equipment; the primary purpose and function of which is to receive; decode and display TV transmission signals.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 62087</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/2009-300-ec-commission-decision-establishing-revised-ecological-criteria-award-community</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538153657569&amp;uri=CELEX:02009D0300-20180113</t>
+  </si>
+  <si>
     <t>2011-330-EU: Commission Decision of 6 June 2011 on establishing the ecological criteria for the award of the EU Ecolabel for notebook computers</t>
   </si>
   <si>
+    <t>The product group 'notebook computers' shall comprise devices which have the following characteristics:  A. they perform logical operations and process data and are designed specifically for portability and to be operated for extended periods of time either with or without a direct connection to an AC power source;   B. they utilise an integrated computer display and are capable of operation off an integrated battery or other portable power source. If a notebook computer is delivered with an external power supply this power supply is considered part of the notebook computer.  For the purpose of this Decision; tablet personal computers; which may use touch-sensitive screens along with or instead of other input devices shall be considered notebook computers. Digital picture frames shall not be considered notebook computers for the purpose of this Decision.</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/2011-330-eu-commission-decision-6-june-2011-establishing-ecological-criteria-award-eu</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32011D0330</t>
+  </si>
+  <si>
     <t>Commission Decision 2013-806 2013/806/EU: Commission Decision of 17 December 2013 establishing the ecological criteria for the award of the EU Ecolabel for imaging equipment (notified under document C(2013) 9097)</t>
   </si>
   <si>
+    <t>1. The product group imaging equipment shall comprise products which are marketed for office or domestic use; or both; and produce printed images; in the form of paper document or photo; through a marking process from one or both of the following: A. a digital image; provided by a network or card interface;  B. a hardcopy through a copying process.  Imaging equipment which have the additional function to produce a digital image from a hard copy through a scanning process are included in the scope of this Decision. This Decision shall apply to products which are marketed as printers; copiers and multifunctional devices.    2. Fax machines; digital duplicators; mailing machines and scanners are excluded from the scope of this Decision.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-2013-806-2013806eu-commission-decision-17-december-2013-establishing</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013D0806</t>
+  </si>
+  <si>
     <t>Commission Decision of 28 May 2014: 2014-314-EU</t>
   </si>
   <si>
+    <t>1. The product group water-based heaters shall comprise products that are used to generate heat as part of a water- based central heating system; where the heated water is distributed by means of circulators and heat emitters in order to reach and maintain the indoor temperature of an enclosed space such as a building; a dwelling; or a room; at a desired level.    2. The maximum output power of the water-based heaters shall be 400 kW.    3. Combination heaters are included in the scope of this product group; provided that their primary function is to provide space heat.    4.The following products are excluded from the scope of this product group:   A. heaters whose primary function is to provide hot drinking or sanitary water;   B. heaters for heating and distributing gaseous heat transfer media such as vapour or air;    C. cogeneration space heaters with a maximum electrical capacity of 50 kW or above;    D. space heaters that combine both indirect heating; using water-based central heating system; and direct heating; by direct emission of heat into the room or space where the appliance is installed.</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil, Water</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-28-may-2014-2014-314-eu</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32014D0314</t>
+  </si>
+  <si>
     <t>Commission Decision of 9 November 2007 establishing the ecological criteria for the award of the Community eco-label to electrically driven, gas driven or gas absorption heat pumps</t>
   </si>
   <si>
+    <t>The product group 'electrically driven; gas driven or gas absorption heat pumps' shall comprise heat pumps; which can concentrate energy present in the air; ground or water into useful heat for the supply of space heating or the opposite process for space cooling. A 'heat pump' is the device or set of devices as delivered by the manufacturer or importer to the distributor; retailer or installer. This delivery may or may not include the delivery of circulating pumps at the sink or source side; however for calculation of coefficient of performance -COP; values the power consumption of circulating pumps shall always be taken into account; according to the methodology of EN14511:2004; if the manufacturer cannot provide data; a default value is taken. For gas absorption heat pumps the methodology shall be according to EN12309-2:2000. The product group shall cover only electrically driven; gas driven or gas absorption heat pumps with a maximum heating capacity of 100 kW. The product group 'electrically driven; gas driven or gas absorption heat pumps' shall not cover the following:   heat pumps which can only provide hot water for sanitary use;   and heat pumps which can only extract heat from a building and eject it to the air; ground or water thus resulting in space cooling.</t>
+  </si>
+  <si>
     <t>Heat Pumps</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>EN 14 511:2004; EN12309-2:2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco-0</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32007D0742</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02007D0742-20140617</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: CFLs</t>
   </si>
   <si>
+    <t>This standard establishes requirements for integral compact fluorescent lamps (CFL) where the tube and ballast are combined into a single unit. These lamps allow consumers to replace incandescent lamps easily with CFL. The product group that is within the scope of certification would include screw-based lamps with ballast and adaptor in a single assembly.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-cfls</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=7</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Hand Dryers</t>
   </si>
   <si>
+    <t>This policy establishes criteria for electric hot air hand driers that are equipped with non-contact on-off switches based on environmental, performance, and health parameters.</t>
+  </si>
+  <si>
     <t>Other</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-hand-dryers</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=49</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Microwave Ovens</t>
   </si>
   <si>
+    <t>This policy establishes criteria for microwave ovens for household use. A microwave oven is an electrical appliance intended for household use that uses high-frequency electromagnetic waves for heating food or beverages, with a rated voltage of not more than 250 V and a frequency ranging from 890 MHz to 6 GHz.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=81</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Personal Computers</t>
   </si>
   <si>
+    <t>This policy establishes criteria to label Personal Computers (PCs). These criteria include requirements for the following with a rated voltage of not more than 250 VAC: computer system unit; display (monitor); personal computer set combination system including units Computer System Unit, display (monitor), keyboard, and mouse; and portable computer such as notebook (notebook or laptop), tablet (tablet or slate).</t>
+  </si>
+  <si>
     <t>Information Technology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-personal-computers</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=82</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Photocopiers, Printers, Fax Machines &amp; Multifunctional Devices</t>
   </si>
   <si>
+    <t>This policy establishes grading criteria for Copying Machines, Printers, Fax Machines, and Multifunctional Devices (MFDs) based on environmental, performance, and health parameters. These criteria include requirements for standard-sized monochromatic and color office machines based on electrophotography (including laser and LED) and inkjet marking technologies. Standard-sized machines are those that primarily print or copy on regular-sized (e.g., A4 / 8.5 x 11) paper and envelopes. Large-format office machines are also included in this category.</t>
+  </si>
+  <si>
     <t>Other-Electronics</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-photocopiers-printers-fax-machines-multifunctional-devices</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=38</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Televisions Sets</t>
   </si>
   <si>
+    <t>This category establishes criteria for mains-powered television sets consisting of a unit whose main purpose is to receive, reproduce and, if applicable, decode television signals.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-televisions-sets</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Coffee Machine</t>
   </si>
   <si>
+    <t>This category establishes criteria for espresso and coffee machines, which include fully-automatic espresso/coffee machines, hand-operated piston espresso/coffee machines and capsule espresso/coffee machines. The category does not cover espresso/coffee machines with a system to warm cups, or capsule espresso/coffee machines which require capsules made by a certain manufacturer.</t>
+  </si>
+  <si>
     <t>Coffee Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-coffee-machine</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=56</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Dishwashers</t>
   </si>
   <si>
+    <t>This category establishes criteria for dishwashers designed to be stand-alone on floors or counter surfaces meant for household use. They apply to devices which serve the function of dishwashing alone or in combination with other functions.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-dishwashers</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=76</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Electric Kettles</t>
   </si>
   <si>
+    <t>This category establishes criteria for electric kettles for household use based on environmental, performance and health parameters.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-electric-kettles</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=55</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Gas Cookers and Gas-fired Appliances</t>
   </si>
   <si>
+    <t>This category establishes criteria for household gas-powered cooking devices that are isolated in design i.e. individual machines (which operate with gas burners located on steel originated or glass and ceramic layered cooker top) and gas-powered cooking devices with built-in ovens (the latter may be either natural gas or electricity powered). This category does not include gas powered cooking devices which operate with gas burners located below a glass and ceramic layered cooker top.</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-gas-cookers-and-gas-fired-appliances</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=57</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Hot Water Storage Tanks</t>
   </si>
   <si>
+    <t>This scope for certification under this category includes hot-water storage tanks such as thermal solar systems and components, including water heaters, water heating installations, and storage water heaters for drinking water.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-hot-water-storage-tanks</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=58</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: LEDs</t>
   </si>
   <si>
+    <t>This category establishes criteria for a range of Light Emitting Diode (“LED lighting”), which is used by directly connecting to a commercial power source.</t>
+  </si>
+  <si>
     <t>Streetlighting, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-leds</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=45</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Photovoltaic Equipment</t>
   </si>
   <si>
+    <t>This category establishes criteria for products for indoor and outdoor use, powered by solar (or light) energy using a rechargeable electrochemical storage system are included within the scope of this category based on environmental, performance, and health parameters.</t>
+  </si>
+  <si>
     <t>Small-Solar Powered Electronics</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-photovoltaic-equipment</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=71</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Refrigerators and Freezers</t>
   </si>
   <si>
+    <t>This category establishes criteria for electric household refrigerators (with or without low-temperature compartment), refrigerator-freezer combinations and freezers (chest and upright freezers) used as free-standing, built-under or built-in appliances.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-refrigerators-and-freezers</t>
   </si>
   <si>
     <t>Singapore Green Labelling Scheme: Solar-Powered Products</t>
   </si>
   <si>
+    <t>The scope of certification under this category includes solar powered products such as watches/clocks, caliper gauges, desktop and pocket calculators, scales for small utilisation, e.g. letter, parcel, bathroom and kitchen scales, titrating devices, toys, solar construction kits, solar training kits, and solar experimental kits.</t>
+  </si>
+  <si>
     <t>Small-Solar Powered Electronics, Solar Energy Kits</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-solar-powered-products</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=62</t>
+  </si>
+  <si>
     <t>Voluntary ecodesign scheme for games consoles</t>
   </si>
   <si>
+    <t>Companies active in the games consoles market have proposed a voluntary agreement laying down specific ecodesign requirements for games consoles models placed on the EU market, which use more than 20 Watts in active game mode. The voluntary scheme was agreed by the signatories in April 2014.
+Under the agreement, each signatory undertakes that at least 90 % of all games consoles that they place on the market would comply with the applicable minimum energy efficiency requirements.
+The agreement includes requirements on auto power down settings, limits on energy use in standby (0.5 W), navigation (40 W), and media streaming modes (50 W), and some product information requirements.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/voluntary-ecodesign-scheme-games-consoles</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1432808656922&amp;uri=CELEX%3A52015DC0178</t>
+  </si>
+  <si>
     <t>Voluntary ecodesign scheme for imaging equipment</t>
   </si>
   <si>
+    <t>The voluntary agreement concluded by the industry lays down specific ecodesign requirements for imaging equipment placed on the EU market. The products covered by the agreement are also subject to the ENERGY STAR voluntary energy labelling programme, which lays down energy labelling requirements for different office equipment, including imaging equipment. As required by the Ecodesign Directive, the signatories to this voluntary scheme represent a large majority of the relevant economic sector. Under the agreement, each signatory undertook that at least 90 % of all imaging equipment models it places on the market would comply with the minimum efficiency requirements in terms of TEC (typical energy consumption) and OM (operational mode). Furthermore, all printing products should offer the ‘N-up printing’ capability as a standard feature and should comply with the requirements for cartridges (e.g. the design should not prevent the reuse/recycling and use of cartridges of other producers). All new products should also comply with the requirements for recycling (e.g. easy disassembly and marking of plastics). Finally, the signatories undertook to comply with the specific information requirements (e.g. information on resource and energy efficiency).</t>
+  </si>
+  <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/voluntary-ecodesign-scheme-imaging-equipment</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A52013DC0023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -673,1081 +814,1228 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N24"/>
+  <dimension ref="A1:P24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="251" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="251.224" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1522.914" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="36.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="113.115" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2">
+        <v>2018</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...11 lines deleted...]
-      <c r="J2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H3">
+        <v>2003</v>
+      </c>
+      <c r="I3">
+        <v>2011</v>
+      </c>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...4 lines deleted...]
-      <c r="A3" t="s">
+      <c r="L3"/>
+      <c r="M3" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...8 lines deleted...]
-      <c r="E3" t="s">
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3">
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
         <v>2003</v>
       </c>
-      <c r="H3">
-[...5 lines deleted...]
-      <c r="J3" t="s">
+      <c r="I4">
+        <v>2013</v>
+      </c>
+      <c r="J4" t="s">
+        <v>38</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>39</v>
+      </c>
+      <c r="P4" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-      <c r="L3" t="s">
+      <c r="G5" t="s">
+        <v>44</v>
+      </c>
+      <c r="H5">
+        <v>2014</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
         <v>23</v>
       </c>
-      <c r="M3" t="s">
+      <c r="K5" t="s">
+        <v>45</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>44</v>
+      </c>
+      <c r="H6">
+        <v>2014</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>51</v>
+      </c>
+      <c r="L6" t="s">
+        <v>52</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>53</v>
+      </c>
+      <c r="P6" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>48</v>
+      </c>
+      <c r="B7" t="s">
+        <v>49</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>55</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2007</v>
+      </c>
+      <c r="I7">
+        <v>2014</v>
+      </c>
+      <c r="J7" t="s">
+        <v>56</v>
+      </c>
+      <c r="K7" t="s">
+        <v>51</v>
+      </c>
+      <c r="L7" t="s">
+        <v>52</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>57</v>
+      </c>
+      <c r="P7" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>59</v>
+      </c>
+      <c r="B8" t="s">
+        <v>60</v>
+      </c>
+      <c r="C8" t="s">
+        <v>61</v>
+      </c>
+      <c r="D8" t="s">
+        <v>62</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>44</v>
+      </c>
+      <c r="H8">
+        <v>2012</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>63</v>
+      </c>
+      <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-[...31 lines deleted...]
-      <c r="J4" t="s">
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>64</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>65</v>
+      </c>
+      <c r="P8" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>67</v>
+      </c>
+      <c r="B9" t="s">
+        <v>68</v>
+      </c>
+      <c r="C9" t="s">
+        <v>61</v>
+      </c>
+      <c r="D9" t="s">
+        <v>69</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
         <v>21</v>
       </c>
-      <c r="K4"/>
-[...3 lines deleted...]
-      <c r="M4" t="s">
+      <c r="G9" t="s">
+        <v>70</v>
+      </c>
+      <c r="H9"/>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>71</v>
+      </c>
+      <c r="K9" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
-[...36 lines deleted...]
-      <c r="M5" t="s">
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>64</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>72</v>
+      </c>
+      <c r="P9" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>74</v>
+      </c>
+      <c r="B10" t="s">
+        <v>75</v>
+      </c>
+      <c r="C10" t="s">
+        <v>61</v>
+      </c>
+      <c r="D10" t="s">
+        <v>76</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>70</v>
+      </c>
+      <c r="H10"/>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>71</v>
+      </c>
+      <c r="K10" t="s">
         <v>24</v>
       </c>
-      <c r="N5" t="s">
-[...197 lines deleted...]
-      </c>
+      <c r="L10"/>
       <c r="M10" t="s">
-        <v>24</v>
+        <v>64</v>
       </c>
       <c r="N10" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>77</v>
+      </c>
+      <c r="P10" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>60</v>
+        <v>79</v>
       </c>
       <c r="B11" t="s">
-        <v>47</v>
+        <v>80</v>
       </c>
       <c r="C11" t="s">
         <v>61</v>
       </c>
       <c r="D11" t="s">
-        <v>17</v>
+        <v>81</v>
       </c>
       <c r="E11" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="G11"/>
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>70</v>
+      </c>
       <c r="H11"/>
-      <c r="I11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I11"/>
       <c r="J11" t="s">
+        <v>71</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>64</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>82</v>
+      </c>
+      <c r="P11" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>84</v>
+      </c>
+      <c r="B12" t="s">
+        <v>85</v>
+      </c>
+      <c r="C12" t="s">
+        <v>61</v>
+      </c>
+      <c r="D12" t="s">
+        <v>86</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
         <v>21</v>
       </c>
-      <c r="K11"/>
-[...3 lines deleted...]
-      <c r="M11" t="s">
+      <c r="G12" t="s">
+        <v>70</v>
+      </c>
+      <c r="H12"/>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>71</v>
+      </c>
+      <c r="K12" t="s">
         <v>24</v>
       </c>
-      <c r="N11" t="s">
-[...10 lines deleted...]
-      <c r="C12" t="s">
+      <c r="L12"/>
+      <c r="M12" t="s">
         <v>64</v>
       </c>
-      <c r="D12" t="s">
-[...13 lines deleted...]
-      <c r="J12" t="s">
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>87</v>
+      </c>
+      <c r="P12" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>89</v>
+      </c>
+      <c r="B13" t="s">
+        <v>90</v>
+      </c>
+      <c r="C13" t="s">
+        <v>61</v>
+      </c>
+      <c r="D13" t="s">
+        <v>19</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
         <v>21</v>
       </c>
-      <c r="K12"/>
-[...30 lines deleted...]
-        <v>2012</v>
+      <c r="G13" t="s">
+        <v>22</v>
       </c>
       <c r="H13">
         <v>2012</v>
       </c>
-      <c r="I13" t="s">
-        <v>49</v>
+      <c r="I13">
+        <v>2012</v>
       </c>
       <c r="J13" t="s">
+        <v>63</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>64</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>91</v>
+      </c>
+      <c r="P13" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>93</v>
+      </c>
+      <c r="B14" t="s">
+        <v>94</v>
+      </c>
+      <c r="C14" t="s">
+        <v>61</v>
+      </c>
+      <c r="D14" t="s">
+        <v>95</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
         <v>21</v>
       </c>
-      <c r="K13"/>
-[...30 lines deleted...]
-        <v>2012</v>
+      <c r="G14" t="s">
+        <v>22</v>
       </c>
       <c r="H14">
         <v>2012</v>
       </c>
-      <c r="I14" t="s">
-        <v>49</v>
+      <c r="I14">
+        <v>2012</v>
       </c>
       <c r="J14" t="s">
+        <v>63</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>64</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>96</v>
+      </c>
+      <c r="P14" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>98</v>
+      </c>
+      <c r="B15" t="s">
+        <v>99</v>
+      </c>
+      <c r="C15" t="s">
+        <v>61</v>
+      </c>
+      <c r="D15" t="s">
+        <v>100</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
         <v>21</v>
       </c>
-      <c r="K14"/>
-[...3 lines deleted...]
-      <c r="M14" t="s">
+      <c r="G15" t="s">
+        <v>44</v>
+      </c>
+      <c r="H15">
+        <v>2013</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>63</v>
+      </c>
+      <c r="K15" t="s">
         <v>24</v>
       </c>
-      <c r="N14" t="s">
-[...29 lines deleted...]
-      <c r="J15" t="s">
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>64</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>101</v>
+      </c>
+      <c r="P15" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>103</v>
+      </c>
+      <c r="B16" t="s">
+        <v>104</v>
+      </c>
+      <c r="C16" t="s">
+        <v>61</v>
+      </c>
+      <c r="D16" t="s">
+        <v>105</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
         <v>21</v>
       </c>
-      <c r="K15"/>
-[...3 lines deleted...]
-      <c r="M15" t="s">
+      <c r="G16" t="s">
+        <v>44</v>
+      </c>
+      <c r="H16">
+        <v>2017</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>106</v>
+      </c>
+      <c r="K16" t="s">
         <v>24</v>
       </c>
-      <c r="N15" t="s">
-[...22 lines deleted...]
-      <c r="G16">
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>64</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>107</v>
+      </c>
+      <c r="P16" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>109</v>
+      </c>
+      <c r="B17" t="s">
+        <v>110</v>
+      </c>
+      <c r="C17" t="s">
+        <v>61</v>
+      </c>
+      <c r="D17" t="s">
+        <v>111</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>44</v>
+      </c>
+      <c r="H17">
         <v>2017</v>
       </c>
-      <c r="H16"/>
-[...3 lines deleted...]
-      <c r="J16" t="s">
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>106</v>
+      </c>
+      <c r="K17" t="s">
+        <v>112</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>64</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>113</v>
+      </c>
+      <c r="P17" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>115</v>
+      </c>
+      <c r="B18" t="s">
+        <v>116</v>
+      </c>
+      <c r="C18" t="s">
+        <v>61</v>
+      </c>
+      <c r="D18" t="s">
+        <v>117</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
         <v>21</v>
       </c>
-      <c r="K16"/>
-[...3 lines deleted...]
-      <c r="M16" t="s">
+      <c r="G18" t="s">
+        <v>44</v>
+      </c>
+      <c r="H18">
+        <v>2017</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>106</v>
+      </c>
+      <c r="K18" t="s">
+        <v>118</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>64</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>119</v>
+      </c>
+      <c r="P18" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>121</v>
+      </c>
+      <c r="B19" t="s">
+        <v>122</v>
+      </c>
+      <c r="C19" t="s">
+        <v>61</v>
+      </c>
+      <c r="D19" t="s">
+        <v>123</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2012</v>
+      </c>
+      <c r="I19">
+        <v>2017</v>
+      </c>
+      <c r="J19" t="s">
+        <v>106</v>
+      </c>
+      <c r="K19" t="s">
         <v>24</v>
       </c>
-      <c r="N16" t="s">
-[...22 lines deleted...]
-      <c r="G17">
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>64</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>124</v>
+      </c>
+      <c r="P19" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>126</v>
+      </c>
+      <c r="B20" t="s">
+        <v>127</v>
+      </c>
+      <c r="C20" t="s">
+        <v>61</v>
+      </c>
+      <c r="D20" t="s">
+        <v>128</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>44</v>
+      </c>
+      <c r="H20">
         <v>2017</v>
       </c>
-      <c r="H17"/>
-[...85 lines deleted...]
-      <c r="J19" t="s">
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>106</v>
+      </c>
+      <c r="K20" t="s">
+        <v>129</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>64</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>130</v>
+      </c>
+      <c r="P20" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>132</v>
+      </c>
+      <c r="B21" t="s">
+        <v>133</v>
+      </c>
+      <c r="C21" t="s">
+        <v>61</v>
+      </c>
+      <c r="D21" t="s">
+        <v>134</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
         <v>21</v>
       </c>
-      <c r="K19"/>
-[...70 lines deleted...]
-        <v>2012</v>
+      <c r="G21" t="s">
+        <v>22</v>
       </c>
       <c r="H21">
         <v>2012</v>
       </c>
-      <c r="I21" t="s">
-        <v>49</v>
+      <c r="I21">
+        <v>2012</v>
       </c>
       <c r="J21" t="s">
+        <v>63</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>64</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>135</v>
+      </c>
+      <c r="P21" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>136</v>
+      </c>
+      <c r="B22" t="s">
+        <v>137</v>
+      </c>
+      <c r="C22" t="s">
+        <v>61</v>
+      </c>
+      <c r="D22" t="s">
+        <v>138</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
         <v>21</v>
       </c>
-      <c r="K21"/>
-[...3 lines deleted...]
-      <c r="M21" t="s">
+      <c r="G22" t="s">
+        <v>44</v>
+      </c>
+      <c r="H22">
+        <v>2017</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>106</v>
+      </c>
+      <c r="K22" t="s">
+        <v>129</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>64</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>139</v>
+      </c>
+      <c r="P22" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>141</v>
+      </c>
+      <c r="B23" t="s">
+        <v>142</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
+        <v>86</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>143</v>
+      </c>
+      <c r="G23" t="s">
+        <v>44</v>
+      </c>
+      <c r="H23">
+        <v>2014</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>38</v>
+      </c>
+      <c r="K23" t="s">
         <v>24</v>
       </c>
-      <c r="N21" t="s">
-[...36 lines deleted...]
-      <c r="M22" t="s">
+      <c r="L23"/>
+      <c r="M23"/>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>144</v>
+      </c>
+      <c r="P23" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>146</v>
+      </c>
+      <c r="B24" t="s">
+        <v>147</v>
+      </c>
+      <c r="C24" t="s">
+        <v>148</v>
+      </c>
+      <c r="D24" t="s">
+        <v>37</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>143</v>
+      </c>
+      <c r="G24" t="s">
+        <v>44</v>
+      </c>
+      <c r="H24">
+        <v>2013</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>38</v>
+      </c>
+      <c r="K24" t="s">
         <v>24</v>
       </c>
-      <c r="N22" t="s">
-[...70 lines deleted...]
-      <c r="K24"/>
       <c r="L24"/>
-      <c r="M24" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M24"/>
       <c r="N24" t="s">
-        <v>104</v>
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>149</v>
+      </c>
+      <c r="P24" t="s">
+        <v>150</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>