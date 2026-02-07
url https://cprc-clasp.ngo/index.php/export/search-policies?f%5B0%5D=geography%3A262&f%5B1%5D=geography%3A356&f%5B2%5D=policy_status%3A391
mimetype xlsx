--- v0 (2025-10-14)
+++ v1 (2026-02-07)
@@ -12,1023 +12,1398 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="305">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="420">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>2009-300-EC: Commission Decision establishing the revised ecological criteria for the award of the Community Eco-label to televisions</t>
   </si>
   <si>
+    <t>The product group 'televisions' shall comprise: Mains powered electronic equipment; the primary purpose and function of which is to receive; decode and display TV transmission signals.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 62087</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/2009-300-ec-commission-decision-establishing-revised-ecological-criteria-award-community</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538153657569&amp;uri=CELEX:02009D0300-20180113</t>
+  </si>
+  <si>
     <t>2011-330-EU: Commission Decision of 6 June 2011 on establishing the ecological criteria for the award of the EU Ecolabel for notebook computers</t>
   </si>
   <si>
+    <t>The product group 'notebook computers' shall comprise devices which have the following characteristics:  A. they perform logical operations and process data and are designed specifically for portability and to be operated for extended periods of time either with or without a direct connection to an AC power source;   B. they utilise an integrated computer display and are capable of operation off an integrated battery or other portable power source. If a notebook computer is delivered with an external power supply this power supply is considered part of the notebook computer.  For the purpose of this Decision; tablet personal computers; which may use touch-sensitive screens along with or instead of other input devices shall be considered notebook computers. Digital picture frames shall not be considered notebook computers for the purpose of this Decision.</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/2011-330-eu-commission-decision-6-june-2011-establishing-ecological-criteria-award-eu</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32011D0330</t>
+  </si>
+  <si>
     <t>Commission Decision 2013-806 2013/806/EU: Commission Decision of 17 December 2013 establishing the ecological criteria for the award of the EU Ecolabel for imaging equipment (notified under document C(2013) 9097)</t>
   </si>
   <si>
+    <t>1. The product group imaging equipment shall comprise products which are marketed for office or domestic use; or both; and produce printed images; in the form of paper document or photo; through a marking process from one or both of the following: A. a digital image; provided by a network or card interface;  B. a hardcopy through a copying process.  Imaging equipment which have the additional function to produce a digital image from a hard copy through a scanning process are included in the scope of this Decision. This Decision shall apply to products which are marketed as printers; copiers and multifunctional devices.    2. Fax machines; digital duplicators; mailing machines and scanners are excluded from the scope of this Decision.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-2013-806-2013806eu-commission-decision-17-december-2013-establishing</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013D0806</t>
+  </si>
+  <si>
     <t>Commission Decision of 9 November 2007 establishing the ecological criteria for the award of the Community eco-label to electrically driven, gas driven or gas absorption heat pumps</t>
   </si>
   <si>
+    <t>The product group 'electrically driven; gas driven or gas absorption heat pumps' shall comprise heat pumps; which can concentrate energy present in the air; ground or water into useful heat for the supply of space heating or the opposite process for space cooling. A 'heat pump' is the device or set of devices as delivered by the manufacturer or importer to the distributor; retailer or installer. This delivery may or may not include the delivery of circulating pumps at the sink or source side; however for calculation of coefficient of performance -COP; values the power consumption of circulating pumps shall always be taken into account; according to the methodology of EN14511:2004; if the manufacturer cannot provide data; a default value is taken. For gas absorption heat pumps the methodology shall be according to EN12309-2:2000. The product group shall cover only electrically driven; gas driven or gas absorption heat pumps with a maximum heating capacity of 100 kW. The product group 'electrically driven; gas driven or gas absorption heat pumps' shall not cover the following:   heat pumps which can only provide hot water for sanitary use;   and heat pumps which can only extract heat from a building and eject it to the air; ground or water thus resulting in space cooling.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>EN 14 511:2004; EN12309-2:2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02007D0742-20140617</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2013 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of electronic displays</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for televisions.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2027.</t>
+  </si>
+  <si>
     <t>Televisions, Displays</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>EN 50301</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2013-20210501</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2014 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household washing machines and household washer-dryers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries; including those sold for non-household use and built-in household washing machines. This Regulation shall not apply to household combined washer-driers. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>EN 60456</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192014-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2014-20210501</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources</t>
   </si>
   <si>
+    <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources and repealing Commission Delegated Regulation (EU) No 874/2012.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls</t>
   </si>
   <si>
     <t>August 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192015-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2015-20210901</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2017 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household dishwashers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2017-20210501&amp;qid=1654699029821</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2023/2534 of 13 July 2023 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household tumble dryers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.  
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>February 2024</t>
   </si>
   <si>
     <t>EN 61121</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20232534-13-july-2023-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/eli/reg_del/2023/2534/oj</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation EU No 65-2014 of 1 October 2013 supplementing Directive 2010-30-EU -with regard to the energy labelling of domestic ovens and range hoods</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for domestic electric and gas ovens; including when incorporated into cookers; and for domestic electric range hoods; including when sold for non-domestic purposes.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-65-2014-1-october-2013-supplementing-directive-2010</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R0065-20170307</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1781 of 1 October 2019 laying down ecodesign requirements for electric motors and variable speed drives pursuant to Directive 2009/125/EC of the European Parliament and of the Council</t>
   </si>
   <si>
+    <t>The proposal covers motors of power range 0;75 to 375 kW. The definition of motors is electric single speed motors with three-phase 50 Hz or 60 Hz or 50|60 Hz; squirrel cage induction motors in accordance with IEC 60034-1. Additional parameters; rated voltage; rated output; poles etc;; are also specified in Annex II. This kind of motors usually figures in industrial fans; pumps and compressors. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
+  </si>
+  <si>
     <t>Variable Speed Drives, 3-Phase Motors</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191781-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R1781-20230124</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1782 of 1 October 2019 laying down ecodesign requirements for external power supplies</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.  Exclusions: this Regulation shall not apply to:   a. voltage converters;   b. uninterruptible power supplies;   c. battery chargers;     d. halogen lighting converters;   e. external power supplies for medical devices;   f. external power supplies placed on the market no later than 30 June 2015 as a service part or spare part for an identical external power supply which was placed on the market not later than one year after this Regulation has come into force; under the condition that the service part or spare part; or its packaging; clearly indicates the primary load products for which the spare part or service part is intended to be used with.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0095.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1783 of 1 October 2019 amending Regulation (EU) No 548/2014 on implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to small, medium and large power transformers</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for placing on the market or putting into service power transformers with a minimum power rating of 1 kVA used in 50Hz electricity transmission and distribution networks or for industrial applications. The Regulation is only applicable to transformers purchased after the entry into force of the Regulation. Power transformer means a static piece of apparatus with two or more windings which; by electromagnetic induction; transforms a system of alternating voltage and current into another system of alternating voltage and current usually of different values and at the same frequency for the purpose of transmitting electrical power.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>IEC 60076</t>
   </si>
   <si>
     <t>European Commission - DG Enterprise</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv:OJ.L_.2019.272.01.0107.01.ENG&amp;toc=OJ:L:2019:272:TOC</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2020 of 1 October 2019 laying down ecodesign requirements for light sources and separate control gears pursuant to Directive 2009/125/EC of the European Parliament and of the Council and repealing Commission</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for placing on the market the following electrical lighting products:
+(a) light sources;
+(b) separate control gears.
+The requirements also apply to light sources and separate control gears placed on the market in a containing product.
+This Regulation shall not apply to light sources and separate control gears specified in points 1 and 2 of Annex III.
+Light sources and separate control gears specified in point 3 of Annex III shall comply only with the requirements of point 3(e) of Annex II.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
+  </si>
+  <si>
     <t>July 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192020-1-october-2019-laying-down-ecodesign-requirements-light</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2020-20210901</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2021 of 1 October 2019 laying down ecodesign requirements for electronic displays</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of televisions.  In addition to the definitions set out in Directive 2005-32-EC; the following definitions shall apply: 1. 'Television' means a television set or a television monitor; 2. ‘television set’ means a product designed primarily for the display and reception of audiovisual signals which is placed on the market under one model or system designation; and which consists of: a display;  one or more tuner or receiver  and optional additional functions for data storage and/or display such as DVD; hard disk drive  or videocassette recorder; either in a single unit combined with the display; or in one or more separate units.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2027.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192021-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2021-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2022 of 1 October 2019 laying down ecodesign requirements for household dishwashers pursuant to Directive 2009/125/EC of the European Parliament and of the Council amending Commission Regulation (EC) No 1275/</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>EN 50242</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192022-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2022-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2023 of 1 October 2019 laying down ecodesign requirements for household washing machines and household washer-dryers pursuant to Directive 2009/125/EC of the European Parliament and of the Council, amending C</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries; including those sold for non-household use. This Regulation shall not apply to household combined washer-driers. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>Washer and Dryers, Washing Machines</t>
   </si>
   <si>
     <t>European Commission - DG Enterprise----European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192023-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2023-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/424 of 15 March 2019 laying down ecodesign requirements for servers and data storage products</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.  
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>Computers, Servers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-servers</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R0424-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2023/826 of 17 April 2023 laying down ecodesign requirements for off mode, standby mode, and networked standby energy consumption of electrical and electronic household and office equipment</t>
   </si>
   <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices, Televisions, Coffee Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R0826&amp;qid=1681803866374</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2024/1103 of 18 April 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council as regards ecodesign requirements for local space heaters and separate related controls and repealing Commission Regulat</t>
   </si>
   <si>
+    <t>This Regulation lays down ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or a single tube segment heat output of 300 kW or less. This Regulation also lays down ecodesign requirements for separate related controls.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>Portable Heaters, Boilers and Furnaces</t>
   </si>
   <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>Electricity, Gas, Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20241103-18-april-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401103</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2024/1834 of 3 July 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors with an electric input power between 125 W and 500 kW</t>
   </si>
   <si>
+    <t>This Regulation lays down ecodesign requirements for the placing on the market or putting into service of fans with an electric input power between 125 W and 500 kW (≥ 125 W and ≤ 500 kW) at their best efficiency point, including where they are integrated into other products.
+This policy comes into effect on July 24 2026. It is a revision of Regulation (EU) No 327/2011 which is repealed with effect from 24 July 2026. However, Annexes I, II and III to that Regulation, shall continue to apply until 24 July 2037, in relation to fans integrated into other products and in relation to spare part fans.
+Units of models placed on the market between 24 July 2024 and 24 July 2026 which comply with the provisions of this Regulation shall be considered to comply with the requirements of Regulation (EU) No 327/2011.</t>
+  </si>
+  <si>
     <t>Industrial Fans</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
-[...1 lines deleted...]
-  <si>
     <t>August 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20241834-3-july-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401834</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Boilers and Furnaces</t>
   </si>
   <si>
     <t>May 2024</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Air Conditioners</t>
   </si>
   <si>
+    <t>Air-conditioners of rated cooling power consumption of not more than 7,500W and the rated cooling capacity of not more than 23,000W</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>KS C 9306-2002</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Dehumidifier</t>
   </si>
   <si>
+    <t>As a single-phase AC, and rated voltage of 220V, its aim is to decrease the humidity of indoors, equipped with compression refrigerating system, blower fan, etc in a single cabinet, its electric power consumption is shall be less than 1,000W.</t>
+  </si>
+  <si>
     <t>Dehumidifiers</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-dehumidifier</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Electric washing machines</t>
   </si>
   <si>
+    <t>By KS C 9608 washing machine in which the textiles are substantially immersed in the washing water, the mechanical action being produced by a device moving, which are defined the agitator washing machine, and impeller washing machine with the rated capacity of 2 kg–20 kg</t>
+  </si>
+  <si>
     <t>KS C 9608</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-electric-washing-machines</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - Electrical cooler and Heater for drinking - water storage</t>
   </si>
   <si>
+    <t>Electrical cooler and heater for drinking - water storage. Electrical cooler and heater for drinking-water storage shall be designed the vapor-compressor cooler, heater, and water storage in a cabinet. Water purifier is included. Rated cooling power consumption of not more than 500W and rated heating power consumptions of not more than 1000W.</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>December 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-electrical-cooler-and-heater-drinking-water-storage</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - horizontal drum washing machine</t>
   </si>
   <si>
+    <t>Product Scope</t>
+  </si>
+  <si>
     <t>Washer and Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-horizontal-drum-washing-machine</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - Multi Heat Pump System(VRF)</t>
   </si>
   <si>
+    <t>Electrical driven multi heat pump which has one indoor unit standard rated cooling capacity over 1kW less than 30kW, and outdoor unit standard rated cooling capacity in accordance with Annex 1 is over 20kW less than 70kW. The indoor unit that comes with a heating device, rated power consumption of heating device is limited to one indoor unit standard less than 30kW.</t>
+  </si>
+  <si>
     <t>Heat Pumps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-multi-heat-pump-systemvrf</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - Television</t>
   </si>
   <si>
+    <t>With a built-in digital tuner and more than 50cm and less than 180cm lengths of screen diagonal products sold only shall be applied. Energy Efficiency % shall be measured by KS C IEC 62087.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-television</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - Water Heaters</t>
   </si>
   <si>
+    <t>By KS B 8116 Gas water heater of rated gas consumption of 70.0 kW or less,and the total heat capacity is defined by KS B 8101</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>KS B 8116</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-water-heaters</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Commercial Refrigerators</t>
   </si>
   <si>
+    <t>Commercial electric refrigerator-freezer of storage volume 300L-2000L withthe cooling system of less 1000W electric power consumption by KS C ISO15502. Exclude the freezer only, the showcase, the table type, and the specifiedtype.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>KS C ISO 15502</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-commercial-refrigerators</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Dishwashers</t>
   </si>
   <si>
+    <t>By Annex 1 a machine which washes rinses, and dries -when drying process isincluded; dishware, glassware, cutlery and, in some cases, cooking utensils bychemical, mechanical and/or electrical means with the rated capacity 20 personor less.</t>
+  </si>
+  <si>
     <t>KS C IEC 60436</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-dishwashers</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>By KS C 7601 Fluorescent lamps which are the tubular type of rated powerconsumption of 20W, 28W, 32W, and 40W, the circular type of rated powerconsumption of 32W, and 40W, and the compact type of rated powerconsumption of FPX 13W, FDX 26W, FPL 27W, FPL32W, FPL 36W, FPL36W, FPL 45W, and FPL 55W .7</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-fluorescent-lamps</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Household Gas Boiler</t>
   </si>
   <si>
+    <t>By KS B 8109 and KS C 8127 Gas water heating boiler of rated gasconsumption of 69.5 kW or less, and the total heat capacity is defined by KS B8101</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>KS B 8109; KS C 8127</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-household-gas-boiler</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Incandescent Lamps</t>
   </si>
   <si>
+    <t>By KS C 7501 the white tungsten bulb at 220V of rated power consumption of25-150W, which includes the colorless transparent bulb, the inner frosting bulb,the bulb coated with white, and the bulb coated with thin film.   Energy Efficiency shall be measured by the test method in KS C 7501,which is obtained from lumen divided by power consumption.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>KS C 7501</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-incandescent-lamps</t>
   </si>
   <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>KS C 7502</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-incandescent-lamps-0</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Refrigerators</t>
   </si>
   <si>
+    <t>This policy applies to household electric refrigerators and refrigerator-freezers of storage volume 1000L or less with the cooling system of less 500W electric power consumption by KSC ISO 15502.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-refrigerators</t>
   </si>
   <si>
+    <t>https://www.iea.org/policies/6501-energy-efficiency-labelling-and-standard-for-refrigerator</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Rice Cookers</t>
   </si>
   <si>
+    <t>By Annex 1 household electric rice-cooker and rice-warmer with a rated capacity 20 person or less.</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-rice-cookers</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Industrial oil boilers</t>
+  </si>
+  <si>
+    <t>Oil</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-0</t>
+  </si>
+  <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
+    <t>Oil boilers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-1</t>
+  </si>
+  <si>
+    <t>Direct-fired absorption chillers-heaters</t>
+  </si>
+  <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-2</t>
   </si>
   <si>
+    <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
+  </si>
+  <si>
+    <t>Sensor lighting equipment, PLS equipment, UCD lamp equipment, LED lamps using external converter, LED lamps using internal converter, attaching and detaching LED equipment, LED sensor equipment, converters for LED lighting modules, Tublar LED lamps, LED lamps for fluorescent lamp retrofit (internal converter type)</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-5</t>
   </si>
   <si>
+    <t>LED traffic lights, LED leading lights, LED guard lighting equipment, LED street lights, LED flood lighting equipment, LED tunnel luminaires, LED module for channel letter signs</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-6</t>
   </si>
   <si>
+    <t>Single-phase induction motors</t>
+  </si>
+  <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-7</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-8</t>
   </si>
   <si>
-    <t>Oil</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-0</t>
+    <t>Centrifugal and Turbo Blowers</t>
   </si>
   <si>
     <t>Industrial Blowers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-10</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-1</t>
-[...1 lines deleted...]
-  <si>
     <t>High-efficiency Appliances Certification Program for 3 Phase Induction Motor</t>
   </si>
   <si>
+    <t>Three phase induction motors</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-3-phase-induction-motor</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Associated Ballasts</t>
   </si>
   <si>
+    <t>Ballasts</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>KS C 7621-99</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-associated-ballasts</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Domestic Gas Boiler</t>
   </si>
   <si>
+    <t>Domestic gas boiler: Gas burning hot water boiler, whose heat efficiency is over 95 percent</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-domestic-gas-boiler</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Energy Saving Device for Monitors</t>
   </si>
   <si>
+    <t>Energy saving device for monitor: controlling monitor power by detecting human body with sensor, whose net power consumption is less than 1.8W</t>
+  </si>
+  <si>
     <t>Smart home devices</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-energy-saving-device-monitors</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Industrial Gas Boiler</t>
   </si>
   <si>
+    <t>Industrial gas boiler whose rated capacity is less than 12 million kcal per h, maximum allowable working pressure is less than 10kg per cm2, heat efficiency is over 91 percent</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-industrial-gas-boiler</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Pumps</t>
   </si>
   <si>
+    <t>Centrifugal water chiller, whose chilling capacity is less than 1,500usRT</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-pumps</t>
   </si>
   <si>
+    <t>Pump: Centrifugal pump for feeding water into boilers</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-pumps-0</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Sensor Lighting Equipment</t>
   </si>
   <si>
+    <t>Sensor Lighting Equipment</t>
+  </si>
+  <si>
     <t>Lighting Controls</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-sensor-lighting-equipment</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Streetlighting</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-streetlighting</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/download/Korean%20Energy%20Efficiency%20Policies%20(2015).pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Uniterruptible Power System</t>
   </si>
   <si>
+    <t>Uniterruptible power system: controlling its function according to the amount of loads</t>
+  </si>
+  <si>
     <t>Uninterruptable Power Supply</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-uniterruptible-power-system</t>
   </si>
   <si>
     <t>Korea Eco label Standards EL 228 Urinals</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Eco label of urinals installed in the buildings that use electronic flush valve or do not use water.</t>
+  </si>
+  <si>
     <t>Urinals</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>KSB 2369</t>
   </si>
   <si>
     <t>Ministry of Environment</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-eco-label-standards-el-228-urinals</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW76txsqp5XCkvi0ddnbZ9Jpc8eHawEBEWOC1mu2zFGur7racKsZ9gJsTis16avSB4Us4zZf5jO6hyPsqRagQx5G3WqHdRX52Jjpercent2F5tzY</t>
+  </si>
+  <si>
     <t>Korea Eco Label Standards Water Saving Showerhead and Water Saving Components for Faucet EL 222:2012</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Ecolabel of the water saving faucets having a water saving function installed at the end of water pipes such as a single faucet, hot water and cold water mixed faucets or a stop valve among faucets used for supplying water with less than use pressure of 735kPa (hereinafter referred to as faucet), and valve products having a water saving function by stopping supply or water, automatically closing the value or supplying the specified amount of water. However, faucets for special use such as drinking water faucets, faucets for fountains and faucets for toilets shall be excluded.</t>
+  </si>
+  <si>
     <t>Showers or Showerheads</t>
   </si>
   <si>
     <t>KSB 2331</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-eco-label-standards-water-saving-showerhead-and-water-saving-components-faucet-el</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW7percent2FUTvuniRHmqp75nbpercent2BGaeLny2YsN0IlrQjpercent2F0percent2BKgxM4ispercent2FKD9DlHJ1yXUpercent2Bskykx</t>
+  </si>
+  <si>
     <t>Korea Eco Label Standards Water Saving Toilet EL 223:2013</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Ecolabel of the water saving toilet among toilets (western style water closet) with low tanks or flush valves (hereinafter referred to as "toilet").</t>
+  </si>
+  <si>
     <t>Toilets</t>
   </si>
   <si>
     <t>EM501, KS L 1551</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-eco-label-standards-water-saving-toilet-el-2232013</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW7y58Apercent2B81L7P4rLapercent2FajMJdT9b5yA8fyWJFp6vjuUC7yZjvQUPGqd5ftUlbeqBjW52LjNaMUCnmqNVnT1JgBlH501zOaauLm</t>
+  </si>
+  <si>
     <t>Korea Ecolabel Standards Water-saving Faucets EL221:2012</t>
   </si>
   <si>
+    <t>The criteria shall apply to single faucet, cold and warm water mixed faucet or stagnant water faucet the water faucet (hereafter referred to as "faucet") used in water supply/bath supply with less than the usage pressure of 7.5kgf/㎠ 735kPa, to the water-saving faucet, which shall be set up at the end of water pipe and have water-saving effect, and to the valve that have water- saving effect through the function of immediate water-stopping, self-closing and fixed-quantity water-stopping. However, faucets for special use such as ones for drinking water, fountain and toilet shall be excluded.</t>
+  </si>
+  <si>
     <t>Taps or Faucets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-ecolabel-standards-water-saving-faucets-el2212012</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW74bllzXvqY5Wq0bOgPxdSkbYOaV9uckpercent2FRVFBygq3tRSx2WHxMnswq0VzzPLOeGRpercent2FjEUYTYWPvjh94a8dm0PyBXVQlEUV6y</t>
+  </si>
+  <si>
     <t>MEPS for 3 Phase Induction Motor</t>
   </si>
   <si>
+    <t>This policy applies to 3-phase induction motors with a rated output of 0.75kW-200kW.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-3-phase-induction-motor</t>
   </si>
   <si>
     <t>MEPS for Air Cleaners</t>
   </si>
   <si>
+    <t>By the scope of KS C 9314 the mechanical and combined air cleaner which hasless 200W power consumption, and the single power 220V and 60Hz.</t>
+  </si>
+  <si>
     <t>Air Cleaners</t>
   </si>
   <si>
     <t>KS C 9314</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-air-cleaners</t>
   </si>
   <si>
     <t>MEPS for Air Conditioners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-air-conditioners</t>
   </si>
   <si>
     <t>MEPS for Associated Ballasts</t>
   </si>
   <si>
+    <t>By KS C 7621 Associated ballasts which all components are in one, and anyparts are not allowed to change, and the rated power consumption of 5W-60W.But globe type is excluded.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-associated-ballasts</t>
   </si>
   <si>
     <t>MEPS for Commercial Refrigerators</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-refrigerators</t>
   </si>
   <si>
     <t>MEPS for Dehumidifier</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-dehumidifier</t>
   </si>
   <si>
     <t>MEPS for Dishwashers</t>
   </si>
   <si>
+    <t>By Annex 1 a machine which washes rinses, and dries -when drying process isincluded; dishware, glassware, cutlery and, in some cases, cooking utensils bychemical, mechanical and or electrical means with the rated capacity 20 personor less.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-dishwashers</t>
   </si>
   <si>
     <t>MEPS for Electric stove</t>
   </si>
   <si>
+    <t>Electric stove with the rated power consumption of 500W, less than 10kW.</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-electric-stove</t>
   </si>
   <si>
     <t>MEPS for Electrical cooler and Heater for drinking - water storage</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-electrical-cooler-and-heater-drinking-water-storage</t>
   </si>
   <si>
     <t>MEPS for Fluorescent Lamps</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-fluorescent-lamps</t>
   </si>
   <si>
     <t>MEPS for Fluorescent Lamps Ballast</t>
   </si>
   <si>
+    <t>By KS C 8100 and KS C 8102 Fluorescent lamps ballasts which are the tubulartype of rated power consumption of 20W, 28W, 32W, and 40W, the circular typeof rated power consumption of 32W, and 40W, and the compact type of ratedpower consumption of FPX 13W, FDX 26W, FPL 27W, FPL32W, FPL 36W,FPL 36W, FPL 45W, and FPL 55W</t>
+  </si>
+  <si>
     <t>KS C 8100; KS C 8102</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-fluorescent-lamps-ballast</t>
   </si>
   <si>
     <t>MEPS for Freezers</t>
   </si>
   <si>
+    <t>Household electric freezer of storage volume 80L-400L</t>
+  </si>
+  <si>
     <t>Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-freezers</t>
   </si>
   <si>
     <t>MEPS for Gas Water Heater</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-gas-water-heater</t>
   </si>
   <si>
     <t>MEPS for horizontal drum washing machine</t>
   </si>
   <si>
+    <t>Product Scope:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-horizontal-drum-washing-machine</t>
   </si>
   <si>
     <t>MEPS for Household Gas Boiler</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-household-gas-boiler</t>
   </si>
   <si>
     <t>MEPS for Incandescent Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-incandescent-lamps</t>
   </si>
   <si>
+    <t>http://www.nea.gov.sg/energy-waste/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for Multi Heat Pump System(VRF)</t>
   </si>
   <si>
+    <t>Electrical driven multi heat pump which has one indoor unit standard rated cooling capacity over 1kW less than 30kW, and outdoor unit standard rated cooling capacity in accordance with Annex 1 is over 20kW less than 70kW. The indoor unit that comes with a heating device, rated power consumption of heating device is limited to one indoor unit standard less than 30kW</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-multi-heat-pump-systemvrf</t>
   </si>
   <si>
     <t>MEPS for Refrigerator</t>
   </si>
   <si>
+    <t>This policy applies to household electric refrigerator and refrigerator-freezer of storage volume 1000L or less with the cooling system of less 500W electric power consumption by KSC ISO 15502.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerator</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/nd_file/kemco_eng/MKE_Notice_2010-124.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Set Top Boxes</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for set-top boxes (excluding the digital converter) receiving one or more of cable, satellite, and IP TV broadcastings and sending the image and audio to a television or display unit, with the rated power consumption of less than 150W.</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Korea Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-set-top-boxes-0</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=149</t>
+  </si>
+  <si>
     <t>MEPS for Television</t>
   </si>
   <si>
+    <t>With a built-in digital tuner and more than 50cm and less than 180cm lengths of screen diagonal products sold only shall be applied. Energy Efficiency percent shall be measured by KS C IEC 62087.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-television</t>
   </si>
   <si>
     <t>MEPS for Transformer</t>
   </si>
   <si>
+    <t>Transformers smaller than 1500kVA</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-transformer</t>
   </si>
   <si>
+    <t>Transformer defined in KS C 4306, KS C 4311, KS C 4316, KS C 4317 and Annex 3; 1500-3000kVa</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-transformer-0</t>
   </si>
   <si>
     <t>MEPS for Washing Machines</t>
   </si>
   <si>
+    <t>By KS C 9608 washing machine in which the textiles are substantially immersedin the washing water, the mechanical action being produced by a device moving,which are defined the agitator washing machine, and impeller washing machinewith the rated capacity of 2 kg-20kg</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-washing-machines</t>
   </si>
   <si>
     <t>Regulation on Energy Efficiency Labeling and Standards, Ministry of Knowkedge Economy Notification No.2011-263. 2011.12.23</t>
   </si>
   <si>
+    <t>Drum washing machines</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-labeling-and-standards-ministry-knowkedge-economy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-labeling-and-standards-ministry-knowkedge-economy-0</t>
   </si>
   <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Energy Efficiency Grade Label for Electric Range</t>
   </si>
   <si>
+    <t>This regulation revised energy efficiency grade labels for electric range. Products in scope include electric ranges with a rated input voltage of single-phase AC 220V, a rated frequency of 60Hz, and a rated power consumption between 1kW and 10kW.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, Republic of Korea</t>
   </si>
   <si>
     <t>Kitchen</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
-  </si>
-[...1 lines deleted...]
-    <t>Adopted, Revised</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>KS C IEC 60350
 ,   
                     K 60335-2-6
 ,   
                     IEC 60350-2</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-operation-energy-efficient-equipment-energy-efficiency-grade-label-electric</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=183</t>
+  </si>
+  <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Energy Efficiency Grade Label for Electric Rice Cooker</t>
+  </si>
+  <si>
+    <t>This regulation revised energy efficiency grades and labeling for electric rice cooker, pursuant to Article 15 of the Energy Use Rationalization Act. Products in scope include electric rice cookers with a rated voltage of 220 V with a single-phase alternating current, and electric rice cookers with a rated voltage of 220 V and an electric warmer.</t>
   </si>
   <si>
     <t>KS A 0006
 ,   
                     KS Q 5002
 ,   
                     KS A 0078
 ,   
                     KS A 0511
 ,   
                     KS C 9310
 ,   
                     KS C 9312
 ,   
                     KS G 3602
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-operation-energy-efficient-equipment-energy-efficiency-grade-label-electric-0</t>
   </si>
   <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Minimum Energy Efficiency Standards and Label for Electric Heater</t>
   </si>
   <si>
+    <t>This regulation revised minimum energy efficiency standards and labels for electric heaters. Products in scope include electric heaters with a total rated power between 500W and 10kW. 
+The following are excluded from the scope of this regulation: 
+a) Devices that are both cooling and heating types
+b) Devices where the heating element does not directly heat the air
+c) Heating devices installed within the structure of a building
+d) Central heating systems
+e) Heaters connected to air ducts
+f) Curtains that include wallpaper, carpets, or flexible heating elements
+g) Thermal storage heaters</t>
+  </si>
+  <si>
     <t>Portable Heaters</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>KS C IEC 60675
 ,   
                     KS C 9306</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-operation-energy-efficient-equipment-minimum-energy-efficiency-standards-and</t>
+  </si>
+  <si>
+    <t>https://eep.energy.or.kr/pds/list.aspx</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1292,3923 +1667,4460 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N89"/>
+  <dimension ref="A1:P89"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="301" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="301.926" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1522.914" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2">
+        <v>2018</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2003</v>
+      </c>
+      <c r="I3">
+        <v>2011</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2003</v>
+      </c>
+      <c r="I4">
+        <v>2013</v>
+      </c>
+      <c r="J4" t="s">
+        <v>38</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>39</v>
+      </c>
+      <c r="P4" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2007</v>
+      </c>
+      <c r="I5">
+        <v>2014</v>
+      </c>
+      <c r="J5" t="s">
+        <v>44</v>
+      </c>
+      <c r="K5" t="s">
+        <v>45</v>
+      </c>
+      <c r="L5" t="s">
+        <v>46</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>51</v>
+      </c>
+      <c r="E6" t="s">
+        <v>52</v>
+      </c>
+      <c r="F6" t="s">
+        <v>53</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2010</v>
+      </c>
+      <c r="I6">
+        <v>2019</v>
+      </c>
+      <c r="J6" t="s">
+        <v>38</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>54</v>
+      </c>
+      <c r="M6" t="s">
+        <v>55</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" t="s">
+        <v>59</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>60</v>
+      </c>
+      <c r="E7" t="s">
+        <v>52</v>
+      </c>
+      <c r="F7" t="s">
+        <v>53</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>1995</v>
+      </c>
+      <c r="I7">
+        <v>2019</v>
+      </c>
+      <c r="J7" t="s">
+        <v>38</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>61</v>
+      </c>
+      <c r="M7" t="s">
+        <v>55</v>
+      </c>
+      <c r="N7" t="s">
+        <v>62</v>
+      </c>
+      <c r="O7" t="s">
+        <v>63</v>
+      </c>
+      <c r="P7" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>65</v>
+      </c>
+      <c r="B8" t="s">
+        <v>66</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>67</v>
+      </c>
+      <c r="E8" t="s">
+        <v>52</v>
+      </c>
+      <c r="F8" t="s">
+        <v>53</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>1998</v>
+      </c>
+      <c r="I8">
+        <v>2019</v>
+      </c>
+      <c r="J8" t="s">
+        <v>68</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>55</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>69</v>
+      </c>
+      <c r="P8" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>71</v>
+      </c>
+      <c r="B9" t="s">
+        <v>72</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>73</v>
+      </c>
+      <c r="E9" t="s">
+        <v>52</v>
+      </c>
+      <c r="F9" t="s">
+        <v>53</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>1997</v>
+      </c>
+      <c r="I9">
+        <v>2019</v>
+      </c>
+      <c r="J9" t="s">
+        <v>38</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>55</v>
+      </c>
+      <c r="N9" t="s">
+        <v>62</v>
+      </c>
+      <c r="O9" t="s">
+        <v>74</v>
+      </c>
+      <c r="P9" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>76</v>
+      </c>
+      <c r="B10" t="s">
+        <v>77</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>78</v>
+      </c>
+      <c r="E10" t="s">
+        <v>52</v>
+      </c>
+      <c r="F10" t="s">
+        <v>53</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>1995</v>
+      </c>
+      <c r="I10">
+        <v>2023</v>
+      </c>
+      <c r="J10" t="s">
+        <v>79</v>
+      </c>
+      <c r="K10" t="s">
+        <v>45</v>
+      </c>
+      <c r="L10" t="s">
+        <v>80</v>
+      </c>
+      <c r="M10" t="s">
+        <v>55</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>81</v>
+      </c>
+      <c r="P10" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>83</v>
+      </c>
+      <c r="B11" t="s">
+        <v>84</v>
+      </c>
+      <c r="C11" t="s">
+        <v>85</v>
+      </c>
+      <c r="D11" t="s">
+        <v>86</v>
+      </c>
+      <c r="E11" t="s">
+        <v>52</v>
+      </c>
+      <c r="F11" t="s">
+        <v>53</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>1979</v>
+      </c>
+      <c r="I11">
+        <v>2013</v>
+      </c>
+      <c r="J11" t="s">
+        <v>38</v>
+      </c>
+      <c r="K11" t="s">
+        <v>45</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>55</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>87</v>
+      </c>
+      <c r="P11" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>89</v>
+      </c>
+      <c r="B12" t="s">
+        <v>90</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>91</v>
+      </c>
+      <c r="E12" t="s">
+        <v>52</v>
+      </c>
+      <c r="F12" t="s">
+        <v>92</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
         <v>2009</v>
       </c>
-      <c r="H2">
-[...34 lines deleted...]
-      <c r="E3" t="s">
+      <c r="I12">
+        <v>2019</v>
+      </c>
+      <c r="J12" t="s">
+        <v>38</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>55</v>
+      </c>
+      <c r="N12" t="s">
+        <v>93</v>
+      </c>
+      <c r="O12" t="s">
+        <v>94</v>
+      </c>
+      <c r="P12" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>96</v>
+      </c>
+      <c r="B13" t="s">
+        <v>97</v>
+      </c>
+      <c r="C13" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...38 lines deleted...]
-      <c r="E4" t="s">
+      <c r="D13" t="s">
+        <v>98</v>
+      </c>
+      <c r="E13" t="s">
+        <v>52</v>
+      </c>
+      <c r="F13" t="s">
+        <v>92</v>
+      </c>
+      <c r="G13" t="s">
+        <v>99</v>
+      </c>
+      <c r="H13">
+        <v>2009</v>
+      </c>
+      <c r="I13">
+        <v>2019</v>
+      </c>
+      <c r="J13" t="s">
+        <v>38</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>55</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>100</v>
+      </c>
+      <c r="P13" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>102</v>
+      </c>
+      <c r="B14" t="s">
+        <v>103</v>
+      </c>
+      <c r="C14" t="s">
         <v>18</v>
       </c>
-      <c r="F4" t="s">
-[...5 lines deleted...]
-      <c r="H4">
+      <c r="D14" t="s">
+        <v>104</v>
+      </c>
+      <c r="E14" t="s">
+        <v>52</v>
+      </c>
+      <c r="F14" t="s">
+        <v>92</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2015</v>
+      </c>
+      <c r="I14">
+        <v>2019</v>
+      </c>
+      <c r="J14" t="s">
+        <v>38</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>105</v>
+      </c>
+      <c r="M14" t="s">
+        <v>106</v>
+      </c>
+      <c r="N14" t="s">
+        <v>93</v>
+      </c>
+      <c r="O14" t="s">
+        <v>107</v>
+      </c>
+      <c r="P14" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>109</v>
+      </c>
+      <c r="B15" t="s">
+        <v>110</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>67</v>
+      </c>
+      <c r="E15" t="s">
+        <v>52</v>
+      </c>
+      <c r="F15" t="s">
+        <v>92</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2000</v>
+      </c>
+      <c r="I15">
+        <v>2019</v>
+      </c>
+      <c r="J15" t="s">
+        <v>111</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>55</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>112</v>
+      </c>
+      <c r="P15" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>114</v>
+      </c>
+      <c r="B16" t="s">
+        <v>115</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>51</v>
+      </c>
+      <c r="E16" t="s">
+        <v>52</v>
+      </c>
+      <c r="F16" t="s">
+        <v>92</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2009</v>
+      </c>
+      <c r="I16">
+        <v>2019</v>
+      </c>
+      <c r="J16" t="s">
+        <v>38</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>55</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>116</v>
+      </c>
+      <c r="P16" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>118</v>
+      </c>
+      <c r="B17" t="s">
+        <v>119</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>73</v>
+      </c>
+      <c r="E17" t="s">
+        <v>52</v>
+      </c>
+      <c r="F17" t="s">
+        <v>92</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2010</v>
+      </c>
+      <c r="I17">
+        <v>2019</v>
+      </c>
+      <c r="J17" t="s">
+        <v>38</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>120</v>
+      </c>
+      <c r="M17" t="s">
+        <v>55</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>121</v>
+      </c>
+      <c r="P17" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>123</v>
+      </c>
+      <c r="B18" t="s">
+        <v>124</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>125</v>
+      </c>
+      <c r="E18" t="s">
+        <v>52</v>
+      </c>
+      <c r="F18" t="s">
+        <v>92</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2010</v>
+      </c>
+      <c r="I18">
+        <v>2019</v>
+      </c>
+      <c r="J18" t="s">
+        <v>38</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>61</v>
+      </c>
+      <c r="M18" t="s">
+        <v>126</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>127</v>
+      </c>
+      <c r="P18" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>129</v>
+      </c>
+      <c r="B19" t="s">
+        <v>130</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>131</v>
+      </c>
+      <c r="E19" t="s">
+        <v>52</v>
+      </c>
+      <c r="F19" t="s">
+        <v>92</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2014</v>
+      </c>
+      <c r="I19">
+        <v>2019</v>
+      </c>
+      <c r="J19" t="s">
+        <v>38</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>55</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>132</v>
+      </c>
+      <c r="P19" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>134</v>
+      </c>
+      <c r="B20" t="s">
+        <v>135</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>136</v>
+      </c>
+      <c r="E20" t="s">
+        <v>52</v>
+      </c>
+      <c r="F20" t="s">
+        <v>92</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
         <v>2013</v>
       </c>
-      <c r="I4" t="s">
-[...29 lines deleted...]
-      <c r="E5" t="s">
+      <c r="I20">
+        <v>2023</v>
+      </c>
+      <c r="J20" t="s">
+        <v>38</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>55</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>137</v>
+      </c>
+      <c r="P20" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>139</v>
+      </c>
+      <c r="B21" t="s">
+        <v>140</v>
+      </c>
+      <c r="C21" t="s">
         <v>18</v>
       </c>
-      <c r="F5" t="s">
-[...122 lines deleted...]
-      <c r="C8" t="s">
+      <c r="D21" t="s">
+        <v>141</v>
+      </c>
+      <c r="E21" t="s">
         <v>52</v>
       </c>
-      <c r="D8" t="s">
-[...32 lines deleted...]
-      <c r="A9" t="s">
+      <c r="F21" t="s">
+        <v>92</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2015</v>
+      </c>
+      <c r="I21">
+        <v>2024</v>
+      </c>
+      <c r="J21" t="s">
+        <v>142</v>
+      </c>
+      <c r="K21" t="s">
+        <v>143</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
         <v>55</v>
       </c>
-      <c r="B9" t="s">
-[...258 lines deleted...]
-      <c r="C15" t="s">
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>144</v>
+      </c>
+      <c r="P21" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>146</v>
+      </c>
+      <c r="B22" t="s">
+        <v>147</v>
+      </c>
+      <c r="C22" t="s">
+        <v>85</v>
+      </c>
+      <c r="D22" t="s">
+        <v>148</v>
+      </c>
+      <c r="E22" t="s">
         <v>52</v>
       </c>
-      <c r="D15" t="s">
-[...162 lines deleted...]
-      <c r="A19" t="s">
+      <c r="F22" t="s">
         <v>92</v>
       </c>
-      <c r="B19" t="s">
-[...141 lines deleted...]
-        <v>2024</v>
+      <c r="G22" t="s">
+        <v>22</v>
       </c>
       <c r="H22">
         <v>2024</v>
       </c>
-      <c r="I22" t="s">
-        <v>106</v>
+      <c r="I22">
+        <v>2024</v>
       </c>
       <c r="J22" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>149</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
       <c r="M22" t="s">
-        <v>70</v>
+        <v>55</v>
       </c>
       <c r="N22" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:14">
+        <v>93</v>
+      </c>
+      <c r="O22" t="s">
+        <v>150</v>
+      </c>
+      <c r="P22" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>108</v>
+        <v>152</v>
       </c>
       <c r="B23" t="s">
-        <v>15</v>
+        <v>153</v>
       </c>
       <c r="C23" t="s">
-        <v>109</v>
+        <v>18</v>
       </c>
       <c r="D23" t="s">
-        <v>41</v>
+        <v>154</v>
       </c>
       <c r="E23" t="s">
-        <v>69</v>
+        <v>52</v>
       </c>
       <c r="F23" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G23">
+        <v>92</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
         <v>1992</v>
       </c>
-      <c r="H23">
+      <c r="I23">
         <v>2013</v>
       </c>
-      <c r="I23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J23" t="s">
-        <v>111</v>
-[...4 lines deleted...]
-      </c>
+        <v>155</v>
+      </c>
+      <c r="K23" t="s">
+        <v>156</v>
+      </c>
+      <c r="L23"/>
       <c r="M23" t="s">
-        <v>24</v>
+        <v>55</v>
       </c>
       <c r="N23" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>157</v>
+      </c>
+      <c r="P23" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>113</v>
+        <v>159</v>
       </c>
       <c r="B24" t="s">
-        <v>114</v>
+        <v>160</v>
       </c>
       <c r="C24" t="s">
-        <v>115</v>
+        <v>161</v>
       </c>
       <c r="D24" t="s">
-        <v>41</v>
+        <v>162</v>
       </c>
       <c r="E24" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="F24" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G24">
+        <v>53</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
         <v>1993</v>
       </c>
-      <c r="H24">
+      <c r="I24">
         <v>2009</v>
       </c>
-      <c r="I24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J24" t="s">
-        <v>21</v>
+        <v>163</v>
       </c>
       <c r="K24" t="s">
-        <v>117</v>
+        <v>24</v>
       </c>
       <c r="L24" t="s">
-        <v>118</v>
+        <v>164</v>
       </c>
       <c r="M24" t="s">
-        <v>24</v>
+        <v>165</v>
       </c>
       <c r="N24" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>166</v>
+      </c>
+      <c r="P24" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>120</v>
+        <v>168</v>
       </c>
       <c r="B25" t="s">
-        <v>114</v>
+        <v>169</v>
       </c>
       <c r="C25" t="s">
-        <v>121</v>
+        <v>161</v>
       </c>
       <c r="D25" t="s">
-        <v>41</v>
+        <v>170</v>
       </c>
       <c r="E25" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="F25" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>53</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
       </c>
       <c r="H25">
         <v>2012</v>
       </c>
-      <c r="I25" t="s">
-        <v>122</v>
+      <c r="I25">
+        <v>2012</v>
       </c>
       <c r="J25" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>171</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
       <c r="M25" t="s">
-        <v>24</v>
+        <v>165</v>
       </c>
       <c r="N25" t="s">
-        <v>123</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>172</v>
+      </c>
+      <c r="P25" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>124</v>
+        <v>174</v>
       </c>
       <c r="B26" t="s">
-        <v>114</v>
+        <v>175</v>
       </c>
       <c r="C26" t="s">
-        <v>47</v>
+        <v>161</v>
       </c>
       <c r="D26" t="s">
-        <v>41</v>
+        <v>60</v>
       </c>
       <c r="E26" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="F26" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G26">
+        <v>53</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
         <v>2000</v>
       </c>
-      <c r="H26">
+      <c r="I26">
         <v>2009</v>
       </c>
-      <c r="I26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J26" t="s">
-        <v>21</v>
+        <v>171</v>
       </c>
       <c r="K26" t="s">
-        <v>125</v>
+        <v>24</v>
       </c>
       <c r="L26" t="s">
-        <v>118</v>
+        <v>176</v>
       </c>
       <c r="M26" t="s">
-        <v>24</v>
+        <v>165</v>
       </c>
       <c r="N26" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>177</v>
+      </c>
+      <c r="P26" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>127</v>
+        <v>178</v>
       </c>
       <c r="B27" t="s">
-        <v>114</v>
+        <v>179</v>
       </c>
       <c r="C27" t="s">
-        <v>128</v>
+        <v>161</v>
       </c>
       <c r="D27" t="s">
-        <v>41</v>
+        <v>180</v>
       </c>
       <c r="E27" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="F27" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>53</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
       </c>
       <c r="H27">
         <v>2012</v>
       </c>
-      <c r="I27" t="s">
-        <v>129</v>
+      <c r="I27">
+        <v>2012</v>
       </c>
       <c r="J27" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>181</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
       <c r="M27" t="s">
-        <v>24</v>
+        <v>165</v>
       </c>
       <c r="N27" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>182</v>
+      </c>
+      <c r="P27" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>131</v>
+        <v>183</v>
       </c>
       <c r="B28" t="s">
-        <v>114</v>
+        <v>184</v>
       </c>
       <c r="C28" t="s">
-        <v>132</v>
+        <v>161</v>
       </c>
       <c r="D28" t="s">
-        <v>41</v>
+        <v>185</v>
       </c>
       <c r="E28" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="F28" t="s">
+        <v>53</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2000</v>
+      </c>
+      <c r="I28">
+        <v>2009</v>
+      </c>
+      <c r="J28" t="s">
+        <v>171</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>176</v>
+      </c>
+      <c r="M28" t="s">
+        <v>165</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>186</v>
+      </c>
+      <c r="P28" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>187</v>
+      </c>
+      <c r="B29" t="s">
+        <v>188</v>
+      </c>
+      <c r="C29" t="s">
+        <v>161</v>
+      </c>
+      <c r="D29" t="s">
+        <v>189</v>
+      </c>
+      <c r="E29" t="s">
+        <v>52</v>
+      </c>
+      <c r="F29" t="s">
+        <v>53</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>1992</v>
+      </c>
+      <c r="I29">
+        <v>2016</v>
+      </c>
+      <c r="J29" t="s">
+        <v>163</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>165</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>190</v>
+      </c>
+      <c r="P29" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>191</v>
+      </c>
+      <c r="B30" t="s">
+        <v>192</v>
+      </c>
+      <c r="C30" t="s">
+        <v>161</v>
+      </c>
+      <c r="D30" t="s">
         <v>19</v>
       </c>
-      <c r="G28">
-[...78 lines deleted...]
-      </c>
       <c r="E30" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="F30" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>53</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
       </c>
       <c r="H30">
         <v>2012</v>
       </c>
-      <c r="I30" t="s">
-        <v>122</v>
+      <c r="I30">
+        <v>2012</v>
       </c>
       <c r="J30" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>171</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
       <c r="M30" t="s">
-        <v>24</v>
+        <v>165</v>
       </c>
       <c r="N30" t="s">
-        <v>138</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>193</v>
+      </c>
+      <c r="P30" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>139</v>
+        <v>194</v>
       </c>
       <c r="B31" t="s">
-        <v>114</v>
+        <v>195</v>
       </c>
       <c r="C31" t="s">
-        <v>140</v>
+        <v>161</v>
       </c>
       <c r="D31" t="s">
-        <v>41</v>
+        <v>196</v>
       </c>
       <c r="E31" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="F31" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G31">
+        <v>53</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
         <v>2010</v>
       </c>
-      <c r="H31">
+      <c r="I31">
         <v>2015</v>
       </c>
-      <c r="I31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J31" t="s">
-        <v>141</v>
+        <v>171</v>
       </c>
       <c r="K31" t="s">
-        <v>142</v>
+        <v>197</v>
       </c>
       <c r="L31" t="s">
-        <v>118</v>
+        <v>198</v>
       </c>
       <c r="M31" t="s">
-        <v>24</v>
+        <v>165</v>
       </c>
       <c r="N31" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>199</v>
+      </c>
+      <c r="P31" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>144</v>
+        <v>200</v>
       </c>
       <c r="B32" t="s">
-        <v>114</v>
+        <v>201</v>
       </c>
       <c r="C32" t="s">
-        <v>145</v>
+        <v>161</v>
       </c>
       <c r="D32" t="s">
-        <v>41</v>
+        <v>202</v>
       </c>
       <c r="E32" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="F32" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>53</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
       </c>
       <c r="H32">
         <v>2010</v>
       </c>
-      <c r="I32" t="s">
-        <v>116</v>
+      <c r="I32">
+        <v>2010</v>
       </c>
       <c r="J32" t="s">
-        <v>21</v>
+        <v>163</v>
       </c>
       <c r="K32" t="s">
-        <v>146</v>
+        <v>24</v>
       </c>
       <c r="L32" t="s">
-        <v>118</v>
+        <v>203</v>
       </c>
       <c r="M32" t="s">
-        <v>24</v>
+        <v>165</v>
       </c>
       <c r="N32" t="s">
-        <v>147</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>204</v>
+      </c>
+      <c r="P32" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>148</v>
+        <v>205</v>
       </c>
       <c r="B33" t="s">
-        <v>114</v>
+        <v>206</v>
       </c>
       <c r="C33" t="s">
-        <v>56</v>
+        <v>161</v>
       </c>
       <c r="D33" t="s">
-        <v>41</v>
+        <v>73</v>
       </c>
       <c r="E33" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="F33" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G33">
+        <v>53</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
         <v>2002</v>
       </c>
-      <c r="H33">
+      <c r="I33">
         <v>2010</v>
       </c>
-      <c r="I33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J33" t="s">
-        <v>21</v>
+        <v>171</v>
       </c>
       <c r="K33" t="s">
-        <v>149</v>
+        <v>24</v>
       </c>
       <c r="L33" t="s">
-        <v>118</v>
+        <v>207</v>
       </c>
       <c r="M33" t="s">
-        <v>24</v>
+        <v>165</v>
       </c>
       <c r="N33" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>208</v>
+      </c>
+      <c r="P33" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>151</v>
+        <v>209</v>
       </c>
       <c r="B34" t="s">
-        <v>114</v>
+        <v>210</v>
       </c>
       <c r="C34" t="s">
-        <v>152</v>
+        <v>161</v>
       </c>
       <c r="D34" t="s">
-        <v>41</v>
+        <v>211</v>
       </c>
       <c r="E34" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="F34" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G34">
+        <v>53</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
         <v>1994</v>
       </c>
-      <c r="H34">
+      <c r="I34">
         <v>2003</v>
       </c>
-      <c r="I34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J34" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>163</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34"/>
       <c r="M34" t="s">
-        <v>24</v>
+        <v>165</v>
       </c>
       <c r="N34" t="s">
-        <v>153</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>212</v>
+      </c>
+      <c r="P34" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>154</v>
+        <v>213</v>
       </c>
       <c r="B35" t="s">
-        <v>114</v>
+        <v>214</v>
       </c>
       <c r="C35" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="D35" t="s">
-        <v>41</v>
+        <v>215</v>
       </c>
       <c r="E35" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="F35" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G35">
+        <v>53</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
         <v>2000</v>
       </c>
-      <c r="H35">
+      <c r="I35">
         <v>2010</v>
       </c>
-      <c r="I35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J35" t="s">
-        <v>141</v>
+        <v>171</v>
       </c>
       <c r="K35" t="s">
-        <v>156</v>
+        <v>197</v>
       </c>
       <c r="L35" t="s">
-        <v>118</v>
+        <v>216</v>
       </c>
       <c r="M35" t="s">
-        <v>24</v>
+        <v>165</v>
       </c>
       <c r="N35" t="s">
-        <v>157</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>217</v>
+      </c>
+      <c r="P35" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>158</v>
+        <v>218</v>
       </c>
       <c r="B36" t="s">
-        <v>114</v>
+        <v>219</v>
       </c>
       <c r="C36" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="D36" t="s">
-        <v>41</v>
+        <v>220</v>
       </c>
       <c r="E36" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="F36" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G36">
+        <v>53</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
         <v>1996</v>
       </c>
-      <c r="H36">
+      <c r="I36">
         <v>2009</v>
       </c>
-      <c r="I36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J36" t="s">
-        <v>21</v>
+        <v>163</v>
       </c>
       <c r="K36" t="s">
-        <v>160</v>
+        <v>24</v>
       </c>
       <c r="L36" t="s">
-        <v>118</v>
+        <v>221</v>
       </c>
       <c r="M36" t="s">
-        <v>24</v>
+        <v>165</v>
       </c>
       <c r="N36" t="s">
-        <v>161</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>222</v>
+      </c>
+      <c r="P36" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>158</v>
+        <v>218</v>
       </c>
       <c r="B37" t="s">
-        <v>114</v>
+        <v>219</v>
       </c>
       <c r="C37" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D37" t="s">
-        <v>41</v>
+        <v>223</v>
       </c>
       <c r="E37" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="F37" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G37">
+        <v>53</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
         <v>1997</v>
       </c>
-      <c r="H37">
+      <c r="I37">
         <v>2009</v>
       </c>
-      <c r="I37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J37" t="s">
-        <v>21</v>
+        <v>163</v>
       </c>
       <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>224</v>
+      </c>
+      <c r="M37" t="s">
+        <v>165</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>225</v>
+      </c>
+      <c r="P37" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>226</v>
+      </c>
+      <c r="B38" t="s">
+        <v>227</v>
+      </c>
+      <c r="C38" t="s">
+        <v>161</v>
+      </c>
+      <c r="D38" t="s">
+        <v>202</v>
+      </c>
+      <c r="E38" t="s">
+        <v>52</v>
+      </c>
+      <c r="F38" t="s">
+        <v>53</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>1992</v>
+      </c>
+      <c r="I38">
+        <v>2009</v>
+      </c>
+      <c r="J38" t="s">
         <v>163</v>
       </c>
-      <c r="L37" t="s">
-[...10 lines deleted...]
-      <c r="A38" t="s">
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>203</v>
+      </c>
+      <c r="M38" t="s">
         <v>165</v>
       </c>
-      <c r="B38" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="N38" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>228</v>
+      </c>
+      <c r="P38" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>167</v>
+        <v>230</v>
       </c>
       <c r="B39" t="s">
-        <v>114</v>
+        <v>231</v>
       </c>
       <c r="C39" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="D39" t="s">
-        <v>41</v>
+        <v>232</v>
       </c>
       <c r="E39" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="F39" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>53</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
       </c>
       <c r="H39">
         <v>2010</v>
       </c>
-      <c r="I39" t="s">
-        <v>122</v>
+      <c r="I39">
+        <v>2010</v>
       </c>
       <c r="J39" t="s">
+        <v>171</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
+        <v>165</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>233</v>
+      </c>
+      <c r="P39" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>234</v>
+      </c>
+      <c r="B40" t="s">
+        <v>235</v>
+      </c>
+      <c r="C40" t="s">
+        <v>161</v>
+      </c>
+      <c r="D40" t="s">
+        <v>215</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
         <v>21</v>
       </c>
-      <c r="K39"/>
-[...17 lines deleted...]
-      <c r="C40" t="s">
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>1996</v>
+      </c>
+      <c r="I40">
+        <v>2012</v>
+      </c>
+      <c r="J40" t="s">
         <v>171</v>
       </c>
-      <c r="D40" t="s">
-[...8 lines deleted...]
-      <c r="G40">
+      <c r="K40" t="s">
+        <v>236</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>165</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>237</v>
+      </c>
+      <c r="P40" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>234</v>
+      </c>
+      <c r="B41" t="s">
+        <v>239</v>
+      </c>
+      <c r="C41" t="s">
+        <v>161</v>
+      </c>
+      <c r="D41" t="s">
+        <v>215</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>21</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>1996</v>
+      </c>
+      <c r="I41">
+        <v>2012</v>
+      </c>
+      <c r="J41" t="s">
+        <v>171</v>
+      </c>
+      <c r="K41" t="s">
+        <v>236</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>165</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>240</v>
+      </c>
+      <c r="P41" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>234</v>
+      </c>
+      <c r="B42" t="s">
+        <v>241</v>
+      </c>
+      <c r="C42" t="s">
+        <v>161</v>
+      </c>
+      <c r="D42" t="s">
+        <v>242</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>21</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
         <v>2010</v>
       </c>
-      <c r="H40">
+      <c r="I42">
         <v>2012</v>
       </c>
-      <c r="I40" t="s">
-[...2 lines deleted...]
-      <c r="J40" t="s">
+      <c r="J42" t="s">
+        <v>163</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>165</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>243</v>
+      </c>
+      <c r="P42" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>234</v>
+      </c>
+      <c r="B43" t="s">
+        <v>245</v>
+      </c>
+      <c r="C43" t="s">
+        <v>161</v>
+      </c>
+      <c r="D43" t="s">
+        <v>220</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
         <v>21</v>
       </c>
-      <c r="K40"/>
-[...114 lines deleted...]
-        <v>1996</v>
+      <c r="G43" t="s">
+        <v>22</v>
       </c>
       <c r="H43">
         <v>2012</v>
       </c>
-      <c r="I43" t="s">
-        <v>122</v>
+      <c r="I43">
+        <v>2012</v>
       </c>
       <c r="J43" t="s">
+        <v>163</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>165</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>246</v>
+      </c>
+      <c r="P43" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>234</v>
+      </c>
+      <c r="B44" t="s">
+        <v>247</v>
+      </c>
+      <c r="C44" t="s">
+        <v>161</v>
+      </c>
+      <c r="D44" t="s">
+        <v>248</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
         <v>21</v>
       </c>
-      <c r="K43"/>
-[...30 lines deleted...]
-        <v>1996</v>
+      <c r="G44" t="s">
+        <v>22</v>
       </c>
       <c r="H44">
         <v>2012</v>
       </c>
-      <c r="I44" t="s">
-        <v>122</v>
+      <c r="I44">
+        <v>2012</v>
       </c>
       <c r="J44" t="s">
+        <v>163</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
+        <v>165</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>249</v>
+      </c>
+      <c r="P44" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>234</v>
+      </c>
+      <c r="B45" t="s">
+        <v>250</v>
+      </c>
+      <c r="C45" t="s">
+        <v>161</v>
+      </c>
+      <c r="D45" t="s">
+        <v>251</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
         <v>21</v>
       </c>
-      <c r="K44"/>
-[...29 lines deleted...]
-      <c r="G45">
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
         <v>1996</v>
       </c>
-      <c r="H45">
+      <c r="I45">
         <v>2012</v>
       </c>
-      <c r="I45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J45" t="s">
-        <v>179</v>
-[...4 lines deleted...]
-      </c>
+        <v>171</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45"/>
       <c r="M45" t="s">
-        <v>24</v>
+        <v>165</v>
       </c>
       <c r="N45" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>252</v>
+      </c>
+      <c r="P45" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>170</v>
+        <v>234</v>
       </c>
       <c r="B46" t="s">
-        <v>114</v>
+        <v>253</v>
       </c>
       <c r="C46" t="s">
-        <v>181</v>
+        <v>161</v>
       </c>
       <c r="D46" t="s">
-        <v>17</v>
+        <v>104</v>
       </c>
       <c r="E46" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F46" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G46">
+        <v>21</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>1996</v>
+      </c>
+      <c r="I46">
         <v>2012</v>
       </c>
-      <c r="H46">
-[...4 lines deleted...]
-      </c>
       <c r="J46" t="s">
+        <v>171</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>165</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>254</v>
+      </c>
+      <c r="P46" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>234</v>
+      </c>
+      <c r="B47" t="s">
+        <v>255</v>
+      </c>
+      <c r="C47" t="s">
+        <v>161</v>
+      </c>
+      <c r="D47" t="s">
+        <v>256</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
         <v>21</v>
       </c>
-      <c r="K46"/>
-[...30 lines deleted...]
-        <v>1996</v>
+      <c r="G47" t="s">
+        <v>22</v>
       </c>
       <c r="H47">
         <v>2012</v>
       </c>
-      <c r="I47" t="s">
-        <v>122</v>
+      <c r="I47">
+        <v>2012</v>
       </c>
       <c r="J47" t="s">
-        <v>179</v>
-[...4 lines deleted...]
-      </c>
+        <v>163</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47"/>
       <c r="M47" t="s">
-        <v>24</v>
+        <v>165</v>
       </c>
       <c r="N47" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:14">
+        <v>93</v>
+      </c>
+      <c r="O47" t="s">
+        <v>257</v>
+      </c>
+      <c r="P47" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>184</v>
+        <v>258</v>
       </c>
       <c r="B48" t="s">
-        <v>114</v>
+        <v>259</v>
       </c>
       <c r="C48" t="s">
-        <v>185</v>
+        <v>161</v>
       </c>
       <c r="D48" t="s">
-        <v>17</v>
+        <v>260</v>
       </c>
       <c r="E48" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F48" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G48">
+        <v>21</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
         <v>1996</v>
       </c>
-      <c r="H48">
+      <c r="I48">
         <v>2010</v>
       </c>
-      <c r="I48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J48" t="s">
+        <v>171</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48"/>
+      <c r="M48" t="s">
+        <v>165</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>261</v>
+      </c>
+      <c r="P48" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>262</v>
+      </c>
+      <c r="B49" t="s">
+        <v>263</v>
+      </c>
+      <c r="C49" t="s">
+        <v>161</v>
+      </c>
+      <c r="D49" t="s">
+        <v>264</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
         <v>21</v>
       </c>
-      <c r="K48"/>
-[...29 lines deleted...]
-      <c r="G49">
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
         <v>1996</v>
       </c>
-      <c r="H49">
+      <c r="I49">
         <v>2012</v>
       </c>
-      <c r="I49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J49" t="s">
+        <v>171</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49" t="s">
+        <v>265</v>
+      </c>
+      <c r="M49" t="s">
+        <v>165</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>266</v>
+      </c>
+      <c r="P49" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>267</v>
+      </c>
+      <c r="B50" t="s">
+        <v>268</v>
+      </c>
+      <c r="C50" t="s">
+        <v>161</v>
+      </c>
+      <c r="D50" t="s">
+        <v>215</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
         <v>21</v>
       </c>
-      <c r="K49" t="s">
-[...31 lines deleted...]
-      <c r="G50">
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
         <v>1996</v>
       </c>
-      <c r="H50">
+      <c r="I50">
         <v>2010</v>
       </c>
-      <c r="I50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J50" t="s">
-        <v>141</v>
-[...4 lines deleted...]
-      </c>
+        <v>171</v>
+      </c>
+      <c r="K50" t="s">
+        <v>197</v>
+      </c>
+      <c r="L50"/>
       <c r="M50" t="s">
-        <v>24</v>
+        <v>165</v>
       </c>
       <c r="N50" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>269</v>
+      </c>
+      <c r="P50" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>193</v>
+        <v>270</v>
       </c>
       <c r="B51" t="s">
-        <v>114</v>
+        <v>271</v>
       </c>
       <c r="C51" t="s">
-        <v>194</v>
+        <v>161</v>
       </c>
       <c r="D51" t="s">
-        <v>17</v>
+        <v>272</v>
       </c>
       <c r="E51" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F51" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G51">
+        <v>21</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
         <v>1996</v>
       </c>
-      <c r="H51">
+      <c r="I51">
         <v>2010</v>
       </c>
-      <c r="I51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J51" t="s">
+        <v>171</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51"/>
+      <c r="M51" t="s">
+        <v>165</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>273</v>
+      </c>
+      <c r="P51" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>274</v>
+      </c>
+      <c r="B52" t="s">
+        <v>275</v>
+      </c>
+      <c r="C52" t="s">
+        <v>161</v>
+      </c>
+      <c r="D52" t="s">
+        <v>215</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
         <v>21</v>
       </c>
-      <c r="K51"/>
-[...29 lines deleted...]
-      <c r="G52">
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
         <v>1996</v>
       </c>
-      <c r="H52">
+      <c r="I52">
         <v>2010</v>
       </c>
-      <c r="I52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J52" t="s">
-        <v>141</v>
-[...4 lines deleted...]
-      </c>
+        <v>171</v>
+      </c>
+      <c r="K52" t="s">
+        <v>197</v>
+      </c>
+      <c r="L52"/>
       <c r="M52" t="s">
-        <v>24</v>
+        <v>165</v>
       </c>
       <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>276</v>
+      </c>
+      <c r="P52" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>277</v>
+      </c>
+      <c r="B53" t="s">
+        <v>278</v>
+      </c>
+      <c r="C53" t="s">
+        <v>161</v>
+      </c>
+      <c r="D53" t="s">
+        <v>242</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>21</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>1996</v>
+      </c>
+      <c r="I53">
+        <v>2010</v>
+      </c>
+      <c r="J53" t="s">
+        <v>163</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53"/>
+      <c r="M53" t="s">
+        <v>165</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>279</v>
+      </c>
+      <c r="P53" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>277</v>
+      </c>
+      <c r="B54" t="s">
+        <v>280</v>
+      </c>
+      <c r="C54" t="s">
+        <v>161</v>
+      </c>
+      <c r="D54" t="s">
+        <v>281</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>21</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>1996</v>
+      </c>
+      <c r="I54">
+        <v>2010</v>
+      </c>
+      <c r="J54" t="s">
+        <v>171</v>
+      </c>
+      <c r="K54" t="s">
         <v>197</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C53" t="s">
+      <c r="L54"/>
+      <c r="M54" t="s">
+        <v>165</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>282</v>
+      </c>
+      <c r="P54" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>283</v>
+      </c>
+      <c r="B55" t="s">
+        <v>284</v>
+      </c>
+      <c r="C55" t="s">
+        <v>161</v>
+      </c>
+      <c r="D55" t="s">
+        <v>285</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>21</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>1996</v>
+      </c>
+      <c r="I55">
+        <v>2010</v>
+      </c>
+      <c r="J55" t="s">
         <v>171</v>
       </c>
-      <c r="D53" t="s">
-[...8 lines deleted...]
-      <c r="G53">
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55"/>
+      <c r="M55" t="s">
+        <v>165</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>286</v>
+      </c>
+      <c r="P55" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>287</v>
+      </c>
+      <c r="B56" t="s">
+        <v>248</v>
+      </c>
+      <c r="C56" t="s">
+        <v>161</v>
+      </c>
+      <c r="D56" t="s">
+        <v>248</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>21</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
         <v>1996</v>
       </c>
-      <c r="H53">
+      <c r="I56">
         <v>2010</v>
       </c>
-      <c r="I53" t="s">
-[...2 lines deleted...]
-      <c r="J53" t="s">
+      <c r="J56" t="s">
+        <v>288</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56"/>
+      <c r="M56" t="s">
+        <v>165</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>289</v>
+      </c>
+      <c r="P56" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>291</v>
+      </c>
+      <c r="B57" t="s">
+        <v>292</v>
+      </c>
+      <c r="C57" t="s">
+        <v>161</v>
+      </c>
+      <c r="D57" t="s">
+        <v>293</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
         <v>21</v>
       </c>
-      <c r="K53"/>
-[...29 lines deleted...]
-      <c r="G54">
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
         <v>1996</v>
       </c>
-      <c r="H54">
+      <c r="I57">
         <v>2010</v>
       </c>
-      <c r="I54" t="s">
-[...44 lines deleted...]
-      <c r="J55" t="s">
+      <c r="J57" t="s">
+        <v>171</v>
+      </c>
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57"/>
+      <c r="M57" t="s">
+        <v>165</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>294</v>
+      </c>
+      <c r="P57" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>295</v>
+      </c>
+      <c r="B58" t="s">
+        <v>296</v>
+      </c>
+      <c r="C58" t="s">
+        <v>161</v>
+      </c>
+      <c r="D58" t="s">
+        <v>297</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
         <v>21</v>
       </c>
-      <c r="K55"/>
-[...38 lines deleted...]
-      <c r="J56" t="s">
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>2006</v>
+      </c>
+      <c r="I58">
+        <v>2015</v>
+      </c>
+      <c r="J58" t="s">
+        <v>298</v>
+      </c>
+      <c r="K58" t="s">
+        <v>299</v>
+      </c>
+      <c r="L58" t="s">
+        <v>300</v>
+      </c>
+      <c r="M58" t="s">
+        <v>301</v>
+      </c>
+      <c r="N58" t="s">
+        <v>302</v>
+      </c>
+      <c r="O58" t="s">
+        <v>303</v>
+      </c>
+      <c r="P58" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>305</v>
+      </c>
+      <c r="B59" t="s">
+        <v>306</v>
+      </c>
+      <c r="C59" t="s">
+        <v>161</v>
+      </c>
+      <c r="D59" t="s">
+        <v>307</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
         <v>21</v>
       </c>
-      <c r="K56"/>
-[...38 lines deleted...]
-      <c r="J57" t="s">
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>2001</v>
+      </c>
+      <c r="I59">
+        <v>2012</v>
+      </c>
+      <c r="J59" t="s">
+        <v>298</v>
+      </c>
+      <c r="K59" t="s">
+        <v>299</v>
+      </c>
+      <c r="L59" t="s">
+        <v>308</v>
+      </c>
+      <c r="M59" t="s">
+        <v>301</v>
+      </c>
+      <c r="N59" t="s">
+        <v>302</v>
+      </c>
+      <c r="O59" t="s">
+        <v>309</v>
+      </c>
+      <c r="P59" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>311</v>
+      </c>
+      <c r="B60" t="s">
+        <v>312</v>
+      </c>
+      <c r="C60" t="s">
+        <v>161</v>
+      </c>
+      <c r="D60" t="s">
+        <v>313</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
         <v>21</v>
       </c>
-      <c r="K57"/>
-[...76 lines deleted...]
-      <c r="H59">
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>1994</v>
+      </c>
+      <c r="I60">
+        <v>2013</v>
+      </c>
+      <c r="J60" t="s">
+        <v>298</v>
+      </c>
+      <c r="K60" t="s">
+        <v>299</v>
+      </c>
+      <c r="L60" t="s">
+        <v>314</v>
+      </c>
+      <c r="M60" t="s">
+        <v>301</v>
+      </c>
+      <c r="N60" t="s">
+        <v>302</v>
+      </c>
+      <c r="O60" t="s">
+        <v>315</v>
+      </c>
+      <c r="P60" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>317</v>
+      </c>
+      <c r="B61" t="s">
+        <v>318</v>
+      </c>
+      <c r="C61" t="s">
+        <v>161</v>
+      </c>
+      <c r="D61" t="s">
+        <v>319</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>21</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>1992</v>
+      </c>
+      <c r="I61">
         <v>2012</v>
       </c>
-      <c r="I59" t="s">
-[...89 lines deleted...]
-      </c>
       <c r="J61" t="s">
-        <v>214</v>
+        <v>298</v>
       </c>
       <c r="K61" t="s">
-        <v>221</v>
+        <v>299</v>
       </c>
       <c r="L61" t="s">
-        <v>216</v>
+        <v>308</v>
       </c>
       <c r="M61" t="s">
-        <v>217</v>
+        <v>301</v>
       </c>
       <c r="N61" t="s">
-        <v>229</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:14">
+        <v>302</v>
+      </c>
+      <c r="O61" t="s">
+        <v>320</v>
+      </c>
+      <c r="P61" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>230</v>
+        <v>322</v>
       </c>
       <c r="B62" t="s">
-        <v>114</v>
+        <v>323</v>
       </c>
       <c r="C62" t="s">
-        <v>185</v>
+        <v>161</v>
       </c>
       <c r="D62" t="s">
-        <v>41</v>
+        <v>260</v>
       </c>
       <c r="E62" t="s">
-        <v>69</v>
+        <v>52</v>
       </c>
       <c r="F62" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G62">
+        <v>92</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
         <v>2008</v>
       </c>
-      <c r="H62">
+      <c r="I62">
         <v>2016</v>
       </c>
-      <c r="I62" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J62" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>171</v>
+      </c>
+      <c r="K62" t="s">
+        <v>24</v>
+      </c>
+      <c r="L62"/>
       <c r="M62" t="s">
-        <v>24</v>
+        <v>165</v>
       </c>
       <c r="N62" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>324</v>
+      </c>
+      <c r="P62" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>232</v>
+        <v>325</v>
       </c>
       <c r="B63" t="s">
-        <v>114</v>
+        <v>326</v>
       </c>
       <c r="C63" t="s">
-        <v>233</v>
+        <v>161</v>
       </c>
       <c r="D63" t="s">
-        <v>41</v>
+        <v>327</v>
       </c>
       <c r="E63" t="s">
-        <v>69</v>
+        <v>52</v>
       </c>
       <c r="F63" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>92</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
       </c>
       <c r="H63">
         <v>2011</v>
       </c>
-      <c r="I63" t="s">
-        <v>122</v>
+      <c r="I63">
+        <v>2011</v>
       </c>
       <c r="J63" t="s">
-        <v>21</v>
+        <v>171</v>
       </c>
       <c r="K63" t="s">
-        <v>234</v>
+        <v>24</v>
       </c>
       <c r="L63" t="s">
-        <v>118</v>
+        <v>328</v>
       </c>
       <c r="M63" t="s">
-        <v>24</v>
+        <v>165</v>
       </c>
       <c r="N63" t="s">
-        <v>235</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>329</v>
+      </c>
+      <c r="P63" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>236</v>
+        <v>330</v>
       </c>
       <c r="B64" t="s">
-        <v>114</v>
+        <v>160</v>
       </c>
       <c r="C64" t="s">
-        <v>115</v>
+        <v>161</v>
       </c>
       <c r="D64" t="s">
-        <v>41</v>
+        <v>162</v>
       </c>
       <c r="E64" t="s">
-        <v>69</v>
+        <v>52</v>
       </c>
       <c r="F64" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G64">
+        <v>92</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
         <v>1993</v>
       </c>
-      <c r="H64">
+      <c r="I64">
         <v>2009</v>
       </c>
-      <c r="I64" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J64" t="s">
-        <v>21</v>
+        <v>163</v>
       </c>
       <c r="K64" t="s">
-        <v>117</v>
+        <v>24</v>
       </c>
       <c r="L64" t="s">
-        <v>118</v>
+        <v>164</v>
       </c>
       <c r="M64" t="s">
-        <v>24</v>
+        <v>165</v>
       </c>
       <c r="N64" t="s">
-        <v>237</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>331</v>
+      </c>
+      <c r="P64" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>238</v>
+        <v>332</v>
       </c>
       <c r="B65" t="s">
-        <v>114</v>
+        <v>333</v>
       </c>
       <c r="C65" t="s">
-        <v>188</v>
+        <v>161</v>
       </c>
       <c r="D65" t="s">
-        <v>41</v>
+        <v>264</v>
       </c>
       <c r="E65" t="s">
-        <v>69</v>
+        <v>52</v>
       </c>
       <c r="F65" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G65">
+        <v>92</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
         <v>1994</v>
       </c>
-      <c r="H65">
+      <c r="I65">
         <v>2003</v>
       </c>
-      <c r="I65" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J65" t="s">
-        <v>21</v>
+        <v>171</v>
       </c>
       <c r="K65" t="s">
-        <v>189</v>
+        <v>24</v>
       </c>
       <c r="L65" t="s">
-        <v>118</v>
+        <v>265</v>
       </c>
       <c r="M65" t="s">
-        <v>24</v>
+        <v>165</v>
       </c>
       <c r="N65" t="s">
-        <v>239</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>334</v>
+      </c>
+      <c r="P65" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>240</v>
+        <v>335</v>
       </c>
       <c r="B66" t="s">
-        <v>114</v>
+        <v>201</v>
       </c>
       <c r="C66" t="s">
-        <v>145</v>
+        <v>161</v>
       </c>
       <c r="D66" t="s">
-        <v>41</v>
+        <v>202</v>
       </c>
       <c r="E66" t="s">
-        <v>69</v>
+        <v>52</v>
       </c>
       <c r="F66" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>92</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
       </c>
       <c r="H66">
         <v>2010</v>
       </c>
-      <c r="I66" t="s">
-        <v>116</v>
+      <c r="I66">
+        <v>2010</v>
       </c>
       <c r="J66" t="s">
-        <v>21</v>
+        <v>163</v>
       </c>
       <c r="K66" t="s">
-        <v>146</v>
+        <v>24</v>
       </c>
       <c r="L66" t="s">
-        <v>118</v>
+        <v>203</v>
       </c>
       <c r="M66" t="s">
-        <v>24</v>
+        <v>165</v>
       </c>
       <c r="N66" t="s">
-        <v>241</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>336</v>
+      </c>
+      <c r="P66" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>242</v>
+        <v>337</v>
       </c>
       <c r="B67" t="s">
-        <v>114</v>
+        <v>169</v>
       </c>
       <c r="C67" t="s">
-        <v>121</v>
+        <v>161</v>
       </c>
       <c r="D67" t="s">
-        <v>41</v>
+        <v>170</v>
       </c>
       <c r="E67" t="s">
-        <v>69</v>
+        <v>52</v>
       </c>
       <c r="F67" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>92</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
       </c>
       <c r="H67">
         <v>2012</v>
       </c>
-      <c r="I67" t="s">
-        <v>122</v>
+      <c r="I67">
+        <v>2012</v>
       </c>
       <c r="J67" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>171</v>
+      </c>
+      <c r="K67" t="s">
+        <v>24</v>
+      </c>
+      <c r="L67"/>
       <c r="M67" t="s">
-        <v>24</v>
+        <v>165</v>
       </c>
       <c r="N67" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>338</v>
+      </c>
+      <c r="P67" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>244</v>
+        <v>339</v>
       </c>
       <c r="B68" t="s">
-        <v>114</v>
+        <v>340</v>
       </c>
       <c r="C68" t="s">
-        <v>56</v>
+        <v>161</v>
       </c>
       <c r="D68" t="s">
-        <v>41</v>
+        <v>73</v>
       </c>
       <c r="E68" t="s">
-        <v>69</v>
+        <v>52</v>
       </c>
       <c r="F68" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G68">
+        <v>92</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
         <v>2002</v>
       </c>
-      <c r="H68">
+      <c r="I68">
         <v>2007</v>
       </c>
-      <c r="I68" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J68" t="s">
-        <v>21</v>
+        <v>171</v>
       </c>
       <c r="K68" t="s">
-        <v>149</v>
+        <v>24</v>
       </c>
       <c r="L68" t="s">
-        <v>118</v>
+        <v>207</v>
       </c>
       <c r="M68" t="s">
-        <v>24</v>
+        <v>165</v>
       </c>
       <c r="N68" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>341</v>
+      </c>
+      <c r="P68" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>246</v>
+        <v>342</v>
       </c>
       <c r="B69" t="s">
-        <v>114</v>
+        <v>343</v>
       </c>
       <c r="C69" t="s">
-        <v>247</v>
+        <v>161</v>
       </c>
       <c r="D69" t="s">
-        <v>41</v>
+        <v>344</v>
       </c>
       <c r="E69" t="s">
-        <v>69</v>
+        <v>52</v>
       </c>
       <c r="F69" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G69">
+        <v>92</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
         <v>2011</v>
       </c>
-      <c r="H69">
+      <c r="I69">
         <v>2015</v>
       </c>
-      <c r="I69" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J69" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>171</v>
+      </c>
+      <c r="K69" t="s">
+        <v>24</v>
+      </c>
+      <c r="L69"/>
       <c r="M69" t="s">
-        <v>24</v>
+        <v>165</v>
       </c>
       <c r="N69" t="s">
-        <v>248</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>345</v>
+      </c>
+      <c r="P69" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>249</v>
+        <v>346</v>
       </c>
       <c r="B70" t="s">
-        <v>114</v>
+        <v>179</v>
       </c>
       <c r="C70" t="s">
-        <v>128</v>
+        <v>161</v>
       </c>
       <c r="D70" t="s">
-        <v>41</v>
+        <v>180</v>
       </c>
       <c r="E70" t="s">
-        <v>69</v>
+        <v>52</v>
       </c>
       <c r="F70" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>92</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
       </c>
       <c r="H70">
         <v>2012</v>
       </c>
-      <c r="I70" t="s">
-        <v>129</v>
+      <c r="I70">
+        <v>2012</v>
       </c>
       <c r="J70" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>181</v>
+      </c>
+      <c r="K70" t="s">
+        <v>24</v>
+      </c>
+      <c r="L70"/>
       <c r="M70" t="s">
-        <v>24</v>
+        <v>165</v>
       </c>
       <c r="N70" t="s">
-        <v>250</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>347</v>
+      </c>
+      <c r="P70" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>251</v>
+        <v>348</v>
       </c>
       <c r="B71" t="s">
-        <v>114</v>
+        <v>210</v>
       </c>
       <c r="C71" t="s">
-        <v>252</v>
+        <v>161</v>
       </c>
       <c r="D71" t="s">
-        <v>41</v>
+        <v>349</v>
       </c>
       <c r="E71" t="s">
-        <v>69</v>
+        <v>52</v>
       </c>
       <c r="F71" t="s">
+        <v>92</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
+        <v>1994</v>
+      </c>
+      <c r="I71">
+        <v>2003</v>
+      </c>
+      <c r="J71" t="s">
+        <v>163</v>
+      </c>
+      <c r="K71" t="s">
+        <v>24</v>
+      </c>
+      <c r="L71"/>
+      <c r="M71" t="s">
+        <v>165</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>350</v>
+      </c>
+      <c r="P71" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>351</v>
+      </c>
+      <c r="B72" t="s">
+        <v>352</v>
+      </c>
+      <c r="C72" t="s">
+        <v>161</v>
+      </c>
+      <c r="D72" t="s">
+        <v>264</v>
+      </c>
+      <c r="E72" t="s">
+        <v>52</v>
+      </c>
+      <c r="F72" t="s">
+        <v>92</v>
+      </c>
+      <c r="G72" t="s">
+        <v>22</v>
+      </c>
+      <c r="H72">
+        <v>1994</v>
+      </c>
+      <c r="I72">
+        <v>2004</v>
+      </c>
+      <c r="J72" t="s">
+        <v>171</v>
+      </c>
+      <c r="K72" t="s">
+        <v>24</v>
+      </c>
+      <c r="L72" t="s">
+        <v>353</v>
+      </c>
+      <c r="M72" t="s">
+        <v>165</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>354</v>
+      </c>
+      <c r="P72" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>355</v>
+      </c>
+      <c r="B73" t="s">
+        <v>356</v>
+      </c>
+      <c r="C73" t="s">
+        <v>161</v>
+      </c>
+      <c r="D73" t="s">
+        <v>357</v>
+      </c>
+      <c r="E73" t="s">
+        <v>52</v>
+      </c>
+      <c r="F73" t="s">
+        <v>92</v>
+      </c>
+      <c r="G73" t="s">
+        <v>22</v>
+      </c>
+      <c r="H73">
+        <v>2004</v>
+      </c>
+      <c r="I73">
+        <v>2010</v>
+      </c>
+      <c r="J73" t="s">
+        <v>163</v>
+      </c>
+      <c r="K73" t="s">
+        <v>24</v>
+      </c>
+      <c r="L73"/>
+      <c r="M73" t="s">
+        <v>165</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>358</v>
+      </c>
+      <c r="P73" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>359</v>
+      </c>
+      <c r="B74" t="s">
+        <v>195</v>
+      </c>
+      <c r="C74" t="s">
+        <v>161</v>
+      </c>
+      <c r="D74" t="s">
+        <v>196</v>
+      </c>
+      <c r="E74" t="s">
+        <v>52</v>
+      </c>
+      <c r="F74" t="s">
+        <v>92</v>
+      </c>
+      <c r="G74" t="s">
+        <v>22</v>
+      </c>
+      <c r="H74">
+        <v>2010</v>
+      </c>
+      <c r="I74">
+        <v>2015</v>
+      </c>
+      <c r="J74" t="s">
+        <v>171</v>
+      </c>
+      <c r="K74" t="s">
+        <v>197</v>
+      </c>
+      <c r="L74" t="s">
+        <v>198</v>
+      </c>
+      <c r="M74" t="s">
+        <v>165</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>360</v>
+      </c>
+      <c r="P74" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>361</v>
+      </c>
+      <c r="B75" t="s">
+        <v>362</v>
+      </c>
+      <c r="C75" t="s">
+        <v>161</v>
+      </c>
+      <c r="D75" t="s">
+        <v>60</v>
+      </c>
+      <c r="E75" t="s">
+        <v>52</v>
+      </c>
+      <c r="F75" t="s">
+        <v>92</v>
+      </c>
+      <c r="G75" t="s">
+        <v>22</v>
+      </c>
+      <c r="H75">
+        <v>2002</v>
+      </c>
+      <c r="I75">
+        <v>2006</v>
+      </c>
+      <c r="J75" t="s">
+        <v>171</v>
+      </c>
+      <c r="K75" t="s">
+        <v>24</v>
+      </c>
+      <c r="L75" t="s">
+        <v>176</v>
+      </c>
+      <c r="M75" t="s">
+        <v>165</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>363</v>
+      </c>
+      <c r="P75" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>364</v>
+      </c>
+      <c r="B76" t="s">
+        <v>214</v>
+      </c>
+      <c r="C76" t="s">
+        <v>161</v>
+      </c>
+      <c r="D76" t="s">
+        <v>215</v>
+      </c>
+      <c r="E76" t="s">
+        <v>52</v>
+      </c>
+      <c r="F76" t="s">
+        <v>92</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76">
+        <v>2001</v>
+      </c>
+      <c r="I76">
+        <v>2010</v>
+      </c>
+      <c r="J76" t="s">
+        <v>171</v>
+      </c>
+      <c r="K76" t="s">
+        <v>197</v>
+      </c>
+      <c r="L76" t="s">
+        <v>216</v>
+      </c>
+      <c r="M76" t="s">
+        <v>165</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>365</v>
+      </c>
+      <c r="P76" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>366</v>
+      </c>
+      <c r="B77" t="s">
+        <v>219</v>
+      </c>
+      <c r="C77" t="s">
+        <v>161</v>
+      </c>
+      <c r="D77" t="s">
+        <v>220</v>
+      </c>
+      <c r="E77" t="s">
+        <v>52</v>
+      </c>
+      <c r="F77" t="s">
+        <v>92</v>
+      </c>
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77">
+        <v>2009</v>
+      </c>
+      <c r="I77">
+        <v>2014</v>
+      </c>
+      <c r="J77" t="s">
+        <v>163</v>
+      </c>
+      <c r="K77" t="s">
+        <v>24</v>
+      </c>
+      <c r="L77" t="s">
+        <v>221</v>
+      </c>
+      <c r="M77" t="s">
+        <v>165</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>367</v>
+      </c>
+      <c r="P77" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>369</v>
+      </c>
+      <c r="B78" t="s">
+        <v>370</v>
+      </c>
+      <c r="C78" t="s">
+        <v>161</v>
+      </c>
+      <c r="D78" t="s">
+        <v>371</v>
+      </c>
+      <c r="E78" t="s">
+        <v>52</v>
+      </c>
+      <c r="F78" t="s">
+        <v>92</v>
+      </c>
+      <c r="G78" t="s">
+        <v>22</v>
+      </c>
+      <c r="H78">
+        <v>2010</v>
+      </c>
+      <c r="I78">
+        <v>2012</v>
+      </c>
+      <c r="J78" t="s">
+        <v>163</v>
+      </c>
+      <c r="K78" t="s">
+        <v>24</v>
+      </c>
+      <c r="L78"/>
+      <c r="M78" t="s">
+        <v>165</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>372</v>
+      </c>
+      <c r="P78" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>373</v>
+      </c>
+      <c r="B79" t="s">
+        <v>374</v>
+      </c>
+      <c r="C79" t="s">
+        <v>161</v>
+      </c>
+      <c r="D79" t="s">
+        <v>202</v>
+      </c>
+      <c r="E79" t="s">
+        <v>52</v>
+      </c>
+      <c r="F79" t="s">
+        <v>92</v>
+      </c>
+      <c r="G79" t="s">
+        <v>22</v>
+      </c>
+      <c r="H79">
+        <v>1992</v>
+      </c>
+      <c r="I79">
+        <v>2004</v>
+      </c>
+      <c r="J79" t="s">
+        <v>163</v>
+      </c>
+      <c r="K79" t="s">
+        <v>24</v>
+      </c>
+      <c r="L79" t="s">
+        <v>203</v>
+      </c>
+      <c r="M79" t="s">
+        <v>165</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>375</v>
+      </c>
+      <c r="P79" t="s">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>377</v>
+      </c>
+      <c r="B80" t="s">
+        <v>378</v>
+      </c>
+      <c r="C80" t="s">
+        <v>161</v>
+      </c>
+      <c r="D80" t="s">
+        <v>379</v>
+      </c>
+      <c r="E80" t="s">
+        <v>52</v>
+      </c>
+      <c r="F80" t="s">
+        <v>92</v>
+      </c>
+      <c r="G80" t="s">
+        <v>22</v>
+      </c>
+      <c r="H80">
+        <v>2015</v>
+      </c>
+      <c r="I80">
+        <v>2019</v>
+      </c>
+      <c r="J80" t="s">
+        <v>380</v>
+      </c>
+      <c r="K80" t="s">
+        <v>24</v>
+      </c>
+      <c r="L80"/>
+      <c r="M80" t="s">
+        <v>381</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>382</v>
+      </c>
+      <c r="P80" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>384</v>
+      </c>
+      <c r="B81" t="s">
+        <v>385</v>
+      </c>
+      <c r="C81" t="s">
+        <v>161</v>
+      </c>
+      <c r="D81" t="s">
         <v>19</v>
       </c>
-      <c r="G71">
-[...424 lines deleted...]
-      </c>
       <c r="E81" t="s">
-        <v>69</v>
+        <v>52</v>
       </c>
       <c r="F81" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>92</v>
+      </c>
+      <c r="G81" t="s">
+        <v>22</v>
       </c>
       <c r="H81">
         <v>2012</v>
       </c>
-      <c r="I81" t="s">
-        <v>122</v>
+      <c r="I81">
+        <v>2012</v>
       </c>
       <c r="J81" t="s">
+        <v>171</v>
+      </c>
+      <c r="K81" t="s">
+        <v>24</v>
+      </c>
+      <c r="L81"/>
+      <c r="M81" t="s">
+        <v>165</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>386</v>
+      </c>
+      <c r="P81" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>387</v>
+      </c>
+      <c r="B82" t="s">
+        <v>388</v>
+      </c>
+      <c r="C82" t="s">
+        <v>161</v>
+      </c>
+      <c r="D82" t="s">
+        <v>104</v>
+      </c>
+      <c r="E82" t="s">
+        <v>52</v>
+      </c>
+      <c r="F82" t="s">
+        <v>92</v>
+      </c>
+      <c r="G82" t="s">
+        <v>22</v>
+      </c>
+      <c r="H82">
+        <v>2012</v>
+      </c>
+      <c r="I82">
+        <v>2016</v>
+      </c>
+      <c r="J82" t="s">
+        <v>171</v>
+      </c>
+      <c r="K82" t="s">
+        <v>24</v>
+      </c>
+      <c r="L82"/>
+      <c r="M82" t="s">
+        <v>165</v>
+      </c>
+      <c r="N82" t="s">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>389</v>
+      </c>
+      <c r="P82" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>387</v>
+      </c>
+      <c r="B83" t="s">
+        <v>390</v>
+      </c>
+      <c r="C83" t="s">
+        <v>161</v>
+      </c>
+      <c r="D83" t="s">
+        <v>104</v>
+      </c>
+      <c r="E83" t="s">
+        <v>52</v>
+      </c>
+      <c r="F83" t="s">
+        <v>92</v>
+      </c>
+      <c r="G83" t="s">
+        <v>22</v>
+      </c>
+      <c r="H83">
+        <v>2012</v>
+      </c>
+      <c r="I83">
+        <v>2015</v>
+      </c>
+      <c r="J83" t="s">
+        <v>171</v>
+      </c>
+      <c r="K83" t="s">
+        <v>24</v>
+      </c>
+      <c r="L83"/>
+      <c r="M83" t="s">
+        <v>165</v>
+      </c>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>391</v>
+      </c>
+      <c r="P83" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>392</v>
+      </c>
+      <c r="B84" t="s">
+        <v>393</v>
+      </c>
+      <c r="C84" t="s">
+        <v>161</v>
+      </c>
+      <c r="D84" t="s">
+        <v>60</v>
+      </c>
+      <c r="E84" t="s">
+        <v>52</v>
+      </c>
+      <c r="F84" t="s">
+        <v>92</v>
+      </c>
+      <c r="G84" t="s">
+        <v>22</v>
+      </c>
+      <c r="H84">
+        <v>2002</v>
+      </c>
+      <c r="I84">
+        <v>2004</v>
+      </c>
+      <c r="J84" t="s">
+        <v>171</v>
+      </c>
+      <c r="K84" t="s">
+        <v>24</v>
+      </c>
+      <c r="L84" t="s">
+        <v>176</v>
+      </c>
+      <c r="M84" t="s">
+        <v>165</v>
+      </c>
+      <c r="N84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>394</v>
+      </c>
+      <c r="P84" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>395</v>
+      </c>
+      <c r="B85" t="s">
+        <v>396</v>
+      </c>
+      <c r="C85" t="s">
+        <v>161</v>
+      </c>
+      <c r="D85" t="s">
+        <v>60</v>
+      </c>
+      <c r="E85" t="s">
+        <v>20</v>
+      </c>
+      <c r="F85" t="s">
         <v>21</v>
       </c>
-      <c r="K81"/>
-[...158 lines deleted...]
-        <v>2012</v>
+      <c r="G85" t="s">
+        <v>22</v>
       </c>
       <c r="H85">
         <v>2012</v>
       </c>
-      <c r="I85" t="s">
-        <v>122</v>
+      <c r="I85">
+        <v>2012</v>
       </c>
       <c r="J85" t="s">
+        <v>171</v>
+      </c>
+      <c r="K85" t="s">
+        <v>24</v>
+      </c>
+      <c r="L85"/>
+      <c r="M85" t="s">
+        <v>165</v>
+      </c>
+      <c r="N85" t="s">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>397</v>
+      </c>
+      <c r="P85" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>395</v>
+      </c>
+      <c r="B86" t="s">
+        <v>19</v>
+      </c>
+      <c r="C86" t="s">
+        <v>161</v>
+      </c>
+      <c r="D86" t="s">
+        <v>19</v>
+      </c>
+      <c r="E86" t="s">
+        <v>20</v>
+      </c>
+      <c r="F86" t="s">
         <v>21</v>
       </c>
-      <c r="K85"/>
-[...30 lines deleted...]
-        <v>2012</v>
+      <c r="G86" t="s">
+        <v>22</v>
       </c>
       <c r="H86">
         <v>2012</v>
       </c>
-      <c r="I86" t="s">
-        <v>122</v>
+      <c r="I86">
+        <v>2012</v>
       </c>
       <c r="J86" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>171</v>
+      </c>
+      <c r="K86" t="s">
+        <v>24</v>
+      </c>
+      <c r="L86"/>
       <c r="M86" t="s">
-        <v>24</v>
+        <v>165</v>
       </c>
       <c r="N86" t="s">
-        <v>287</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>398</v>
+      </c>
+      <c r="P86" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
       <c r="A87" t="s">
-        <v>288</v>
+        <v>399</v>
       </c>
       <c r="B87" t="s">
-        <v>289</v>
+        <v>400</v>
       </c>
       <c r="C87" t="s">
-        <v>290</v>
+        <v>401</v>
       </c>
       <c r="D87" t="s">
-        <v>41</v>
+        <v>402</v>
       </c>
       <c r="E87" t="s">
-        <v>291</v>
+        <v>52</v>
       </c>
       <c r="F87" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G87">
+        <v>403</v>
+      </c>
+      <c r="G87" t="s">
+        <v>8</v>
+      </c>
+      <c r="H87">
         <v>2015</v>
       </c>
-      <c r="H87">
+      <c r="I87">
         <v>2024</v>
       </c>
-      <c r="I87" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J87" t="s">
-        <v>21</v>
+        <v>404</v>
       </c>
       <c r="K87" t="s">
-        <v>294</v>
+        <v>24</v>
       </c>
       <c r="L87" t="s">
-        <v>295</v>
+        <v>405</v>
       </c>
       <c r="M87" t="s">
-        <v>24</v>
+        <v>406</v>
       </c>
       <c r="N87" t="s">
-        <v>296</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>407</v>
+      </c>
+      <c r="P87" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
       <c r="A88" t="s">
-        <v>297</v>
+        <v>409</v>
       </c>
       <c r="B88" t="s">
-        <v>114</v>
+        <v>410</v>
       </c>
       <c r="C88" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="D88" t="s">
-        <v>41</v>
+        <v>232</v>
       </c>
       <c r="E88" t="s">
-        <v>291</v>
+        <v>52</v>
       </c>
       <c r="F88" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G88">
+        <v>403</v>
+      </c>
+      <c r="G88" t="s">
+        <v>8</v>
+      </c>
+      <c r="H88">
         <v>2004</v>
       </c>
-      <c r="H88">
+      <c r="I88">
         <v>2024</v>
       </c>
-      <c r="I88" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J88" t="s">
-        <v>21</v>
+        <v>404</v>
       </c>
       <c r="K88" t="s">
-        <v>298</v>
+        <v>24</v>
       </c>
       <c r="L88" t="s">
-        <v>295</v>
+        <v>411</v>
       </c>
       <c r="M88" t="s">
-        <v>24</v>
+        <v>406</v>
       </c>
       <c r="N88" t="s">
-        <v>299</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>412</v>
+      </c>
+      <c r="P88" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>300</v>
+        <v>413</v>
       </c>
       <c r="B89" t="s">
-        <v>114</v>
+        <v>414</v>
       </c>
       <c r="C89" t="s">
-        <v>301</v>
+        <v>161</v>
       </c>
       <c r="D89" t="s">
-        <v>41</v>
+        <v>415</v>
       </c>
       <c r="E89" t="s">
-        <v>302</v>
+        <v>52</v>
       </c>
       <c r="F89" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="G89">
+        <v>416</v>
+      </c>
+      <c r="G89" t="s">
+        <v>8</v>
+      </c>
+      <c r="H89">
         <v>2011</v>
       </c>
-      <c r="H89">
+      <c r="I89">
         <v>2024</v>
       </c>
-      <c r="I89" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J89" t="s">
-        <v>21</v>
+        <v>404</v>
       </c>
       <c r="K89" t="s">
-        <v>303</v>
+        <v>24</v>
       </c>
       <c r="L89" t="s">
-        <v>295</v>
+        <v>417</v>
       </c>
       <c r="M89" t="s">
-        <v>24</v>
+        <v>406</v>
       </c>
       <c r="N89" t="s">
-        <v>304</v>
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>418</v>
+      </c>
+      <c r="P89" t="s">
+        <v>419</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>