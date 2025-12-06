--- v0 (2025-10-12)
+++ v1 (2025-12-06)
@@ -12,605 +12,812 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="172">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="240">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>2009-300-EC: Commission Decision establishing the revised ecological criteria for the award of the Community Eco-label to televisions</t>
   </si>
   <si>
+    <t>The product group 'televisions' shall comprise: Mains powered electronic equipment; the primary purpose and function of which is to receive; decode and display TV transmission signals.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 62087</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/2009-300-ec-commission-decision-establishing-revised-ecological-criteria-award-community</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538153657569&amp;uri=CELEX:02009D0300-20180113</t>
+  </si>
+  <si>
     <t>2011-330-EU: Commission Decision of 6 June 2011 on establishing the ecological criteria for the award of the EU Ecolabel for notebook computers</t>
   </si>
   <si>
+    <t>The product group 'notebook computers' shall comprise devices which have the following characteristics:  A. they perform logical operations and process data and are designed specifically for portability and to be operated for extended periods of time either with or without a direct connection to an AC power source;   B. they utilise an integrated computer display and are capable of operation off an integrated battery or other portable power source. If a notebook computer is delivered with an external power supply this power supply is considered part of the notebook computer.  For the purpose of this Decision; tablet personal computers; which may use touch-sensitive screens along with or instead of other input devices shall be considered notebook computers. Digital picture frames shall not be considered notebook computers for the purpose of this Decision.</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/2011-330-eu-commission-decision-6-june-2011-establishing-ecological-criteria-award-eu</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32011D0330</t>
+  </si>
+  <si>
     <t>Commission Decision 2013-806 2013/806/EU: Commission Decision of 17 December 2013 establishing the ecological criteria for the award of the EU Ecolabel for imaging equipment (notified under document C(2013) 9097)</t>
   </si>
   <si>
+    <t>1. The product group imaging equipment shall comprise products which are marketed for office or domestic use; or both; and produce printed images; in the form of paper document or photo; through a marking process from one or both of the following: A. a digital image; provided by a network or card interface;  B. a hardcopy through a copying process.  Imaging equipment which have the additional function to produce a digital image from a hard copy through a scanning process are included in the scope of this Decision. This Decision shall apply to products which are marketed as printers; copiers and multifunctional devices.    2. Fax machines; digital duplicators; mailing machines and scanners are excluded from the scope of this Decision.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-2013-806-2013806eu-commission-decision-17-december-2013-establishing</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013D0806</t>
+  </si>
+  <si>
     <t>Commission Decision of 28 May 2014: 2014-314-EU</t>
   </si>
   <si>
+    <t>1. The product group water-based heaters shall comprise products that are used to generate heat as part of a water- based central heating system; where the heated water is distributed by means of circulators and heat emitters in order to reach and maintain the indoor temperature of an enclosed space such as a building; a dwelling; or a room; at a desired level.    2. The maximum output power of the water-based heaters shall be 400 kW.    3. Combination heaters are included in the scope of this product group; provided that their primary function is to provide space heat.    4.The following products are excluded from the scope of this product group:   A. heaters whose primary function is to provide hot drinking or sanitary water;   B. heaters for heating and distributing gaseous heat transfer media such as vapour or air;    C. cogeneration space heaters with a maximum electrical capacity of 50 kW or above;    D. space heaters that combine both indirect heating; using water-based central heating system; and direct heating; by direct emission of heat into the room or space where the appliance is installed.</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil, Water</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-28-may-2014-2014-314-eu</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32014D0314</t>
+  </si>
+  <si>
     <t>Commission Decision of 9 November 2007 establishing the ecological criteria for the award of the Community eco-label to electrically driven, gas driven or gas absorption heat pumps</t>
   </si>
   <si>
+    <t>The product group 'electrically driven; gas driven or gas absorption heat pumps' shall comprise heat pumps; which can concentrate energy present in the air; ground or water into useful heat for the supply of space heating or the opposite process for space cooling. A 'heat pump' is the device or set of devices as delivered by the manufacturer or importer to the distributor; retailer or installer. This delivery may or may not include the delivery of circulating pumps at the sink or source side; however for calculation of coefficient of performance -COP; values the power consumption of circulating pumps shall always be taken into account; according to the methodology of EN14511:2004; if the manufacturer cannot provide data; a default value is taken. For gas absorption heat pumps the methodology shall be according to EN12309-2:2000. The product group shall cover only electrically driven; gas driven or gas absorption heat pumps with a maximum heating capacity of 100 kW. The product group 'electrically driven; gas driven or gas absorption heat pumps' shall not cover the following:   heat pumps which can only provide hot water for sanitary use;   and heat pumps which can only extract heat from a building and eject it to the air; ground or water thus resulting in space cooling.</t>
+  </si>
+  <si>
     <t>Heat Pumps</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>EN 14 511:2004; EN12309-2:2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco-0</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32007D0742</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02007D0742-20140617</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Bidets</t>
   </si>
   <si>
+    <t>A type of hygienic device with nameplate output powerof power supply less than equal to 2,000W used to warmup the water to wash users anus or genital area after stool</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Toilet Seats (Electric)</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-bidets</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Computers</t>
   </si>
   <si>
+    <t>Computers with nameplate output power of powersupply less than equal to 1,000W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-computers</t>
   </si>
   <si>
     <t>e-Standby Power Program for Cordless/Corded Phones</t>
   </si>
   <si>
+    <t>A device with nameplate output power of power supplyless than equal to 100W, capable of automatic reporting,voice and image transmitting between the internal andexternal units, opening and locking of the gate,communicating with the security and crime &amp; fire controls; gas, fire, crime</t>
+  </si>
+  <si>
     <t>Telephony</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-cordlesscorded-phones</t>
   </si>
   <si>
     <t>e-Standby Power Program for DVD Players</t>
   </si>
   <si>
+    <t>Digital Versatile Disc Players.</t>
+  </si>
+  <si>
     <t>DVD|Blu-Ray Players</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-dvd-players</t>
   </si>
   <si>
     <t>e-Standby Power Program for Energy-Saving &amp; Controlling</t>
   </si>
   <si>
+    <t>Controlling devices that automatically shut the power ofthe machine connected to multi-tab, by sensing operationor brightness of surrounding; or standby power blockingreceptacles.</t>
+  </si>
+  <si>
     <t>Smart home devices</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-energy-saving-controlling</t>
   </si>
   <si>
     <t>e-Standby Power Program for Fax Machine</t>
   </si>
   <si>
+    <t>Commercially-available imaging product with nameplateoutput power of power supply less than equal to 3,000Wwhose primary functions are scanning hard copy originalsfor electronic transmission to remote units and receivingsimilar electronic transmissions to produce hard copyoutput.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-fax-machine</t>
   </si>
   <si>
     <t>e-Standby Power Program for Home Audio Products</t>
   </si>
   <si>
+    <t>An electronic product with nameplate output power ofpower supply less than or equal to 1,000W whose intendedpurpose, other than providing non-video status displays, isthe production of recording of signals in the audio domainas reproduced by headphones, loudspeakers, or othertransducers, except radio cassette players.</t>
+  </si>
+  <si>
     <t>Home Theater Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-home-audio-products</t>
   </si>
   <si>
     <t>e-Standby Power Program for Home Gateway</t>
   </si>
   <si>
+    <t>Electronic products, with nameplate output power ofpower supply less than equal to 150W at LAN port whenthe maximum network traffic occur, that enable receivingexternal access networks, connecting home networkequipments based on wire/wireless networks, convertingprotocols, controlling, monitoring, managing and providingother home network related services</t>
+  </si>
+  <si>
     <t>Networking Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-home-gateway</t>
   </si>
   <si>
     <t>e-Standby Power Program for Microwave Ovens</t>
   </si>
   <si>
+    <t>A household microwave oven with nameplate outputpower of power supply less than equal to 2,000W</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-microwave-ovens</t>
   </si>
   <si>
     <t>e-Standby Power Program for Modem</t>
   </si>
   <si>
+    <t>Short for modulator-demodulator, it is a device withnameplate output power of power supply less than equalto 150W that enables data transmission from computers orterminals of communication devices over cable lines. Theapplication scope is limited to external modems with itsown power supply device, separated from computer orcommunication terminals.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-modem</t>
   </si>
   <si>
     <t>e-Standby Power Program for Monitors</t>
   </si>
   <si>
+    <t>This policy applies to commercially-available electronic products with a display screen in a single housing that is capable of displaying output information from a computer via one or more inputs (such as VGA and DVI), with nameplate output power of power supply less than or equal to 1,000W.</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-monitors</t>
   </si>
   <si>
     <t>e-Standby Power Program for Multifunctional devices</t>
   </si>
   <si>
+    <t>A multifunction equipment able to perform corefunctions of copying, printing, faxing or scanning withnameplate output power of power supply less than equalto 5,000W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-multifunctional-devices</t>
   </si>
   <si>
     <t>e-Standby Power Program for Printers</t>
   </si>
   <si>
+    <t>Commercially-available imaging product that serves as ahard copy output device, and is capable of receivinginformation from networked computers, or other inputdevices with nameplate output power of power supply lessthan equal to 3,000W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-printers</t>
   </si>
   <si>
     <t>e-Standby Power Program for Scanners</t>
   </si>
   <si>
+    <t>Electro-optical device with nameplate output power ofpower supply less than equal to 1,000W for convertingcolor or black-and-white information into electronicimages that can be stored, edited, converted, ortransmitted primarily in a personal computing environment</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-scanners</t>
   </si>
   <si>
     <t>e-Standby Power Program for Set-Top Boxes</t>
   </si>
   <si>
+    <t>A device with nameplate output power of power supplyless than equal to 150W, capable of receiving,transmitting, processing, recording, converting signals anddisplaying by television or other displaying devices.</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-set-top-boxes</t>
   </si>
   <si>
     <t>e-Standby Power Program for Televisions</t>
   </si>
   <si>
+    <t>An electronic product with nameplate output power ofpower supply less than equal to 1,000W, consisting of atuner|receiver and a monitor encased in a single housing</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-televisions</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Reflectors for HID Lamps</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>November 2019</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-3</t>
+  </si>
+  <si>
+    <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
+  </si>
+  <si>
+    <t>Metal-Halide Lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-4</t>
+  </si>
+  <si>
+    <t>Ventilation fans</t>
+  </si>
+  <si>
+    <t>Exhaust Fans</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-9</t>
+  </si>
+  <si>
+    <t>This policy applies to windows with more than 0.34m2hC/kcal thermal resistance and less than 5m3/hm2 air leakage rate.</t>
+  </si>
+  <si>
+    <t>Insulations</t>
+  </si>
+  <si>
+    <t>Other</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program</t>
+  </si>
+  <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
+    <t>Industrial oil boilers</t>
+  </si>
+  <si>
+    <t>Oil</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-0</t>
+  </si>
+  <si>
+    <t>Oil boilers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-1</t>
+  </si>
+  <si>
+    <t>Direct-fired absorption chillers-heaters</t>
+  </si>
+  <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
-    <t>November 2019</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-2</t>
   </si>
   <si>
-    <t>Non-Directional lamps</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-4</t>
+    <t>Sensor lighting equipment, PLS equipment, UCD lamp equipment, LED lamps using external converter, LED lamps using internal converter, attaching and detaching LED equipment, LED sensor equipment, converters for LED lighting modules, Tublar LED lamps, LED lamps for fluorescent lamp retrofit (internal converter type)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-5</t>
   </si>
   <si>
+    <t>LED traffic lights, LED leading lights, LED guard lighting equipment, LED street lights, LED flood lighting equipment, LED tunnel luminaires, LED module for channel letter signs</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-6</t>
   </si>
   <si>
+    <t>Single-phase induction motors</t>
+  </si>
+  <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-7</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-8</t>
   </si>
   <si>
-    <t>Exhaust Fans</t>
-[...17 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-0</t>
+    <t>Centrifugal and Turbo Blowers</t>
   </si>
   <si>
     <t>Industrial Blowers</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-10</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-1</t>
-[...1 lines deleted...]
-  <si>
     <t>High-efficiency Appliances Certification Program for 3 Phase Induction Motor</t>
   </si>
   <si>
+    <t>Three phase induction motors</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-3-phase-induction-motor</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Associated Ballasts</t>
   </si>
   <si>
+    <t>Ballasts</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>KS C 7621-99</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-associated-ballasts</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Domestic Gas Boiler</t>
   </si>
   <si>
+    <t>Domestic gas boiler: Gas burning hot water boiler, whose heat efficiency is over 95 percent</t>
+  </si>
+  <si>
     <t>Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-domestic-gas-boiler</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Energy Saving Device for Monitors</t>
   </si>
   <si>
+    <t>Energy saving device for monitor: controlling monitor power by detecting human body with sensor, whose net power consumption is less than 1.8W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-energy-saving-device-monitors</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Industrial Gas Boiler</t>
   </si>
   <si>
+    <t>Industrial gas boiler whose rated capacity is less than 12 million kcal per h, maximum allowable working pressure is less than 10kg per cm2, heat efficiency is over 91 percent</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-industrial-gas-boiler</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Pumps</t>
   </si>
   <si>
+    <t>Centrifugal water chiller, whose chilling capacity is less than 1,500usRT</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-pumps</t>
   </si>
   <si>
+    <t>Pump: Centrifugal pump for feeding water into boilers</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-pumps-0</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Sensor Lighting Equipment</t>
   </si>
   <si>
+    <t>Sensor Lighting Equipment</t>
+  </si>
+  <si>
     <t>Lighting Controls</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-sensor-lighting-equipment</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Streetlighting</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-streetlighting</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/download/Korean%20Energy%20Efficiency%20Policies%20(2015).pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Uniterruptible Power System</t>
   </si>
   <si>
+    <t>Uniterruptible power system: controlling its function according to the amount of loads</t>
+  </si>
+  <si>
     <t>Uninterruptable Power Supply</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-uniterruptible-power-system</t>
   </si>
   <si>
     <t>Korea Eco label Standards EL 228 Urinals</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Eco label of urinals installed in the buildings that use electronic flush valve or do not use water.</t>
+  </si>
+  <si>
     <t>Urinals</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>KSB 2369</t>
   </si>
   <si>
     <t>Ministry of Environment</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-eco-label-standards-el-228-urinals</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW76txsqp5XCkvi0ddnbZ9Jpc8eHawEBEWOC1mu2zFGur7racKsZ9gJsTis16avSB4Us4zZf5jO6hyPsqRagQx5G3WqHdRX52Jjpercent2F5tzY</t>
+  </si>
+  <si>
     <t>Korea Eco Label Standards Water Saving Showerhead and Water Saving Components for Faucet EL 222:2012</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Ecolabel of the water saving faucets having a water saving function installed at the end of water pipes such as a single faucet, hot water and cold water mixed faucets or a stop valve among faucets used for supplying water with less than use pressure of 735kPa (hereinafter referred to as faucet), and valve products having a water saving function by stopping supply or water, automatically closing the value or supplying the specified amount of water. However, faucets for special use such as drinking water faucets, faucets for fountains and faucets for toilets shall be excluded.</t>
+  </si>
+  <si>
     <t>Showers or Showerheads</t>
   </si>
   <si>
     <t>KSB 2331</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-eco-label-standards-water-saving-showerhead-and-water-saving-components-faucet-el</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW7percent2FUTvuniRHmqp75nbpercent2BGaeLny2YsN0IlrQjpercent2F0percent2BKgxM4ispercent2FKD9DlHJ1yXUpercent2Bskykx</t>
+  </si>
+  <si>
     <t>Korea Eco Label Standards Water Saving Toilet EL 223:2013</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Ecolabel of the water saving toilet among toilets (western style water closet) with low tanks or flush valves (hereinafter referred to as "toilet").</t>
+  </si>
+  <si>
     <t>Toilets</t>
   </si>
   <si>
     <t>EM501, KS L 1551</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-eco-label-standards-water-saving-toilet-el-2232013</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW7y58Apercent2B81L7P4rLapercent2FajMJdT9b5yA8fyWJFp6vjuUC7yZjvQUPGqd5ftUlbeqBjW52LjNaMUCnmqNVnT1JgBlH501zOaauLm</t>
+  </si>
+  <si>
     <t>Korea Ecolabel Standards Water-saving Faucets EL221:2012</t>
   </si>
   <si>
+    <t>The criteria shall apply to single faucet, cold and warm water mixed faucet or stagnant water faucet the water faucet (hereafter referred to as "faucet") used in water supply/bath supply with less than the usage pressure of 7.5kgf/㎠ 735kPa, to the water-saving faucet, which shall be set up at the end of water pipe and have water-saving effect, and to the valve that have water- saving effect through the function of immediate water-stopping, self-closing and fixed-quantity water-stopping. However, faucets for special use such as ones for drinking water, fountain and toilet shall be excluded.</t>
+  </si>
+  <si>
     <t>Taps or Faucets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-ecolabel-standards-water-saving-faucets-el2212012</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW74bllzXvqY5Wq0bOgPxdSkbYOaV9uckpercent2FRVFBygq3tRSx2WHxMnswq0VzzPLOeGRpercent2FjEUYTYWPvjh94a8dm0PyBXVQlEUV6y</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Labeling and Standards, Ministry of Knowkedge Economy Notification No.2011-263. 2011.12.23</t>
   </si>
   <si>
+    <t>Drum washing machines</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-labeling-and-standards-ministry-knowkedge-economy</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-labeling-and-standards-ministry-knowkedge-economy-0</t>
   </si>
   <si>
     <t>Voluntary ecodesign scheme for games consoles</t>
   </si>
   <si>
+    <t>Companies active in the games consoles market have proposed a voluntary agreement laying down specific ecodesign requirements for games consoles models placed on the EU market, which use more than 20 Watts in active game mode. The voluntary scheme was agreed by the signatories in April 2014.
+Under the agreement, each signatory undertakes that at least 90 % of all games consoles that they place on the market would comply with the applicable minimum energy efficiency requirements.
+The agreement includes requirements on auto power down settings, limits on energy use in standby (0.5 W), navigation (40 W), and media streaming modes (50 W), and some product information requirements.</t>
+  </si>
+  <si>
     <t>Other-Electronics</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/voluntary-ecodesign-scheme-games-consoles</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1432808656922&amp;uri=CELEX%3A52015DC0178</t>
+  </si>
+  <si>
     <t>Voluntary ecodesign scheme for imaging equipment</t>
   </si>
   <si>
+    <t>The voluntary agreement concluded by the industry lays down specific ecodesign requirements for imaging equipment placed on the EU market. The products covered by the agreement are also subject to the ENERGY STAR voluntary energy labelling programme, which lays down energy labelling requirements for different office equipment, including imaging equipment. As required by the Ecodesign Directive, the signatories to this voluntary scheme represent a large majority of the relevant economic sector. Under the agreement, each signatory undertook that at least 90 % of all imaging equipment models it places on the market would comply with the minimum efficiency requirements in terms of TEC (typical energy consumption) and OM (operational mode). Furthermore, all printing products should offer the ‘N-up printing’ capability as a standard feature and should comply with the requirements for cartridges (e.g. the design should not prevent the reuse/recycling and use of cartridges of other producers). All new products should also comply with the requirements for recycling (e.g. easy disassembly and marking of plastics). Finally, the signatories undertook to comply with the specific information requirements (e.g. information on resource and energy efficiency).</t>
+  </si>
+  <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/voluntary-ecodesign-scheme-imaging-equipment</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A52013DC0023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -874,2299 +1081,2620 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N53"/>
+  <dimension ref="A1:P53"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="251" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="251.224" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1522.914" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="45.846" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="36.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2">
+        <v>2018</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2003</v>
+      </c>
+      <c r="I3">
+        <v>2011</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2003</v>
+      </c>
+      <c r="I4">
+        <v>2013</v>
+      </c>
+      <c r="J4" t="s">
+        <v>38</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>39</v>
+      </c>
+      <c r="P4" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>44</v>
+      </c>
+      <c r="H5">
+        <v>2014</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>45</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>44</v>
+      </c>
+      <c r="H6">
+        <v>2014</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>51</v>
+      </c>
+      <c r="L6" t="s">
+        <v>52</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>53</v>
+      </c>
+      <c r="P6" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>48</v>
+      </c>
+      <c r="B7" t="s">
+        <v>49</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>55</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2007</v>
+      </c>
+      <c r="I7">
+        <v>2014</v>
+      </c>
+      <c r="J7" t="s">
+        <v>56</v>
+      </c>
+      <c r="K7" t="s">
+        <v>51</v>
+      </c>
+      <c r="L7" t="s">
+        <v>52</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>57</v>
+      </c>
+      <c r="P7" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>59</v>
+      </c>
+      <c r="B8" t="s">
+        <v>60</v>
+      </c>
+      <c r="C8" t="s">
+        <v>61</v>
+      </c>
+      <c r="D8" t="s">
+        <v>62</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>44</v>
+      </c>
+      <c r="H8">
+        <v>2010</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>63</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>64</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>65</v>
+      </c>
+      <c r="P8" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>67</v>
+      </c>
+      <c r="B9" t="s">
+        <v>68</v>
+      </c>
+      <c r="C9" t="s">
+        <v>61</v>
+      </c>
+      <c r="D9" t="s">
+        <v>32</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>44</v>
+      </c>
+      <c r="H9">
+        <v>2009</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>63</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>64</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>69</v>
+      </c>
+      <c r="P9" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>70</v>
+      </c>
+      <c r="B10" t="s">
+        <v>71</v>
+      </c>
+      <c r="C10" t="s">
+        <v>61</v>
+      </c>
+      <c r="D10" t="s">
+        <v>72</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>44</v>
+      </c>
+      <c r="H10">
+        <v>2010</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>63</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>64</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>73</v>
+      </c>
+      <c r="P10" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>74</v>
+      </c>
+      <c r="B11" t="s">
+        <v>75</v>
+      </c>
+      <c r="C11" t="s">
+        <v>61</v>
+      </c>
+      <c r="D11" t="s">
+        <v>76</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>44</v>
+      </c>
+      <c r="H11">
+        <v>2010</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>63</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>64</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>77</v>
+      </c>
+      <c r="P11" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>78</v>
+      </c>
+      <c r="B12" t="s">
+        <v>79</v>
+      </c>
+      <c r="C12" t="s">
+        <v>61</v>
+      </c>
+      <c r="D12" t="s">
+        <v>80</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>44</v>
+      </c>
+      <c r="H12">
+        <v>2009</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>63</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>64</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>81</v>
+      </c>
+      <c r="P12" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>82</v>
+      </c>
+      <c r="B13" t="s">
+        <v>83</v>
+      </c>
+      <c r="C13" t="s">
+        <v>61</v>
+      </c>
+      <c r="D13" t="s">
+        <v>37</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>44</v>
+      </c>
+      <c r="H13">
+        <v>2010</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>63</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>64</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>84</v>
+      </c>
+      <c r="P13" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>85</v>
+      </c>
+      <c r="B14" t="s">
+        <v>86</v>
+      </c>
+      <c r="C14" t="s">
+        <v>61</v>
+      </c>
+      <c r="D14" t="s">
+        <v>87</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>44</v>
+      </c>
+      <c r="H14">
+        <v>2010</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>63</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>64</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>88</v>
+      </c>
+      <c r="P14" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>89</v>
+      </c>
+      <c r="B15" t="s">
+        <v>90</v>
+      </c>
+      <c r="C15" t="s">
+        <v>61</v>
+      </c>
+      <c r="D15" t="s">
+        <v>91</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>44</v>
+      </c>
+      <c r="H15">
+        <v>2010</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>63</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>64</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>92</v>
+      </c>
+      <c r="P15" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>93</v>
+      </c>
+      <c r="B16" t="s">
+        <v>94</v>
+      </c>
+      <c r="C16" t="s">
+        <v>61</v>
+      </c>
+      <c r="D16" t="s">
+        <v>95</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>44</v>
+      </c>
+      <c r="H16">
+        <v>2009</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>63</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>64</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>96</v>
+      </c>
+      <c r="P16" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>97</v>
+      </c>
+      <c r="B17" t="s">
+        <v>98</v>
+      </c>
+      <c r="C17" t="s">
+        <v>61</v>
+      </c>
+      <c r="D17" t="s">
+        <v>91</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>44</v>
+      </c>
+      <c r="H17">
+        <v>2010</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>63</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>64</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>99</v>
+      </c>
+      <c r="P17" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>100</v>
+      </c>
+      <c r="B18" t="s">
+        <v>101</v>
+      </c>
+      <c r="C18" t="s">
+        <v>61</v>
+      </c>
+      <c r="D18" t="s">
+        <v>102</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>44</v>
+      </c>
+      <c r="H18">
+        <v>2009</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>63</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>64</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>103</v>
+      </c>
+      <c r="P18" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>104</v>
+      </c>
+      <c r="B19" t="s">
+        <v>105</v>
+      </c>
+      <c r="C19" t="s">
+        <v>61</v>
+      </c>
+      <c r="D19" t="s">
+        <v>37</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>44</v>
+      </c>
+      <c r="H19">
+        <v>2009</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>63</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>64</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>106</v>
+      </c>
+      <c r="P19" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>107</v>
+      </c>
+      <c r="B20" t="s">
+        <v>108</v>
+      </c>
+      <c r="C20" t="s">
+        <v>61</v>
+      </c>
+      <c r="D20" t="s">
+        <v>37</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>44</v>
+      </c>
+      <c r="H20">
+        <v>2009</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>63</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>64</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>109</v>
+      </c>
+      <c r="P20" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>110</v>
+      </c>
+      <c r="B21" t="s">
+        <v>111</v>
+      </c>
+      <c r="C21" t="s">
+        <v>61</v>
+      </c>
+      <c r="D21" t="s">
+        <v>37</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>44</v>
+      </c>
+      <c r="H21">
+        <v>2010</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>63</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>64</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>112</v>
+      </c>
+      <c r="P21" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>113</v>
+      </c>
+      <c r="B22" t="s">
+        <v>114</v>
+      </c>
+      <c r="C22" t="s">
+        <v>61</v>
+      </c>
+      <c r="D22" t="s">
+        <v>115</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>44</v>
+      </c>
+      <c r="H22">
+        <v>2010</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>63</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>64</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>116</v>
+      </c>
+      <c r="P22" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>117</v>
+      </c>
+      <c r="B23" t="s">
+        <v>118</v>
+      </c>
+      <c r="C23" t="s">
+        <v>61</v>
+      </c>
+      <c r="D23" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...215 lines deleted...]
-      <c r="I7" t="s">
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
         <v>44</v>
       </c>
-      <c r="J7" t="s">
-[...216 lines deleted...]
-      <c r="A13" t="s">
+      <c r="H23">
+        <v>2008</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
         <v>63</v>
       </c>
-      <c r="B13" t="s">
-[...42 lines deleted...]
-      <c r="C14" t="s">
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>64</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>119</v>
+      </c>
+      <c r="P23" t="s">
         <v>66</v>
       </c>
-      <c r="D14" t="s">
-[...389 lines deleted...]
-    <row r="24" spans="1:14">
+    </row>
+    <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>90</v>
+        <v>120</v>
       </c>
       <c r="B24" t="s">
-        <v>47</v>
+        <v>121</v>
       </c>
       <c r="C24" t="s">
-        <v>91</v>
+        <v>61</v>
       </c>
       <c r="D24" t="s">
-        <v>17</v>
+        <v>122</v>
       </c>
       <c r="E24" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>44</v>
       </c>
       <c r="H24">
         <v>2012</v>
       </c>
-      <c r="I24" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I24"/>
       <c r="J24" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>123</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
       <c r="M24" t="s">
-        <v>24</v>
+        <v>64</v>
       </c>
       <c r="N24" t="s">
-        <v>93</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>124</v>
+      </c>
+      <c r="P24" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>90</v>
+        <v>120</v>
       </c>
       <c r="B25" t="s">
-        <v>47</v>
+        <v>126</v>
       </c>
       <c r="C25" t="s">
-        <v>94</v>
+        <v>61</v>
       </c>
       <c r="D25" t="s">
-        <v>17</v>
+        <v>122</v>
       </c>
       <c r="E25" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="G25">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>44</v>
+      </c>
+      <c r="H25">
         <v>2012</v>
       </c>
-      <c r="H25"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I25"/>
       <c r="J25" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>123</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
       <c r="M25" t="s">
-        <v>24</v>
+        <v>64</v>
       </c>
       <c r="N25" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>127</v>
+      </c>
+      <c r="P25" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>90</v>
+        <v>120</v>
       </c>
       <c r="B26" t="s">
-        <v>47</v>
+        <v>128</v>
       </c>
       <c r="C26" t="s">
-        <v>94</v>
+        <v>61</v>
       </c>
       <c r="D26" t="s">
-        <v>17</v>
+        <v>129</v>
       </c>
       <c r="E26" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="G26">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>44</v>
+      </c>
+      <c r="H26">
         <v>2012</v>
       </c>
-      <c r="H26"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I26"/>
       <c r="J26" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>123</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
       <c r="M26" t="s">
-        <v>24</v>
+        <v>64</v>
       </c>
       <c r="N26" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>130</v>
+      </c>
+      <c r="P26" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>90</v>
+        <v>120</v>
       </c>
       <c r="B27" t="s">
-        <v>47</v>
+        <v>131</v>
       </c>
       <c r="C27" t="s">
-        <v>94</v>
+        <v>61</v>
       </c>
       <c r="D27" t="s">
-        <v>17</v>
+        <v>132</v>
       </c>
       <c r="E27" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G27">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>44</v>
+      </c>
+      <c r="H27">
+        <v>2010</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>63</v>
+      </c>
+      <c r="K27" t="s">
+        <v>133</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>64</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>134</v>
+      </c>
+      <c r="P27" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>120</v>
+      </c>
+      <c r="B28" t="s">
+        <v>136</v>
+      </c>
+      <c r="C28" t="s">
+        <v>61</v>
+      </c>
+      <c r="D28" t="s">
+        <v>43</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>1996</v>
+      </c>
+      <c r="I28">
         <v>2012</v>
       </c>
-      <c r="H27">
+      <c r="J28" t="s">
+        <v>63</v>
+      </c>
+      <c r="K28" t="s">
+        <v>137</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>64</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>138</v>
+      </c>
+      <c r="P28" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>120</v>
+      </c>
+      <c r="B29" t="s">
+        <v>139</v>
+      </c>
+      <c r="C29" t="s">
+        <v>61</v>
+      </c>
+      <c r="D29" t="s">
+        <v>43</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>1996</v>
+      </c>
+      <c r="I29">
         <v>2012</v>
       </c>
-      <c r="I27" t="s">
-[...35 lines deleted...]
-      <c r="G28">
+      <c r="J29" t="s">
+        <v>63</v>
+      </c>
+      <c r="K29" t="s">
+        <v>137</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>64</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>140</v>
+      </c>
+      <c r="P29" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>120</v>
+      </c>
+      <c r="B30" t="s">
+        <v>141</v>
+      </c>
+      <c r="C30" t="s">
+        <v>61</v>
+      </c>
+      <c r="D30" t="s">
+        <v>142</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2010</v>
+      </c>
+      <c r="I30">
         <v>2012</v>
       </c>
-      <c r="H28">
+      <c r="J30" t="s">
+        <v>123</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>64</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>143</v>
+      </c>
+      <c r="P30" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>120</v>
+      </c>
+      <c r="B31" t="s">
+        <v>144</v>
+      </c>
+      <c r="C31" t="s">
+        <v>61</v>
+      </c>
+      <c r="D31" t="s">
+        <v>122</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
         <v>2012</v>
       </c>
-      <c r="I28" t="s">
-[...35 lines deleted...]
-      <c r="G29">
+      <c r="I31">
+        <v>2012</v>
+      </c>
+      <c r="J31" t="s">
+        <v>123</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>64</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>145</v>
+      </c>
+      <c r="P31" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>120</v>
+      </c>
+      <c r="B32" t="s">
+        <v>146</v>
+      </c>
+      <c r="C32" t="s">
+        <v>61</v>
+      </c>
+      <c r="D32" t="s">
+        <v>147</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2012</v>
+      </c>
+      <c r="I32">
+        <v>2012</v>
+      </c>
+      <c r="J32" t="s">
+        <v>123</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>64</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>148</v>
+      </c>
+      <c r="P32" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>120</v>
+      </c>
+      <c r="B33" t="s">
+        <v>149</v>
+      </c>
+      <c r="C33" t="s">
+        <v>61</v>
+      </c>
+      <c r="D33" t="s">
+        <v>150</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
         <v>1996</v>
       </c>
-      <c r="H29">
+      <c r="I33">
         <v>2012</v>
       </c>
-      <c r="I29" t="s">
-[...35 lines deleted...]
-      <c r="G30">
+      <c r="J33" t="s">
+        <v>63</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>64</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>151</v>
+      </c>
+      <c r="P33" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>120</v>
+      </c>
+      <c r="B34" t="s">
+        <v>152</v>
+      </c>
+      <c r="C34" t="s">
+        <v>61</v>
+      </c>
+      <c r="D34" t="s">
+        <v>153</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
         <v>1996</v>
       </c>
-      <c r="H30">
+      <c r="I34">
         <v>2012</v>
       </c>
-      <c r="I30" t="s">
-[...165 lines deleted...]
-      </c>
       <c r="J34" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>63</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34"/>
       <c r="M34" t="s">
-        <v>112</v>
+        <v>64</v>
       </c>
       <c r="N34" t="s">
-        <v>113</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>154</v>
+      </c>
+      <c r="P34" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>90</v>
+        <v>120</v>
       </c>
       <c r="B35" t="s">
-        <v>47</v>
+        <v>155</v>
       </c>
       <c r="C35" t="s">
-        <v>34</v>
+        <v>61</v>
       </c>
       <c r="D35" t="s">
-        <v>17</v>
+        <v>156</v>
       </c>
       <c r="E35" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F35" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1996</v>
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
       </c>
       <c r="H35">
         <v>2012</v>
       </c>
-      <c r="I35" t="s">
-        <v>49</v>
+      <c r="I35">
+        <v>2012</v>
       </c>
       <c r="J35" t="s">
-        <v>109</v>
-[...4 lines deleted...]
-      </c>
+        <v>123</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35"/>
       <c r="M35" t="s">
-        <v>24</v>
+        <v>64</v>
       </c>
       <c r="N35" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:14">
+        <v>157</v>
+      </c>
+      <c r="O35" t="s">
+        <v>158</v>
+      </c>
+      <c r="P35" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>115</v>
+        <v>159</v>
       </c>
       <c r="B36" t="s">
-        <v>47</v>
+        <v>160</v>
       </c>
       <c r="C36" t="s">
-        <v>116</v>
+        <v>61</v>
       </c>
       <c r="D36" t="s">
-        <v>17</v>
+        <v>161</v>
       </c>
       <c r="E36" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F36" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G36">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
         <v>1996</v>
       </c>
-      <c r="H36">
+      <c r="I36">
         <v>2010</v>
       </c>
-      <c r="I36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J36" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>63</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36"/>
       <c r="M36" t="s">
-        <v>24</v>
+        <v>64</v>
       </c>
       <c r="N36" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>162</v>
+      </c>
+      <c r="P36" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>118</v>
+        <v>163</v>
       </c>
       <c r="B37" t="s">
-        <v>47</v>
+        <v>164</v>
       </c>
       <c r="C37" t="s">
-        <v>119</v>
+        <v>61</v>
       </c>
       <c r="D37" t="s">
-        <v>17</v>
+        <v>165</v>
       </c>
       <c r="E37" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F37" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G37">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
         <v>1996</v>
       </c>
-      <c r="H37">
+      <c r="I37">
         <v>2012</v>
       </c>
-      <c r="I37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J37" t="s">
-        <v>21</v>
+        <v>63</v>
       </c>
       <c r="K37" t="s">
-        <v>120</v>
+        <v>24</v>
       </c>
       <c r="L37" t="s">
-        <v>50</v>
+        <v>166</v>
       </c>
       <c r="M37" t="s">
-        <v>24</v>
+        <v>64</v>
       </c>
       <c r="N37" t="s">
-        <v>121</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>167</v>
+      </c>
+      <c r="P37" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>122</v>
+        <v>168</v>
       </c>
       <c r="B38" t="s">
-        <v>47</v>
+        <v>169</v>
       </c>
       <c r="C38" t="s">
-        <v>34</v>
+        <v>61</v>
       </c>
       <c r="D38" t="s">
-        <v>17</v>
+        <v>43</v>
       </c>
       <c r="E38" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F38" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G38">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
         <v>1996</v>
       </c>
-      <c r="H38">
+      <c r="I38">
         <v>2010</v>
       </c>
-      <c r="I38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J38" t="s">
+        <v>63</v>
+      </c>
+      <c r="K38" t="s">
+        <v>170</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>64</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>171</v>
+      </c>
+      <c r="P38" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>172</v>
+      </c>
+      <c r="B39" t="s">
+        <v>173</v>
+      </c>
+      <c r="C39" t="s">
+        <v>61</v>
+      </c>
+      <c r="D39" t="s">
+        <v>80</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>1996</v>
+      </c>
+      <c r="I39">
+        <v>2010</v>
+      </c>
+      <c r="J39" t="s">
+        <v>63</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
+        <v>64</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>174</v>
+      </c>
+      <c r="P39" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>175</v>
+      </c>
+      <c r="B40" t="s">
+        <v>176</v>
+      </c>
+      <c r="C40" t="s">
+        <v>61</v>
+      </c>
+      <c r="D40" t="s">
+        <v>43</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>1996</v>
+      </c>
+      <c r="I40">
+        <v>2010</v>
+      </c>
+      <c r="J40" t="s">
+        <v>63</v>
+      </c>
+      <c r="K40" t="s">
+        <v>170</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>64</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>177</v>
+      </c>
+      <c r="P40" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>178</v>
+      </c>
+      <c r="B41" t="s">
+        <v>179</v>
+      </c>
+      <c r="C41" t="s">
+        <v>61</v>
+      </c>
+      <c r="D41" t="s">
+        <v>142</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>21</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>1996</v>
+      </c>
+      <c r="I41">
+        <v>2010</v>
+      </c>
+      <c r="J41" t="s">
         <v>123</v>
       </c>
-      <c r="K38"/>
-[...11 lines deleted...]
-      <c r="A39" t="s">
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>64</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>180</v>
+      </c>
+      <c r="P41" t="s">
         <v>125</v>
       </c>
-      <c r="B39" t="s">
-[...14 lines deleted...]
-      <c r="G39">
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>178</v>
+      </c>
+      <c r="B42" t="s">
+        <v>181</v>
+      </c>
+      <c r="C42" t="s">
+        <v>61</v>
+      </c>
+      <c r="D42" t="s">
+        <v>182</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>21</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
         <v>1996</v>
       </c>
-      <c r="H39">
+      <c r="I42">
         <v>2010</v>
       </c>
-      <c r="I39" t="s">
-[...35 lines deleted...]
-      <c r="G40">
+      <c r="J42" t="s">
+        <v>63</v>
+      </c>
+      <c r="K42" t="s">
+        <v>170</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>64</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>183</v>
+      </c>
+      <c r="P42" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>184</v>
+      </c>
+      <c r="B43" t="s">
+        <v>185</v>
+      </c>
+      <c r="C43" t="s">
+        <v>61</v>
+      </c>
+      <c r="D43" t="s">
+        <v>186</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>21</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
         <v>1996</v>
       </c>
-      <c r="H40">
+      <c r="I43">
         <v>2010</v>
       </c>
-      <c r="I40" t="s">
-[...35 lines deleted...]
-      <c r="G41">
+      <c r="J43" t="s">
+        <v>63</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>64</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>187</v>
+      </c>
+      <c r="P43" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>188</v>
+      </c>
+      <c r="B44" t="s">
+        <v>147</v>
+      </c>
+      <c r="C44" t="s">
+        <v>61</v>
+      </c>
+      <c r="D44" t="s">
+        <v>147</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>21</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
         <v>1996</v>
       </c>
-      <c r="H41">
+      <c r="I44">
         <v>2010</v>
       </c>
-      <c r="I41" t="s">
-[...35 lines deleted...]
-      <c r="G42">
+      <c r="J44" t="s">
+        <v>189</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
+        <v>64</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>190</v>
+      </c>
+      <c r="P44" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>192</v>
+      </c>
+      <c r="B45" t="s">
+        <v>193</v>
+      </c>
+      <c r="C45" t="s">
+        <v>61</v>
+      </c>
+      <c r="D45" t="s">
+        <v>194</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>21</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
         <v>1996</v>
       </c>
-      <c r="H42">
+      <c r="I45">
         <v>2010</v>
       </c>
-      <c r="I42" t="s">
-[...54 lines deleted...]
-      <c r="N43" t="s">
+      <c r="J45" t="s">
+        <v>63</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45"/>
+      <c r="M45" t="s">
+        <v>64</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>195</v>
+      </c>
+      <c r="P45" t="s">
         <v>135</v>
       </c>
     </row>
-    <row r="44" spans="1:14">
-[...83 lines deleted...]
-    <row r="46" spans="1:14">
+    <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>142</v>
+        <v>196</v>
       </c>
       <c r="B46" t="s">
-        <v>47</v>
+        <v>197</v>
       </c>
       <c r="C46" t="s">
-        <v>143</v>
+        <v>61</v>
       </c>
       <c r="D46" t="s">
-        <v>17</v>
+        <v>198</v>
       </c>
       <c r="E46" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F46" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G46">
+        <v>21</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
         <v>2006</v>
       </c>
-      <c r="H46">
+      <c r="I46">
         <v>2015</v>
       </c>
-      <c r="I46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J46" t="s">
-        <v>145</v>
+        <v>199</v>
       </c>
       <c r="K46" t="s">
-        <v>146</v>
+        <v>200</v>
       </c>
       <c r="L46" t="s">
-        <v>147</v>
+        <v>201</v>
       </c>
       <c r="M46" t="s">
-        <v>148</v>
+        <v>202</v>
       </c>
       <c r="N46" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:14">
+        <v>203</v>
+      </c>
+      <c r="O46" t="s">
+        <v>204</v>
+      </c>
+      <c r="P46" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>150</v>
+        <v>206</v>
       </c>
       <c r="B47" t="s">
-        <v>47</v>
+        <v>207</v>
       </c>
       <c r="C47" t="s">
-        <v>151</v>
+        <v>61</v>
       </c>
       <c r="D47" t="s">
-        <v>17</v>
+        <v>208</v>
       </c>
       <c r="E47" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F47" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G47">
+        <v>21</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
         <v>2001</v>
       </c>
-      <c r="H47">
+      <c r="I47">
         <v>2012</v>
       </c>
-      <c r="I47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J47" t="s">
-        <v>145</v>
+        <v>199</v>
       </c>
       <c r="K47" t="s">
-        <v>152</v>
+        <v>200</v>
       </c>
       <c r="L47" t="s">
-        <v>147</v>
+        <v>209</v>
       </c>
       <c r="M47" t="s">
-        <v>148</v>
+        <v>202</v>
       </c>
       <c r="N47" t="s">
-        <v>153</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:14">
+        <v>203</v>
+      </c>
+      <c r="O47" t="s">
+        <v>210</v>
+      </c>
+      <c r="P47" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>154</v>
+        <v>212</v>
       </c>
       <c r="B48" t="s">
-        <v>47</v>
+        <v>213</v>
       </c>
       <c r="C48" t="s">
-        <v>155</v>
+        <v>61</v>
       </c>
       <c r="D48" t="s">
-        <v>17</v>
+        <v>214</v>
       </c>
       <c r="E48" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F48" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G48">
+        <v>21</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
         <v>1994</v>
       </c>
-      <c r="H48">
+      <c r="I48">
         <v>2013</v>
       </c>
-      <c r="I48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J48" t="s">
-        <v>145</v>
+        <v>199</v>
       </c>
       <c r="K48" t="s">
-        <v>156</v>
+        <v>200</v>
       </c>
       <c r="L48" t="s">
-        <v>147</v>
+        <v>215</v>
       </c>
       <c r="M48" t="s">
-        <v>148</v>
+        <v>202</v>
       </c>
       <c r="N48" t="s">
-        <v>157</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:14">
+        <v>203</v>
+      </c>
+      <c r="O48" t="s">
+        <v>216</v>
+      </c>
+      <c r="P48" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>158</v>
+        <v>218</v>
       </c>
       <c r="B49" t="s">
-        <v>47</v>
+        <v>219</v>
       </c>
       <c r="C49" t="s">
-        <v>159</v>
+        <v>61</v>
       </c>
       <c r="D49" t="s">
-        <v>17</v>
+        <v>220</v>
       </c>
       <c r="E49" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F49" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G49">
+        <v>21</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
         <v>1992</v>
       </c>
-      <c r="H49">
+      <c r="I49">
         <v>2012</v>
       </c>
-      <c r="I49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J49" t="s">
-        <v>145</v>
+        <v>199</v>
       </c>
       <c r="K49" t="s">
-        <v>152</v>
+        <v>200</v>
       </c>
       <c r="L49" t="s">
-        <v>147</v>
+        <v>209</v>
       </c>
       <c r="M49" t="s">
-        <v>148</v>
+        <v>202</v>
       </c>
       <c r="N49" t="s">
-        <v>160</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:14">
+        <v>203</v>
+      </c>
+      <c r="O49" t="s">
+        <v>221</v>
+      </c>
+      <c r="P49" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>161</v>
+        <v>223</v>
       </c>
       <c r="B50" t="s">
-        <v>47</v>
+        <v>224</v>
       </c>
       <c r="C50" t="s">
-        <v>162</v>
+        <v>61</v>
       </c>
       <c r="D50" t="s">
-        <v>17</v>
+        <v>225</v>
       </c>
       <c r="E50" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F50" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>21</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
       </c>
       <c r="H50">
         <v>2012</v>
       </c>
-      <c r="I50" t="s">
-        <v>49</v>
+      <c r="I50">
+        <v>2012</v>
       </c>
       <c r="J50" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>63</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50"/>
       <c r="M50" t="s">
-        <v>24</v>
+        <v>64</v>
       </c>
       <c r="N50" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>226</v>
+      </c>
+      <c r="P50" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>161</v>
+        <v>223</v>
       </c>
       <c r="B51" t="s">
-        <v>47</v>
+        <v>19</v>
       </c>
       <c r="C51" t="s">
-        <v>16</v>
+        <v>61</v>
       </c>
       <c r="D51" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E51" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F51" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>21</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
       </c>
       <c r="H51">
         <v>2012</v>
       </c>
-      <c r="I51" t="s">
-        <v>49</v>
+      <c r="I51">
+        <v>2012</v>
       </c>
       <c r="J51" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>63</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51"/>
       <c r="M51" t="s">
-        <v>24</v>
+        <v>64</v>
       </c>
       <c r="N51" t="s">
-        <v>164</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>228</v>
+      </c>
+      <c r="P51" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>165</v>
+        <v>229</v>
       </c>
       <c r="B52" t="s">
-        <v>15</v>
+        <v>230</v>
       </c>
       <c r="C52" t="s">
-        <v>166</v>
+        <v>18</v>
       </c>
       <c r="D52" t="s">
-        <v>17</v>
+        <v>231</v>
       </c>
       <c r="E52" t="s">
-        <v>167</v>
+        <v>20</v>
       </c>
       <c r="F52" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="G52">
+        <v>232</v>
+      </c>
+      <c r="G52" t="s">
+        <v>44</v>
+      </c>
+      <c r="H52">
         <v>2014</v>
       </c>
-      <c r="H52"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I52"/>
       <c r="J52" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K52"/>
+        <v>38</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
       <c r="L52"/>
-      <c r="M52" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M52"/>
       <c r="N52" t="s">
-        <v>168</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>233</v>
+      </c>
+      <c r="P52" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>169</v>
+        <v>235</v>
       </c>
       <c r="B53" t="s">
-        <v>170</v>
+        <v>236</v>
       </c>
       <c r="C53" t="s">
-        <v>30</v>
+        <v>237</v>
       </c>
       <c r="D53" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="E53" t="s">
-        <v>167</v>
+        <v>20</v>
       </c>
       <c r="F53" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="G53">
+        <v>232</v>
+      </c>
+      <c r="G53" t="s">
+        <v>44</v>
+      </c>
+      <c r="H53">
         <v>2013</v>
       </c>
-      <c r="H53"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I53"/>
       <c r="J53" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K53"/>
+        <v>38</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
       <c r="L53"/>
-      <c r="M53" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M53"/>
       <c r="N53" t="s">
-        <v>171</v>
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>238</v>
+      </c>
+      <c r="P53" t="s">
+        <v>239</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>