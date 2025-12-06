--- v0 (2025-10-15)
+++ v1 (2025-12-06)
@@ -12,650 +12,933 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="187">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="274">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>2009-300-EC: Commission Decision establishing the revised ecological criteria for the award of the Community Eco-label to televisions</t>
   </si>
   <si>
+    <t>The product group 'televisions' shall comprise: Mains powered electronic equipment; the primary purpose and function of which is to receive; decode and display TV transmission signals.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 62087</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/2009-300-ec-commission-decision-establishing-revised-ecological-criteria-award-community</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538153657569&amp;uri=CELEX:02009D0300-20180113</t>
+  </si>
+  <si>
     <t>2011-330-EU: Commission Decision of 6 June 2011 on establishing the ecological criteria for the award of the EU Ecolabel for notebook computers</t>
   </si>
   <si>
+    <t>The product group 'notebook computers' shall comprise devices which have the following characteristics:  A. they perform logical operations and process data and are designed specifically for portability and to be operated for extended periods of time either with or without a direct connection to an AC power source;   B. they utilise an integrated computer display and are capable of operation off an integrated battery or other portable power source. If a notebook computer is delivered with an external power supply this power supply is considered part of the notebook computer.  For the purpose of this Decision; tablet personal computers; which may use touch-sensitive screens along with or instead of other input devices shall be considered notebook computers. Digital picture frames shall not be considered notebook computers for the purpose of this Decision.</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/2011-330-eu-commission-decision-6-june-2011-establishing-ecological-criteria-award-eu</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32011D0330</t>
+  </si>
+  <si>
     <t>Commission Decision 2013-806 2013/806/EU: Commission Decision of 17 December 2013 establishing the ecological criteria for the award of the EU Ecolabel for imaging equipment (notified under document C(2013) 9097)</t>
   </si>
   <si>
+    <t>1. The product group imaging equipment shall comprise products which are marketed for office or domestic use; or both; and produce printed images; in the form of paper document or photo; through a marking process from one or both of the following: A. a digital image; provided by a network or card interface;  B. a hardcopy through a copying process.  Imaging equipment which have the additional function to produce a digital image from a hard copy through a scanning process are included in the scope of this Decision. This Decision shall apply to products which are marketed as printers; copiers and multifunctional devices.    2. Fax machines; digital duplicators; mailing machines and scanners are excluded from the scope of this Decision.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-2013-806-2013806eu-commission-decision-17-december-2013-establishing</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013D0806</t>
+  </si>
+  <si>
     <t>Commission Decision of 9 November 2007 establishing the ecological criteria for the award of the Community eco-label to electrically driven, gas driven or gas absorption heat pumps</t>
   </si>
   <si>
+    <t>The product group 'electrically driven; gas driven or gas absorption heat pumps' shall comprise heat pumps; which can concentrate energy present in the air; ground or water into useful heat for the supply of space heating or the opposite process for space cooling. A 'heat pump' is the device or set of devices as delivered by the manufacturer or importer to the distributor; retailer or installer. This delivery may or may not include the delivery of circulating pumps at the sink or source side; however for calculation of coefficient of performance -COP; values the power consumption of circulating pumps shall always be taken into account; according to the methodology of EN14511:2004; if the manufacturer cannot provide data; a default value is taken. For gas absorption heat pumps the methodology shall be according to EN12309-2:2000. The product group shall cover only electrically driven; gas driven or gas absorption heat pumps with a maximum heating capacity of 100 kW. The product group 'electrically driven; gas driven or gas absorption heat pumps' shall not cover the following:   heat pumps which can only provide hot water for sanitary use;   and heat pumps which can only extract heat from a building and eject it to the air; ground or water thus resulting in space cooling.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>EN 14 511:2004; EN12309-2:2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02007D0742-20140617</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2013 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of electronic displays</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for televisions.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2027.</t>
+  </si>
+  <si>
     <t>Televisions, Displays</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>EN 50301</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2013-20210501</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2014 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household washing machines and household washer-dryers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries; including those sold for non-household use and built-in household washing machines. This Regulation shall not apply to household combined washer-driers. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>EN 60456</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192014-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2014-20210501</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources</t>
   </si>
   <si>
+    <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources and repealing Commission Delegated Regulation (EU) No 874/2012.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls</t>
   </si>
   <si>
     <t>August 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192015-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2015-20210901</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2017 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household dishwashers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2017-20210501&amp;qid=1654699029821</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2023/2534 of 13 July 2023 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household tumble dryers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.  
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>February 2024</t>
   </si>
   <si>
     <t>EN 61121</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20232534-13-july-2023-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/eli/reg_del/2023/2534/oj</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation EU No 65-2014 of 1 October 2013 supplementing Directive 2010-30-EU -with regard to the energy labelling of domestic ovens and range hoods</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for domestic electric and gas ovens; including when incorporated into cookers; and for domestic electric range hoods; including when sold for non-domestic purposes.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-65-2014-1-october-2013-supplementing-directive-2010</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R0065-20170307</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1781 of 1 October 2019 laying down ecodesign requirements for electric motors and variable speed drives pursuant to Directive 2009/125/EC of the European Parliament and of the Council</t>
   </si>
   <si>
+    <t>The proposal covers motors of power range 0;75 to 375 kW. The definition of motors is electric single speed motors with three-phase 50 Hz or 60 Hz or 50|60 Hz; squirrel cage induction motors in accordance with IEC 60034-1. Additional parameters; rated voltage; rated output; poles etc;; are also specified in Annex II. This kind of motors usually figures in industrial fans; pumps and compressors. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
+  </si>
+  <si>
     <t>Variable Speed Drives, 3-Phase Motors</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191781-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R1781-20230124</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1782 of 1 October 2019 laying down ecodesign requirements for external power supplies</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.  Exclusions: this Regulation shall not apply to:   a. voltage converters;   b. uninterruptible power supplies;   c. battery chargers;     d. halogen lighting converters;   e. external power supplies for medical devices;   f. external power supplies placed on the market no later than 30 June 2015 as a service part or spare part for an identical external power supply which was placed on the market not later than one year after this Regulation has come into force; under the condition that the service part or spare part; or its packaging; clearly indicates the primary load products for which the spare part or service part is intended to be used with.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0095.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1783 of 1 October 2019 amending Regulation (EU) No 548/2014 on implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to small, medium and large power transformers</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for placing on the market or putting into service power transformers with a minimum power rating of 1 kVA used in 50Hz electricity transmission and distribution networks or for industrial applications. The Regulation is only applicable to transformers purchased after the entry into force of the Regulation. Power transformer means a static piece of apparatus with two or more windings which; by electromagnetic induction; transforms a system of alternating voltage and current into another system of alternating voltage and current usually of different values and at the same frequency for the purpose of transmitting electrical power.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>IEC 60076</t>
   </si>
   <si>
     <t>European Commission - DG Enterprise</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv:OJ.L_.2019.272.01.0107.01.ENG&amp;toc=OJ:L:2019:272:TOC</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2020 of 1 October 2019 laying down ecodesign requirements for light sources and separate control gears pursuant to Directive 2009/125/EC of the European Parliament and of the Council and repealing Commission</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for placing on the market the following electrical lighting products:
+(a) light sources;
+(b) separate control gears.
+The requirements also apply to light sources and separate control gears placed on the market in a containing product.
+This Regulation shall not apply to light sources and separate control gears specified in points 1 and 2 of Annex III.
+Light sources and separate control gears specified in point 3 of Annex III shall comply only with the requirements of point 3(e) of Annex II.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
+  </si>
+  <si>
     <t>July 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192020-1-october-2019-laying-down-ecodesign-requirements-light</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2020-20210901</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2021 of 1 October 2019 laying down ecodesign requirements for electronic displays</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of televisions.  In addition to the definitions set out in Directive 2005-32-EC; the following definitions shall apply: 1. 'Television' means a television set or a television monitor; 2. ‘television set’ means a product designed primarily for the display and reception of audiovisual signals which is placed on the market under one model or system designation; and which consists of: a display;  one or more tuner or receiver  and optional additional functions for data storage and/or display such as DVD; hard disk drive  or videocassette recorder; either in a single unit combined with the display; or in one or more separate units.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2027.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192021-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2021-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2022 of 1 October 2019 laying down ecodesign requirements for household dishwashers pursuant to Directive 2009/125/EC of the European Parliament and of the Council amending Commission Regulation (EC) No 1275/</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>EN 50242</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192022-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2022-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2023 of 1 October 2019 laying down ecodesign requirements for household washing machines and household washer-dryers pursuant to Directive 2009/125/EC of the European Parliament and of the Council, amending C</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries; including those sold for non-household use. This Regulation shall not apply to household combined washer-driers. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>Washer and Dryers, Washing Machines</t>
   </si>
   <si>
     <t>European Commission - DG Enterprise----European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192023-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2023-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/424 of 15 March 2019 laying down ecodesign requirements for servers and data storage products</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.  
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>Computers, Servers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-servers</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R0424-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2023/826 of 17 April 2023 laying down ecodesign requirements for off mode, standby mode, and networked standby energy consumption of electrical and electronic household and office equipment</t>
   </si>
   <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices, Televisions, Coffee Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R0826&amp;qid=1681803866374</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2024/1103 of 18 April 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council as regards ecodesign requirements for local space heaters and separate related controls and repealing Commission Regulat</t>
   </si>
   <si>
+    <t>This Regulation lays down ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or a single tube segment heat output of 300 kW or less. This Regulation also lays down ecodesign requirements for separate related controls.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>Portable Heaters, Boilers and Furnaces</t>
   </si>
   <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>Electricity, Gas, Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20241103-18-april-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401103</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2024/1834 of 3 July 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors with an electric input power between 125 W and 500 kW</t>
   </si>
   <si>
+    <t>This Regulation lays down ecodesign requirements for the placing on the market or putting into service of fans with an electric input power between 125 W and 500 kW (≥ 125 W and ≤ 500 kW) at their best efficiency point, including where they are integrated into other products.
+This policy comes into effect on July 24 2026. It is a revision of Regulation (EU) No 327/2011 which is repealed with effect from 24 July 2026. However, Annexes I, II and III to that Regulation, shall continue to apply until 24 July 2037, in relation to fans integrated into other products and in relation to spare part fans.
+Units of models placed on the market between 24 July 2024 and 24 July 2026 which comply with the provisions of this Regulation shall be considered to comply with the requirements of Regulation (EU) No 327/2011.</t>
+  </si>
+  <si>
     <t>Industrial Fans</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
-[...1 lines deleted...]
-  <si>
     <t>August 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20241834-3-july-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401834</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Boilers and Furnaces</t>
   </si>
   <si>
     <t>May 2024</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
+  </si>
+  <si>
     <t>JS 2091:2013 Technical Regulation on eco-design - Requirements for non-directional household lamps</t>
   </si>
   <si>
+    <t>This policy establishes eco-design requirements for the placing on the market of non-directional household lamps, including when they are marketed for non-household use or when they are integrated into other products. It also establishes product information requirements for special purpose lamps.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>JS 2092</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20912013-technical-regulation-eco-design-requirements-non-directional-household-lamps</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5461</t>
+  </si>
+  <si>
     <t>JS 2092:2013 Energy efficiency labeling of household electric lamps</t>
   </si>
   <si>
+    <t>This policy covers household electric lamps supplied directly from the mains (filament and integral compact fluorescent lamps), and to household fluorescent lamps (including linear, and non-integral compact fluorescent lamps), even when marketed for non-household use.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20922013-energy-efficiency-labeling-household-electric-lamps</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5453</t>
+  </si>
+  <si>
     <t>JS 2093:2013 Technical regulation on eco-design requirements for fluorescent lamps without integrated ballast; for high intensity discharge lamps; and for ballasts and luminaires able to operate such lamps</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of fluorescent lamps without integrated ballast, of high intensity discharge lamps, and of ballasts and luminaires able to operate such lamps as defined in Article 3, even when they are integrated into other energy related products.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Drivers/ Controls</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20932013-technical-regulation-eco-design-requirements-fluorescent-lamps-without</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5462</t>
+  </si>
+  <si>
     <t>JS 2094:2013 Technical Regulation on eco-design requirements for electric motors</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market and for putting into service of motors, including where integrated in other products.</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>JS 2094</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20942013-technical-regulation-eco-design-requirements-electric-motors</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5463</t>
+  </si>
+  <si>
     <t>JS 2095:2013 Technical regulation on eco-design requirements for Glandless standalone circulators and glandless circulators integrated in products</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of glandless standalone circulators and glandless circulators integrated in products.</t>
+  </si>
+  <si>
     <t>Building Circulator Pumps</t>
   </si>
   <si>
     <t>JS 2095</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20952013-technical-regulation-eco-design-requirements-glandless-standalone-circulators</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5464</t>
+  </si>
+  <si>
     <t>JS 2097:2013 Energy labeling of household combined washer-driers</t>
   </si>
   <si>
+    <t>This policy covers electric mains operated household combined washer-driers. Appliances that can also use other energy sources are excluded.</t>
+  </si>
+  <si>
     <t>Washer and Dryers</t>
   </si>
   <si>
     <t>Electricity, Water</t>
   </si>
   <si>
     <t>JS 2096</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20972013-energy-labeling-household-combined-washer-driers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5458</t>
+  </si>
+  <si>
     <t>JS 2098:2013 Energy labeling of household electric ovens</t>
   </si>
   <si>
+    <t>This policy covers electric mains operated household electric ovens including ovens being part of larger appliances.</t>
+  </si>
+  <si>
     <t>JS 2098</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20982013-energy-labeling-household-electric-ovens</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5454</t>
+  </si>
+  <si>
     <t>JS 2099:2013 Technical Regulation on eco-design requirements for household dishwashers</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries, including those sold for non-household use and built-in household dishwashers.</t>
+  </si>
+  <si>
     <t>JS 2099</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20992013-technical-regulation-eco-design-requirements-household-dishwashers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5465</t>
+  </si>
+  <si>
     <t>JS 2100:2013 Energy labeling of household dishwashers</t>
   </si>
   <si>
+    <t>This policy covers electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.</t>
+  </si>
+  <si>
     <t>JS 2100</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21002013-energy-labeling-household-dishwashers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5452</t>
+  </si>
+  <si>
     <t>JS 2101:2013 Energy labeling for household refrigerating appliances</t>
   </si>
   <si>
+    <t>This policy covers the labeling of and provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1,500 litres.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>JS 1749</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21012013-energy-labeling-household-refrigerating-appliances</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5455</t>
+  </si>
+  <si>
     <t>JS 2102:2013 Technical Regulation on eco-design requirements for household refrigerating appliances</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1500 litres.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21022013-technical-regulation-eco-design-requirements-household-refrigerating</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5466</t>
+  </si>
+  <si>
     <t>JS 2105:2013 Energy labeling of televisions</t>
   </si>
   <si>
+    <t>This policy covers labelling and the provision of supplementary product information for televisions.</t>
+  </si>
+  <si>
     <t>JS 2105</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21052013-energy-labeling-televisions</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5456</t>
+  </si>
+  <si>
     <t>JS 2106:2013 Technical Regulation on eco-design requirements for televisions</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of televisions.</t>
+  </si>
+  <si>
     <t>JS 2106</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21062013-technical-regulation-eco-design-requirements-televisions</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5468</t>
+  </si>
+  <si>
     <t>JS 2107:2013 Technical Regulation on eco-design requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input of 125W.</t>
+  </si>
+  <si>
     <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>JS 2107</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21072013-technical-regulation-eco-design-requirements-air-conditioners-and-comfort-fans</t>
   </si>
   <si>
     <t>JS 2108:2013 Energy efficiency labeling of air conditioners</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of 12 kW for cooling or heating if the product has no cooling function. This policy does not apply to: a) appliances that use non-electric energy sources; b) air conditioners of which the condensor- or evaporator-side do not use air for heat transfer medium.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21082013-energy-efficiency-labeling-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5451</t>
+  </si>
+  <si>
     <t>JS 2110:2013 Technical Regulation on eco-design requirements for simple set-top boxes</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for simple set-top boxes.</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>JS 2110</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21102013-technical-regulation-eco-design-requirements-simple-set-top-boxes</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5470</t>
+  </si>
+  <si>
     <t>JS 2111:2013 Technical Regulation on eco-design requirements for no-load condition electric power consumption and average active efficiency of external power supplies</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21112013-technical-regulation-eco-design-requirements-no-load-condition-electric-power</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5471</t>
+  </si>
+  <si>
     <t>JS 2112:2013 Technical Regulation on eco-design requirements for fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market or putting into service of fans, including those integrated in other energy-related products as covered by the Framework Technical Regulation.</t>
+  </si>
+  <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>JS 2112</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21122013-technical-regulation-eco-design-requirements-fans</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5472</t>
+  </si>
+  <si>
     <t>JS 50564:2012 Electrical and electronic household and office equipment - Measurement of low power consumption</t>
   </si>
   <si>
+    <t>This policy specifies methods of measurement of electrical power consumption and the reporting of the results for a range of electrical and electronic household and office equipment, hereafter referred to as products.</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>JS 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-505642012-electrical-and-electronic-household-and-office-equipment-measurement-low</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5279</t>
+  </si>
+  <si>
     <t>JS 60456:2012 Clothes washing machines for household use - Methods for measuring the performance (EN 60456:2001 + AC:2011)</t>
   </si>
   <si>
+    <t>This policy specifies methods for measuring the performance of clothes washing machines for household use, with or without heating devices utilising cold and/or hot water supply. It also deals with appliances for water extraction by centrifugal force (spin extractors) and is applicable to appliances for both washing and drying textiles (washer-dryers).</t>
+  </si>
+  <si>
     <t>JS 2103</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-604562012-clothes-washing-machines-household-use-methods-measuring-performance-en</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5305</t>
+  </si>
+  <si>
     <t>JS 61121:2012 Tumble dryers for household use - Methods for measuring the performance</t>
   </si>
   <si>
+    <t>This policy covers household electric tumble dryers of the automatic and non-automatic type, with or without a cold water supply and incorporating a heating device.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-611212012-tumble-dryers-household-use-methods-measuring-performance</t>
+  </si>
+  <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5293</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -919,2015 +1202,2280 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N44"/>
+  <dimension ref="A1:P44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="301" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="301.926" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1522.914" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="36.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="196.952" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2">
+        <v>2018</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2003</v>
+      </c>
+      <c r="I3">
+        <v>2011</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2003</v>
+      </c>
+      <c r="I4">
+        <v>2013</v>
+      </c>
+      <c r="J4" t="s">
+        <v>38</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>39</v>
+      </c>
+      <c r="P4" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2007</v>
+      </c>
+      <c r="I5">
+        <v>2014</v>
+      </c>
+      <c r="J5" t="s">
+        <v>44</v>
+      </c>
+      <c r="K5" t="s">
+        <v>45</v>
+      </c>
+      <c r="L5" t="s">
+        <v>46</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>51</v>
+      </c>
+      <c r="E6" t="s">
+        <v>52</v>
+      </c>
+      <c r="F6" t="s">
+        <v>53</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2010</v>
+      </c>
+      <c r="I6">
+        <v>2019</v>
+      </c>
+      <c r="J6" t="s">
+        <v>38</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>54</v>
+      </c>
+      <c r="M6" t="s">
+        <v>55</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" t="s">
+        <v>59</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>60</v>
+      </c>
+      <c r="E7" t="s">
+        <v>52</v>
+      </c>
+      <c r="F7" t="s">
+        <v>53</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>1995</v>
+      </c>
+      <c r="I7">
+        <v>2019</v>
+      </c>
+      <c r="J7" t="s">
+        <v>38</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>61</v>
+      </c>
+      <c r="M7" t="s">
+        <v>55</v>
+      </c>
+      <c r="N7" t="s">
+        <v>62</v>
+      </c>
+      <c r="O7" t="s">
+        <v>63</v>
+      </c>
+      <c r="P7" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>65</v>
+      </c>
+      <c r="B8" t="s">
+        <v>66</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>67</v>
+      </c>
+      <c r="E8" t="s">
+        <v>52</v>
+      </c>
+      <c r="F8" t="s">
+        <v>53</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>1998</v>
+      </c>
+      <c r="I8">
+        <v>2019</v>
+      </c>
+      <c r="J8" t="s">
+        <v>68</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>55</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>69</v>
+      </c>
+      <c r="P8" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>71</v>
+      </c>
+      <c r="B9" t="s">
+        <v>72</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>73</v>
+      </c>
+      <c r="E9" t="s">
+        <v>52</v>
+      </c>
+      <c r="F9" t="s">
+        <v>53</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>1997</v>
+      </c>
+      <c r="I9">
+        <v>2019</v>
+      </c>
+      <c r="J9" t="s">
+        <v>38</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>55</v>
+      </c>
+      <c r="N9" t="s">
+        <v>62</v>
+      </c>
+      <c r="O9" t="s">
+        <v>74</v>
+      </c>
+      <c r="P9" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>76</v>
+      </c>
+      <c r="B10" t="s">
+        <v>77</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>78</v>
+      </c>
+      <c r="E10" t="s">
+        <v>52</v>
+      </c>
+      <c r="F10" t="s">
+        <v>53</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>1995</v>
+      </c>
+      <c r="I10">
+        <v>2023</v>
+      </c>
+      <c r="J10" t="s">
+        <v>79</v>
+      </c>
+      <c r="K10" t="s">
+        <v>45</v>
+      </c>
+      <c r="L10" t="s">
+        <v>80</v>
+      </c>
+      <c r="M10" t="s">
+        <v>55</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>81</v>
+      </c>
+      <c r="P10" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>83</v>
+      </c>
+      <c r="B11" t="s">
+        <v>84</v>
+      </c>
+      <c r="C11" t="s">
+        <v>85</v>
+      </c>
+      <c r="D11" t="s">
+        <v>86</v>
+      </c>
+      <c r="E11" t="s">
+        <v>52</v>
+      </c>
+      <c r="F11" t="s">
+        <v>53</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>1979</v>
+      </c>
+      <c r="I11">
+        <v>2013</v>
+      </c>
+      <c r="J11" t="s">
+        <v>38</v>
+      </c>
+      <c r="K11" t="s">
+        <v>45</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>55</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>87</v>
+      </c>
+      <c r="P11" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>89</v>
+      </c>
+      <c r="B12" t="s">
+        <v>90</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>91</v>
+      </c>
+      <c r="E12" t="s">
+        <v>52</v>
+      </c>
+      <c r="F12" t="s">
+        <v>92</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
         <v>2009</v>
       </c>
-      <c r="H2">
-[...14 lines deleted...]
-      <c r="M2" t="s">
+      <c r="I12">
+        <v>2019</v>
+      </c>
+      <c r="J12" t="s">
+        <v>38</v>
+      </c>
+      <c r="K12" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...16 lines deleted...]
-      <c r="E3" t="s">
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>55</v>
+      </c>
+      <c r="N12" t="s">
+        <v>93</v>
+      </c>
+      <c r="O12" t="s">
+        <v>94</v>
+      </c>
+      <c r="P12" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>96</v>
+      </c>
+      <c r="B13" t="s">
+        <v>97</v>
+      </c>
+      <c r="C13" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...18 lines deleted...]
-      <c r="M3" t="s">
+      <c r="D13" t="s">
+        <v>98</v>
+      </c>
+      <c r="E13" t="s">
+        <v>52</v>
+      </c>
+      <c r="F13" t="s">
+        <v>92</v>
+      </c>
+      <c r="G13" t="s">
+        <v>99</v>
+      </c>
+      <c r="H13">
+        <v>2009</v>
+      </c>
+      <c r="I13">
+        <v>2019</v>
+      </c>
+      <c r="J13" t="s">
+        <v>38</v>
+      </c>
+      <c r="K13" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-[...16 lines deleted...]
-      <c r="E4" t="s">
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>55</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>100</v>
+      </c>
+      <c r="P13" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>102</v>
+      </c>
+      <c r="B14" t="s">
+        <v>103</v>
+      </c>
+      <c r="C14" t="s">
         <v>18</v>
       </c>
-      <c r="F4" t="s">
-[...5 lines deleted...]
-      <c r="H4">
+      <c r="D14" t="s">
+        <v>104</v>
+      </c>
+      <c r="E14" t="s">
+        <v>52</v>
+      </c>
+      <c r="F14" t="s">
+        <v>92</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2015</v>
+      </c>
+      <c r="I14">
+        <v>2019</v>
+      </c>
+      <c r="J14" t="s">
+        <v>38</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>105</v>
+      </c>
+      <c r="M14" t="s">
+        <v>106</v>
+      </c>
+      <c r="N14" t="s">
+        <v>93</v>
+      </c>
+      <c r="O14" t="s">
+        <v>107</v>
+      </c>
+      <c r="P14" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>109</v>
+      </c>
+      <c r="B15" t="s">
+        <v>110</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>67</v>
+      </c>
+      <c r="E15" t="s">
+        <v>52</v>
+      </c>
+      <c r="F15" t="s">
+        <v>92</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2000</v>
+      </c>
+      <c r="I15">
+        <v>2019</v>
+      </c>
+      <c r="J15" t="s">
+        <v>111</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>55</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>112</v>
+      </c>
+      <c r="P15" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>114</v>
+      </c>
+      <c r="B16" t="s">
+        <v>115</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>51</v>
+      </c>
+      <c r="E16" t="s">
+        <v>52</v>
+      </c>
+      <c r="F16" t="s">
+        <v>92</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2009</v>
+      </c>
+      <c r="I16">
+        <v>2019</v>
+      </c>
+      <c r="J16" t="s">
+        <v>38</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>55</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>116</v>
+      </c>
+      <c r="P16" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>118</v>
+      </c>
+      <c r="B17" t="s">
+        <v>119</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>73</v>
+      </c>
+      <c r="E17" t="s">
+        <v>52</v>
+      </c>
+      <c r="F17" t="s">
+        <v>92</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2010</v>
+      </c>
+      <c r="I17">
+        <v>2019</v>
+      </c>
+      <c r="J17" t="s">
+        <v>38</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>120</v>
+      </c>
+      <c r="M17" t="s">
+        <v>55</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>121</v>
+      </c>
+      <c r="P17" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>123</v>
+      </c>
+      <c r="B18" t="s">
+        <v>124</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>125</v>
+      </c>
+      <c r="E18" t="s">
+        <v>52</v>
+      </c>
+      <c r="F18" t="s">
+        <v>92</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2010</v>
+      </c>
+      <c r="I18">
+        <v>2019</v>
+      </c>
+      <c r="J18" t="s">
+        <v>38</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>61</v>
+      </c>
+      <c r="M18" t="s">
+        <v>126</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>127</v>
+      </c>
+      <c r="P18" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>129</v>
+      </c>
+      <c r="B19" t="s">
+        <v>130</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>131</v>
+      </c>
+      <c r="E19" t="s">
+        <v>52</v>
+      </c>
+      <c r="F19" t="s">
+        <v>92</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2014</v>
+      </c>
+      <c r="I19">
+        <v>2019</v>
+      </c>
+      <c r="J19" t="s">
+        <v>38</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>55</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>132</v>
+      </c>
+      <c r="P19" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>134</v>
+      </c>
+      <c r="B20" t="s">
+        <v>135</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>136</v>
+      </c>
+      <c r="E20" t="s">
+        <v>52</v>
+      </c>
+      <c r="F20" t="s">
+        <v>92</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
         <v>2013</v>
       </c>
-      <c r="I4" t="s">
-[...9 lines deleted...]
-      <c r="M4" t="s">
+      <c r="I20">
+        <v>2023</v>
+      </c>
+      <c r="J20" t="s">
+        <v>38</v>
+      </c>
+      <c r="K20" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
-[...16 lines deleted...]
-      <c r="E5" t="s">
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>55</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>137</v>
+      </c>
+      <c r="P20" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>139</v>
+      </c>
+      <c r="B21" t="s">
+        <v>140</v>
+      </c>
+      <c r="C21" t="s">
         <v>18</v>
       </c>
-      <c r="F5" t="s">
-[...158 lines deleted...]
-      <c r="A9" t="s">
+      <c r="D21" t="s">
+        <v>141</v>
+      </c>
+      <c r="E21" t="s">
+        <v>52</v>
+      </c>
+      <c r="F21" t="s">
+        <v>92</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2015</v>
+      </c>
+      <c r="I21">
+        <v>2024</v>
+      </c>
+      <c r="J21" t="s">
+        <v>142</v>
+      </c>
+      <c r="K21" t="s">
+        <v>143</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
         <v>55</v>
       </c>
-      <c r="B9" t="s">
-[...336 lines deleted...]
-      <c r="A17" t="s">
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>144</v>
+      </c>
+      <c r="P21" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>146</v>
+      </c>
+      <c r="B22" t="s">
+        <v>147</v>
+      </c>
+      <c r="C22" t="s">
         <v>85</v>
       </c>
-      <c r="B17" t="s">
-[...84 lines deleted...]
-      <c r="A19" t="s">
+      <c r="D22" t="s">
+        <v>148</v>
+      </c>
+      <c r="E22" t="s">
+        <v>52</v>
+      </c>
+      <c r="F22" t="s">
         <v>92</v>
       </c>
-      <c r="B19" t="s">
-[...141 lines deleted...]
-        <v>2024</v>
+      <c r="G22" t="s">
+        <v>22</v>
       </c>
       <c r="H22">
         <v>2024</v>
       </c>
-      <c r="I22" t="s">
-        <v>106</v>
+      <c r="I22">
+        <v>2024</v>
       </c>
       <c r="J22" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>149</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
       <c r="M22" t="s">
-        <v>70</v>
+        <v>55</v>
       </c>
       <c r="N22" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:14">
+        <v>93</v>
+      </c>
+      <c r="O22" t="s">
+        <v>150</v>
+      </c>
+      <c r="P22" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>108</v>
+        <v>152</v>
       </c>
       <c r="B23" t="s">
-        <v>15</v>
+        <v>153</v>
       </c>
       <c r="C23" t="s">
-        <v>109</v>
+        <v>18</v>
       </c>
       <c r="D23" t="s">
-        <v>41</v>
+        <v>154</v>
       </c>
       <c r="E23" t="s">
-        <v>69</v>
+        <v>52</v>
       </c>
       <c r="F23" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G23">
+        <v>92</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
         <v>1992</v>
       </c>
-      <c r="H23">
+      <c r="I23">
         <v>2013</v>
       </c>
-      <c r="I23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J23" t="s">
-        <v>111</v>
-[...4 lines deleted...]
-      </c>
+        <v>155</v>
+      </c>
+      <c r="K23" t="s">
+        <v>156</v>
+      </c>
+      <c r="L23"/>
       <c r="M23" t="s">
+        <v>55</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>157</v>
+      </c>
+      <c r="P23" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>159</v>
+      </c>
+      <c r="B24" t="s">
+        <v>160</v>
+      </c>
+      <c r="C24" t="s">
+        <v>161</v>
+      </c>
+      <c r="D24" t="s">
+        <v>162</v>
+      </c>
+      <c r="E24" t="s">
+        <v>52</v>
+      </c>
+      <c r="F24" t="s">
+        <v>92</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2013</v>
+      </c>
+      <c r="I24">
+        <v>2014</v>
+      </c>
+      <c r="J24" t="s">
+        <v>163</v>
+      </c>
+      <c r="K24" t="s">
         <v>24</v>
       </c>
-      <c r="N23" t="s">
-[...22 lines deleted...]
-      <c r="G24">
+      <c r="L24" t="s">
+        <v>164</v>
+      </c>
+      <c r="M24" t="s">
+        <v>165</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>166</v>
+      </c>
+      <c r="P24" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>168</v>
+      </c>
+      <c r="B25" t="s">
+        <v>169</v>
+      </c>
+      <c r="C25" t="s">
+        <v>161</v>
+      </c>
+      <c r="D25" t="s">
+        <v>170</v>
+      </c>
+      <c r="E25" t="s">
+        <v>52</v>
+      </c>
+      <c r="F25" t="s">
+        <v>53</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
         <v>2013</v>
       </c>
-      <c r="H24">
+      <c r="I25">
         <v>2014</v>
       </c>
-      <c r="I24" t="s">
-[...11 lines deleted...]
-      <c r="M24" t="s">
+      <c r="J25" t="s">
+        <v>163</v>
+      </c>
+      <c r="K25" t="s">
         <v>24</v>
       </c>
-      <c r="N24" t="s">
-[...22 lines deleted...]
-      <c r="G25">
+      <c r="L25" t="s">
+        <v>164</v>
+      </c>
+      <c r="M25" t="s">
+        <v>165</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>171</v>
+      </c>
+      <c r="P25" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>173</v>
+      </c>
+      <c r="B26" t="s">
+        <v>174</v>
+      </c>
+      <c r="C26" t="s">
+        <v>161</v>
+      </c>
+      <c r="D26" t="s">
+        <v>175</v>
+      </c>
+      <c r="E26" t="s">
+        <v>52</v>
+      </c>
+      <c r="F26" t="s">
+        <v>92</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
         <v>2013</v>
       </c>
-      <c r="H25">
+      <c r="I26">
         <v>2014</v>
       </c>
-      <c r="I25" t="s">
-[...11 lines deleted...]
-      <c r="M25" t="s">
+      <c r="J26" t="s">
+        <v>163</v>
+      </c>
+      <c r="K26" t="s">
         <v>24</v>
       </c>
-      <c r="N25" t="s">
-[...22 lines deleted...]
-      <c r="G26">
+      <c r="L26" t="s">
+        <v>164</v>
+      </c>
+      <c r="M26" t="s">
+        <v>165</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>176</v>
+      </c>
+      <c r="P26" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>178</v>
+      </c>
+      <c r="B27" t="s">
+        <v>179</v>
+      </c>
+      <c r="C27" t="s">
+        <v>161</v>
+      </c>
+      <c r="D27" t="s">
+        <v>180</v>
+      </c>
+      <c r="E27" t="s">
+        <v>52</v>
+      </c>
+      <c r="F27" t="s">
+        <v>92</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
         <v>2013</v>
       </c>
-      <c r="H26">
+      <c r="I27">
         <v>2014</v>
       </c>
-      <c r="I26" t="s">
-[...11 lines deleted...]
-      <c r="M26" t="s">
+      <c r="J27" t="s">
+        <v>163</v>
+      </c>
+      <c r="K27" t="s">
         <v>24</v>
       </c>
-      <c r="N26" t="s">
-[...22 lines deleted...]
-      <c r="G27">
+      <c r="L27" t="s">
+        <v>181</v>
+      </c>
+      <c r="M27" t="s">
+        <v>165</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>182</v>
+      </c>
+      <c r="P27" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>184</v>
+      </c>
+      <c r="B28" t="s">
+        <v>185</v>
+      </c>
+      <c r="C28" t="s">
+        <v>161</v>
+      </c>
+      <c r="D28" t="s">
+        <v>186</v>
+      </c>
+      <c r="E28" t="s">
+        <v>52</v>
+      </c>
+      <c r="F28" t="s">
+        <v>92</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
         <v>2013</v>
       </c>
-      <c r="H27">
+      <c r="I28">
         <v>2014</v>
       </c>
-      <c r="I27" t="s">
-[...11 lines deleted...]
-      <c r="M27" t="s">
+      <c r="J28" t="s">
+        <v>163</v>
+      </c>
+      <c r="K28" t="s">
         <v>24</v>
       </c>
-      <c r="N27" t="s">
-[...22 lines deleted...]
-      <c r="G28">
+      <c r="L28" t="s">
+        <v>187</v>
+      </c>
+      <c r="M28" t="s">
+        <v>165</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>188</v>
+      </c>
+      <c r="P28" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>190</v>
+      </c>
+      <c r="B29" t="s">
+        <v>191</v>
+      </c>
+      <c r="C29" t="s">
+        <v>161</v>
+      </c>
+      <c r="D29" t="s">
+        <v>192</v>
+      </c>
+      <c r="E29" t="s">
+        <v>52</v>
+      </c>
+      <c r="F29" t="s">
+        <v>53</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
         <v>2013</v>
       </c>
-      <c r="H28">
+      <c r="I29">
         <v>2014</v>
       </c>
-      <c r="I28" t="s">
-[...11 lines deleted...]
-      <c r="M28" t="s">
+      <c r="J29" t="s">
+        <v>163</v>
+      </c>
+      <c r="K29" t="s">
+        <v>193</v>
+      </c>
+      <c r="L29" t="s">
+        <v>194</v>
+      </c>
+      <c r="M29" t="s">
+        <v>165</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>195</v>
+      </c>
+      <c r="P29" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>197</v>
+      </c>
+      <c r="B30" t="s">
+        <v>198</v>
+      </c>
+      <c r="C30" t="s">
+        <v>161</v>
+      </c>
+      <c r="D30" t="s">
+        <v>86</v>
+      </c>
+      <c r="E30" t="s">
+        <v>52</v>
+      </c>
+      <c r="F30" t="s">
+        <v>53</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2013</v>
+      </c>
+      <c r="I30">
+        <v>2014</v>
+      </c>
+      <c r="J30" t="s">
+        <v>163</v>
+      </c>
+      <c r="K30" t="s">
         <v>24</v>
       </c>
-      <c r="N28" t="s">
-[...22 lines deleted...]
-      <c r="G29">
+      <c r="L30" t="s">
+        <v>199</v>
+      </c>
+      <c r="M30" t="s">
+        <v>165</v>
+      </c>
+      <c r="N30" t="s">
+        <v>200</v>
+      </c>
+      <c r="O30" t="s">
+        <v>201</v>
+      </c>
+      <c r="P30" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>203</v>
+      </c>
+      <c r="B31" t="s">
+        <v>204</v>
+      </c>
+      <c r="C31" t="s">
+        <v>161</v>
+      </c>
+      <c r="D31" t="s">
+        <v>73</v>
+      </c>
+      <c r="E31" t="s">
+        <v>52</v>
+      </c>
+      <c r="F31" t="s">
+        <v>92</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
         <v>2013</v>
       </c>
-      <c r="H29">
+      <c r="I31">
         <v>2014</v>
       </c>
-      <c r="I29" t="s">
-[...11 lines deleted...]
-      <c r="M29" t="s">
+      <c r="J31" t="s">
+        <v>163</v>
+      </c>
+      <c r="K31" t="s">
+        <v>193</v>
+      </c>
+      <c r="L31" t="s">
+        <v>205</v>
+      </c>
+      <c r="M31" t="s">
+        <v>165</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>206</v>
+      </c>
+      <c r="P31" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>208</v>
+      </c>
+      <c r="B32" t="s">
+        <v>209</v>
+      </c>
+      <c r="C32" t="s">
+        <v>161</v>
+      </c>
+      <c r="D32" t="s">
+        <v>73</v>
+      </c>
+      <c r="E32" t="s">
+        <v>52</v>
+      </c>
+      <c r="F32" t="s">
+        <v>53</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2013</v>
+      </c>
+      <c r="I32">
+        <v>2014</v>
+      </c>
+      <c r="J32" t="s">
+        <v>163</v>
+      </c>
+      <c r="K32" t="s">
+        <v>193</v>
+      </c>
+      <c r="L32" t="s">
+        <v>210</v>
+      </c>
+      <c r="M32" t="s">
+        <v>165</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>211</v>
+      </c>
+      <c r="P32" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>213</v>
+      </c>
+      <c r="B33" t="s">
+        <v>214</v>
+      </c>
+      <c r="C33" t="s">
+        <v>161</v>
+      </c>
+      <c r="D33" t="s">
+        <v>215</v>
+      </c>
+      <c r="E33" t="s">
+        <v>52</v>
+      </c>
+      <c r="F33" t="s">
+        <v>53</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2013</v>
+      </c>
+      <c r="I33">
+        <v>2014</v>
+      </c>
+      <c r="J33" t="s">
+        <v>163</v>
+      </c>
+      <c r="K33" t="s">
         <v>24</v>
       </c>
-      <c r="N29" t="s">
-[...22 lines deleted...]
-      <c r="G30">
+      <c r="L33" t="s">
+        <v>216</v>
+      </c>
+      <c r="M33" t="s">
+        <v>165</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>217</v>
+      </c>
+      <c r="P33" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>219</v>
+      </c>
+      <c r="B34" t="s">
+        <v>220</v>
+      </c>
+      <c r="C34" t="s">
+        <v>161</v>
+      </c>
+      <c r="D34" t="s">
+        <v>215</v>
+      </c>
+      <c r="E34" t="s">
+        <v>52</v>
+      </c>
+      <c r="F34" t="s">
+        <v>92</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
         <v>2013</v>
       </c>
-      <c r="H30">
+      <c r="I34">
         <v>2014</v>
       </c>
-      <c r="I30" t="s">
-[...37 lines deleted...]
-      <c r="G31">
+      <c r="J34" t="s">
+        <v>163</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>216</v>
+      </c>
+      <c r="M34" t="s">
+        <v>165</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>221</v>
+      </c>
+      <c r="P34" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>223</v>
+      </c>
+      <c r="B35" t="s">
+        <v>224</v>
+      </c>
+      <c r="C35" t="s">
+        <v>161</v>
+      </c>
+      <c r="D35" t="s">
+        <v>51</v>
+      </c>
+      <c r="E35" t="s">
+        <v>52</v>
+      </c>
+      <c r="F35" t="s">
+        <v>53</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
         <v>2013</v>
       </c>
-      <c r="H31">
+      <c r="I35">
         <v>2014</v>
       </c>
-      <c r="I31" t="s">
-[...11 lines deleted...]
-      <c r="M31" t="s">
+      <c r="J35" t="s">
+        <v>163</v>
+      </c>
+      <c r="K35" t="s">
         <v>24</v>
       </c>
-      <c r="N31" t="s">
-[...22 lines deleted...]
-      <c r="G32">
+      <c r="L35" t="s">
+        <v>225</v>
+      </c>
+      <c r="M35" t="s">
+        <v>165</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>226</v>
+      </c>
+      <c r="P35" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>228</v>
+      </c>
+      <c r="B36" t="s">
+        <v>229</v>
+      </c>
+      <c r="C36" t="s">
+        <v>161</v>
+      </c>
+      <c r="D36" t="s">
+        <v>51</v>
+      </c>
+      <c r="E36" t="s">
+        <v>52</v>
+      </c>
+      <c r="F36" t="s">
+        <v>92</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
         <v>2013</v>
       </c>
-      <c r="H32">
+      <c r="I36">
         <v>2014</v>
       </c>
-      <c r="I32" t="s">
-[...11 lines deleted...]
-      <c r="M32" t="s">
+      <c r="J36" t="s">
+        <v>163</v>
+      </c>
+      <c r="K36" t="s">
         <v>24</v>
       </c>
-      <c r="N32" t="s">
-[...22 lines deleted...]
-      <c r="G33">
+      <c r="L36" t="s">
+        <v>230</v>
+      </c>
+      <c r="M36" t="s">
+        <v>165</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>231</v>
+      </c>
+      <c r="P36" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>233</v>
+      </c>
+      <c r="B37" t="s">
+        <v>234</v>
+      </c>
+      <c r="C37" t="s">
+        <v>161</v>
+      </c>
+      <c r="D37" t="s">
+        <v>235</v>
+      </c>
+      <c r="E37" t="s">
+        <v>52</v>
+      </c>
+      <c r="F37" t="s">
+        <v>92</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
         <v>2013</v>
       </c>
-      <c r="H33">
+      <c r="I37">
         <v>2014</v>
       </c>
-      <c r="I33" t="s">
-[...11 lines deleted...]
-      <c r="M33" t="s">
+      <c r="J37" t="s">
+        <v>163</v>
+      </c>
+      <c r="K37" t="s">
         <v>24</v>
       </c>
-      <c r="N33" t="s">
-[...22 lines deleted...]
-      <c r="G34">
+      <c r="L37" t="s">
+        <v>236</v>
+      </c>
+      <c r="M37" t="s">
+        <v>165</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>237</v>
+      </c>
+      <c r="P37"/>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>238</v>
+      </c>
+      <c r="B38" t="s">
+        <v>239</v>
+      </c>
+      <c r="C38" t="s">
+        <v>161</v>
+      </c>
+      <c r="D38" t="s">
+        <v>240</v>
+      </c>
+      <c r="E38" t="s">
+        <v>52</v>
+      </c>
+      <c r="F38" t="s">
+        <v>53</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2012</v>
+      </c>
+      <c r="I38">
         <v>2013</v>
       </c>
-      <c r="H34">
+      <c r="J38" t="s">
+        <v>163</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>236</v>
+      </c>
+      <c r="M38" t="s">
+        <v>165</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>241</v>
+      </c>
+      <c r="P38" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>243</v>
+      </c>
+      <c r="B39" t="s">
+        <v>244</v>
+      </c>
+      <c r="C39" t="s">
+        <v>161</v>
+      </c>
+      <c r="D39" t="s">
+        <v>245</v>
+      </c>
+      <c r="E39" t="s">
+        <v>52</v>
+      </c>
+      <c r="F39" t="s">
+        <v>92</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2013</v>
+      </c>
+      <c r="I39">
         <v>2014</v>
       </c>
-      <c r="I34" t="s">
-[...11 lines deleted...]
-      <c r="M34" t="s">
+      <c r="J39" t="s">
+        <v>163</v>
+      </c>
+      <c r="K39" t="s">
         <v>24</v>
       </c>
-      <c r="N34" t="s">
-[...22 lines deleted...]
-      <c r="G35">
+      <c r="L39" t="s">
+        <v>246</v>
+      </c>
+      <c r="M39" t="s">
+        <v>165</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>247</v>
+      </c>
+      <c r="P39" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>249</v>
+      </c>
+      <c r="B40" t="s">
+        <v>250</v>
+      </c>
+      <c r="C40" t="s">
+        <v>161</v>
+      </c>
+      <c r="D40" t="s">
+        <v>98</v>
+      </c>
+      <c r="E40" t="s">
+        <v>52</v>
+      </c>
+      <c r="F40" t="s">
+        <v>92</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
         <v>2013</v>
       </c>
-      <c r="H35">
+      <c r="I40">
         <v>2014</v>
       </c>
-      <c r="I35" t="s">
-[...11 lines deleted...]
-      <c r="M35" t="s">
+      <c r="J40" t="s">
+        <v>163</v>
+      </c>
+      <c r="K40" t="s">
         <v>24</v>
       </c>
-      <c r="N35" t="s">
-[...22 lines deleted...]
-      <c r="G36">
+      <c r="L40" t="s">
+        <v>164</v>
+      </c>
+      <c r="M40" t="s">
+        <v>165</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>251</v>
+      </c>
+      <c r="P40" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>253</v>
+      </c>
+      <c r="B41" t="s">
+        <v>254</v>
+      </c>
+      <c r="C41" t="s">
+        <v>161</v>
+      </c>
+      <c r="D41" t="s">
+        <v>255</v>
+      </c>
+      <c r="E41" t="s">
+        <v>52</v>
+      </c>
+      <c r="F41" t="s">
+        <v>92</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
         <v>2013</v>
       </c>
-      <c r="H36">
+      <c r="I41">
         <v>2014</v>
       </c>
-      <c r="I36" t="s">
-[...11 lines deleted...]
-      <c r="M36" t="s">
+      <c r="J41" t="s">
+        <v>163</v>
+      </c>
+      <c r="K41" t="s">
         <v>24</v>
       </c>
-      <c r="N36" t="s">
-[...4 lines deleted...]
-      <c r="A37" t="s">
+      <c r="L41" t="s">
+        <v>256</v>
+      </c>
+      <c r="M41" t="s">
+        <v>165</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>257</v>
+      </c>
+      <c r="P41" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>259</v>
+      </c>
+      <c r="B42" t="s">
+        <v>260</v>
+      </c>
+      <c r="C42" t="s">
         <v>161</v>
       </c>
-      <c r="B37" t="s">
-[...14 lines deleted...]
-      <c r="G37">
+      <c r="D42" t="s">
+        <v>261</v>
+      </c>
+      <c r="E42" t="s">
+        <v>52</v>
+      </c>
+      <c r="F42" t="s">
+        <v>92</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2012</v>
+      </c>
+      <c r="I42">
         <v>2013</v>
       </c>
-      <c r="H37">
-[...8 lines deleted...]
-      <c r="K37" t="s">
+      <c r="J42" t="s">
         <v>163</v>
       </c>
-      <c r="L37" t="s">
-[...2 lines deleted...]
-      <c r="M37" t="s">
+      <c r="K42" t="s">
         <v>24</v>
       </c>
-      <c r="N37" t="s">
-[...4 lines deleted...]
-      <c r="A38" t="s">
+      <c r="L42" t="s">
+        <v>262</v>
+      </c>
+      <c r="M42" t="s">
         <v>165</v>
       </c>
-      <c r="B38" t="s">
-[...14 lines deleted...]
-      <c r="G38">
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>263</v>
+      </c>
+      <c r="P42" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>265</v>
+      </c>
+      <c r="B43" t="s">
+        <v>266</v>
+      </c>
+      <c r="C43" t="s">
+        <v>161</v>
+      </c>
+      <c r="D43" t="s">
+        <v>192</v>
+      </c>
+      <c r="E43" t="s">
+        <v>52</v>
+      </c>
+      <c r="F43" t="s">
+        <v>92</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
         <v>2012</v>
       </c>
-      <c r="H38">
+      <c r="I43">
         <v>2013</v>
       </c>
-      <c r="I38" t="s">
-[...5 lines deleted...]
-      <c r="K38" t="s">
+      <c r="J43" t="s">
         <v>163</v>
       </c>
-      <c r="L38" t="s">
-[...2 lines deleted...]
-      <c r="M38" t="s">
+      <c r="K43" t="s">
+        <v>193</v>
+      </c>
+      <c r="L43" t="s">
+        <v>267</v>
+      </c>
+      <c r="M43" t="s">
+        <v>165</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>268</v>
+      </c>
+      <c r="P43" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>270</v>
+      </c>
+      <c r="B44" t="s">
+        <v>271</v>
+      </c>
+      <c r="C44" t="s">
+        <v>161</v>
+      </c>
+      <c r="D44" t="s">
+        <v>78</v>
+      </c>
+      <c r="E44" t="s">
+        <v>52</v>
+      </c>
+      <c r="F44" t="s">
+        <v>53</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2012</v>
+      </c>
+      <c r="I44">
+        <v>2013</v>
+      </c>
+      <c r="J44" t="s">
+        <v>163</v>
+      </c>
+      <c r="K44" t="s">
         <v>24</v>
       </c>
-      <c r="N38" t="s">
-[...256 lines deleted...]
-      </c>
       <c r="L44" t="s">
-        <v>118</v>
+        <v>194</v>
       </c>
       <c r="M44" t="s">
-        <v>24</v>
+        <v>165</v>
       </c>
       <c r="N44" t="s">
-        <v>186</v>
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>272</v>
+      </c>
+      <c r="P44" t="s">
+        <v>273</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>