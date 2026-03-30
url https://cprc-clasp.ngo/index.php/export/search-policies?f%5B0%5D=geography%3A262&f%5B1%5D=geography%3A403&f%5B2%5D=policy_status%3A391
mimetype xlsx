--- v1 (2025-12-06)
+++ v2 (2026-03-30)
@@ -509,51 +509,51 @@
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20241834-3-july-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401834</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
   </si>
   <si>
     <t>Heat Pumps, Boilers and Furnaces</t>
   </si>
   <si>
     <t>May 2024</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
-    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
+    <t>https://eur-lex.europa.eu/eli/reg/2013/813/oj/eng</t>
   </si>
   <si>
     <t>JS 2091:2013 Technical Regulation on eco-design - Requirements for non-directional household lamps</t>
   </si>
   <si>
     <t>This policy establishes eco-design requirements for the placing on the market of non-directional household lamps, including when they are marketed for non-household use or when they are integrated into other products. It also establishes product information requirements for special purpose lamps.</t>
   </si>
   <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>JS 2092</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20912013-technical-regulation-eco-design-requirements-non-directional-household-lamps</t>
   </si>
@@ -1225,51 +1225,51 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="301.926" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1522.914" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="71.84" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="196.952" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="143.822" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">