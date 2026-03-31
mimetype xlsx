--- v0 (2025-12-04)
+++ v1 (2026-03-31)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="331">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="339">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -740,54 +740,54 @@
     <t>European Commission - DG Enterprise----European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192023-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2023-20210501</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2024 of 1 October 2019 laying down ecodesign requirements for refrigerating appliances with a direct sales function pursuant to Directive 2009/125/EC of the European Parliament and of the Council </t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs. This Regulation does not apply to:</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192024-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2024-20210501</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/424 of 15 March 2019 laying down ecodesign requirements for servers and data storage products</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.  
-This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
-[...2 lines deleted...]
-    <t>Computers, Servers</t>
+This Policy is under review by the European Commission and is expected to be revised in 2026.</t>
+  </si>
+  <si>
+    <t>Servers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-servers</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R0424-20210501</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2023/1670 of 16 June 2023 laying down ecodesign requirements for smartphones &amp; mobile phones</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market of smartphones, other mobile phones, cordless phones and slate tablets.
 These requirements include rules for the availability of spare parts, access to repair and maintenance information, maximum delivery time of spare parts, information on the price of spart parts, disassembly, reliability, and recyclability.  
 This Regulation does not apply to the following products:
 (a) mobile phones and tablets with a flexible main display which the user can unroll and roll up partly or fully.
 (b) smartphones for high security communication.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20231670-16-june-2023-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R1670</t>
   </si>
   <si>
@@ -897,50 +897,82 @@
     <t>This Regulation establishes ecodesign requirements for the placing on the market or putting into service of fans  -driven by motors with an electric input power between 125 W and 500 kW; including those integrated in other energy-related products as covered by Directive 2009-125-EC. The Regulation shall not apply to fans integrated in: products with a sole electric motor of 3 kW or less where the fan is fixed on the same shaft used for driving the main functionality; laundry and washer dryers 3 kW maximum electrical input power; kitchen hoods 280 W total maximum electrical input power attributable to the fans. This Regulation shall not apply to fans which are designed to operate under certain specified conditions; potentially explosive atmospheres; emergency use only; extreme operating temperatures; high supply voltage; etc.   These types of fans can be found in commercial and industrial buildings.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-3272011-30-march-2011-implementing-directive-2009125ec</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02011R0327-20170109</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 547/2012 of 25 June 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for water pumps</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market of rotodynamic water pumps for pumping clean water; including where integrated in other products.
 This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
   </si>
   <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-5472012-25-june-2012-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02012R0547-20170109</t>
   </si>
   <si>
+    <t>Commission Regulation (EU) No 617/2013 of 26 June 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for computers and computer servers</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers.
+This Regulation shall apply to the following products that can be powered directly from the mains alternating current (AC) including via an external or internal power supply:
+(a) desktop computers;
+(b) integrated desktop computers;
+(c) notebook computers (including tablet computers, slate computers and mobile thin clients);
+(d) desktop thin clients;
+(e) workstations;
+(f) mobile workstations;
+(g) small-scale servers.</t>
+  </si>
+  <si>
+    <t>Computers, Servers</t>
+  </si>
+  <si>
+    <t>March 2026</t>
+  </si>
+  <si>
+    <t>EN 62623:2013</t>
+  </si>
+  <si>
+    <t>European Commission, DG Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-6172013-26-june-2013-implementing-directive-2009125ec-european</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0617-20200301</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 66/2014 of 14 January 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for domestic ovens, hobs and range hoods</t>
   </si>
   <si>
     <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens; including when incorporated in cookers; domestic hobs and domestic electric range hoods; including when sold for non-domestic purposes.   
 This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
   </si>
   <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-662014-14-january-2014-implementing-directive-2009125ec</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R0066-20170109</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 666/2013 of 8 July 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for vacuum cleaners</t>
   </si>
   <si>
     <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners; including hybrid vacuum cleaners.
 This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
   </si>
   <si>
     <t>Vacuum Cleaners</t>
   </si>
@@ -960,51 +992,51 @@
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8142013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0814-20170109</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
   </si>
   <si>
     <t>May 2024</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
-    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
+    <t>https://eur-lex.europa.eu/eli/reg/2013/813/oj/eng</t>
   </si>
   <si>
     <t>Commission Regulation EC No 1275-2008 of 17 December 2008</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements related to standby and off mode electric power consumption. This Regulation applies to electrical and electronic household and office equipment.</t>
   </si>
   <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-ec-no-1275-2008-17-december-2008</t>
   </si>
   <si>
     <t>http://eur-lex.europa.eu/legal-content/EN/ALL/?uri=CELEX:32008R1275</t>
   </si>
   <si>
     <t>Commission Regulation EU 2015-1095 of 5 May 2015 implementing Directive 2009-125-EC of the European Parliament and of the Council with regard to ecodesign requirements for professional refrigerated storage cabinets; blast cabinets; condensi</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed. 
 This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Industrial Process Chillers</t>
@@ -1416,51 +1448,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P57"/>
+  <dimension ref="A1:P58"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="301.926" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1522.914" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="566.148" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -3691,489 +3723,537 @@
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
         <v>275</v>
       </c>
       <c r="B48" t="s">
         <v>276</v>
       </c>
       <c r="C48" t="s">
         <v>18</v>
       </c>
       <c r="D48" t="s">
         <v>277</v>
       </c>
       <c r="E48" t="s">
         <v>62</v>
       </c>
       <c r="F48" t="s">
         <v>156</v>
       </c>
       <c r="G48" t="s">
         <v>44</v>
       </c>
       <c r="H48">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="I48"/>
       <c r="J48" t="s">
-        <v>38</v>
+        <v>278</v>
       </c>
       <c r="K48" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="L48"/>
+        <v>24</v>
+      </c>
+      <c r="L48" t="s">
+        <v>279</v>
+      </c>
       <c r="M48" t="s">
-        <v>64</v>
+        <v>280</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="P48" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="B49" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="C49" t="s">
         <v>18</v>
       </c>
       <c r="D49" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="E49" t="s">
         <v>62</v>
       </c>
       <c r="F49" t="s">
         <v>156</v>
       </c>
       <c r="G49" t="s">
         <v>44</v>
       </c>
       <c r="H49">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="I49"/>
       <c r="J49" t="s">
-        <v>94</v>
+        <v>38</v>
       </c>
       <c r="K49" t="s">
-        <v>24</v>
+        <v>51</v>
       </c>
       <c r="L49"/>
       <c r="M49" t="s">
         <v>64</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="P49" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="B50" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="C50" t="s">
         <v>18</v>
       </c>
       <c r="D50" t="s">
-        <v>134</v>
+        <v>290</v>
       </c>
       <c r="E50" t="s">
         <v>62</v>
       </c>
       <c r="F50" t="s">
         <v>156</v>
       </c>
       <c r="G50" t="s">
         <v>44</v>
       </c>
       <c r="H50">
         <v>2013</v>
       </c>
       <c r="I50"/>
       <c r="J50" t="s">
         <v>94</v>
       </c>
       <c r="K50" t="s">
-        <v>135</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L50"/>
       <c r="M50" t="s">
         <v>64</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="P50" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="B51" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="C51" t="s">
         <v>18</v>
       </c>
       <c r="D51" t="s">
-        <v>150</v>
+        <v>134</v>
       </c>
       <c r="E51" t="s">
         <v>62</v>
       </c>
       <c r="F51" t="s">
         <v>156</v>
       </c>
       <c r="G51" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H51">
-        <v>1992</v>
-[...1 lines deleted...]
-      <c r="I51">
         <v>2013</v>
       </c>
+      <c r="I51"/>
       <c r="J51" t="s">
-        <v>292</v>
+        <v>94</v>
       </c>
       <c r="K51" t="s">
-        <v>293</v>
-[...1 lines deleted...]
-      <c r="L51"/>
+        <v>135</v>
+      </c>
+      <c r="L51" t="s">
+        <v>295</v>
+      </c>
       <c r="M51" t="s">
         <v>64</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="P51" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="B52" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="C52" t="s">
         <v>18</v>
       </c>
       <c r="D52" t="s">
-        <v>298</v>
+        <v>150</v>
       </c>
       <c r="E52" t="s">
         <v>62</v>
       </c>
       <c r="F52" t="s">
         <v>156</v>
       </c>
       <c r="G52" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H52">
+        <v>1992</v>
+      </c>
+      <c r="I52">
         <v>2013</v>
       </c>
-      <c r="I52"/>
       <c r="J52" t="s">
-        <v>23</v>
+        <v>300</v>
       </c>
       <c r="K52" t="s">
-        <v>24</v>
+        <v>301</v>
       </c>
       <c r="L52"/>
       <c r="M52" t="s">
         <v>64</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="P52" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="B53" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="C53" t="s">
         <v>18</v>
       </c>
       <c r="D53" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="E53" t="s">
         <v>62</v>
       </c>
       <c r="F53" t="s">
         <v>156</v>
       </c>
       <c r="G53" t="s">
         <v>44</v>
       </c>
       <c r="H53">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="I53"/>
       <c r="J53" t="s">
-        <v>38</v>
+        <v>23</v>
       </c>
       <c r="K53" t="s">
         <v>24</v>
       </c>
       <c r="L53"/>
       <c r="M53" t="s">
         <v>64</v>
       </c>
       <c r="N53" t="s">
-        <v>65</v>
+        <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="P53" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="B54" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="C54" t="s">
-        <v>308</v>
+        <v>18</v>
       </c>
       <c r="D54" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="E54" t="s">
-        <v>310</v>
+        <v>62</v>
       </c>
       <c r="F54" t="s">
-        <v>311</v>
+        <v>156</v>
       </c>
       <c r="G54" t="s">
         <v>44</v>
       </c>
       <c r="H54">
-        <v>2022</v>
+        <v>2015</v>
       </c>
       <c r="I54"/>
       <c r="J54" t="s">
-        <v>312</v>
+        <v>38</v>
       </c>
       <c r="K54" t="s">
         <v>24</v>
       </c>
-      <c r="L54" t="s">
+      <c r="L54"/>
+      <c r="M54" t="s">
+        <v>64</v>
+      </c>
+      <c r="N54" t="s">
+        <v>65</v>
+      </c>
+      <c r="O54" t="s">
+        <v>312</v>
+      </c>
+      <c r="P54" t="s">
         <v>313</v>
-      </c>
-[...10 lines deleted...]
-        <v>317</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
+        <v>314</v>
+      </c>
+      <c r="B55" t="s">
+        <v>315</v>
+      </c>
+      <c r="C55" t="s">
+        <v>316</v>
+      </c>
+      <c r="D55" t="s">
+        <v>317</v>
+      </c>
+      <c r="E55" t="s">
         <v>318</v>
       </c>
-      <c r="B55" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F55" t="s">
-        <v>311</v>
+        <v>319</v>
       </c>
       <c r="G55" t="s">
         <v>44</v>
       </c>
       <c r="H55">
         <v>2022</v>
       </c>
       <c r="I55"/>
       <c r="J55" t="s">
-        <v>312</v>
+        <v>320</v>
       </c>
       <c r="K55" t="s">
         <v>24</v>
       </c>
       <c r="L55" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="M55" t="s">
-        <v>314</v>
+        <v>322</v>
       </c>
       <c r="N55" t="s">
-        <v>315</v>
+        <v>323</v>
       </c>
       <c r="O55" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="P55" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="B56" t="s">
-        <v>323</v>
+        <v>315</v>
       </c>
       <c r="C56" t="s">
-        <v>18</v>
+        <v>316</v>
       </c>
       <c r="D56" t="s">
-        <v>324</v>
+        <v>317</v>
       </c>
       <c r="E56" t="s">
-        <v>20</v>
+        <v>62</v>
       </c>
       <c r="F56" t="s">
-        <v>156</v>
+        <v>319</v>
       </c>
       <c r="G56" t="s">
         <v>44</v>
       </c>
       <c r="H56">
-        <v>2014</v>
+        <v>2022</v>
       </c>
       <c r="I56"/>
       <c r="J56" t="s">
-        <v>38</v>
+        <v>320</v>
       </c>
       <c r="K56" t="s">
         <v>24</v>
       </c>
-      <c r="L56"/>
-      <c r="M56"/>
+      <c r="L56" t="s">
+        <v>327</v>
+      </c>
+      <c r="M56" t="s">
+        <v>322</v>
+      </c>
       <c r="N56" t="s">
-        <v>27</v>
+        <v>323</v>
       </c>
       <c r="O56" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="P56" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
       <c r="B57" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
       <c r="C57" t="s">
-        <v>115</v>
+        <v>18</v>
       </c>
       <c r="D57" t="s">
-        <v>37</v>
+        <v>332</v>
       </c>
       <c r="E57" t="s">
         <v>20</v>
       </c>
       <c r="F57" t="s">
         <v>156</v>
       </c>
       <c r="G57" t="s">
         <v>44</v>
       </c>
       <c r="H57">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="I57"/>
       <c r="J57" t="s">
         <v>38</v>
       </c>
       <c r="K57" t="s">
         <v>24</v>
       </c>
       <c r="L57"/>
       <c r="M57"/>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>329</v>
+        <v>333</v>
       </c>
       <c r="P57" t="s">
-        <v>330</v>
+        <v>334</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>335</v>
+      </c>
+      <c r="B58" t="s">
+        <v>336</v>
+      </c>
+      <c r="C58" t="s">
+        <v>115</v>
+      </c>
+      <c r="D58" t="s">
+        <v>37</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>156</v>
+      </c>
+      <c r="G58" t="s">
+        <v>44</v>
+      </c>
+      <c r="H58">
+        <v>2013</v>
+      </c>
+      <c r="I58"/>
+      <c r="J58" t="s">
+        <v>38</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58"/>
+      <c r="M58"/>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>337</v>
+      </c>
+      <c r="P58" t="s">
+        <v>338</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">