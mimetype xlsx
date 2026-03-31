--- v1 (2026-02-04)
+++ v2 (2026-03-31)
@@ -421,54 +421,54 @@
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2023 of 1 October 2019 laying down ecodesign requirements for household washing machines and household washer-dryers pursuant to Directive 2009/125/EC of the European Parliament and of the Council, amending C</t>
   </si>
   <si>
     <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries; including those sold for non-household use. This Regulation shall not apply to household combined washer-driers. 
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
   </si>
   <si>
     <t>Washer and Dryers, Washing Machines</t>
   </si>
   <si>
     <t>European Commission - DG Enterprise----European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192023-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2023-20210501</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/424 of 15 March 2019 laying down ecodesign requirements for servers and data storage products</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.  
-This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
-[...2 lines deleted...]
-    <t>Computers, Servers</t>
+This Policy is under review by the European Commission and is expected to be revised in 2026.</t>
+  </si>
+  <si>
+    <t>Servers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-servers</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R0424-20210501</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2023/826 of 17 April 2023 laying down ecodesign requirements for off mode, standby mode, and networked standby energy consumption of electrical and electronic household and office equipment</t>
   </si>
   <si>
     <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
   </si>
   <si>
     <t>Stand-by and networked devices, Televisions, Coffee Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R0826&amp;qid=1681803866374</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2024/1103 of 18 April 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council as regards ecodesign requirements for local space heaters and separate related controls and repealing Commission Regulat</t>
@@ -509,51 +509,51 @@
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20241834-3-july-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401834</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
   </si>
   <si>
     <t>Heat Pumps, Boilers and Furnaces</t>
   </si>
   <si>
     <t>May 2024</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
-    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
+    <t>https://eur-lex.europa.eu/eli/reg/2013/813/oj/eng</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -880,51 +880,51 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="301.926" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1522.914" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="71.84" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="196.952" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="143.822" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">