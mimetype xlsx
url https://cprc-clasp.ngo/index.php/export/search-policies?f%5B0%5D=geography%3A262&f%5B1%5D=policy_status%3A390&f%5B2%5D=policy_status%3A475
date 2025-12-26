--- v0 (2025-11-10)
+++ v1 (2025-12-26)
@@ -122,110 +122,110 @@
   <si>
     <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32014D0314</t>
   </si>
   <si>
     <t>Commission Decision of 9 November 2007 establishing the ecological criteria for the award of the Community eco-label to electrically driven, gas driven or gas absorption heat pumps</t>
   </si>
   <si>
     <t>The product group 'electrically driven; gas driven or gas absorption heat pumps' shall comprise heat pumps; which can concentrate energy present in the air; ground or water into useful heat for the supply of space heating or the opposite process for space cooling. A 'heat pump' is the device or set of devices as delivered by the manufacturer or importer to the distributor; retailer or installer. This delivery may or may not include the delivery of circulating pumps at the sink or source side; however for calculation of coefficient of performance -COP; values the power consumption of circulating pumps shall always be taken into account; according to the methodology of EN14511:2004; if the manufacturer cannot provide data; a default value is taken. For gas absorption heat pumps the methodology shall be according to EN12309-2:2000. The product group shall cover only electrically driven; gas driven or gas absorption heat pumps with a maximum heating capacity of 100 kW. The product group 'electrically driven; gas driven or gas absorption heat pumps' shall not cover the following:   heat pumps which can only provide hot water for sanitary use;   and heat pumps which can only extract heat from a building and eject it to the air; ground or water thus resulting in space cooling.</t>
   </si>
   <si>
     <t>Heat Pumps</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>EN 14 511:2004; EN12309-2:2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco-0</t>
   </si>
   <si>
     <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32007D0742</t>
   </si>
   <si>
-    <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015</t>
+    <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of professional refrigerated storage cabinets</t>
   </si>
   <si>
     <t>This Regulation establishes requirements for the labelling of, and the provision of supplementary product information on, professional refrigerated storage cabinets.
 This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151094-5-may-2015</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151094-5-may-2015-supplementing-directive-201030eu</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02015R1094-20170307</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1186 of 24 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of local space heaters</t>
   </si>
   <si>
     <t>Applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. Solid fuel small combustion installations.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
   </si>
   <si>
     <t>Portable Heaters, Boilers and Furnaces</t>
   </si>
   <si>
     <t>Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151186-24-april-2015-supplementing-directive-201030eu</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1186-20170307</t>
   </si>
   <si>
-    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015</t>
+    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of solid fuel boilers and packages of a solid fuel boiler, supplementary heaters, temperature controls and solar devices</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151187-27-april-2015</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151187-27-april-2015-commission-delegated-regulation</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1187-20170307</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2016 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of refrigerating appliances</t>
   </si>
   <si>
     <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1500 litres. It shall also apply to electric mains-operated household refrigerating appliances that can be battery-operated.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
   </si>
   <si>
     <t>Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>EN 153</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192016-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2016-20210501</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2018 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of refrigerating appliances with a direct sales function</t>