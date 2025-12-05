--- v0 (2025-10-13)
+++ v1 (2025-12-05)
@@ -12,599 +12,631 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="170">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="167">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
-    <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015</t>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of professional refrigerated storage cabinets</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of, and the provision of supplementary product information on, professional refrigerated storage cabinets.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
   </si>
   <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151094-5-may-2015</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151094-5-may-2015-supplementing-directive-201030eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02015R1094-20170307</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1186 of 24 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of local space heaters</t>
   </si>
   <si>
+    <t>Applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. Solid fuel small combustion installations.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>Portable Heaters, Boilers and Furnaces</t>
   </si>
   <si>
     <t>Solid Fuel</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151186-24-april-2015-supplementing-directive-201030eu</t>
   </si>
   <si>
-    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015</t>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1186-20170307</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of solid fuel boilers and packages of a solid fuel boiler, supplementary heaters, temperature controls and solar devices</t>
   </si>
   <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151187-27-april-2015</t>
-[...35 lines deleted...]
-    <t>Non-Directional lamps, Directional Lamps, Lighting Controls</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151187-27-april-2015-commission-delegated-regulation</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1187-20170307</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2019/2016 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of refrigerating appliances</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1500 litres. It shall also apply to electric mains-operated household refrigerating appliances that can be battery-operated.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
+  </si>
+  <si>
+    <t>Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>EN 153</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192016-11-march-2019-supplementing-regulation-eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2016-20210501</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2019/2018 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of refrigerating appliances with a direct sales function</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
+  </si>
+  <si>
+    <t>Refrigerated Vending Machines</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192018-11-march-2019-supplementing-regulation-eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2018-20210501</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2023/1669 of 16 June 2023 with regard to the energy labelling of smartphones and slate tablets</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of smartphones and slate tablets, and the provision of supplementary product information on smartphones and slate tablets.
+In addition to the energy efficiency score, the regulation includes requirements for the display of battery endurance, battery degradation, resistance to being dropped, repairability, and ingress protection on the energy label. 
+Reference test methods are listed in Annex IVa.
+This Regulation does not apply to the following products:
+(a) mobile phones and tablets with a flexible main display which the user can unroll and roll up partly or fully.
+(b) smartphones for high security communication.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
+    <t>Europe, European Union</t>
+  </si>
+  <si>
+    <t>Electronics, Information Technology, Phones and tablets</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20231669-16-june-2023-regard-energy-labelling</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R1669</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) No 1254/2014 of 11 July 2014 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of residential ventilation units</t>
+  </si>
+  <si>
+    <t>non-residential ventilation unit -NRVU; means a ventilation unit where the maximum flow rate of the ventilation unit exceeds 250 m3 per hour; and; where the maximum flow rate is between 250 and 1 000 m3 per hour; the manufacturer has not declared its intended use as being exclusively for a residential ventilation application.
+This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
+    <t>Exhaust Fans</t>
+  </si>
+  <si>
+    <t>EN 308:1997</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-12542014-11-july-2014-supplementing-directive</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R1254-20200730</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) No 812/2013 of 18 February 2013 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of water heaters, hot water storage tanks and packages</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for labelling of and providing supplementary product information on electrical lamps.
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
+    <t>Instantaneous Water Heaters, Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>Electricity, Gas, Oil, Solar</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-8122013-18-february-2013-supplementing-directive</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0812-20180426</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) No 626/2011 of 4 May 2011 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of air conditioners</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating, if the product has no cooling function.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs, Portable ACs, Packaged Terminals</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-6262011-4-may-2011-supplementing-directive-201030eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02011R0626-20170307</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation EU No 811-2013 of 18 February 2013 supplementing Directive 2010-30-EU -with regard to the energy labelling of space heaters; combination heaters</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the energy labelling of; and the provision of supplementary product information on; space heaters and combination heaters with a rated heat output equal to 70 kW; packages of space heater equal to  70 kW; temperature control and solar device and packages of combination heater equal to  70 kW; temperature control and solar device.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
+    <t>Heat Pumps, Boilers and Furnaces</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-811-2013-18-february-2013-supplementing-directive</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0811-20170307</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EC) No 641/2009 of 22 July 2009 implementing Directive 2005/32/EC of the European Parliament and of the Council with regard to ecodesign requirements for glandless standalone circulators and glandless circulators</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of glandless standalone circulators and glandless circulators integrated in products.  This Regulation shall not apply to:  a. drinking water circulators; except as regards information requirements;   b. circulators integrated in products and placed on the market not later than 1 January 2020 as replacement for identical circulators integrated in products and placed on the market no later than 1 August 2015.</t>
+  </si>
+  <si>
+    <t>Building Circulator Pumps</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-ec-no-6412009-22-july-2009-implementing-directive-200532ec-european</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02009R0641-20191114</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2015/1189 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for solid fuel boilers</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2015/1189 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for solid fuel boilers.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20151189-28-april-2015-implementing-directive-2009125ec-european</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1189-20170109</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2016/2281 of 30 November 2016  implementing Directive 2009/125/EC of the European Parliament and of the Council establishing a framework for the setting of ecodesign requirements for energy-related products</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and/or putting into service of:
+(a) air heating products with a rated heating capacity not exceeding 1 MW;
+(b) cooling products and high temperature process chillers with a rated cooling capacity not exceeding 2 MW;
+(c) fan coil units.
+This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs, Chillers - Cooler Towers, Industrial Process Chillers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20162281-30-november-2016-implementing-directive-2009125ec</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02016R2281-20170109</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2019/1784 of 1 October 2019 laying down ecodesign requirements for welding equipment pursuant to Directive 2009/125/EC of the European Parliament and of the Council</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electrical mains-operated welding equipment.
+This Regulation shall apply to welding equipment using one or more of the following welding and allied processes:
+(a) manual metal arc welding;
+(b) shielded metal arc welding;
+(c) self-shielded flux-cored welding;
+(d) flux cored arc welding;
+(e) metal active gas and metal inert gas welding;
+(f) tungsten inert gas welding;
+(g) plasma arc cutting.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
+    <t>Other</t>
+  </si>
+  <si>
+    <t>October 2023</t>
+  </si>
+  <si>
+    <t>Electricity, Gas</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191784-1-october-2019-laying-down-ecodesign-requirements</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0121.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2019/2019 of 1 October 2019 laying down ecodesign requirements for refrigerating appliances pursuant to Directive 2009/125/EC of the European Parliament and of the Council and repealing Commission Regulation (EC)</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1 500 litres. 'Household refrigerating appliance' means an insulated cabinet; with one or more compartments; intended for refrigerating or freezing foodstuffs; or for the storage of refrigerated or frozen foodstuffs for non-professional purposes; cooled by one or more energy-consuming processes including appliances sold as building kits to be assembled by the end-user.  Exclusions: refrigerating appliances that are primarily powered by energy sources other than electricity; battery-operated refrigerating appliances; custom-made refrigerating appliances; refrigerating appliances for tertiary sector application with flux management system; or appliances where the primary function is not the storage of foodstuffs through refrigeration.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192019-1-october-2019-laying-down-ecodesign-requirements</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2019-20210501</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2019/2024 of 1 October 2019 laying down ecodesign requirements for refrigerating appliances with a direct sales function pursuant to Directive 2009/125/EC of the European Parliament and of the Council </t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs. This Regulation does not apply to:</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192024-1-october-2019-laying-down-ecodesign-requirements</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2024-20210501</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2023/1670 of 16 June 2023 laying down ecodesign requirements for smartphones &amp; mobile phones</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of smartphones, other mobile phones, cordless phones and slate tablets.
+These requirements include rules for the availability of spare parts, access to repair and maintenance information, maximum delivery time of spare parts, information on the price of spart parts, disassembly, reliability, and recyclability.  
+This Regulation does not apply to the following products:
+(a) mobile phones and tablets with a flexible main display which the user can unroll and roll up partly or fully.
+(b) smartphones for high security communication.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20231670-16-june-2023-laying-down-ecodesign-requirements</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R1670</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2023/2533 of 17 November 2023 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for household tumble dryers</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
+    <t>Clothes Dryers</t>
+  </si>
+  <si>
+    <t>February 2024</t>
+  </si>
+  <si>
+    <t>European Commission - DG Energy----European Commission - DG Enterprise</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20232533-17-november-2023-implementing-directive-2009125ec</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ%3AL_202302533&amp;amp%3Bqid=1700646701114</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) No 1253/2014 of 7 July 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for ventilation units</t>
+  </si>
+  <si>
+    <t>Ventilation unit -VU; means an electricity driven appliance equipped with at least one impeller; one motor and a casing and intended to replace utilised air by outdoor air in a building or a part of a building. 
+This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-12532014-7-july-2014-implementing-directive-2009125ec-european</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R1253-20200730</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) No 206/2012 of 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans </t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W. 
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
+    <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-european</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02012R0206-20170109</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) No 327/2011 of 30 March 2011 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or putting into service of fans  -driven by motors with an electric input power between 125 W and 500 kW; including those integrated in other energy-related products as covered by Directive 2009-125-EC. The Regulation shall not apply to fans integrated in: products with a sole electric motor of 3 kW or less where the fan is fixed on the same shaft used for driving the main functionality; laundry and washer dryers 3 kW maximum electrical input power; kitchen hoods 280 W total maximum electrical input power attributable to the fans. This Regulation shall not apply to fans which are designed to operate under certain specified conditions; potentially explosive atmospheres; emergency use only; extreme operating temperatures; high supply voltage; etc.   These types of fans can be found in commercial and industrial buildings.</t>
+  </si>
+  <si>
+    <t>Industrial Fans</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-3272011-30-march-2011-implementing-directive-2009125ec</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02011R0327-20170109</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) No 547/2012 of 25 June 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for water pumps</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of rotodynamic water pumps for pumping clean water; including where integrated in other products.
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
+    <t>Pumps Other</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-5472012-25-june-2012-implementing-directive-2009125ec-european</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02012R0547-20170109</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) No 66/2014 of 14 January 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for domestic ovens, hobs and range hoods</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens; including when incorporated in cookers; domestic hobs and domestic electric range hoods; including when sold for non-domestic purposes.   
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
+    <t>Ovens, Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-662014-14-january-2014-implementing-directive-2009125ec</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R0066-20170109</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) No 666/2013 of 8 July 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for vacuum cleaners</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners; including hybrid vacuum cleaners.
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
+    <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>August 2023</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192015-11-march-2019-supplementing-regulation-eu</t>
-[...325 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-6662013-8-july-2013-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0666-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 814/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for water heaters and hot water storage tanks</t>
   </si>
   <si>
+    <t>10 CFR 430—Energy Conservation Program for Consumer Products
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8142013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
-    <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0814-20170109</t>
   </si>
   <si>
     <t>Commission Regulation EC No 1275-2008 of 17 December 2008</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements related to standby and off mode electric power consumption. This Regulation applies to electrical and electronic household and office equipment.</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>December 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-ec-no-1275-2008-17-december-2008</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/ALL/?uri=CELEX:32008R1275</t>
+  </si>
+  <si>
     <t>Commission Regulation EU 2015-1095 of 5 May 2015 implementing Directive 2009-125-EC of the European Parliament and of the Council with regard to ecodesign requirements for professional refrigerated storage cabinets; blast cabinets; condensi</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed. 
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Industrial Process Chillers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2015-1095-5-may-2015-implementing-directive-2009-125-ec-european</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538151014873&amp;uri=CELEX:02015R1095-20170109</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -868,1961 +900,1406 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N45"/>
+  <dimension ref="A1:P28"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="301" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1078.165" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="143.822" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2015</v>
       </c>
-      <c r="H2"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...3 lines deleted...]
-      <c r="M2" t="s">
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2015</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
-[...4 lines deleted...]
-      <c r="A3" t="s">
+      <c r="K3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
         <v>25</v>
       </c>
-      <c r="B3" t="s">
-[...14 lines deleted...]
-      <c r="G3">
+      <c r="N3" t="s">
+        <v>33</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
         <v>2015</v>
       </c>
-      <c r="H3"/>
-[...42 lines deleted...]
-      </c>
+      <c r="I4"/>
       <c r="J4" t="s">
-        <v>27</v>
-[...4 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>32</v>
+      </c>
+      <c r="L4"/>
       <c r="M4" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="N4" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:14">
+        <v>33</v>
+      </c>
+      <c r="O4" t="s">
+        <v>39</v>
+      </c>
+      <c r="P4" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="B5" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="C5" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>43</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
       </c>
       <c r="H5">
         <v>2019</v>
       </c>
-      <c r="I5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I5"/>
       <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>44</v>
+      </c>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>33</v>
+      </c>
+      <c r="O5" t="s">
+        <v>45</v>
+      </c>
+      <c r="P5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>47</v>
+      </c>
+      <c r="B6" t="s">
+        <v>48</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>49</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K5" t="s">
-[...32 lines deleted...]
-        <v>1995</v>
+      <c r="G6" t="s">
+        <v>22</v>
       </c>
       <c r="H6">
         <v>2019</v>
       </c>
-      <c r="I6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I6"/>
       <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>50</v>
+      </c>
+      <c r="P6" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>52</v>
+      </c>
+      <c r="B7" t="s">
+        <v>53</v>
+      </c>
+      <c r="C7" t="s">
+        <v>54</v>
+      </c>
+      <c r="D7" t="s">
+        <v>55</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K6" t="s">
-[...32 lines deleted...]
-        <v>1998</v>
+      <c r="G7" t="s">
+        <v>22</v>
       </c>
       <c r="H7">
-        <v>2019</v>
-[...3 lines deleted...]
-      </c>
+        <v>2023</v>
+      </c>
+      <c r="I7"/>
       <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7"/>
+      <c r="N7" t="s">
+        <v>33</v>
+      </c>
+      <c r="O7" t="s">
+        <v>56</v>
+      </c>
+      <c r="P7" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>58</v>
+      </c>
+      <c r="B8" t="s">
+        <v>59</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>60</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K7"/>
-[...35 lines deleted...]
-      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2014</v>
+      </c>
+      <c r="I8"/>
       <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>61</v>
+      </c>
+      <c r="M8" t="s">
+        <v>25</v>
+      </c>
+      <c r="N8" t="s">
+        <v>33</v>
+      </c>
+      <c r="O8" t="s">
+        <v>62</v>
+      </c>
+      <c r="P8" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>64</v>
+      </c>
+      <c r="B9" t="s">
+        <v>65</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>66</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
         <v>21</v>
       </c>
-      <c r="K8" t="s">
-[...32 lines deleted...]
-        <v>1997</v>
+      <c r="G9" t="s">
+        <v>22</v>
       </c>
       <c r="H9">
-        <v>2019</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I9"/>
       <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>67</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>25</v>
+      </c>
+      <c r="N9" t="s">
+        <v>33</v>
+      </c>
+      <c r="O9" t="s">
+        <v>68</v>
+      </c>
+      <c r="P9" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>70</v>
+      </c>
+      <c r="B10" t="s">
+        <v>71</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>72</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
         <v>21</v>
       </c>
-      <c r="K9"/>
-[...35 lines deleted...]
-      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2011</v>
+      </c>
+      <c r="I10"/>
       <c r="J10" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>25</v>
+      </c>
+      <c r="N10" t="s">
+        <v>33</v>
+      </c>
+      <c r="O10" t="s">
+        <v>73</v>
+      </c>
+      <c r="P10" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>75</v>
+      </c>
+      <c r="B11" t="s">
+        <v>76</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>77</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
         <v>21</v>
       </c>
-      <c r="K10"/>
-[...3 lines deleted...]
-      <c r="M10" t="s">
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2013</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
         <v>23</v>
       </c>
-      <c r="N10" t="s">
-[...32 lines deleted...]
-      <c r="K11"/>
+      <c r="K11" t="s">
+        <v>67</v>
+      </c>
       <c r="L11"/>
       <c r="M11" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="N11" t="s">
+        <v>33</v>
+      </c>
+      <c r="O11" t="s">
+        <v>78</v>
+      </c>
+      <c r="P11" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>80</v>
+      </c>
+      <c r="B12" t="s">
+        <v>81</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>82</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>83</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2009</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>23</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>25</v>
+      </c>
+      <c r="N12" t="s">
+        <v>33</v>
+      </c>
+      <c r="O12" t="s">
+        <v>84</v>
+      </c>
+      <c r="P12" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>86</v>
+      </c>
+      <c r="B13" t="s">
+        <v>87</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>38</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>83</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2015</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>23</v>
+      </c>
+      <c r="K13" t="s">
+        <v>32</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>25</v>
+      </c>
+      <c r="N13" t="s">
+        <v>33</v>
+      </c>
+      <c r="O13" t="s">
+        <v>88</v>
+      </c>
+      <c r="P13" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>90</v>
+      </c>
+      <c r="B14" t="s">
+        <v>91</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>92</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>83</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2016</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>23</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>25</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>93</v>
+      </c>
+      <c r="P14" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>95</v>
+      </c>
+      <c r="B15" t="s">
+        <v>96</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>97</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>83</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2019</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>98</v>
+      </c>
+      <c r="K15" t="s">
+        <v>99</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15"/>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>100</v>
+      </c>
+      <c r="P15" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>102</v>
+      </c>
+      <c r="B16" t="s">
+        <v>103</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>83</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2019</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>23</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>25</v>
+      </c>
+      <c r="N16" t="s">
+        <v>33</v>
+      </c>
+      <c r="O16" t="s">
+        <v>104</v>
+      </c>
+      <c r="P16" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>106</v>
+      </c>
+      <c r="B17" t="s">
+        <v>107</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>49</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>83</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2019</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>23</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>25</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>108</v>
+      </c>
+      <c r="P17" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>110</v>
+      </c>
+      <c r="B18" t="s">
+        <v>111</v>
+      </c>
+      <c r="C18" t="s">
+        <v>54</v>
+      </c>
+      <c r="D18" t="s">
+        <v>55</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>83</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2023</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>23</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18"/>
+      <c r="N18" t="s">
+        <v>33</v>
+      </c>
+      <c r="O18" t="s">
+        <v>112</v>
+      </c>
+      <c r="P18" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>114</v>
+      </c>
+      <c r="B19" t="s">
+        <v>115</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>116</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>83</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2012</v>
+      </c>
+      <c r="I19">
+        <v>2023</v>
+      </c>
+      <c r="J19" t="s">
+        <v>117</v>
+      </c>
+      <c r="K19" t="s">
+        <v>99</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>118</v>
+      </c>
+      <c r="N19" t="s">
+        <v>33</v>
+      </c>
+      <c r="O19" t="s">
+        <v>119</v>
+      </c>
+      <c r="P19" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>121</v>
+      </c>
+      <c r="B20" t="s">
+        <v>122</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
         <v>60</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A12" t="s">
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>83</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2014</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>23</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
         <v>61</v>
       </c>
-      <c r="B12" t="s">
-[...58 lines deleted...]
-      <c r="G13">
+      <c r="M20" t="s">
+        <v>25</v>
+      </c>
+      <c r="N20" t="s">
+        <v>33</v>
+      </c>
+      <c r="O20" t="s">
+        <v>123</v>
+      </c>
+      <c r="P20" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>125</v>
+      </c>
+      <c r="B21" t="s">
+        <v>126</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>127</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>83</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2012</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>23</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>25</v>
+      </c>
+      <c r="N21" t="s">
+        <v>33</v>
+      </c>
+      <c r="O21" t="s">
+        <v>128</v>
+      </c>
+      <c r="P21" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>130</v>
+      </c>
+      <c r="B22" t="s">
+        <v>131</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>132</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>83</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2011</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>23</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>25</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>133</v>
+      </c>
+      <c r="P22" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>135</v>
+      </c>
+      <c r="B23" t="s">
+        <v>136</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
+        <v>137</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>83</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2012</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>23</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>25</v>
+      </c>
+      <c r="N23" t="s">
+        <v>33</v>
+      </c>
+      <c r="O23" t="s">
+        <v>138</v>
+      </c>
+      <c r="P23" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>140</v>
+      </c>
+      <c r="B24" t="s">
+        <v>141</v>
+      </c>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
+        <v>142</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>83</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
         <v>2014</v>
       </c>
-      <c r="H13"/>
-[...294 lines deleted...]
-      <c r="M20" t="s">
+      <c r="I24"/>
+      <c r="J24" t="s">
         <v>23</v>
       </c>
-      <c r="N20" t="s">
-[...88 lines deleted...]
-      <c r="A23" t="s">
+      <c r="K24" t="s">
         <v>99</v>
       </c>
-      <c r="B23" t="s">
-[...68 lines deleted...]
-      <c r="K24"/>
       <c r="L24"/>
       <c r="M24" t="s">
+        <v>25</v>
+      </c>
+      <c r="N24" t="s">
+        <v>33</v>
+      </c>
+      <c r="O24" t="s">
+        <v>143</v>
+      </c>
+      <c r="P24" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>145</v>
+      </c>
+      <c r="B25" t="s">
+        <v>146</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
+        <v>147</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>83</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2013</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>148</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>25</v>
+      </c>
+      <c r="N25" t="s">
+        <v>33</v>
+      </c>
+      <c r="O25" t="s">
+        <v>149</v>
+      </c>
+      <c r="P25" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>151</v>
+      </c>
+      <c r="B26" t="s">
+        <v>152</v>
+      </c>
+      <c r="C26" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" t="s">
+        <v>66</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>83</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2013</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>148</v>
+      </c>
+      <c r="K26" t="s">
+        <v>67</v>
+      </c>
+      <c r="L26" t="s">
+        <v>153</v>
+      </c>
+      <c r="M26" t="s">
+        <v>25</v>
+      </c>
+      <c r="N26" t="s">
+        <v>33</v>
+      </c>
+      <c r="O26" t="s">
+        <v>154</v>
+      </c>
+      <c r="P26" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>156</v>
+      </c>
+      <c r="B27" t="s">
+        <v>157</v>
+      </c>
+      <c r="C27" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" t="s">
+        <v>158</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>83</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2013</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>159</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>25</v>
+      </c>
+      <c r="N27" t="s">
+        <v>33</v>
+      </c>
+      <c r="O27" t="s">
+        <v>160</v>
+      </c>
+      <c r="P27" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>162</v>
+      </c>
+      <c r="B28" t="s">
+        <v>163</v>
+      </c>
+      <c r="C28" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" t="s">
+        <v>164</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>83</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2015</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
         <v>23</v>
       </c>
-      <c r="N24" t="s">
-[...157 lines deleted...]
-      </c>
       <c r="K28" t="s">
-        <v>116</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L28"/>
       <c r="M28" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="N28" t="s">
-        <v>117</v>
-[...257 lines deleted...]
-      <c r="C35" t="s">
         <v>26</v>
       </c>
-      <c r="D35" t="s">
-[...380 lines deleted...]
-      <c r="I44" t="s">
+      <c r="O28" t="s">
         <v>165</v>
       </c>
-      <c r="J44" t="s">
-[...9 lines deleted...]
-      <c r="N44" t="s">
+      <c r="P28" t="s">
         <v>166</v>
       </c>
     </row>
-    <row r="45" spans="1:14">
-[...38 lines deleted...]
-    </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>