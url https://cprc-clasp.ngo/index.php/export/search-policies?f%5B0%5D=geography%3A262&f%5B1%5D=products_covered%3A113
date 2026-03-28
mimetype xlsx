--- v0 (2025-12-05)
+++ v1 (2026-03-28)
@@ -216,51 +216,51 @@
   <si>
     <t>Electricity, Gas, Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20241103-18-april-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401103</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
   </si>
   <si>
     <t>May 2024</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
-    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
+    <t>https://eur-lex.europa.eu/eli/reg/2013/813/oj/eng</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -587,51 +587,51 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="301.926" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1321.106" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="196.952" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="94.263" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">