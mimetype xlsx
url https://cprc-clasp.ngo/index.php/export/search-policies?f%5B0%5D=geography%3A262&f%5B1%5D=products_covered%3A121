--- v0 (2025-10-11)
+++ v1 (2025-12-06)
@@ -12,179 +12,200 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2024/1834 of 3 July 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors with an electric input power between 125 W and 500 kW</t>
   </si>
   <si>
+    <t>This Regulation lays down ecodesign requirements for the placing on the market or putting into service of fans with an electric input power between 125 W and 500 kW (≥ 125 W and ≤ 500 kW) at their best efficiency point, including where they are integrated into other products.
+This policy comes into effect on July 24 2026. It is a revision of Regulation (EU) No 327/2011 which is repealed with effect from 24 July 2026. However, Annexes I, II and III to that Regulation, shall continue to apply until 24 July 2037, in relation to fans integrated into other products and in relation to spare part fans.
+Units of models placed on the market between 24 July 2024 and 24 July 2026 which comply with the provisions of this Regulation shall be considered to comply with the requirements of Regulation (EU) No 327/2011.</t>
+  </si>
+  <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>August 2024</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20241834-3-july-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401834</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 327/2011 of 30 March 2011 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or putting into service of fans  -driven by motors with an electric input power between 125 W and 500 kW; including those integrated in other energy-related products as covered by Directive 2009-125-EC. The Regulation shall not apply to fans integrated in: products with a sole electric motor of 3 kW or less where the fan is fixed on the same shaft used for driving the main functionality; laundry and washer dryers 3 kW maximum electrical input power; kitchen hoods 280 W total maximum electrical input power attributable to the fans. This Regulation shall not apply to fans which are designed to operate under certain specified conditions; potentially explosive atmospheres; emergency use only; extreme operating temperatures; high supply voltage; etc.   These types of fans can be found in commercial and industrial buildings.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-3272011-30-march-2011-implementing-directive-2009125ec</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02011R0327-20170109</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -448,233 +469,254 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N3"/>
+  <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="296" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="153" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="296.071" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1075.737" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="153.248" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="94.263" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2024</v>
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
       </c>
       <c r="H2">
         <v>2024</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I2">
+        <v>2024</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...6 lines deleted...]
-      <c r="N2" t="s">
+      <c r="G3" t="s">
+        <v>32</v>
+      </c>
+      <c r="H3">
+        <v>2011</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A3" t="s">
+      <c r="L3"/>
+      <c r="M3" t="s">
         <v>25</v>
       </c>
-      <c r="B3" t="s">
+      <c r="N3" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...29 lines deleted...]
-        <v>29</v>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>