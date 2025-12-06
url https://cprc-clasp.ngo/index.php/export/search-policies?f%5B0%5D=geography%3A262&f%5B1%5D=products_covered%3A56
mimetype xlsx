--- v0 (2025-10-10)
+++ v1 (2025-12-06)
@@ -12,179 +12,201 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 666/2013 of 8 July 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for vacuum cleaners</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners; including hybrid vacuum cleaners.
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-6662013-8-july-2013-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0666-20170109</t>
+  </si>
+  <si>
     <t>Voluntary ecodesign scheme for games consoles</t>
   </si>
   <si>
+    <t>Companies active in the games consoles market have proposed a voluntary agreement laying down specific ecodesign requirements for games consoles models placed on the EU market, which use more than 20 Watts in active game mode. The voluntary scheme was agreed by the signatories in April 2014.
+Under the agreement, each signatory undertakes that at least 90 % of all games consoles that they place on the market would comply with the applicable minimum energy efficiency requirements.
+The agreement includes requirements on auto power down settings, limits on energy use in standby (0.5 W), navigation (40 W), and media streaming modes (50 W), and some product information requirements.</t>
+  </si>
+  <si>
     <t>Other-Electronics</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/voluntary-ecodesign-scheme-games-consoles</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1432808656922&amp;uri=CELEX%3A52015DC0178</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -448,229 +470,250 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N3"/>
+  <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="227" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="227.516" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="345.487" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="106.117" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2013</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...9 lines deleted...]
-      <c r="J2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>32</v>
+      </c>
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H3">
+        <v>2014</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C3" t="s">
+      <c r="L3"/>
+      <c r="M3"/>
+      <c r="N3" t="s">
         <v>26</v>
       </c>
-      <c r="D3" t="s">
-[...24 lines deleted...]
-        <v>29</v>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>