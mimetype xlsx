--- v0 (2025-10-10)
+++ v1 (2025-12-07)
@@ -12,278 +12,321 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CQC31-432218-2017 Energy Conservation Certification Rules for Centrifugal pump for fresh water</t>
   </si>
   <si>
+    <t>Applies to centrifugal pump for fresh water powered by 50Hz three-phase DC power under 690V or lower; which are three-phase DC motor drive typical load units; Applies to single stage single punction|single stage double punction|multi-stage centrifugal pump for fresh water with a rated power of 0.75kW-375kW</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>JBT 11706.1-2013</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-432218-2017-energy-conservation-certification-rules-centrifugal-pump-fresh-water</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-06-15/546487.shtml</t>
+  </si>
+  <si>
     <t>IEC TS 62258-9-8:2020</t>
   </si>
   <si>
+    <t>Quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Renewable Energy Systems, Solar Energy Kits</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2022</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/iec-ts-62258-9-82020</t>
   </si>
   <si>
+    <t>https://item.jd.com/10054560130198.html</t>
+  </si>
+  <si>
     <t>PNGS/IEC TS 62257-9-8:2022 Recommendations for renewable energy and hybrid systems for rural electrification – Part 9-5: Integrated systems –Laboratory evaluation of stand-alone renewable energy products for rural electrification</t>
   </si>
   <si>
     <t>Papua New Guinea</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>National Institute of Standards and Industrial Technology of Papua New Guinea (…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pngsiec-ts-62257-9-82022-recommendations-renewable-energy-and-hybrid-systems-rural</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:409367440807281::::FSP_ORG_ID,FSP_LANG_ID:1131,25</t>
+  </si>
+  <si>
     <t>Schedule 17 - Solid state inverters</t>
   </si>
   <si>
+    <t>This schedule specifies the minimum DC to AC efficiency and labeling instructions for Solid State Inverters run from Storage Batteries of 12 Volts Direct Current source being manufactured, imported or sold in India. The output rating of the Solid State Inverters run from Storage Batteries, covered under this schedule shall be between 250 VA to 2000 VA for continuous output. Note: Inclusion of Solid State Inverters run from Storage Batteries of 24 Volts Direct Current source is under consideration.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Solar Inverters</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IS 13314:1992</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-17-solid-state-inverters</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Inverter%20Schedule.pdf</t>
+  </si>
+  <si>
     <t>Schedule 23 - Standards and Labelling of Solar Water Heaters</t>
   </si>
   <si>
+    <t>This schedule specifies the energy labelling requirement for Solar Water Heaters (SWH) imported or sold in India for water heating and similar use. The schedule covers all types of thermosyphon based solar water heaters up to 500Liters storage capacity.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>IS 16368:2015, IS 12933 part-1:2003, IS 16544: 2015, IS 16543: 2016</t>
   </si>
   <si>
     <t>Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-23-standards-and-labelling-solar-water-heaters</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/schedule_solar_water_heater.pdf</t>
+  </si>
+  <si>
     <t>SRO 604(I)/2019 Import Policy on Solar Equipment</t>
   </si>
   <si>
+    <t>Solar PV panels, inverters, charge controllers, junction boxes, cables and standalone solar products including solar kits, solar water pumps, solar water heaters and solar cookers. No policy link available.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Solar Inverters, Solar Stoves, Solar Water Pumps, Solar Energy Kits</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sro-604i2019-import-policy-solar-equipment</t>
+  </si>
+  <si>
+    <t>https://www.commerce.gov.pk/wp-content/uploads/2019/06/SRO-604.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -547,403 +590,448 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N7"/>
+  <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="271" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="152" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="271.22" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="593.284" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="80.123" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="80.123" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="152.106" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="103.689" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2004</v>
+      </c>
+      <c r="I2">
+        <v>2017</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...8 lines deleted...]
-      <c r="M2" t="s">
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>2022</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>39</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>31</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>45</v>
+      </c>
+      <c r="H4">
+        <v>2023</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>36</v>
+      </c>
+      <c r="L4" t="s">
+        <v>37</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>39</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>54</v>
+      </c>
+      <c r="G5" t="s">
+        <v>34</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L5" t="s">
+        <v>56</v>
+      </c>
+      <c r="M5" t="s">
+        <v>57</v>
+      </c>
+      <c r="N5" t="s">
+        <v>39</v>
+      </c>
+      <c r="O5" t="s">
+        <v>58</v>
+      </c>
+      <c r="P5" t="s">
+        <v>59</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...6 lines deleted...]
-      <c r="C3" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>60</v>
+      </c>
+      <c r="B6" t="s">
+        <v>61</v>
+      </c>
+      <c r="C6" t="s">
+        <v>52</v>
+      </c>
+      <c r="D6" t="s">
+        <v>62</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>54</v>
+      </c>
+      <c r="G6" t="s">
+        <v>34</v>
+      </c>
+      <c r="H6">
+        <v>2019</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>55</v>
+      </c>
+      <c r="K6" t="s">
+        <v>36</v>
+      </c>
+      <c r="L6" t="s">
+        <v>63</v>
+      </c>
+      <c r="M6" t="s">
+        <v>57</v>
+      </c>
+      <c r="N6" t="s">
+        <v>64</v>
+      </c>
+      <c r="O6" t="s">
+        <v>65</v>
+      </c>
+      <c r="P6" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>67</v>
+      </c>
+      <c r="B7" t="s">
+        <v>68</v>
+      </c>
+      <c r="C7" t="s">
+        <v>69</v>
+      </c>
+      <c r="D7" t="s">
+        <v>70</v>
+      </c>
+      <c r="E7" t="s">
+        <v>71</v>
+      </c>
+      <c r="F7" t="s">
+        <v>72</v>
+      </c>
+      <c r="G7" t="s">
+        <v>34</v>
+      </c>
+      <c r="H7">
+        <v>2019</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>73</v>
+      </c>
+      <c r="K7" t="s">
+        <v>36</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>74</v>
+      </c>
+      <c r="N7" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...194 lines deleted...]
-        <v>62</v>
+      <c r="O7" t="s">
+        <v>75</v>
+      </c>
+      <c r="P7" t="s">
+        <v>76</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>