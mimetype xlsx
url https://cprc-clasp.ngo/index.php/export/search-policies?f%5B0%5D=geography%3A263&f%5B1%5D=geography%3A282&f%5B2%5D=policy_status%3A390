--- v0 (2025-12-06)
+++ v1 (2026-02-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="976">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="968">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -2113,90 +2113,50 @@
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94000A80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>GB 39177-2020 Minimum allowable values of energy efficiency and energy efficiency grades for electric pressure cookers</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency grades, MEPS, and test methods for electric pressure cookers. It applies to electric pressure cookers heated by electric heating elements or electromagnetic induction, with a rated power of not more than 2000 W, rated volume of no more than 10 L, and a rated cooking pressure of 40 kPa–140 kPa.</t>
   </si>
   <si>
     <t>Kitchen</t>
   </si>
   <si>
     <t>GB 39177-2020</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-39177-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-0</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=AB2CA7A65EF23FD1E05397BE0A0A98CA</t>
   </si>
   <si>
-    <t>GB/T 23118-2024 Household and Similar Tumble Dryer and Washer-Dryer</t>
-[...38 lines deleted...]
-  <si>
     <t>GB/T 35606-2017 Green product assessment-Solar water heating system</t>
   </si>
   <si>
     <t>Green product standard for solar water heating system.</t>
   </si>
   <si>
     <t>Water, Water Heating</t>
   </si>
   <si>
     <t>GB/T 35606-2017, GB 26969</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and The Standard…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gbt-35606-2017-green-product-assessment-solar-water-heating-system</t>
   </si>
   <si>
     <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=FA9296E42AAB4BC2E38DCE34C6EDE596</t>
   </si>
   <si>
     <t>GB/T 39761.1-2021 Green product assessment-Household electric appliances-Part 1: Refrigerators, air-conditioners and washing machines</t>
   </si>
   <si>
     <t>Green product standard for household appliances of refrigerators, air conditioners and washing machines.</t>
@@ -2224,50 +2184,53 @@
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gbt45785-2025-evaluation-energy-performance-compressed-air-stations</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36DE96AA3EC8CD71E06397BE0A0A23D9</t>
   </si>
   <si>
     <t>IEC TS 62258-9-8:2020</t>
   </si>
   <si>
     <t>Quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
   </si>
   <si>
     <t>Renewable Energy Systems, Solar Energy Kits</t>
+  </si>
+  <si>
+    <t>Quality Standard</t>
   </si>
   <si>
     <t>August 2022</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/iec-ts-62258-9-82020</t>
   </si>
   <si>
     <t>https://item.jd.com/10054560130198.html</t>
   </si>
   <si>
     <t>ISIRI 10638 -Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
     <t>Single package non ducted single and multi split Product sub-type is yet to be determined.</t>
   </si>
@@ -3352,51 +3315,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P175"/>
+  <dimension ref="A1:P174"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="251.224" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="955.481" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="182.813" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="175.671" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="369.196" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -9290,2494 +9253,2448 @@
       </c>
       <c r="L123" t="s">
         <v>686</v>
       </c>
       <c r="M123" t="s">
         <v>687</v>
       </c>
       <c r="N123" t="s">
         <v>34</v>
       </c>
       <c r="O123" t="s">
         <v>688</v>
       </c>
       <c r="P123" t="s">
         <v>689</v>
       </c>
     </row>
     <row r="124" spans="1:16">
       <c r="A124" t="s">
         <v>690</v>
       </c>
       <c r="B124" t="s">
         <v>691</v>
       </c>
       <c r="C124" t="s">
+        <v>18</v>
+      </c>
+      <c r="D124" t="s">
         <v>692</v>
-      </c>
-[...1 lines deleted...]
-        <v>693</v>
       </c>
       <c r="E124" t="s">
         <v>189</v>
       </c>
       <c r="F124" t="s">
-        <v>694</v>
+        <v>190</v>
       </c>
       <c r="G124" t="s">
-        <v>546</v>
+        <v>22</v>
       </c>
       <c r="H124">
-        <v>2024</v>
+        <v>2018</v>
       </c>
       <c r="I124"/>
       <c r="J124" t="s">
+        <v>75</v>
+      </c>
+      <c r="K124" t="s">
+        <v>279</v>
+      </c>
+      <c r="L124" t="s">
+        <v>693</v>
+      </c>
+      <c r="M124" t="s">
+        <v>694</v>
+      </c>
+      <c r="N124" t="s">
+        <v>34</v>
+      </c>
+      <c r="O124" t="s">
         <v>695</v>
       </c>
-      <c r="K124" t="s">
-[...3 lines deleted...]
-      <c r="M124" t="s">
+      <c r="P124" t="s">
         <v>696</v>
-      </c>
-[...7 lines deleted...]
-        <v>698</v>
       </c>
     </row>
     <row r="125" spans="1:16">
       <c r="A125" t="s">
+        <v>697</v>
+      </c>
+      <c r="B125" t="s">
+        <v>698</v>
+      </c>
+      <c r="C125" t="s">
+        <v>18</v>
+      </c>
+      <c r="D125" t="s">
         <v>699</v>
-      </c>
-[...7 lines deleted...]
-        <v>701</v>
       </c>
       <c r="E125" t="s">
         <v>189</v>
       </c>
       <c r="F125" t="s">
         <v>190</v>
       </c>
       <c r="G125" t="s">
         <v>22</v>
       </c>
       <c r="H125">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="I125"/>
       <c r="J125" t="s">
         <v>75</v>
       </c>
       <c r="K125" t="s">
-        <v>279</v>
+        <v>24</v>
       </c>
       <c r="L125" t="s">
+        <v>700</v>
+      </c>
+      <c r="M125" t="s">
+        <v>694</v>
+      </c>
+      <c r="N125" t="s">
+        <v>34</v>
+      </c>
+      <c r="O125" t="s">
+        <v>701</v>
+      </c>
+      <c r="P125" t="s">
         <v>702</v>
-      </c>
-[...10 lines deleted...]
-        <v>705</v>
       </c>
     </row>
     <row r="126" spans="1:16">
       <c r="A126" t="s">
-        <v>706</v>
+        <v>703</v>
       </c>
       <c r="B126" t="s">
-        <v>707</v>
+        <v>704</v>
       </c>
       <c r="C126" t="s">
         <v>18</v>
       </c>
       <c r="D126" t="s">
-        <v>708</v>
+        <v>705</v>
       </c>
       <c r="E126" t="s">
         <v>189</v>
       </c>
       <c r="F126" t="s">
-        <v>190</v>
+        <v>523</v>
       </c>
       <c r="G126" t="s">
-        <v>22</v>
+        <v>546</v>
       </c>
       <c r="H126">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="I126"/>
       <c r="J126" t="s">
-        <v>75</v>
+        <v>706</v>
       </c>
       <c r="K126" t="s">
         <v>24</v>
       </c>
       <c r="L126" t="s">
+        <v>707</v>
+      </c>
+      <c r="M126" t="s">
+        <v>708</v>
+      </c>
+      <c r="N126" t="s">
+        <v>34</v>
+      </c>
+      <c r="O126" t="s">
         <v>709</v>
       </c>
-      <c r="M126" t="s">
-[...5 lines deleted...]
-      <c r="O126" t="s">
+      <c r="P126" t="s">
         <v>710</v>
-      </c>
-[...1 lines deleted...]
-        <v>711</v>
       </c>
     </row>
     <row r="127" spans="1:16">
       <c r="A127" t="s">
+        <v>711</v>
+      </c>
+      <c r="B127" t="s">
         <v>712</v>
       </c>
-      <c r="B127" t="s">
+      <c r="C127" t="s">
+        <v>18</v>
+      </c>
+      <c r="D127" t="s">
         <v>713</v>
-      </c>
-[...4 lines deleted...]
-        <v>714</v>
       </c>
       <c r="E127" t="s">
         <v>189</v>
       </c>
       <c r="F127" t="s">
-        <v>523</v>
+        <v>714</v>
       </c>
       <c r="G127" t="s">
-        <v>546</v>
+        <v>22</v>
       </c>
       <c r="H127">
-        <v>2025</v>
+        <v>2022</v>
       </c>
       <c r="I127"/>
       <c r="J127" t="s">
         <v>715</v>
       </c>
       <c r="K127" t="s">
-        <v>24</v>
+        <v>279</v>
       </c>
       <c r="L127" t="s">
         <v>716</v>
       </c>
       <c r="M127" t="s">
         <v>717</v>
       </c>
       <c r="N127" t="s">
-        <v>34</v>
+        <v>718</v>
       </c>
       <c r="O127" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="P127" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
     </row>
     <row r="128" spans="1:16">
       <c r="A128" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="B128" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="C128" t="s">
-        <v>18</v>
+        <v>723</v>
       </c>
       <c r="D128" t="s">
-        <v>722</v>
+        <v>210</v>
       </c>
       <c r="E128" t="s">
-        <v>189</v>
+        <v>20</v>
       </c>
       <c r="F128" t="s">
-        <v>694</v>
+        <v>21</v>
       </c>
       <c r="G128" t="s">
         <v>22</v>
       </c>
       <c r="H128">
-        <v>2022</v>
+        <v>2009</v>
       </c>
       <c r="I128"/>
       <c r="J128" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="K128" t="s">
-        <v>279</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L128"/>
       <c r="M128" t="s">
         <v>725</v>
       </c>
       <c r="N128" t="s">
+        <v>34</v>
+      </c>
+      <c r="O128" t="s">
         <v>726</v>
       </c>
-      <c r="O128" t="s">
+      <c r="P128" t="s">
         <v>727</v>
-      </c>
-[...1 lines deleted...]
-        <v>728</v>
       </c>
     </row>
     <row r="129" spans="1:16">
       <c r="A129" t="s">
+        <v>728</v>
+      </c>
+      <c r="B129" t="s">
         <v>729</v>
       </c>
-      <c r="B129" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C129" t="s">
-        <v>731</v>
+        <v>723</v>
       </c>
       <c r="D129" t="s">
-        <v>210</v>
+        <v>227</v>
       </c>
       <c r="E129" t="s">
         <v>20</v>
       </c>
       <c r="F129" t="s">
-        <v>21</v>
+        <v>514</v>
       </c>
       <c r="G129" t="s">
         <v>22</v>
       </c>
       <c r="H129">
-        <v>2009</v>
+        <v>2013</v>
       </c>
       <c r="I129"/>
       <c r="J129" t="s">
-        <v>732</v>
+        <v>724</v>
       </c>
       <c r="K129" t="s">
         <v>24</v>
       </c>
-      <c r="L129"/>
+      <c r="L129" t="s">
+        <v>730</v>
+      </c>
       <c r="M129" t="s">
-        <v>733</v>
+        <v>725</v>
       </c>
       <c r="N129" t="s">
         <v>34</v>
       </c>
       <c r="O129" t="s">
-        <v>734</v>
+        <v>731</v>
       </c>
       <c r="P129" t="s">
-        <v>735</v>
+        <v>727</v>
       </c>
     </row>
     <row r="130" spans="1:16">
       <c r="A130" t="s">
-        <v>736</v>
+        <v>732</v>
       </c>
       <c r="B130" t="s">
-        <v>737</v>
+        <v>733</v>
       </c>
       <c r="C130" t="s">
-        <v>731</v>
+        <v>723</v>
       </c>
       <c r="D130" t="s">
-        <v>227</v>
+        <v>734</v>
       </c>
       <c r="E130" t="s">
         <v>20</v>
       </c>
       <c r="F130" t="s">
         <v>514</v>
       </c>
       <c r="G130" t="s">
         <v>22</v>
       </c>
       <c r="H130">
-        <v>2013</v>
+        <v>2009</v>
       </c>
       <c r="I130"/>
       <c r="J130" t="s">
-        <v>732</v>
+        <v>724</v>
       </c>
       <c r="K130" t="s">
         <v>24</v>
       </c>
       <c r="L130" t="s">
-        <v>738</v>
+        <v>735</v>
       </c>
       <c r="M130" t="s">
-        <v>733</v>
+        <v>725</v>
       </c>
       <c r="N130" t="s">
         <v>34</v>
       </c>
       <c r="O130" t="s">
-        <v>739</v>
+        <v>736</v>
       </c>
       <c r="P130" t="s">
-        <v>735</v>
+        <v>727</v>
       </c>
     </row>
     <row r="131" spans="1:16">
       <c r="A131" t="s">
-        <v>740</v>
+        <v>737</v>
       </c>
       <c r="B131" t="s">
-        <v>741</v>
+        <v>738</v>
       </c>
       <c r="C131" t="s">
-        <v>731</v>
+        <v>723</v>
       </c>
       <c r="D131" t="s">
-        <v>742</v>
+        <v>39</v>
       </c>
       <c r="E131" t="s">
         <v>20</v>
       </c>
       <c r="F131" t="s">
-        <v>514</v>
+        <v>523</v>
       </c>
       <c r="G131" t="s">
         <v>22</v>
       </c>
       <c r="H131">
         <v>2009</v>
       </c>
       <c r="I131"/>
       <c r="J131" t="s">
-        <v>732</v>
+        <v>724</v>
       </c>
       <c r="K131" t="s">
         <v>24</v>
       </c>
       <c r="L131" t="s">
-        <v>743</v>
+        <v>739</v>
       </c>
       <c r="M131" t="s">
-        <v>733</v>
+        <v>725</v>
       </c>
       <c r="N131" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="O131" t="s">
-        <v>744</v>
+        <v>740</v>
       </c>
       <c r="P131" t="s">
-        <v>735</v>
+        <v>727</v>
       </c>
     </row>
     <row r="132" spans="1:16">
       <c r="A132" t="s">
-        <v>745</v>
+        <v>741</v>
       </c>
       <c r="B132" t="s">
-        <v>746</v>
+        <v>742</v>
       </c>
       <c r="C132" t="s">
-        <v>731</v>
+        <v>723</v>
       </c>
       <c r="D132" t="s">
-        <v>39</v>
+        <v>132</v>
       </c>
       <c r="E132" t="s">
         <v>20</v>
       </c>
       <c r="F132" t="s">
-        <v>523</v>
+        <v>514</v>
       </c>
       <c r="G132" t="s">
         <v>22</v>
       </c>
       <c r="H132">
-        <v>2009</v>
+        <v>2013</v>
       </c>
       <c r="I132"/>
       <c r="J132" t="s">
-        <v>732</v>
+        <v>724</v>
       </c>
       <c r="K132" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>157</v>
+      </c>
+      <c r="L132"/>
       <c r="M132" t="s">
-        <v>733</v>
+        <v>725</v>
       </c>
       <c r="N132" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="O132" t="s">
-        <v>748</v>
+        <v>743</v>
       </c>
       <c r="P132" t="s">
-        <v>735</v>
+        <v>727</v>
       </c>
     </row>
     <row r="133" spans="1:16">
       <c r="A133" t="s">
-        <v>749</v>
+        <v>744</v>
       </c>
       <c r="B133" t="s">
-        <v>750</v>
+        <v>745</v>
       </c>
       <c r="C133" t="s">
-        <v>731</v>
+        <v>723</v>
       </c>
       <c r="D133" t="s">
-        <v>132</v>
+        <v>150</v>
       </c>
       <c r="E133" t="s">
         <v>20</v>
       </c>
       <c r="F133" t="s">
-        <v>514</v>
+        <v>523</v>
       </c>
       <c r="G133" t="s">
         <v>22</v>
       </c>
       <c r="H133">
         <v>2013</v>
       </c>
       <c r="I133"/>
       <c r="J133" t="s">
-        <v>732</v>
+        <v>724</v>
       </c>
       <c r="K133" t="s">
         <v>157</v>
       </c>
-      <c r="L133"/>
+      <c r="L133" t="s">
+        <v>746</v>
+      </c>
       <c r="M133" t="s">
-        <v>733</v>
+        <v>725</v>
       </c>
       <c r="N133" t="s">
         <v>34</v>
       </c>
       <c r="O133" t="s">
-        <v>751</v>
+        <v>747</v>
       </c>
       <c r="P133" t="s">
-        <v>735</v>
+        <v>727</v>
       </c>
     </row>
     <row r="134" spans="1:16">
       <c r="A134" t="s">
-        <v>752</v>
+        <v>748</v>
       </c>
       <c r="B134" t="s">
-        <v>753</v>
+        <v>749</v>
       </c>
       <c r="C134" t="s">
-        <v>731</v>
+        <v>723</v>
       </c>
       <c r="D134" t="s">
-        <v>150</v>
+        <v>132</v>
       </c>
       <c r="E134" t="s">
         <v>20</v>
       </c>
       <c r="F134" t="s">
-        <v>523</v>
+        <v>514</v>
       </c>
       <c r="G134" t="s">
         <v>22</v>
       </c>
       <c r="H134">
-        <v>2013</v>
+        <v>2009</v>
       </c>
       <c r="I134"/>
       <c r="J134" t="s">
-        <v>732</v>
+        <v>724</v>
       </c>
       <c r="K134" t="s">
-        <v>157</v>
+        <v>24</v>
       </c>
       <c r="L134" t="s">
-        <v>754</v>
+        <v>750</v>
       </c>
       <c r="M134" t="s">
-        <v>733</v>
+        <v>725</v>
       </c>
       <c r="N134" t="s">
         <v>34</v>
       </c>
       <c r="O134" t="s">
-        <v>755</v>
+        <v>751</v>
       </c>
       <c r="P134" t="s">
-        <v>735</v>
+        <v>727</v>
       </c>
     </row>
     <row r="135" spans="1:16">
       <c r="A135" t="s">
-        <v>756</v>
+        <v>752</v>
       </c>
       <c r="B135" t="s">
-        <v>757</v>
+        <v>753</v>
       </c>
       <c r="C135" t="s">
-        <v>731</v>
+        <v>723</v>
       </c>
       <c r="D135" t="s">
-        <v>132</v>
+        <v>495</v>
       </c>
       <c r="E135" t="s">
         <v>20</v>
       </c>
       <c r="F135" t="s">
-        <v>514</v>
+        <v>523</v>
       </c>
       <c r="G135" t="s">
         <v>22</v>
       </c>
       <c r="H135">
-        <v>2009</v>
+        <v>2013</v>
       </c>
       <c r="I135"/>
       <c r="J135" t="s">
-        <v>732</v>
+        <v>724</v>
       </c>
       <c r="K135" t="s">
         <v>24</v>
       </c>
-      <c r="L135" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L135"/>
       <c r="M135" t="s">
-        <v>733</v>
+        <v>725</v>
       </c>
       <c r="N135" t="s">
         <v>34</v>
       </c>
       <c r="O135" t="s">
-        <v>759</v>
+        <v>754</v>
       </c>
       <c r="P135" t="s">
-        <v>735</v>
+        <v>727</v>
       </c>
     </row>
     <row r="136" spans="1:16">
       <c r="A136" t="s">
-        <v>760</v>
+        <v>755</v>
       </c>
       <c r="B136" t="s">
-        <v>761</v>
+        <v>756</v>
       </c>
       <c r="C136" t="s">
-        <v>731</v>
+        <v>723</v>
       </c>
       <c r="D136" t="s">
-        <v>495</v>
+        <v>757</v>
       </c>
       <c r="E136" t="s">
         <v>20</v>
       </c>
       <c r="F136" t="s">
-        <v>523</v>
+        <v>514</v>
       </c>
       <c r="G136" t="s">
         <v>22</v>
       </c>
       <c r="H136">
-        <v>2013</v>
+        <v>2002</v>
       </c>
       <c r="I136"/>
       <c r="J136" t="s">
-        <v>732</v>
+        <v>724</v>
       </c>
       <c r="K136" t="s">
         <v>24</v>
       </c>
-      <c r="L136"/>
+      <c r="L136" t="s">
+        <v>758</v>
+      </c>
       <c r="M136" t="s">
-        <v>733</v>
+        <v>725</v>
       </c>
       <c r="N136" t="s">
         <v>34</v>
       </c>
       <c r="O136" t="s">
-        <v>762</v>
+        <v>759</v>
       </c>
       <c r="P136" t="s">
-        <v>735</v>
+        <v>727</v>
       </c>
     </row>
     <row r="137" spans="1:16">
       <c r="A137" t="s">
-        <v>763</v>
+        <v>760</v>
       </c>
       <c r="B137" t="s">
-        <v>764</v>
+        <v>761</v>
       </c>
       <c r="C137" t="s">
-        <v>731</v>
+        <v>723</v>
       </c>
       <c r="D137" t="s">
-        <v>765</v>
+        <v>163</v>
       </c>
       <c r="E137" t="s">
         <v>20</v>
       </c>
       <c r="F137" t="s">
         <v>514</v>
       </c>
       <c r="G137" t="s">
         <v>22</v>
       </c>
       <c r="H137">
-        <v>2002</v>
+        <v>2004</v>
       </c>
       <c r="I137"/>
       <c r="J137" t="s">
-        <v>732</v>
+        <v>724</v>
       </c>
       <c r="K137" t="s">
         <v>24</v>
       </c>
       <c r="L137" t="s">
-        <v>766</v>
+        <v>762</v>
       </c>
       <c r="M137" t="s">
-        <v>733</v>
+        <v>725</v>
       </c>
       <c r="N137" t="s">
         <v>34</v>
       </c>
       <c r="O137" t="s">
-        <v>767</v>
+        <v>763</v>
       </c>
       <c r="P137" t="s">
-        <v>735</v>
+        <v>727</v>
       </c>
     </row>
     <row r="138" spans="1:16">
       <c r="A138" t="s">
-        <v>768</v>
+        <v>764</v>
       </c>
       <c r="B138" t="s">
-        <v>769</v>
+        <v>765</v>
       </c>
       <c r="C138" t="s">
-        <v>731</v>
+        <v>723</v>
       </c>
       <c r="D138" t="s">
-        <v>163</v>
+        <v>210</v>
       </c>
       <c r="E138" t="s">
         <v>20</v>
       </c>
       <c r="F138" t="s">
         <v>514</v>
       </c>
       <c r="G138" t="s">
         <v>22</v>
       </c>
       <c r="H138">
-        <v>2004</v>
+        <v>2002</v>
       </c>
       <c r="I138"/>
       <c r="J138" t="s">
-        <v>732</v>
+        <v>724</v>
       </c>
       <c r="K138" t="s">
         <v>24</v>
       </c>
       <c r="L138" t="s">
-        <v>770</v>
+        <v>766</v>
       </c>
       <c r="M138" t="s">
-        <v>733</v>
+        <v>725</v>
       </c>
       <c r="N138" t="s">
         <v>34</v>
       </c>
       <c r="O138" t="s">
-        <v>771</v>
+        <v>767</v>
       </c>
       <c r="P138" t="s">
-        <v>735</v>
+        <v>727</v>
       </c>
     </row>
     <row r="139" spans="1:16">
       <c r="A139" t="s">
-        <v>772</v>
+        <v>768</v>
       </c>
       <c r="B139" t="s">
-        <v>773</v>
+        <v>769</v>
       </c>
       <c r="C139" t="s">
-        <v>731</v>
+        <v>723</v>
       </c>
       <c r="D139" t="s">
-        <v>210</v>
+        <v>770</v>
       </c>
       <c r="E139" t="s">
         <v>20</v>
       </c>
       <c r="F139" t="s">
         <v>514</v>
       </c>
       <c r="G139" t="s">
         <v>22</v>
       </c>
       <c r="H139">
-        <v>2002</v>
+        <v>2009</v>
       </c>
       <c r="I139"/>
       <c r="J139" t="s">
-        <v>732</v>
+        <v>724</v>
       </c>
       <c r="K139" t="s">
         <v>24</v>
       </c>
       <c r="L139" t="s">
-        <v>774</v>
+        <v>771</v>
       </c>
       <c r="M139" t="s">
-        <v>733</v>
+        <v>725</v>
       </c>
       <c r="N139" t="s">
         <v>34</v>
       </c>
       <c r="O139" t="s">
-        <v>775</v>
+        <v>772</v>
       </c>
       <c r="P139" t="s">
-        <v>735</v>
+        <v>727</v>
       </c>
     </row>
     <row r="140" spans="1:16">
       <c r="A140" t="s">
-        <v>776</v>
+        <v>773</v>
       </c>
       <c r="B140" t="s">
-        <v>777</v>
+        <v>774</v>
       </c>
       <c r="C140" t="s">
-        <v>731</v>
+        <v>723</v>
       </c>
       <c r="D140" t="s">
-        <v>778</v>
+        <v>291</v>
       </c>
       <c r="E140" t="s">
         <v>20</v>
       </c>
       <c r="F140" t="s">
         <v>514</v>
       </c>
       <c r="G140" t="s">
         <v>22</v>
       </c>
       <c r="H140">
-        <v>2009</v>
+        <v>2004</v>
       </c>
       <c r="I140"/>
       <c r="J140" t="s">
-        <v>732</v>
+        <v>724</v>
       </c>
       <c r="K140" t="s">
         <v>24</v>
       </c>
       <c r="L140" t="s">
-        <v>779</v>
+        <v>775</v>
       </c>
       <c r="M140" t="s">
-        <v>733</v>
+        <v>725</v>
       </c>
       <c r="N140" t="s">
         <v>34</v>
       </c>
       <c r="O140" t="s">
-        <v>780</v>
+        <v>776</v>
       </c>
       <c r="P140" t="s">
-        <v>735</v>
+        <v>727</v>
       </c>
     </row>
     <row r="141" spans="1:16">
       <c r="A141" t="s">
-        <v>781</v>
+        <v>777</v>
       </c>
       <c r="B141" t="s">
-        <v>782</v>
+        <v>778</v>
       </c>
       <c r="C141" t="s">
-        <v>731</v>
+        <v>779</v>
       </c>
       <c r="D141" t="s">
-        <v>291</v>
+        <v>780</v>
       </c>
       <c r="E141" t="s">
         <v>20</v>
       </c>
       <c r="F141" t="s">
         <v>514</v>
       </c>
       <c r="G141" t="s">
         <v>22</v>
       </c>
       <c r="H141">
-        <v>2004</v>
+        <v>2016</v>
       </c>
       <c r="I141"/>
       <c r="J141" t="s">
-        <v>732</v>
+        <v>781</v>
       </c>
       <c r="K141" t="s">
         <v>24</v>
       </c>
-      <c r="L141" t="s">
+      <c r="L141"/>
+      <c r="M141" t="s">
+        <v>782</v>
+      </c>
+      <c r="N141" t="s">
+        <v>34</v>
+      </c>
+      <c r="O141" t="s">
         <v>783</v>
       </c>
-      <c r="M141" t="s">
-[...5 lines deleted...]
-      <c r="O141" t="s">
+      <c r="P141" t="s">
         <v>784</v>
-      </c>
-[...1 lines deleted...]
-        <v>735</v>
       </c>
     </row>
     <row r="142" spans="1:16">
       <c r="A142" t="s">
+        <v>777</v>
+      </c>
+      <c r="B142" t="s">
+        <v>778</v>
+      </c>
+      <c r="C142" t="s">
+        <v>779</v>
+      </c>
+      <c r="D142" t="s">
         <v>785</v>
-      </c>
-[...7 lines deleted...]
-        <v>788</v>
       </c>
       <c r="E142" t="s">
         <v>20</v>
       </c>
       <c r="F142" t="s">
         <v>514</v>
       </c>
       <c r="G142" t="s">
         <v>22</v>
       </c>
       <c r="H142">
         <v>2016</v>
       </c>
       <c r="I142"/>
       <c r="J142" t="s">
-        <v>789</v>
+        <v>781</v>
       </c>
       <c r="K142" t="s">
         <v>24</v>
       </c>
       <c r="L142"/>
       <c r="M142" t="s">
-        <v>790</v>
+        <v>782</v>
       </c>
       <c r="N142" t="s">
         <v>34</v>
       </c>
       <c r="O142" t="s">
-        <v>791</v>
+        <v>786</v>
       </c>
       <c r="P142" t="s">
-        <v>792</v>
+        <v>784</v>
       </c>
     </row>
     <row r="143" spans="1:16">
       <c r="A143" t="s">
-        <v>785</v>
+        <v>787</v>
       </c>
       <c r="B143" t="s">
-        <v>786</v>
+        <v>788</v>
       </c>
       <c r="C143" t="s">
-        <v>787</v>
+        <v>779</v>
       </c>
       <c r="D143" t="s">
-        <v>793</v>
+        <v>210</v>
       </c>
       <c r="E143" t="s">
         <v>20</v>
       </c>
       <c r="F143" t="s">
         <v>514</v>
       </c>
       <c r="G143" t="s">
         <v>22</v>
       </c>
       <c r="H143">
         <v>2016</v>
       </c>
       <c r="I143"/>
       <c r="J143" t="s">
-        <v>789</v>
+        <v>781</v>
       </c>
       <c r="K143" t="s">
         <v>24</v>
       </c>
       <c r="L143"/>
       <c r="M143" t="s">
+        <v>782</v>
+      </c>
+      <c r="N143" t="s">
+        <v>34</v>
+      </c>
+      <c r="O143" t="s">
+        <v>789</v>
+      </c>
+      <c r="P143" t="s">
         <v>790</v>
-      </c>
-[...7 lines deleted...]
-        <v>792</v>
       </c>
     </row>
     <row r="144" spans="1:16">
       <c r="A144" t="s">
-        <v>795</v>
+        <v>791</v>
       </c>
       <c r="B144" t="s">
-        <v>796</v>
+        <v>792</v>
       </c>
       <c r="C144" t="s">
-        <v>787</v>
+        <v>793</v>
       </c>
       <c r="D144" t="s">
-        <v>210</v>
+        <v>163</v>
       </c>
       <c r="E144" t="s">
         <v>20</v>
       </c>
       <c r="F144" t="s">
-        <v>514</v>
+        <v>523</v>
       </c>
       <c r="G144" t="s">
         <v>22</v>
       </c>
       <c r="H144">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="I144"/>
       <c r="J144" t="s">
-        <v>789</v>
+        <v>781</v>
       </c>
       <c r="K144" t="s">
         <v>24</v>
       </c>
       <c r="L144"/>
       <c r="M144" t="s">
-        <v>790</v>
+        <v>794</v>
       </c>
       <c r="N144" t="s">
         <v>34</v>
       </c>
       <c r="O144" t="s">
-        <v>797</v>
+        <v>795</v>
       </c>
       <c r="P144" t="s">
-        <v>798</v>
+        <v>796</v>
       </c>
     </row>
     <row r="145" spans="1:16">
       <c r="A145" t="s">
+        <v>797</v>
+      </c>
+      <c r="B145" t="s">
+        <v>798</v>
+      </c>
+      <c r="C145" t="s">
+        <v>521</v>
+      </c>
+      <c r="D145" t="s">
         <v>799</v>
       </c>
-      <c r="B145" t="s">
+      <c r="E145" t="s">
+        <v>189</v>
+      </c>
+      <c r="F145" t="s">
         <v>800</v>
       </c>
-      <c r="C145" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G145" t="s">
         <v>22</v>
       </c>
       <c r="H145">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="I145"/>
       <c r="J145" t="s">
-        <v>789</v>
+        <v>801</v>
       </c>
       <c r="K145" t="s">
         <v>24</v>
       </c>
-      <c r="L145"/>
+      <c r="L145" t="s">
+        <v>802</v>
+      </c>
       <c r="M145" t="s">
-        <v>802</v>
+        <v>525</v>
       </c>
       <c r="N145" t="s">
         <v>34</v>
       </c>
       <c r="O145" t="s">
         <v>803</v>
       </c>
       <c r="P145" t="s">
         <v>804</v>
       </c>
     </row>
     <row r="146" spans="1:16">
       <c r="A146" t="s">
         <v>805</v>
       </c>
       <c r="B146" t="s">
         <v>806</v>
       </c>
       <c r="C146" t="s">
         <v>521</v>
       </c>
       <c r="D146" t="s">
         <v>807</v>
       </c>
       <c r="E146" t="s">
-        <v>189</v>
+        <v>808</v>
       </c>
       <c r="F146" t="s">
-        <v>808</v>
+        <v>800</v>
       </c>
       <c r="G146" t="s">
         <v>22</v>
       </c>
       <c r="H146">
-        <v>2017</v>
+        <v>2023</v>
       </c>
       <c r="I146"/>
       <c r="J146" t="s">
+        <v>801</v>
+      </c>
+      <c r="K146" t="s">
         <v>809</v>
       </c>
-      <c r="K146" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L146"/>
       <c r="M146" t="s">
         <v>525</v>
       </c>
       <c r="N146" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="O146" t="s">
+        <v>810</v>
+      </c>
+      <c r="P146" t="s">
         <v>811</v>
-      </c>
-[...1 lines deleted...]
-        <v>812</v>
       </c>
     </row>
     <row r="147" spans="1:16">
       <c r="A147" t="s">
+        <v>812</v>
+      </c>
+      <c r="B147" t="s">
         <v>813</v>
-      </c>
-[...1 lines deleted...]
-        <v>814</v>
       </c>
       <c r="C147" t="s">
         <v>521</v>
       </c>
       <c r="D147" t="s">
-        <v>815</v>
+        <v>814</v>
       </c>
       <c r="E147" t="s">
-        <v>816</v>
+        <v>189</v>
       </c>
       <c r="F147" t="s">
-        <v>808</v>
+        <v>800</v>
       </c>
       <c r="G147" t="s">
-        <v>22</v>
+        <v>546</v>
       </c>
       <c r="H147">
-        <v>2023</v>
+        <v>2014</v>
       </c>
       <c r="I147"/>
       <c r="J147" t="s">
-        <v>809</v>
+        <v>801</v>
       </c>
       <c r="K147" t="s">
-        <v>817</v>
-[...1 lines deleted...]
-      <c r="L147"/>
+        <v>24</v>
+      </c>
+      <c r="L147" t="s">
+        <v>815</v>
+      </c>
       <c r="M147" t="s">
         <v>525</v>
       </c>
       <c r="N147" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="O147" t="s">
-        <v>818</v>
+        <v>816</v>
       </c>
       <c r="P147" t="s">
-        <v>819</v>
+        <v>817</v>
       </c>
     </row>
     <row r="148" spans="1:16">
       <c r="A148" t="s">
-        <v>820</v>
+        <v>818</v>
       </c>
       <c r="B148" t="s">
-        <v>821</v>
+        <v>819</v>
       </c>
       <c r="C148" t="s">
         <v>521</v>
       </c>
       <c r="D148" t="s">
-        <v>822</v>
+        <v>820</v>
       </c>
       <c r="E148" t="s">
         <v>189</v>
       </c>
       <c r="F148" t="s">
-        <v>808</v>
+        <v>821</v>
       </c>
       <c r="G148" t="s">
-        <v>546</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="H148"/>
       <c r="I148"/>
       <c r="J148" t="s">
-        <v>809</v>
+        <v>801</v>
       </c>
       <c r="K148" t="s">
         <v>24</v>
       </c>
       <c r="L148" t="s">
-        <v>823</v>
+        <v>822</v>
       </c>
       <c r="M148" t="s">
         <v>525</v>
       </c>
       <c r="N148" t="s">
         <v>34</v>
       </c>
       <c r="O148" t="s">
+        <v>823</v>
+      </c>
+      <c r="P148" t="s">
         <v>824</v>
-      </c>
-[...1 lines deleted...]
-        <v>825</v>
       </c>
     </row>
     <row r="149" spans="1:16">
       <c r="A149" t="s">
+        <v>825</v>
+      </c>
+      <c r="B149" t="s">
         <v>826</v>
       </c>
-      <c r="B149" t="s">
+      <c r="C149" t="s">
         <v>827</v>
-      </c>
-[...1 lines deleted...]
-        <v>521</v>
       </c>
       <c r="D149" t="s">
         <v>828</v>
       </c>
       <c r="E149" t="s">
-        <v>189</v>
+        <v>20</v>
       </c>
       <c r="F149" t="s">
-        <v>829</v>
+        <v>523</v>
       </c>
       <c r="G149" t="s">
         <v>22</v>
       </c>
-      <c r="H149"/>
+      <c r="H149">
+        <v>2016</v>
+      </c>
       <c r="I149"/>
       <c r="J149" t="s">
-        <v>809</v>
+        <v>515</v>
       </c>
       <c r="K149" t="s">
         <v>24</v>
       </c>
-      <c r="L149" t="s">
+      <c r="L149"/>
+      <c r="M149" t="s">
+        <v>829</v>
+      </c>
+      <c r="N149" t="s">
+        <v>34</v>
+      </c>
+      <c r="O149" t="s">
         <v>830</v>
       </c>
-      <c r="M149" t="s">
-[...5 lines deleted...]
-      <c r="O149" t="s">
+      <c r="P149" t="s">
         <v>831</v>
-      </c>
-[...1 lines deleted...]
-        <v>832</v>
       </c>
     </row>
     <row r="150" spans="1:16">
       <c r="A150" t="s">
+        <v>832</v>
+      </c>
+      <c r="B150" t="s">
         <v>833</v>
       </c>
-      <c r="B150" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C150" t="s">
-        <v>835</v>
+        <v>827</v>
       </c>
       <c r="D150" t="s">
-        <v>836</v>
+        <v>57</v>
       </c>
       <c r="E150" t="s">
         <v>20</v>
       </c>
       <c r="F150" t="s">
         <v>523</v>
       </c>
       <c r="G150" t="s">
         <v>22</v>
       </c>
       <c r="H150">
         <v>2016</v>
       </c>
       <c r="I150"/>
       <c r="J150" t="s">
-        <v>515</v>
+        <v>724</v>
       </c>
       <c r="K150" t="s">
         <v>24</v>
       </c>
-      <c r="L150"/>
+      <c r="L150" t="s">
+        <v>834</v>
+      </c>
       <c r="M150" t="s">
-        <v>837</v>
+        <v>829</v>
       </c>
       <c r="N150" t="s">
         <v>34</v>
       </c>
       <c r="O150" t="s">
-        <v>838</v>
+        <v>835</v>
       </c>
       <c r="P150" t="s">
-        <v>839</v>
+        <v>836</v>
       </c>
     </row>
     <row r="151" spans="1:16">
       <c r="A151" t="s">
-        <v>840</v>
+        <v>837</v>
       </c>
       <c r="B151" t="s">
-        <v>841</v>
+        <v>838</v>
       </c>
       <c r="C151" t="s">
-        <v>835</v>
+        <v>535</v>
       </c>
       <c r="D151" t="s">
-        <v>57</v>
+        <v>839</v>
       </c>
       <c r="E151" t="s">
         <v>20</v>
       </c>
       <c r="F151" t="s">
         <v>523</v>
       </c>
       <c r="G151" t="s">
         <v>22</v>
       </c>
       <c r="H151">
         <v>2016</v>
       </c>
       <c r="I151"/>
       <c r="J151" t="s">
-        <v>732</v>
+        <v>75</v>
       </c>
       <c r="K151" t="s">
         <v>24</v>
       </c>
-      <c r="L151" t="s">
+      <c r="L151"/>
+      <c r="M151" t="s">
+        <v>840</v>
+      </c>
+      <c r="N151" t="s">
+        <v>34</v>
+      </c>
+      <c r="O151" t="s">
+        <v>841</v>
+      </c>
+      <c r="P151" t="s">
         <v>842</v>
-      </c>
-[...10 lines deleted...]
-        <v>844</v>
       </c>
     </row>
     <row r="152" spans="1:16">
       <c r="A152" t="s">
-        <v>845</v>
+        <v>843</v>
       </c>
       <c r="B152" t="s">
-        <v>846</v>
+        <v>844</v>
       </c>
       <c r="C152" t="s">
         <v>535</v>
       </c>
       <c r="D152" t="s">
-        <v>847</v>
+        <v>291</v>
       </c>
       <c r="E152" t="s">
         <v>20</v>
       </c>
       <c r="F152" t="s">
-        <v>523</v>
+        <v>21</v>
       </c>
       <c r="G152" t="s">
         <v>22</v>
       </c>
       <c r="H152">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="I152"/>
       <c r="J152" t="s">
         <v>75</v>
       </c>
       <c r="K152" t="s">
         <v>24</v>
       </c>
       <c r="L152"/>
       <c r="M152" t="s">
-        <v>848</v>
+        <v>536</v>
       </c>
       <c r="N152" t="s">
         <v>34</v>
       </c>
       <c r="O152" t="s">
-        <v>849</v>
+        <v>845</v>
       </c>
       <c r="P152" t="s">
-        <v>850</v>
+        <v>846</v>
       </c>
     </row>
     <row r="153" spans="1:16">
       <c r="A153" t="s">
-        <v>851</v>
+        <v>847</v>
       </c>
       <c r="B153" t="s">
-        <v>852</v>
+        <v>848</v>
       </c>
       <c r="C153" t="s">
         <v>535</v>
       </c>
       <c r="D153" t="s">
-        <v>291</v>
+        <v>849</v>
       </c>
       <c r="E153" t="s">
         <v>20</v>
       </c>
       <c r="F153" t="s">
-        <v>21</v>
+        <v>514</v>
       </c>
       <c r="G153" t="s">
         <v>22</v>
       </c>
       <c r="H153">
-        <v>2014</v>
+        <v>2004</v>
       </c>
       <c r="I153"/>
       <c r="J153" t="s">
         <v>75</v>
       </c>
       <c r="K153" t="s">
         <v>24</v>
       </c>
       <c r="L153"/>
       <c r="M153" t="s">
-        <v>536</v>
+        <v>850</v>
       </c>
       <c r="N153" t="s">
         <v>34</v>
       </c>
       <c r="O153" t="s">
-        <v>853</v>
+        <v>851</v>
       </c>
       <c r="P153" t="s">
-        <v>854</v>
+        <v>852</v>
       </c>
     </row>
     <row r="154" spans="1:16">
       <c r="A154" t="s">
+        <v>853</v>
+      </c>
+      <c r="B154" t="s">
+        <v>854</v>
+      </c>
+      <c r="C154" t="s">
+        <v>521</v>
+      </c>
+      <c r="D154" t="s">
         <v>855</v>
-      </c>
-[...7 lines deleted...]
-        <v>857</v>
       </c>
       <c r="E154" t="s">
         <v>20</v>
       </c>
       <c r="F154" t="s">
-        <v>514</v>
+        <v>523</v>
       </c>
       <c r="G154" t="s">
         <v>22</v>
       </c>
       <c r="H154">
-        <v>2004</v>
+        <v>2019</v>
       </c>
       <c r="I154"/>
       <c r="J154" t="s">
-        <v>75</v>
+        <v>781</v>
       </c>
       <c r="K154" t="s">
-        <v>24</v>
+        <v>279</v>
       </c>
       <c r="L154"/>
       <c r="M154" t="s">
+        <v>525</v>
+      </c>
+      <c r="N154" t="s">
+        <v>856</v>
+      </c>
+      <c r="O154" t="s">
+        <v>857</v>
+      </c>
+      <c r="P154" t="s">
         <v>858</v>
-      </c>
-[...7 lines deleted...]
-        <v>860</v>
       </c>
     </row>
     <row r="155" spans="1:16">
       <c r="A155" t="s">
+        <v>859</v>
+      </c>
+      <c r="B155" t="s">
+        <v>860</v>
+      </c>
+      <c r="C155" t="s">
         <v>861</v>
       </c>
-      <c r="B155" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D155" t="s">
-        <v>863</v>
+        <v>429</v>
       </c>
       <c r="E155" t="s">
-        <v>20</v>
+        <v>189</v>
       </c>
       <c r="F155" t="s">
         <v>523</v>
       </c>
       <c r="G155" t="s">
         <v>22</v>
       </c>
       <c r="H155">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="I155"/>
       <c r="J155" t="s">
-        <v>789</v>
+        <v>862</v>
       </c>
       <c r="K155" t="s">
-        <v>279</v>
-[...1 lines deleted...]
-      <c r="L155"/>
+        <v>24</v>
+      </c>
+      <c r="L155" t="s">
+        <v>863</v>
+      </c>
       <c r="M155" t="s">
-        <v>525</v>
+        <v>864</v>
       </c>
       <c r="N155" t="s">
-        <v>864</v>
+        <v>34</v>
       </c>
       <c r="O155" t="s">
         <v>865</v>
       </c>
-      <c r="P155" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P155"/>
     </row>
     <row r="156" spans="1:16">
       <c r="A156" t="s">
+        <v>866</v>
+      </c>
+      <c r="B156" t="s">
         <v>867</v>
       </c>
-      <c r="B156" t="s">
+      <c r="C156" t="s">
+        <v>861</v>
+      </c>
+      <c r="D156" t="s">
         <v>868</v>
-      </c>
-[...4 lines deleted...]
-        <v>429</v>
       </c>
       <c r="E156" t="s">
         <v>189</v>
       </c>
       <c r="F156" t="s">
-        <v>523</v>
+        <v>21</v>
       </c>
       <c r="G156" t="s">
         <v>22</v>
       </c>
       <c r="H156">
-        <v>2021</v>
+        <v>2006</v>
       </c>
       <c r="I156"/>
       <c r="J156" t="s">
+        <v>869</v>
+      </c>
+      <c r="K156" t="s">
+        <v>24</v>
+      </c>
+      <c r="L156" t="s">
         <v>870</v>
       </c>
-      <c r="K156" t="s">
-[...2 lines deleted...]
-      <c r="L156" t="s">
+      <c r="M156" t="s">
+        <v>864</v>
+      </c>
+      <c r="N156" t="s">
+        <v>34</v>
+      </c>
+      <c r="O156" t="s">
         <v>871</v>
       </c>
-      <c r="M156" t="s">
+      <c r="P156" t="s">
         <v>872</v>
       </c>
-      <c r="N156" t="s">
-[...5 lines deleted...]
-      <c r="P156"/>
     </row>
     <row r="157" spans="1:16">
       <c r="A157" t="s">
+        <v>873</v>
+      </c>
+      <c r="B157" t="s">
         <v>874</v>
       </c>
-      <c r="B157" t="s">
+      <c r="C157" t="s">
+        <v>861</v>
+      </c>
+      <c r="D157" t="s">
         <v>875</v>
-      </c>
-[...4 lines deleted...]
-        <v>876</v>
       </c>
       <c r="E157" t="s">
         <v>189</v>
       </c>
       <c r="F157" t="s">
-        <v>21</v>
+        <v>523</v>
       </c>
       <c r="G157" t="s">
         <v>22</v>
       </c>
       <c r="H157">
-        <v>2006</v>
+        <v>2015</v>
       </c>
       <c r="I157"/>
       <c r="J157" t="s">
+        <v>862</v>
+      </c>
+      <c r="K157" t="s">
+        <v>24</v>
+      </c>
+      <c r="L157" t="s">
+        <v>876</v>
+      </c>
+      <c r="M157" t="s">
+        <v>864</v>
+      </c>
+      <c r="N157" t="s">
+        <v>34</v>
+      </c>
+      <c r="O157" t="s">
         <v>877</v>
       </c>
-      <c r="K157" t="s">
-[...2 lines deleted...]
-      <c r="L157" t="s">
+      <c r="P157" t="s">
         <v>878</v>
-      </c>
-[...10 lines deleted...]
-        <v>880</v>
       </c>
     </row>
     <row r="158" spans="1:16">
       <c r="A158" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="B158" t="s">
-        <v>882</v>
+        <v>880</v>
       </c>
       <c r="C158" t="s">
-        <v>869</v>
+        <v>861</v>
       </c>
       <c r="D158" t="s">
-        <v>883</v>
+        <v>875</v>
       </c>
       <c r="E158" t="s">
         <v>189</v>
       </c>
       <c r="F158" t="s">
-        <v>523</v>
+        <v>21</v>
       </c>
       <c r="G158" t="s">
         <v>22</v>
       </c>
       <c r="H158">
         <v>2015</v>
       </c>
       <c r="I158"/>
       <c r="J158" t="s">
-        <v>870</v>
+        <v>869</v>
       </c>
       <c r="K158" t="s">
         <v>24</v>
       </c>
       <c r="L158" t="s">
-        <v>884</v>
+        <v>881</v>
       </c>
       <c r="M158" t="s">
-        <v>872</v>
+        <v>864</v>
       </c>
       <c r="N158" t="s">
         <v>34</v>
       </c>
       <c r="O158" t="s">
-        <v>885</v>
+        <v>882</v>
       </c>
       <c r="P158" t="s">
-        <v>886</v>
+        <v>883</v>
       </c>
     </row>
     <row r="159" spans="1:16">
       <c r="A159" t="s">
-        <v>887</v>
+        <v>884</v>
       </c>
       <c r="B159" t="s">
-        <v>888</v>
+        <v>885</v>
       </c>
       <c r="C159" t="s">
-        <v>869</v>
+        <v>861</v>
       </c>
       <c r="D159" t="s">
-        <v>883</v>
+        <v>886</v>
       </c>
       <c r="E159" t="s">
         <v>189</v>
       </c>
       <c r="F159" t="s">
         <v>21</v>
       </c>
       <c r="G159" t="s">
         <v>22</v>
       </c>
       <c r="H159">
-        <v>2015</v>
+        <v>2021</v>
       </c>
       <c r="I159"/>
       <c r="J159" t="s">
-        <v>877</v>
+        <v>862</v>
       </c>
       <c r="K159" t="s">
         <v>24</v>
       </c>
       <c r="L159" t="s">
+        <v>887</v>
+      </c>
+      <c r="M159" t="s">
+        <v>864</v>
+      </c>
+      <c r="N159" t="s">
+        <v>34</v>
+      </c>
+      <c r="O159" t="s">
+        <v>888</v>
+      </c>
+      <c r="P159" t="s">
         <v>889</v>
-      </c>
-[...10 lines deleted...]
-        <v>891</v>
       </c>
     </row>
     <row r="160" spans="1:16">
       <c r="A160" t="s">
-        <v>892</v>
+        <v>890</v>
       </c>
       <c r="B160" t="s">
-        <v>893</v>
+        <v>891</v>
       </c>
       <c r="C160" t="s">
-        <v>869</v>
+        <v>861</v>
       </c>
       <c r="D160" t="s">
-        <v>894</v>
+        <v>32</v>
       </c>
       <c r="E160" t="s">
         <v>189</v>
       </c>
       <c r="F160" t="s">
-        <v>21</v>
+        <v>523</v>
       </c>
       <c r="G160" t="s">
         <v>22</v>
       </c>
       <c r="H160">
         <v>2021</v>
       </c>
       <c r="I160"/>
       <c r="J160" t="s">
-        <v>870</v>
+        <v>862</v>
       </c>
       <c r="K160" t="s">
         <v>24</v>
       </c>
       <c r="L160" t="s">
-        <v>895</v>
+        <v>892</v>
       </c>
       <c r="M160" t="s">
-        <v>872</v>
+        <v>864</v>
       </c>
       <c r="N160" t="s">
         <v>34</v>
       </c>
       <c r="O160" t="s">
-        <v>896</v>
+        <v>893</v>
       </c>
       <c r="P160" t="s">
-        <v>897</v>
+        <v>894</v>
       </c>
     </row>
     <row r="161" spans="1:16">
       <c r="A161" t="s">
-        <v>898</v>
+        <v>895</v>
       </c>
       <c r="B161" t="s">
-        <v>899</v>
+        <v>896</v>
       </c>
       <c r="C161" t="s">
-        <v>869</v>
+        <v>861</v>
       </c>
       <c r="D161" t="s">
-        <v>32</v>
+        <v>138</v>
       </c>
       <c r="E161" t="s">
         <v>189</v>
       </c>
       <c r="F161" t="s">
-        <v>523</v>
+        <v>897</v>
       </c>
       <c r="G161" t="s">
         <v>22</v>
       </c>
       <c r="H161">
         <v>2021</v>
       </c>
       <c r="I161"/>
       <c r="J161" t="s">
-        <v>870</v>
+        <v>862</v>
       </c>
       <c r="K161" t="s">
         <v>24</v>
       </c>
       <c r="L161" t="s">
+        <v>898</v>
+      </c>
+      <c r="M161" t="s">
+        <v>864</v>
+      </c>
+      <c r="N161" t="s">
+        <v>34</v>
+      </c>
+      <c r="O161" t="s">
+        <v>899</v>
+      </c>
+      <c r="P161" t="s">
         <v>900</v>
-      </c>
-[...10 lines deleted...]
-        <v>902</v>
       </c>
     </row>
     <row r="162" spans="1:16">
       <c r="A162" t="s">
+        <v>901</v>
+      </c>
+      <c r="B162" t="s">
+        <v>902</v>
+      </c>
+      <c r="C162" t="s">
+        <v>861</v>
+      </c>
+      <c r="D162" t="s">
         <v>903</v>
-      </c>
-[...7 lines deleted...]
-        <v>138</v>
       </c>
       <c r="E162" t="s">
         <v>189</v>
       </c>
       <c r="F162" t="s">
-        <v>905</v>
+        <v>523</v>
       </c>
       <c r="G162" t="s">
         <v>22</v>
       </c>
       <c r="H162">
         <v>2021</v>
       </c>
       <c r="I162"/>
       <c r="J162" t="s">
-        <v>870</v>
+        <v>862</v>
       </c>
       <c r="K162" t="s">
         <v>24</v>
       </c>
       <c r="L162" t="s">
-        <v>906</v>
+        <v>904</v>
       </c>
       <c r="M162" t="s">
-        <v>872</v>
+        <v>864</v>
       </c>
       <c r="N162" t="s">
         <v>34</v>
       </c>
       <c r="O162" t="s">
-        <v>907</v>
-[...3 lines deleted...]
-      </c>
+        <v>905</v>
+      </c>
+      <c r="P162"/>
     </row>
     <row r="163" spans="1:16">
       <c r="A163" t="s">
-        <v>909</v>
+        <v>901</v>
       </c>
       <c r="B163" t="s">
-        <v>910</v>
+        <v>902</v>
       </c>
       <c r="C163" t="s">
-        <v>869</v>
+        <v>861</v>
       </c>
       <c r="D163" t="s">
-        <v>911</v>
+        <v>903</v>
       </c>
       <c r="E163" t="s">
         <v>189</v>
       </c>
       <c r="F163" t="s">
         <v>523</v>
       </c>
       <c r="G163" t="s">
         <v>22</v>
       </c>
       <c r="H163">
         <v>2021</v>
       </c>
       <c r="I163"/>
       <c r="J163" t="s">
-        <v>870</v>
+        <v>862</v>
       </c>
       <c r="K163" t="s">
         <v>24</v>
       </c>
       <c r="L163" t="s">
-        <v>912</v>
+        <v>904</v>
       </c>
       <c r="M163" t="s">
-        <v>872</v>
+        <v>864</v>
       </c>
       <c r="N163" t="s">
         <v>34</v>
       </c>
       <c r="O163" t="s">
-        <v>913</v>
+        <v>906</v>
       </c>
       <c r="P163"/>
     </row>
     <row r="164" spans="1:16">
       <c r="A164" t="s">
-        <v>909</v>
+        <v>907</v>
       </c>
       <c r="B164" t="s">
-        <v>910</v>
+        <v>908</v>
       </c>
       <c r="C164" t="s">
-        <v>869</v>
+        <v>861</v>
       </c>
       <c r="D164" t="s">
-        <v>911</v>
+        <v>266</v>
       </c>
       <c r="E164" t="s">
         <v>189</v>
       </c>
       <c r="F164" t="s">
-        <v>523</v>
+        <v>21</v>
       </c>
       <c r="G164" t="s">
         <v>22</v>
       </c>
       <c r="H164">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="I164"/>
       <c r="J164" t="s">
-        <v>870</v>
+        <v>862</v>
       </c>
       <c r="K164" t="s">
-        <v>24</v>
+        <v>909</v>
       </c>
       <c r="L164" t="s">
+        <v>910</v>
+      </c>
+      <c r="M164" t="s">
+        <v>864</v>
+      </c>
+      <c r="N164" t="s">
+        <v>34</v>
+      </c>
+      <c r="O164" t="s">
+        <v>911</v>
+      </c>
+      <c r="P164" t="s">
         <v>912</v>
       </c>
-      <c r="M164" t="s">
-[...8 lines deleted...]
-      <c r="P164"/>
     </row>
     <row r="165" spans="1:16">
       <c r="A165" t="s">
+        <v>913</v>
+      </c>
+      <c r="B165" t="s">
+        <v>914</v>
+      </c>
+      <c r="C165" t="s">
+        <v>861</v>
+      </c>
+      <c r="D165" t="s">
         <v>915</v>
-      </c>
-[...7 lines deleted...]
-        <v>266</v>
       </c>
       <c r="E165" t="s">
         <v>189</v>
       </c>
       <c r="F165" t="s">
         <v>21</v>
       </c>
       <c r="G165" t="s">
         <v>22</v>
       </c>
       <c r="H165">
         <v>2022</v>
       </c>
       <c r="I165"/>
       <c r="J165" t="s">
-        <v>870</v>
+        <v>862</v>
       </c>
       <c r="K165" t="s">
+        <v>916</v>
+      </c>
+      <c r="L165"/>
+      <c r="M165" t="s">
+        <v>864</v>
+      </c>
+      <c r="N165" t="s">
+        <v>34</v>
+      </c>
+      <c r="O165" t="s">
         <v>917</v>
       </c>
-      <c r="L165" t="s">
+      <c r="P165" t="s">
         <v>918</v>
-      </c>
-[...10 lines deleted...]
-        <v>920</v>
       </c>
     </row>
     <row r="166" spans="1:16">
       <c r="A166" t="s">
-        <v>921</v>
+        <v>919</v>
       </c>
       <c r="B166" t="s">
-        <v>922</v>
+        <v>920</v>
       </c>
       <c r="C166" t="s">
-        <v>869</v>
+        <v>861</v>
       </c>
       <c r="D166" t="s">
-        <v>923</v>
+        <v>266</v>
       </c>
       <c r="E166" t="s">
         <v>189</v>
       </c>
       <c r="F166" t="s">
-        <v>21</v>
+        <v>523</v>
       </c>
       <c r="G166" t="s">
         <v>22</v>
       </c>
       <c r="H166">
         <v>2022</v>
       </c>
       <c r="I166"/>
       <c r="J166" t="s">
-        <v>870</v>
+        <v>862</v>
       </c>
       <c r="K166" t="s">
+        <v>921</v>
+      </c>
+      <c r="L166" t="s">
+        <v>922</v>
+      </c>
+      <c r="M166" t="s">
+        <v>864</v>
+      </c>
+      <c r="N166" t="s">
+        <v>34</v>
+      </c>
+      <c r="O166" t="s">
+        <v>923</v>
+      </c>
+      <c r="P166" t="s">
         <v>924</v>
-      </c>
-[...11 lines deleted...]
-        <v>926</v>
       </c>
     </row>
     <row r="167" spans="1:16">
       <c r="A167" t="s">
-        <v>927</v>
+        <v>925</v>
       </c>
       <c r="B167" t="s">
-        <v>928</v>
+        <v>926</v>
       </c>
       <c r="C167" t="s">
-        <v>869</v>
+        <v>861</v>
       </c>
       <c r="D167" t="s">
-        <v>266</v>
+        <v>915</v>
       </c>
       <c r="E167" t="s">
         <v>189</v>
       </c>
       <c r="F167" t="s">
         <v>523</v>
       </c>
       <c r="G167" t="s">
         <v>22</v>
       </c>
       <c r="H167">
         <v>2022</v>
       </c>
       <c r="I167"/>
       <c r="J167" t="s">
-        <v>870</v>
+        <v>862</v>
       </c>
       <c r="K167" t="s">
+        <v>927</v>
+      </c>
+      <c r="L167" t="s">
+        <v>928</v>
+      </c>
+      <c r="M167" t="s">
+        <v>864</v>
+      </c>
+      <c r="N167" t="s">
+        <v>34</v>
+      </c>
+      <c r="O167" t="s">
         <v>929</v>
       </c>
-      <c r="L167" t="s">
+      <c r="P167" t="s">
         <v>930</v>
-      </c>
-[...10 lines deleted...]
-        <v>932</v>
       </c>
     </row>
     <row r="168" spans="1:16">
       <c r="A168" t="s">
-        <v>933</v>
+        <v>931</v>
       </c>
       <c r="B168" t="s">
-        <v>934</v>
+        <v>932</v>
       </c>
       <c r="C168" t="s">
-        <v>869</v>
+        <v>861</v>
       </c>
       <c r="D168" t="s">
-        <v>923</v>
+        <v>915</v>
       </c>
       <c r="E168" t="s">
         <v>189</v>
       </c>
       <c r="F168" t="s">
         <v>523</v>
       </c>
       <c r="G168" t="s">
         <v>22</v>
       </c>
       <c r="H168">
         <v>2022</v>
       </c>
       <c r="I168"/>
       <c r="J168" t="s">
-        <v>870</v>
+        <v>862</v>
       </c>
       <c r="K168" t="s">
+        <v>24</v>
+      </c>
+      <c r="L168" t="s">
+        <v>933</v>
+      </c>
+      <c r="M168" t="s">
+        <v>864</v>
+      </c>
+      <c r="N168" t="s">
+        <v>34</v>
+      </c>
+      <c r="O168" t="s">
+        <v>934</v>
+      </c>
+      <c r="P168" t="s">
         <v>935</v>
-      </c>
-[...13 lines deleted...]
-        <v>938</v>
       </c>
     </row>
     <row r="169" spans="1:16">
       <c r="A169" t="s">
-        <v>939</v>
+        <v>936</v>
       </c>
       <c r="B169" t="s">
-        <v>940</v>
+        <v>937</v>
       </c>
       <c r="C169" t="s">
-        <v>869</v>
+        <v>861</v>
       </c>
       <c r="D169" t="s">
-        <v>923</v>
+        <v>132</v>
       </c>
       <c r="E169" t="s">
         <v>189</v>
       </c>
       <c r="F169" t="s">
-        <v>523</v>
+        <v>800</v>
       </c>
       <c r="G169" t="s">
         <v>22</v>
       </c>
       <c r="H169">
-        <v>2022</v>
+        <v>2008</v>
       </c>
       <c r="I169"/>
       <c r="J169" t="s">
-        <v>870</v>
+        <v>869</v>
       </c>
       <c r="K169" t="s">
-        <v>24</v>
+        <v>938</v>
       </c>
       <c r="L169" t="s">
+        <v>939</v>
+      </c>
+      <c r="M169" t="s">
+        <v>864</v>
+      </c>
+      <c r="N169" t="s">
+        <v>34</v>
+      </c>
+      <c r="O169" t="s">
+        <v>940</v>
+      </c>
+      <c r="P169" t="s">
         <v>941</v>
-      </c>
-[...10 lines deleted...]
-        <v>943</v>
       </c>
     </row>
     <row r="170" spans="1:16">
       <c r="A170" t="s">
+        <v>942</v>
+      </c>
+      <c r="B170" t="s">
+        <v>943</v>
+      </c>
+      <c r="C170" t="s">
         <v>944</v>
       </c>
-      <c r="B170" t="s">
+      <c r="D170" t="s">
         <v>945</v>
       </c>
-      <c r="C170" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E170" t="s">
-        <v>189</v>
+        <v>20</v>
       </c>
       <c r="F170" t="s">
-        <v>808</v>
+        <v>514</v>
       </c>
       <c r="G170" t="s">
         <v>22</v>
       </c>
       <c r="H170">
-        <v>2008</v>
+        <v>2013</v>
       </c>
       <c r="I170"/>
       <c r="J170" t="s">
-        <v>877</v>
+        <v>946</v>
       </c>
       <c r="K170" t="s">
-        <v>946</v>
+        <v>24</v>
       </c>
       <c r="L170" t="s">
         <v>947</v>
       </c>
       <c r="M170" t="s">
-        <v>872</v>
+        <v>948</v>
       </c>
       <c r="N170" t="s">
         <v>34</v>
       </c>
       <c r="O170" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="P170" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
     </row>
     <row r="171" spans="1:16">
       <c r="A171" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="B171" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
       <c r="C171" t="s">
-        <v>952</v>
+        <v>944</v>
       </c>
       <c r="D171" t="s">
-        <v>953</v>
+        <v>39</v>
       </c>
       <c r="E171" t="s">
         <v>20</v>
       </c>
       <c r="F171" t="s">
         <v>514</v>
       </c>
       <c r="G171" t="s">
         <v>22</v>
       </c>
       <c r="H171">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I171"/>
+        <v>2014</v>
+      </c>
+      <c r="I171">
+        <v>2019</v>
+      </c>
       <c r="J171" t="s">
+        <v>51</v>
+      </c>
+      <c r="K171" t="s">
+        <v>24</v>
+      </c>
+      <c r="L171"/>
+      <c r="M171" t="s">
+        <v>948</v>
+      </c>
+      <c r="N171" t="s">
+        <v>34</v>
+      </c>
+      <c r="O171" t="s">
+        <v>953</v>
+      </c>
+      <c r="P171" t="s">
         <v>954</v>
-      </c>
-[...16 lines deleted...]
-        <v>958</v>
       </c>
     </row>
     <row r="172" spans="1:16">
       <c r="A172" t="s">
-        <v>959</v>
+        <v>955</v>
       </c>
       <c r="B172" t="s">
-        <v>960</v>
+        <v>956</v>
       </c>
       <c r="C172" t="s">
-        <v>952</v>
+        <v>944</v>
       </c>
       <c r="D172" t="s">
-        <v>39</v>
+        <v>495</v>
       </c>
       <c r="E172" t="s">
         <v>20</v>
       </c>
       <c r="F172" t="s">
         <v>514</v>
       </c>
       <c r="G172" t="s">
         <v>22</v>
       </c>
       <c r="H172">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="I172">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="J172" t="s">
         <v>51</v>
       </c>
       <c r="K172" t="s">
         <v>24</v>
       </c>
       <c r="L172"/>
       <c r="M172" t="s">
-        <v>956</v>
+        <v>948</v>
       </c>
       <c r="N172" t="s">
         <v>34</v>
       </c>
       <c r="O172" t="s">
-        <v>961</v>
+        <v>957</v>
       </c>
       <c r="P172" t="s">
-        <v>962</v>
+        <v>958</v>
       </c>
     </row>
     <row r="173" spans="1:16">
       <c r="A173" t="s">
-        <v>963</v>
+        <v>959</v>
       </c>
       <c r="B173" t="s">
-        <v>964</v>
+        <v>960</v>
       </c>
       <c r="C173" t="s">
-        <v>952</v>
+        <v>944</v>
       </c>
       <c r="D173" t="s">
-        <v>495</v>
+        <v>204</v>
       </c>
       <c r="E173" t="s">
         <v>20</v>
       </c>
       <c r="F173" t="s">
         <v>514</v>
       </c>
       <c r="G173" t="s">
         <v>22</v>
       </c>
       <c r="H173">
-        <v>2016</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="I173"/>
       <c r="J173" t="s">
-        <v>51</v>
+        <v>946</v>
       </c>
       <c r="K173" t="s">
         <v>24</v>
       </c>
       <c r="L173"/>
       <c r="M173" t="s">
-        <v>956</v>
+        <v>948</v>
       </c>
       <c r="N173" t="s">
         <v>34</v>
       </c>
       <c r="O173" t="s">
-        <v>965</v>
+        <v>961</v>
       </c>
       <c r="P173" t="s">
-        <v>966</v>
+        <v>962</v>
       </c>
     </row>
     <row r="174" spans="1:16">
       <c r="A174" t="s">
-        <v>967</v>
+        <v>963</v>
       </c>
       <c r="B174" t="s">
-        <v>968</v>
+        <v>964</v>
       </c>
       <c r="C174" t="s">
-        <v>952</v>
+        <v>18</v>
       </c>
       <c r="D174" t="s">
-        <v>204</v>
+        <v>965</v>
       </c>
       <c r="E174" t="s">
-        <v>20</v>
+        <v>189</v>
       </c>
       <c r="F174" t="s">
-        <v>514</v>
+        <v>190</v>
       </c>
       <c r="G174" t="s">
         <v>22</v>
       </c>
       <c r="H174">
         <v>2017</v>
       </c>
       <c r="I174"/>
       <c r="J174" t="s">
-        <v>954</v>
+        <v>170</v>
       </c>
       <c r="K174" t="s">
-        <v>24</v>
+        <v>171</v>
       </c>
       <c r="L174"/>
       <c r="M174" t="s">
-        <v>956</v>
+        <v>193</v>
       </c>
       <c r="N174" t="s">
-        <v>34</v>
+        <v>173</v>
       </c>
       <c r="O174" t="s">
-        <v>969</v>
+        <v>966</v>
       </c>
       <c r="P174" t="s">
-        <v>970</v>
-[...45 lines deleted...]
-        <v>975</v>
+        <v>967</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">