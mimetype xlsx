--- v0 (2025-10-14)
+++ v1 (2025-12-05)
@@ -12,656 +12,891 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="189">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="267">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CEL - Alternative Current Contactor</t>
   </si>
   <si>
+    <t>This policy covers alternative current contractors.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Contactors</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB 14048.1 GB 14048.4</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-alternative-current-contactor</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/5%E9%99%84%E4%BB%B620_%E4%BA%A4%E6%B5%81%E6%8E%A5%E8%A7%A6%E5%99%A8%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-021. Power Transformer</t>
   </si>
   <si>
+    <t>Applies to remote refrigerated display cabinets for food sales and display. Does NOT apply to refrigerated automatic vending machine or refrigerated display cabinets which are not for retail purpose.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>GB 1094.1-1996 GB/T 2900.15-1997 GB/T 6451-2008 GB 24790-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-021-power-transformer</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/xzzq/display.htm?contentId=ae2f1677d59a46688deb3fdd6b01095c</t>
+  </si>
+  <si>
     <t>CEL-022. Ventilators</t>
   </si>
   <si>
+    <t>Applies to for the following types of fan: centrifugal and axial-flow type for general use; centrifugal ID-fan for industrial steam boiler; centrifugal IF-fan and ID-fan for boiler of power station; axial type fan used at power station; centrifugal fan for AC. Does not apply to specialized-structured and used fans like jet type fan; cross-flow fan; and roof fan.</t>
+  </si>
+  <si>
     <t>Industrial Blowers</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>GB 19761-2009 GB/T 1236 GB/T 10178 JB/T 2977 JB/T 4357 JB/T 4358 JB/T 4362 JB/T 10562 JB/T 10563</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-022-ventilators</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/xzzq/display.htm?contentId=96b107ffcb3f41dabc9e99d133001670</t>
+  </si>
+  <si>
     <t>CEL-040. Groundwater Source Heat Pump Systems</t>
   </si>
   <si>
+    <t>Groundwater source heat pump systems of commercial and industrial use.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>GB 30721-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-040-groundwater-source-heat-pump-systems</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B634_%E6%B0%B4%EF%BC%88%E5%9C%B0%EF%BC%89%E6%BA%90%E7%83%AD%E6%B3%B5%E6%9C%BA%E7%BB%84%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CQC31-423221-2017 Energy Conservation Certification Rules for Industrial Boilers</t>
   </si>
   <si>
+    <t>Applies to industrial boilers including: steam boiler; hot water boiler; and organic heat transfer matrial boilers with a rated steam pressure no larger than 3.8MPa; and fuel source of coal; oil; gas; or biomass.</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Biomass, Coal, Gas, Oil</t>
   </si>
   <si>
     <t>CQC3161-2017</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-423221-2017-energy-conservation-certification-rules-industrial-boilers</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-05-24/499029.shtml</t>
+  </si>
+  <si>
     <t>CQC31-432212-2009. CQC Mark Certification - Centrifugal Corrosion Resisting Pumps</t>
   </si>
   <si>
+    <t>Applies only to single stage single suction centrifugal pump for fresh water; single stage double suction centrifugal pump for fresh water; and multiple stage centrifugal pump for fresh water</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>GB 19762-2007 GB/T 3216 GB/T 5657 GB/T 7021 GB/T 13006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-432212-2009-cqc-mark-certification-centrifugal-corrosion-resisting-pumps</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-11-20/492766.shtml</t>
+  </si>
+  <si>
     <t>CQC31-432217-2017 Energy Conservation Certification Rules for Submersible motor-pumps</t>
   </si>
   <si>
+    <t>Applies to  small size submersible motor-pumps; sewage submersible motor-pumps; well-use submersible motor-pumps</t>
+  </si>
+  <si>
     <t>GB32029-2015, GB32031-2015, GB32030-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-432217-2017-energy-conservation-certification-rules-submersible-motor-pumps</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-06-15/546484.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439311-2009. CQC Mark Certification - Fans</t>
   </si>
   <si>
+    <t>Applies to for the following types of fan: centrifugal and axial-flow type for general use; centrifugal ID-fan for industrial steam boiler; centrifugal IF-fan and ID-fan for boiler of power station; axial type fan used at power station; centrifugal fan for AC. Does NOT apply to specialized-structured and used fans like jet type fan; cross-flow fan; and roof fan.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439311-2009-cqc-mark-certification-fans</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=36490</t>
+  </si>
+  <si>
     <t>CQC31-442412-2020. Energy Conservation Certification Rules for Electric Welding Machines</t>
   </si>
   <si>
+    <t>Apply to electric welding machines</t>
+  </si>
+  <si>
     <t>Internal Power Supply</t>
   </si>
   <si>
     <t>GB 28736-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-442412-2020-energy-conservation-certification-rules-electric-welding-machines</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-05-13/497379.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461212-2020. Energy Conservation Certification Rules for Power Transformer</t>
   </si>
   <si>
+    <t>Applies to three-phase; off-Circuit-Tap-Changing transformers with voltage level of 10kV; and rated capacities of 30kVA-1600kVA for oil-immersed transformers or 30kVA-2500kVA for dry-type transformers. Does not apply to gas-filled transformers.</t>
+  </si>
+  <si>
     <t>GB 20052-2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461212-2020-energy-conservation-certification-rules-power-transformer</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-10-26/492765.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461219-2010. CQC Mark Certification - Power Transformer</t>
   </si>
   <si>
+    <t>Applies to power transformers with voltage level of 35kV-220kV; and rated capacities of 3150kVA. Does not apply to dry-type transformers.</t>
+  </si>
+  <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461219-2010-cqc-mark-certification-power-transformer</t>
   </si>
   <si>
     <t>CQC31-462121-2009. CQC Mark Certification - Low voltage distribution saver</t>
   </si>
   <si>
+    <t>Applies to Low voltage distribution saver of rated voltage lower than 1000V; rated frequency of 50Hz and rated capacity no more than 2500kVA.</t>
+  </si>
+  <si>
     <t>Smart home devices</t>
   </si>
   <si>
     <t>CQC 3103-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-462121-2009-cqc-mark-certification-low-voltage-distribution-saver</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/rootfiles/2011/08/02/1312218401953921-1312218401978593.pdf</t>
+  </si>
+  <si>
     <t>Energy efficiency limit values ​​and energy efficiency grades for high voltage three-phase cage-type asynchronous motors</t>
   </si>
   <si>
+    <t>This policy defines minimum allowable values of energy efficiency and energy efficiency grades for cage three-phase high voltage induction motors.</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-limit-values-and-energy-efficiency-grades-high-voltage-three-phase-cage</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=208DEC46F6A847EEE06397BE0A0AA4A0</t>
+  </si>
+  <si>
     <t>GB 18613-2020 Minimum Allowable Values of Energy Efficiency and Values of Efficiency Grades for Motors</t>
   </si>
   <si>
+    <t>This policy applies to general purpose electric motors or general purpose anti explosion electric motors with the following characteristics: three-phase AC with voltage lower than 1000V and frequency of 50Hz; rated power between 0.75kW-375kW; number of poles of 2; 4; and 6; single-speed closed self-fan cooling; N design.</t>
+  </si>
+  <si>
     <t>GB/T 755-2019; GB/T 1032; GB/T 5171.1-2014; GB/T 5171.21</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-18613-2020-minimum-allowable-values-energy-efficiency-and-values-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=A70340E7DF578CC8E05397BE0A0A829B</t>
+  </si>
+  <si>
     <t>GB 19153-2019 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Displacement Air Compressors</t>
   </si>
   <si>
+    <t>The following types of air compressors are covered: Direct drive portable reciprocating piston air compressors; Reciprocating piston micro air compressors; Oil-free reciprocating piston air compressors; Stationary reciprocating piston air compressors for general use; Oil injected screw air compressors for general use; Oil injected single screw air compressors for general use, and Oil flooded sliding vane air compressor for general use.</t>
+  </si>
+  <si>
     <t>Air Compressors</t>
   </si>
   <si>
     <t>GB/T 3853; GB/T 4975; GB/T 13279; GB/T 13928; GB/T26967; JB/T 4253; JB/T 6430; JB/T 7662; JB/T 8933; JB/T 8934; JB/T 9107; JB/T 10972; JB/T 11423; JB/T 13345</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19153-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94001A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 19761-2020 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Fan</t>
   </si>
   <si>
     <t>GB/T 1236; GB/T 3235; GB/T 10178; JB/T 2977; JB/T 4357; JB/T 4358; JB/T 4362; JB/T 7221; JB/T 9068; JB/T 10562; JB/T 10563</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19761-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-fan</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=A70340E7DF568CC8E05397BE0A0A829B</t>
+  </si>
+  <si>
     <t>GB 19762-2007 Minimum allowable values of energy efficiency and evaluating values of energy conservation of centrifugal pump for fresh water</t>
   </si>
   <si>
+    <t>Applies only to single stage single suction clear water centrifugal pumps, single stage double suction clear water centrifugal pumps, and multiple stage clear water centrifugal pumps. This standard does not apply to other types of pumps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19762-2007-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D78826D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 20052-2024 Energy efficiency limit values ​​and energy efficiency grades for power transformers</t>
   </si>
   <si>
+    <t>This document specifies the minimum allowable values of energy efficiency, the energy efficiency grades and test methods for power transformers. The policy applies to oil-immersed and dry-type distribution transformers. It will enter into effect on 1 February 2025.</t>
+  </si>
+  <si>
     <t>GB/T 1094.1; GB/T 1094.11; GB/T 2900.95; GB/T 6451; GB/T 10228; GB/T 22072; GB/T 25438; GB/T 25446</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20052-2024-energy-efficiency-limit-values-and-energy-efficiency-grades-power</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=B0CE4A3FBCC4501211A25E3E10F75498</t>
+  </si>
+  <si>
     <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
+    <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>GB 20943-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 21518-2008 Minimum allowable values of energy efficiency and energy efficiency grades for AC contactors</t>
   </si>
   <si>
+    <t>Applies to those AC contactors with rated frequency of 50Hz; rated voltage no higher than 1140V; and rated current between 9A-630A. Does NOT apply to AC contactors with external power saving device or semi-conductor type -solid type contactor</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21518-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D773ECD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 24500-2020 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades of Industrial Boilers</t>
   </si>
   <si>
+    <t>Applies to fixed type of steel-made steam boiler with water as medium and rated steam volume no less than 0.1 t per h; and fixed type of steel-made hot water boiler with rated outlet water pressure bigger than 0.1 MPa. Boilers shall use coal; gasoline; or gas as fuel and have rated steam pressure bigger than 0.04 MPa but smaller than 3.8 MPa.</t>
+  </si>
+  <si>
     <t>Gas</t>
   </si>
   <si>
     <t>GB/T 10180; NB/T 47066</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-24500-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=A70340E7DF558CC8E05397BE0A0A829B</t>
+  </si>
+  <si>
     <t>GB 24848-2010 Minimum allowable values of energy efficiency and energy efficiency grades for heaters of petroleum industry</t>
   </si>
   <si>
+    <t>This policy covers heaters of the petroleum industry.</t>
+  </si>
+  <si>
     <t>SY/T 0540; SY/T 6381</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-24848-2010-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7D36FD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 28381-2012 Minimum allowable values of energy efficiency and evaluating values of energy conservation for centrifugal blower</t>
   </si>
   <si>
+    <t>This policy covers centrifugal blowers.</t>
+  </si>
+  <si>
     <t>JB/T 2977; JB/T 3165; JB/T 7258</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-28381-2012-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E151D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 28736-2019 Minimum allowable values of energy efficiency and energy efficiency grades for welding machines</t>
   </si>
   <si>
+    <t>This policy covers welding machines.</t>
+  </si>
+  <si>
     <t>Other</t>
   </si>
   <si>
     <t>GB/T 156; GB/T 2900.22; GB/T 8118; GB/T 8366; GB/T 14549-1993; GB 15578; GB/T 15579.1; GB/T 25301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-28736-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA9400FA80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 30253-2013 Minimum allowable values of energy efficiency and energy efficiency grades for permanent magnet synchronous motors</t>
   </si>
   <si>
+    <t>This policy covers permanent magnet synchronous motors. This policy will be replaced by GB 30253-2024, which will enter into force on 1 October 2025. Click 'See More' for a link to the new policy.</t>
+  </si>
+  <si>
     <t>Variable Speed Drives</t>
   </si>
   <si>
     <t>GB 755-2008; GB 10068-2008; GB 10069.3-2008; GB/T 22669-2008; GB/T 22670-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30253-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E902D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30253-2024 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Permanent Magnet Synchronous Motors</t>
   </si>
   <si>
+    <t>This policy defines mandatory minimum energy performance standards and efficiency grands for synchronous permanent magnet motors. It replaces GB 30253-2013.</t>
+  </si>
+  <si>
     <t>Motors</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>0013</t>
   </si>
   <si>
     <t>October 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30253-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=23EE8C718E21E8A3E06397BE0A0AC332</t>
+  </si>
+  <si>
     <t>GB 30254-2013 Minimum allowable values of energy efficiency and the energy efficiency grades for cage three-phase high voltage induction motors</t>
   </si>
   <si>
+    <t>This policy covers cage three-phase high voltage induction motors.</t>
+  </si>
+  <si>
     <t>GB 755-2008; GB/T 1032-2012; GB 10068-2008; GB 10069.3-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30254-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-cage</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E8DAD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32031-2015 Minimum allowable values of energy efficiency and energy efficiency grades for waste submersible motor-pumps</t>
   </si>
   <si>
+    <t>This policy applies to single-phase or three-phase waste submersible motor-pumps that are used for carrying sewage or mixed liquid that contains sediment, fabrics, feces, and river sludge.</t>
+  </si>
+  <si>
     <t>GB/T 2828.1; GB/T 2829; GB/T 12785-2014; GB/T 24674</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-32031-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80932D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32284-2015 Minimum allowable values of energy efficiency and energy efficiency grades for petrochemical centrifugal pumps</t>
   </si>
   <si>
+    <t>Applies only to single stage single suction centrifugal pumps with shrouded -maximum- impeller which are used to transport clean liquid</t>
+  </si>
+  <si>
     <t>GB/T 3215; GB/T 3216; GB/T 5656; GB/T 7021; GB/T 13006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-32284-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80EEBD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32311-2015 Minimum allowable values of energy efficiency and energy efficiency grades for hydrogen producing systems by water electrolysis</t>
   </si>
   <si>
+    <t>This policy covers hydrogen producing systems.</t>
+  </si>
+  <si>
     <t>GB/T 19774; GB/T 24499</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-32311-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80F02D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 37483-2019 Minimum allowable values of energy efficiency and energy efficiency grades for rotary aerator in wastewater treatment</t>
   </si>
   <si>
+    <t>This policy covers rotary aerators in wastewater treatment.</t>
+  </si>
+  <si>
     <t>GB 18613; JB/T 12579</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-37483-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB60E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 37484-2019 Minimum allowable values of energy efficiency and energy efficiency grades for precipitators</t>
   </si>
   <si>
+    <t>This policy covers precipitators.</t>
+  </si>
+  <si>
     <t>Air Cleaners</t>
   </si>
   <si>
     <t>GB/T 6719; GB/T 13931; GB 19153; GB/T 32154</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-37484-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBD0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 38449-2019 Minimum allowable values of energy efficiency and energy efficiency grade of regenerative rolling reheating furnace</t>
   </si>
   <si>
+    <t>This policy covers regenerative rolling reheating furnaces.</t>
+  </si>
+  <si>
     <t>GB/T 24826; GB/T 31897.201</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-38449-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grade</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FFEA80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>ISIRI 10634 Fans- Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Fans with capacity of 170-3500 m3 per h. Does not cover ceiling fans or portable fans.</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ANSI/ASHRAE 51-1999 (AMCA Standard 210-99 ANSI approved)</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10634-fans-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 10635: 2008, Wet Cooling Towers, Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Applicable to wet cooling towers with capacity of 800 tons. Does not include cooling towers with natural flow</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>ISIRI 4514 (1998), BS EN 13741 (2003), BS 4485-part2 (1988), CTI ATC 105 (2000)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10635-2008-wet-cooling-towers-technical-specifications-and-test-methods-energy</t>
   </si>
   <si>
     <t>ISIRI 11574 Central Station Air Handling Units-Specification and Test Methids for Energy Consumption</t>
   </si>
   <si>
+    <t>This policy covers air units with capacity of 3570m3/h to 34000m3/h.</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>ARI 430-1999, ANSI/AMCA210/ASHRAE 51-2007, ARI 410-2001, ARI 410-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-11574-central-station-air-handling-units-specification-and-test-methids-energy</t>
   </si>
   <si>
     <t>ISIRI 12885, 1st Edition- technical specification and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Gas fired forced convection air heaters for space heating not exceeding a net heat input of 300 kW</t>
+  </si>
+  <si>
     <t>BS EN 1020 1998, AS 4553&amp; AG 103 2000:</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-12885-1st-edition-technical-specification-and-test-method-energy-consumption-and</t>
   </si>
   <si>
     <t>ISIRI 13368 Energy Consumption Criteria for Oil Distribution Transformers</t>
   </si>
   <si>
+    <t>Three Phases oil transformers, less than 36kVA and 25kVA up to 2500kVA ,50Hz</t>
+  </si>
+  <si>
     <t>IEC 60071-1, 2011, IEC 60071-2, 2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-13368-energy-consumption-criteria-oil-distribution-transformers</t>
   </si>
   <si>
     <t>ISIRI 7817-2, 1st Edition, Centrifugal, mixed flow and axial pumps - Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Centrifugal, mixed flow and axial pumps</t>
+  </si>
+  <si>
     <t>ISO-2548 (Class C)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7817-2-1st-edition-centrifugal-mixed-flow-and-axial-pumps-method-measuring-energy</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Policy 2023</t>
   </si>
   <si>
+    <t>This policy identifies national energy-saving priorities in the following sectors: industry, building, transport, and power. The policy identifies opportunities for mandatory MEPS and labeling schemes.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Space Heating and Space Cooling, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/national-energy-efficiency-and-conservation-policy-2023</t>
   </si>
   <si>
+    <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
+  </si>
+  <si>
     <t>SI 5484 DISTRIBUTION TRANSFORMERS - REQUIREMENTS FOR ENERGY EFFICIENCY AND LABELLING</t>
   </si>
   <si>
+    <t>It covers distribution transformers</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-5484-distribution-transformers-requirements-energy-efficiency-and-labelling</t>
   </si>
   <si>
     <t>UEVEP-E5 - implementing minimum performance standards for transformers</t>
+  </si>
+  <si>
+    <t>power transformers with a minimum power rating of 1 kVA used in 50Hz electricity transmission and distribution networks or for industrial applications</t>
   </si>
   <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>Industrial Sector, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uevep-e5-implementing-minimum-performance-standards-transformers</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -925,1953 +1160,2208 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N43"/>
+  <dimension ref="A1:P43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="193" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="193.381" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="519.016" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="182.813" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="186.24" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="318.351" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2010</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2010</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...74 lines deleted...]
-        <v>2010</v>
+      <c r="G4" t="s">
+        <v>39</v>
       </c>
       <c r="H4">
         <v>2010</v>
       </c>
-      <c r="I4" t="s">
+      <c r="I4">
+        <v>2010</v>
+      </c>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>40</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E5" t="s">
         <v>20</v>
       </c>
-      <c r="J4" t="s">
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K4" t="s">
+      <c r="G5" t="s">
+        <v>39</v>
+      </c>
+      <c r="H5">
+        <v>2008</v>
+      </c>
+      <c r="I5">
+        <v>2015</v>
+      </c>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>46</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>51</v>
+      </c>
+      <c r="E6" t="s">
+        <v>52</v>
+      </c>
+      <c r="F6" t="s">
+        <v>53</v>
+      </c>
+      <c r="G6" t="s">
+        <v>39</v>
+      </c>
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6">
+        <v>2017</v>
+      </c>
+      <c r="J6" t="s">
+        <v>54</v>
+      </c>
+      <c r="K6" t="s">
+        <v>55</v>
+      </c>
+      <c r="L6" t="s">
+        <v>56</v>
+      </c>
+      <c r="M6" t="s">
+        <v>57</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>58</v>
+      </c>
+      <c r="P6" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>60</v>
+      </c>
+      <c r="B7" t="s">
+        <v>61</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>62</v>
+      </c>
+      <c r="E7" t="s">
+        <v>52</v>
+      </c>
+      <c r="F7" t="s">
+        <v>53</v>
+      </c>
+      <c r="G7" t="s">
+        <v>39</v>
+      </c>
+      <c r="H7">
+        <v>2004</v>
+      </c>
+      <c r="I7">
+        <v>2011</v>
+      </c>
+      <c r="J7" t="s">
+        <v>54</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>63</v>
+      </c>
+      <c r="M7" t="s">
+        <v>57</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>64</v>
+      </c>
+      <c r="P7" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>66</v>
+      </c>
+      <c r="B8" t="s">
+        <v>67</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>62</v>
+      </c>
+      <c r="E8" t="s">
+        <v>52</v>
+      </c>
+      <c r="F8" t="s">
+        <v>53</v>
+      </c>
+      <c r="G8" t="s">
+        <v>39</v>
+      </c>
+      <c r="H8">
+        <v>2004</v>
+      </c>
+      <c r="I8">
+        <v>2017</v>
+      </c>
+      <c r="J8" t="s">
+        <v>54</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>68</v>
+      </c>
+      <c r="M8" t="s">
+        <v>57</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>69</v>
+      </c>
+      <c r="P8" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>71</v>
+      </c>
+      <c r="B9" t="s">
+        <v>72</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>38</v>
+      </c>
+      <c r="E9" t="s">
+        <v>52</v>
+      </c>
+      <c r="F9" t="s">
+        <v>53</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2009</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>54</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>40</v>
+      </c>
+      <c r="M9" t="s">
+        <v>57</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>73</v>
+      </c>
+      <c r="P9" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>75</v>
+      </c>
+      <c r="B10" t="s">
+        <v>76</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>77</v>
+      </c>
+      <c r="E10" t="s">
+        <v>52</v>
+      </c>
+      <c r="F10" t="s">
+        <v>53</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2020</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>78</v>
+      </c>
+      <c r="M10" t="s">
+        <v>57</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>79</v>
+      </c>
+      <c r="P10" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>81</v>
+      </c>
+      <c r="B11" t="s">
+        <v>82</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>32</v>
+      </c>
+      <c r="E11" t="s">
+        <v>52</v>
+      </c>
+      <c r="F11" t="s">
+        <v>53</v>
+      </c>
+      <c r="G11" t="s">
+        <v>39</v>
+      </c>
+      <c r="H11">
+        <v>2003</v>
+      </c>
+      <c r="I11">
+        <v>2020</v>
+      </c>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>83</v>
+      </c>
+      <c r="M11" t="s">
+        <v>57</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>84</v>
+      </c>
+      <c r="P11" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>86</v>
+      </c>
+      <c r="B12" t="s">
+        <v>87</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>32</v>
+      </c>
+      <c r="E12" t="s">
+        <v>52</v>
+      </c>
+      <c r="F12" t="s">
+        <v>53</v>
+      </c>
+      <c r="G12" t="s">
+        <v>39</v>
+      </c>
+      <c r="H12">
+        <v>2003</v>
+      </c>
+      <c r="I12">
+        <v>2010</v>
+      </c>
+      <c r="J12" t="s">
+        <v>88</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
         <v>33</v>
       </c>
-      <c r="L4" t="s">
+      <c r="M12" t="s">
+        <v>57</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>89</v>
+      </c>
+      <c r="P12"/>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>90</v>
+      </c>
+      <c r="B13" t="s">
+        <v>91</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>92</v>
+      </c>
+      <c r="E13" t="s">
+        <v>52</v>
+      </c>
+      <c r="F13" t="s">
+        <v>53</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2009</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>54</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>93</v>
+      </c>
+      <c r="M13" t="s">
+        <v>57</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>94</v>
+      </c>
+      <c r="P13" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>96</v>
+      </c>
+      <c r="B14" t="s">
+        <v>97</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>98</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>99</v>
+      </c>
+      <c r="G14" t="s">
+        <v>39</v>
+      </c>
+      <c r="H14">
+        <v>2018</v>
+      </c>
+      <c r="I14">
+        <v>2024</v>
+      </c>
+      <c r="J14" t="s">
+        <v>100</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>57</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>101</v>
+      </c>
+      <c r="P14" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>103</v>
+      </c>
+      <c r="B15" t="s">
+        <v>104</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>98</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>99</v>
+      </c>
+      <c r="G15" t="s">
+        <v>39</v>
+      </c>
+      <c r="H15">
+        <v>2002</v>
+      </c>
+      <c r="I15">
+        <v>2021</v>
+      </c>
+      <c r="J15" t="s">
         <v>23</v>
       </c>
-      <c r="M4" t="s">
-[...19 lines deleted...]
-      <c r="E5" t="s">
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>105</v>
+      </c>
+      <c r="M15" t="s">
+        <v>26</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>106</v>
+      </c>
+      <c r="P15" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>108</v>
+      </c>
+      <c r="B16" t="s">
+        <v>109</v>
+      </c>
+      <c r="C16" t="s">
         <v>18</v>
       </c>
-      <c r="F5" t="s">
+      <c r="D16" t="s">
+        <v>110</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>99</v>
+      </c>
+      <c r="G16" t="s">
+        <v>39</v>
+      </c>
+      <c r="H16">
+        <v>2009</v>
+      </c>
+      <c r="I16">
+        <v>2020</v>
+      </c>
+      <c r="J16" t="s">
+        <v>54</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>111</v>
+      </c>
+      <c r="M16" t="s">
+        <v>26</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>112</v>
+      </c>
+      <c r="P16" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>114</v>
+      </c>
+      <c r="B17" t="s">
+        <v>72</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>38</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>99</v>
+      </c>
+      <c r="G17" t="s">
+        <v>39</v>
+      </c>
+      <c r="H17">
+        <v>2010</v>
+      </c>
+      <c r="I17">
+        <v>2021</v>
+      </c>
+      <c r="J17" t="s">
+        <v>23</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>115</v>
+      </c>
+      <c r="M17" t="s">
+        <v>26</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>116</v>
+      </c>
+      <c r="P17" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>118</v>
+      </c>
+      <c r="B18" t="s">
+        <v>119</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>62</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>99</v>
+      </c>
+      <c r="G18" t="s">
+        <v>39</v>
+      </c>
+      <c r="H18">
+        <v>2005</v>
+      </c>
+      <c r="I18">
+        <v>2011</v>
+      </c>
+      <c r="J18" t="s">
+        <v>54</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>63</v>
+      </c>
+      <c r="M18" t="s">
+        <v>26</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>120</v>
+      </c>
+      <c r="P18" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>122</v>
+      </c>
+      <c r="B19" t="s">
+        <v>123</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
         <v>32</v>
       </c>
-      <c r="G5">
-[...5 lines deleted...]
-      <c r="I5" t="s">
+      <c r="E19" t="s">
         <v>20</v>
       </c>
-      <c r="J5" t="s">
-[...16 lines deleted...]
-      <c r="A6" t="s">
+      <c r="F19" t="s">
+        <v>99</v>
+      </c>
+      <c r="G19" t="s">
         <v>39</v>
       </c>
-      <c r="B6" t="s">
-[...123 lines deleted...]
-      <c r="N8" t="s">
+      <c r="H19">
+        <v>2006</v>
+      </c>
+      <c r="I19">
+        <v>2024</v>
+      </c>
+      <c r="J19" t="s">
+        <v>100</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>124</v>
+      </c>
+      <c r="M19" t="s">
+        <v>26</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>125</v>
+      </c>
+      <c r="P19" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>127</v>
+      </c>
+      <c r="B20" t="s">
+        <v>128</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>129</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>99</v>
+      </c>
+      <c r="G20" t="s">
+        <v>39</v>
+      </c>
+      <c r="H20">
+        <v>2007</v>
+      </c>
+      <c r="I20">
+        <v>2014</v>
+      </c>
+      <c r="J20" t="s">
         <v>54</v>
       </c>
-    </row>
-[...16 lines deleted...]
-      <c r="F9" t="s">
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>130</v>
+      </c>
+      <c r="M20" t="s">
+        <v>26</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>131</v>
+      </c>
+      <c r="P20" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>133</v>
+      </c>
+      <c r="B21" t="s">
+        <v>134</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
         <v>19</v>
       </c>
-      <c r="G9">
-[...45 lines deleted...]
-      <c r="I10" t="s">
+      <c r="E21" t="s">
         <v>20</v>
       </c>
-      <c r="J10" t="s">
-[...466 lines deleted...]
-      </c>
       <c r="F21" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>2008</v>
+        <v>99</v>
+      </c>
+      <c r="G21" t="s">
+        <v>39</v>
       </c>
       <c r="H21">
         <v>2008</v>
       </c>
-      <c r="I21" t="s">
-        <v>43</v>
+      <c r="I21">
+        <v>2008</v>
       </c>
       <c r="J21" t="s">
-        <v>21</v>
+        <v>54</v>
       </c>
       <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>25</v>
+      </c>
+      <c r="M21" t="s">
+        <v>26</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>135</v>
+      </c>
+      <c r="P21" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>137</v>
+      </c>
+      <c r="B22" t="s">
+        <v>138</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>51</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>99</v>
+      </c>
+      <c r="G22" t="s">
         <v>22</v>
       </c>
-      <c r="L21" t="s">
+      <c r="H22">
+        <v>2010</v>
+      </c>
+      <c r="I22">
+        <v>2021</v>
+      </c>
+      <c r="J22" t="s">
         <v>23</v>
       </c>
-      <c r="M21" t="s">
-[...25 lines deleted...]
-      <c r="G22">
+      <c r="K22" t="s">
+        <v>139</v>
+      </c>
+      <c r="L22" t="s">
+        <v>140</v>
+      </c>
+      <c r="M22" t="s">
+        <v>26</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>141</v>
+      </c>
+      <c r="P22" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>143</v>
+      </c>
+      <c r="B23" t="s">
+        <v>144</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
+        <v>51</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>99</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
         <v>2010</v>
       </c>
-      <c r="H22">
-[...2 lines deleted...]
-      <c r="I22" t="s">
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>54</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>145</v>
+      </c>
+      <c r="M23" t="s">
+        <v>146</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>147</v>
+      </c>
+      <c r="P23" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>149</v>
+      </c>
+      <c r="B24" t="s">
+        <v>150</v>
+      </c>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
+        <v>38</v>
+      </c>
+      <c r="E24" t="s">
         <v>20</v>
       </c>
-      <c r="J22" t="s">
+      <c r="F24" t="s">
+        <v>99</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2012</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>23</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>151</v>
+      </c>
+      <c r="M24" t="s">
+        <v>146</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>152</v>
+      </c>
+      <c r="P24" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>154</v>
+      </c>
+      <c r="B25" t="s">
+        <v>155</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
+        <v>156</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>99</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2020</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>23</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>157</v>
+      </c>
+      <c r="M25" t="s">
+        <v>146</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>158</v>
+      </c>
+      <c r="P25" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>160</v>
+      </c>
+      <c r="B26" t="s">
+        <v>161</v>
+      </c>
+      <c r="C26" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" t="s">
+        <v>162</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>99</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2014</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>54</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>163</v>
+      </c>
+      <c r="M26" t="s">
+        <v>146</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>164</v>
+      </c>
+      <c r="P26" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>166</v>
+      </c>
+      <c r="B27" t="s">
+        <v>167</v>
+      </c>
+      <c r="C27" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" t="s">
+        <v>168</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>99</v>
+      </c>
+      <c r="G27" t="s">
+        <v>169</v>
+      </c>
+      <c r="H27" t="s">
+        <v>170</v>
+      </c>
+      <c r="I27">
+        <v>2024</v>
+      </c>
+      <c r="J27" t="s">
+        <v>171</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>146</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>172</v>
+      </c>
+      <c r="P27" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>174</v>
+      </c>
+      <c r="B28" t="s">
+        <v>175</v>
+      </c>
+      <c r="C28" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" t="s">
         <v>98</v>
       </c>
-      <c r="K22" t="s">
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
         <v>99</v>
       </c>
-      <c r="L22" t="s">
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2014</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>54</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>176</v>
+      </c>
+      <c r="M28" t="s">
+        <v>146</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>177</v>
+      </c>
+      <c r="P28" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>179</v>
+      </c>
+      <c r="B29" t="s">
+        <v>180</v>
+      </c>
+      <c r="C29" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" t="s">
+        <v>62</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>99</v>
+      </c>
+      <c r="G29" t="s">
+        <v>39</v>
+      </c>
+      <c r="H29">
+        <v>2005</v>
+      </c>
+      <c r="I29">
+        <v>2016</v>
+      </c>
+      <c r="J29" t="s">
+        <v>54</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>181</v>
+      </c>
+      <c r="M29" t="s">
+        <v>146</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>182</v>
+      </c>
+      <c r="P29" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>184</v>
+      </c>
+      <c r="B30" t="s">
+        <v>185</v>
+      </c>
+      <c r="C30" t="s">
+        <v>18</v>
+      </c>
+      <c r="D30" t="s">
+        <v>62</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>99</v>
+      </c>
+      <c r="G30" t="s">
+        <v>39</v>
+      </c>
+      <c r="H30">
+        <v>2005</v>
+      </c>
+      <c r="I30">
+        <v>2017</v>
+      </c>
+      <c r="J30" t="s">
+        <v>54</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>186</v>
+      </c>
+      <c r="M30" t="s">
+        <v>146</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>187</v>
+      </c>
+      <c r="P30" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>189</v>
+      </c>
+      <c r="B31" t="s">
+        <v>190</v>
+      </c>
+      <c r="C31" t="s">
+        <v>18</v>
+      </c>
+      <c r="D31" t="s">
+        <v>156</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>99</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2017</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>54</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>191</v>
+      </c>
+      <c r="M31" t="s">
+        <v>146</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>192</v>
+      </c>
+      <c r="P31" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>194</v>
+      </c>
+      <c r="B32" t="s">
+        <v>195</v>
+      </c>
+      <c r="C32" t="s">
+        <v>18</v>
+      </c>
+      <c r="D32" t="s">
+        <v>62</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>99</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2020</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
         <v>23</v>
       </c>
-      <c r="M22" t="s">
-[...25 lines deleted...]
-      <c r="G23">
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>196</v>
+      </c>
+      <c r="M32" t="s">
+        <v>146</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>197</v>
+      </c>
+      <c r="P32" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>199</v>
+      </c>
+      <c r="B33" t="s">
+        <v>200</v>
+      </c>
+      <c r="C33" t="s">
+        <v>18</v>
+      </c>
+      <c r="D33" t="s">
+        <v>201</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>99</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2020</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>23</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>202</v>
+      </c>
+      <c r="M33" t="s">
+        <v>146</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>203</v>
+      </c>
+      <c r="P33" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>205</v>
+      </c>
+      <c r="B34" t="s">
+        <v>206</v>
+      </c>
+      <c r="C34" t="s">
+        <v>18</v>
+      </c>
+      <c r="D34" t="s">
+        <v>51</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>99</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2020</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>23</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>207</v>
+      </c>
+      <c r="M34" t="s">
+        <v>146</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>208</v>
+      </c>
+      <c r="P34" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>210</v>
+      </c>
+      <c r="B35" t="s">
+        <v>211</v>
+      </c>
+      <c r="C35" t="s">
+        <v>212</v>
+      </c>
+      <c r="D35" t="s">
+        <v>213</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>214</v>
+      </c>
+      <c r="G35" t="s">
+        <v>39</v>
+      </c>
+      <c r="H35">
+        <v>2008</v>
+      </c>
+      <c r="I35">
         <v>2010</v>
       </c>
-      <c r="H23"/>
-[...42 lines deleted...]
-      <c r="I24" t="s">
+      <c r="J35" t="s">
+        <v>215</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>216</v>
+      </c>
+      <c r="M35" t="s">
+        <v>217</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>218</v>
+      </c>
+      <c r="P35" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>220</v>
+      </c>
+      <c r="B36" t="s">
+        <v>221</v>
+      </c>
+      <c r="C36" t="s">
+        <v>212</v>
+      </c>
+      <c r="D36" t="s">
+        <v>222</v>
+      </c>
+      <c r="E36" t="s">
         <v>20</v>
       </c>
-      <c r="J24" t="s">
-[...38 lines deleted...]
-      <c r="I25" t="s">
+      <c r="F36" t="s">
+        <v>214</v>
+      </c>
+      <c r="G36" t="s">
+        <v>39</v>
+      </c>
+      <c r="H36">
+        <v>2002</v>
+      </c>
+      <c r="I36">
+        <v>2008</v>
+      </c>
+      <c r="J36" t="s">
+        <v>215</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>223</v>
+      </c>
+      <c r="M36" t="s">
+        <v>217</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>224</v>
+      </c>
+      <c r="P36" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>225</v>
+      </c>
+      <c r="B37" t="s">
+        <v>226</v>
+      </c>
+      <c r="C37" t="s">
+        <v>212</v>
+      </c>
+      <c r="D37" t="s">
+        <v>227</v>
+      </c>
+      <c r="E37" t="s">
         <v>20</v>
       </c>
-      <c r="J25" t="s">
-[...157 lines deleted...]
-      <c r="F29" t="s">
+      <c r="F37" t="s">
+        <v>99</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2009</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>215</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>228</v>
+      </c>
+      <c r="M37" t="s">
+        <v>217</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>229</v>
+      </c>
+      <c r="P37" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>230</v>
+      </c>
+      <c r="B38" t="s">
+        <v>231</v>
+      </c>
+      <c r="C38" t="s">
+        <v>212</v>
+      </c>
+      <c r="D38" t="s">
+        <v>51</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>99</v>
+      </c>
+      <c r="G38" t="s">
+        <v>39</v>
+      </c>
+      <c r="H38">
+        <v>1998</v>
+      </c>
+      <c r="I38">
+        <v>2009</v>
+      </c>
+      <c r="J38" t="s">
+        <v>215</v>
+      </c>
+      <c r="K38" t="s">
+        <v>139</v>
+      </c>
+      <c r="L38" t="s">
+        <v>232</v>
+      </c>
+      <c r="M38" t="s">
+        <v>217</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>233</v>
+      </c>
+      <c r="P38" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>234</v>
+      </c>
+      <c r="B39" t="s">
+        <v>235</v>
+      </c>
+      <c r="C39" t="s">
+        <v>212</v>
+      </c>
+      <c r="D39" t="s">
         <v>32</v>
       </c>
-      <c r="G29">
-[...133 lines deleted...]
-      <c r="I32" t="s">
+      <c r="E39" t="s">
         <v>20</v>
       </c>
-      <c r="J32" t="s">
-[...288 lines deleted...]
-      </c>
       <c r="F39" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>99</v>
+      </c>
+      <c r="G39" t="s">
+        <v>39</v>
       </c>
       <c r="H39">
         <v>2012</v>
       </c>
-      <c r="I39" t="s">
-        <v>147</v>
+      <c r="I39">
+        <v>2012</v>
       </c>
       <c r="J39" t="s">
-        <v>21</v>
+        <v>215</v>
       </c>
       <c r="K39" t="s">
-        <v>163</v>
+        <v>24</v>
       </c>
       <c r="L39" t="s">
-        <v>149</v>
+        <v>236</v>
       </c>
       <c r="M39" t="s">
-        <v>24</v>
+        <v>217</v>
       </c>
       <c r="N39" t="s">
-        <v>164</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>237</v>
+      </c>
+      <c r="P39" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>165</v>
+        <v>238</v>
       </c>
       <c r="B40" t="s">
-        <v>144</v>
+        <v>239</v>
       </c>
       <c r="C40" t="s">
-        <v>49</v>
+        <v>212</v>
       </c>
       <c r="D40" t="s">
-        <v>17</v>
+        <v>62</v>
       </c>
       <c r="E40" t="s">
-        <v>146</v>
+        <v>20</v>
       </c>
       <c r="F40" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>2002</v>
+        <v>214</v>
+      </c>
+      <c r="G40" t="s">
+        <v>39</v>
       </c>
       <c r="H40">
         <v>2002</v>
       </c>
-      <c r="I40" t="s">
-        <v>147</v>
+      <c r="I40">
+        <v>2002</v>
       </c>
       <c r="J40" t="s">
-        <v>21</v>
+        <v>215</v>
       </c>
       <c r="K40" t="s">
-        <v>166</v>
+        <v>24</v>
       </c>
       <c r="L40" t="s">
-        <v>149</v>
+        <v>240</v>
       </c>
       <c r="M40" t="s">
-        <v>24</v>
+        <v>217</v>
       </c>
       <c r="N40" t="s">
-        <v>167</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>241</v>
+      </c>
+      <c r="P40" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>168</v>
+        <v>242</v>
       </c>
       <c r="B41" t="s">
-        <v>169</v>
+        <v>243</v>
       </c>
       <c r="C41" t="s">
-        <v>170</v>
+        <v>244</v>
       </c>
       <c r="D41" t="s">
-        <v>171</v>
+        <v>245</v>
       </c>
       <c r="E41" t="s">
-        <v>172</v>
+        <v>246</v>
       </c>
       <c r="F41" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G41">
+        <v>247</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
         <v>2023</v>
       </c>
-      <c r="H41"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I41"/>
       <c r="J41" t="s">
-        <v>174</v>
-[...4 lines deleted...]
-      </c>
+        <v>248</v>
+      </c>
+      <c r="K41" t="s">
+        <v>249</v>
+      </c>
+      <c r="L41"/>
       <c r="M41" t="s">
-        <v>24</v>
+        <v>250</v>
       </c>
       <c r="N41" t="s">
-        <v>176</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>251</v>
+      </c>
+      <c r="P41" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>177</v>
+        <v>253</v>
       </c>
       <c r="B42" t="s">
-        <v>178</v>
+        <v>254</v>
       </c>
       <c r="C42" t="s">
-        <v>27</v>
+        <v>255</v>
       </c>
       <c r="D42" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
       <c r="E42" t="s">
-        <v>73</v>
+        <v>52</v>
       </c>
       <c r="F42" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>2006</v>
+        <v>99</v>
+      </c>
+      <c r="G42" t="s">
+        <v>39</v>
       </c>
       <c r="H42">
         <v>2006</v>
       </c>
-      <c r="I42" t="s">
-        <v>179</v>
+      <c r="I42">
+        <v>2006</v>
       </c>
       <c r="J42" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>256</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42"/>
       <c r="M42" t="s">
-        <v>24</v>
+        <v>257</v>
       </c>
       <c r="N42" t="s">
-        <v>181</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>258</v>
+      </c>
+      <c r="P42"/>
+    </row>
+    <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>182</v>
+        <v>259</v>
       </c>
       <c r="B43" t="s">
-        <v>183</v>
+        <v>260</v>
       </c>
       <c r="C43" t="s">
-        <v>27</v>
+        <v>261</v>
       </c>
       <c r="D43" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
       <c r="E43" t="s">
-        <v>73</v>
+        <v>52</v>
       </c>
       <c r="F43" t="s">
-        <v>184</v>
-[...1 lines deleted...]
-      <c r="G43"/>
+        <v>99</v>
+      </c>
+      <c r="G43" t="s">
+        <v>262</v>
+      </c>
       <c r="H43"/>
-      <c r="I43" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I43"/>
       <c r="J43" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>263</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43"/>
       <c r="M43" t="s">
-        <v>187</v>
+        <v>264</v>
       </c>
       <c r="N43" t="s">
-        <v>188</v>
-      </c>
+        <v>265</v>
+      </c>
+      <c r="O43" t="s">
+        <v>266</v>
+      </c>
+      <c r="P43"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>