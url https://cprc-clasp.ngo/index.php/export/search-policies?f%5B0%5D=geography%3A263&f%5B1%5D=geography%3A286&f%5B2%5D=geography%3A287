--- v0 (2025-10-10)
+++ v1 (2026-02-21)
@@ -12,2243 +12,3239 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="703">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1025">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
+  </si>
+  <si>
+    <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
+One star - 80-90 lm/W
+Two star - &gt;98-108 lm/W
+Three star - &gt;108-119 lm/W
+Four star - &gt;119 - 135 lm/W
+Five star - &gt; 135 lm/W
+The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
+    <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
+    <t>July 2024</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>SNI IEC 62612:2016</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Mineral Resources</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/135kek07dje2022-meps-indoor-led-lamps</t>
+  </si>
+  <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
     <t>Decision No. 107/2018 on the adoption of Gulf Standard 2530:2016 on Energy Labeling and Minimum Energy Performance Requirements For Air Conditioners as a mandatory Omani Standard</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for window single-package, split-system non-ducted air conditioners using air-cooled condensers, split-system ducted air-conditioners using air-cooled condensers, and heat pumps using air-cooled condensers for residential, commercial and industrial sector as applicable in accordance with GSO SASO Standards. It is applied to units designed to operate in AC single phase or three-phase circuits according to GSO 1899/2009 "GCC Standard voltages and frequencies for AC transmission and distribution systems". It covers units with capacities up to and including 70000 Btu/h (20 kW).</t>
+  </si>
+  <si>
     <t>Oman</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
-    <t>Mandatory</t>
-[...5 lines deleted...]
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
-    <t>Electricity</t>
-[...1 lines deleted...]
-  <si>
     <t>GSO 2530:2016</t>
   </si>
   <si>
     <t>Ministry of Commerce and Industry</t>
   </si>
   <si>
-    <t>Energy Efficiency</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-1072018-adoption-gulf-standard-25302016-energy-labeling-and-minimum-energy</t>
   </si>
   <si>
+    <t>https://www.ul.com/news/sultanate-oman-energy-efficiency-and-labeling-requirements-air-conditioners-0</t>
+  </si>
+  <si>
     <t>Draft MEPS for chillers</t>
   </si>
   <si>
-    <t>Indonesia</t>
+    <t>The document specifies the MEPS  requirement for chillers</t>
   </si>
   <si>
     <t>Refrigeration, Industrial Process Chillers</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-chillers</t>
   </si>
   <si>
     <t>Draft MEPS for electric motors</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and labeling instructions for electric motors.</t>
+  </si>
+  <si>
     <t>Variable Speed Drives</t>
   </si>
   <si>
-    <t>Ministry of Energy and Mineral Resources</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-electric-motors-0</t>
   </si>
   <si>
+    <t>https://www.jase-w.eccj.or.jp/indonesiaforum/pdf/10-05_hariyanto.pdf</t>
+  </si>
+  <si>
     <t>Draft MEPS for RDCs</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and energy labelling requirements for RDCs</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-rdcs</t>
   </si>
   <si>
     <t>Draft MEPS for televisions</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and labeling instructions for televisions.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>IEC 62301, IEC 62087, SNI 04 6958 - 2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-televisions</t>
   </si>
   <si>
     <t>Draft MEPS for washing machines</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and labeling instructions for washing machines.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>SNI IEC 60311-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-washing-machines-0</t>
   </si>
   <si>
     <t>Draft MEPS for water pumps</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and labeling instructions for water pumps.</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-water-pumps</t>
   </si>
   <si>
     <t>Efficiency Policy for Chillers</t>
   </si>
   <si>
+    <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for chillers being manufactured, commercially purchased, or sold in India.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>IS 16590 with all amendments</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/efficiency-policy-chillers</t>
   </si>
   <si>
     <t>Efficiency Policy for Deep Freezers</t>
   </si>
   <si>
+    <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for deep freezers being manufactured, commercially purchased, or sold in India. It applies to deep freezers of the vapour compression type having a storage volume of up to and including 1000 litres.</t>
+  </si>
+  <si>
     <t>Freezers-only</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
-[...1 lines deleted...]
-  <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>IS 7872 (all amendments)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/efficiency-policy-deep-freezers</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Deep_Freezer_Regulations.pdf</t>
+  </si>
+  <si>
     <t>Electric Motors Minimum Energy Performance Standards</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>3-Phase Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/electric-motors-minimum-energy-performance-standards</t>
   </si>
   <si>
+    <t>https://clasp.ngo/updates/2021/pakistan-launches-first-efficiency-policy-for-electric-motors</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Ceiling Fans</t>
   </si>
   <si>
+    <t>This policy defines star labeling requirements and minimum energy performance requirements for electric ceiling type fans operated by induction motors and Brushless Electric Motors of all the standard sweep sizes covered under the scope of IS 374: 2019 ( 900 mm, 1050 mm, 1200 mm, 1400 mm, 1500 mm) as amended from time to time that work on single phase alternating current supply up to and including 250V, 50Hz, being manufactured, commercially purchased, imported or sold in India.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans</t>
   </si>
   <si>
     <t>IS 374:2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-ceiling-fans</t>
   </si>
   <si>
+    <t>https://beeindia.gov.in/sites/default/files/CFN_Notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Color Televisions (Color TV)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for every colour television with native resolution up to 1920 x 1080 pixels, of cathode ray tube (CRT), liquid crystal display (LCD) with cold cathode fluorescent lamp backlight, and plasma technologies type, and liquid crystal display with light emitting diode backlight, excluding computer monitors being manufactured, commercially purchased or sold in India. The policy is revised in the year of 2022.</t>
+  </si>
+  <si>
     <t>IEC 62301 (Ed 2.0), IEC 62087 (Ed 3.0), IS 13384:1992 (part 1, 2), IS 13900:1993, IS 616:2010/IEC 60065:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-color-televisions-color-tv</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/CTV_notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Direct Cool Refrigerator</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for electric mains powered direct cool refrigerating appliance of the vapour compression type intended for household and similar use being manufactures; imported; or sold in India. From January 2020, a revised star rating table will be in effect and ratcheted up by 1 star.
+This policy was revised in 2014, 2017 and 2020.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>IS 1476 (Part-I): 2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-direct-cool-refrigerator</t>
   </si>
   <si>
+    <t>https://www.tuv.com/content-media-files/master-content/rs/Attachments/987_F_BEESLBEE_SLBEESL_AlertsGazette%20Notification%20regarding%20DCR%20and%20FFR_194090.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Distribution Transformers (DT)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling requirements for oil immersed, naturally air cooled, three phase, and double wound non sealed type out door distribution transformer. The standard ratings covered under the pilot scheme are 16, 25, 63, 100, 160 and 200 kVA and non standard ratings from 16 kVA to 200 kVA.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>IS 2026 (part I, II, III):1977, IS 1180 (part I):2014, IS 2500 (part I):2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-distribution-transformers-dt</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/DTnoti.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Domestic Liquefied Petroleum Gas Stove</t>
+  </si>
+  <si>
+    <t>This policy specifies energy consumption standards for star labeled domestic liquefied petroleum gas stove for household use. The domestic gas stove means domestic gas burning appliance with metallic bodies with or without toughened glass top, consisting of single or multiple burners, injector jets, gas taps, burner pan supports, piping and fitting intended for use with liquefied petroleum gas at 30 grams-force per square centimetre (gf/cm2) gas inlet pressure.</t>
   </si>
   <si>
     <t>LPG Stoves</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002
 ,   
                     IS 4246:2002</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-domestic-liquefied-petroleum-gas-stove</t>
   </si>
   <si>
+    <t>https://beeindia.gov.in/star-label.php</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Frost-Free Refrigerators</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for electric mains powered Frost-Free refrigerating appliances cooled by internal natural convection (Direct Cool) or forced air circulation (Frost Free) that are manufactured, commercially purchased, sold or imported in India.</t>
+  </si>
+  <si>
     <t>IS 17550</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-frost-free-refrigerators</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/FFRnoti.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Light Commercial Air Conditioners</t>
   </si>
   <si>
+    <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for light commercial air conditioners with a rated capacity above 10,500 Watts and up to and including 18,000 Watts for a single- or three-phase non-ducted split with fixed and variable speed air conditioners and heat pumps employing air cooled condensers being manufactured, commercially purchased, or sold in India.</t>
+  </si>
+  <si>
     <t>Air Conditioning</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>IS 1391:2018 (all amendments)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-light-commercial-air-conditioners</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/LCAC_Regulations.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Cassette, Floor Standing Tower, Ceiling, Corner AC)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for Single-phase split and unitary air conditioners of the vapour compression type for household use up to a rated cooling capacity of 10.5 kW.</t>
+  </si>
+  <si>
     <t>IS 1391 (part II)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-room-air-conditioners-cassette-floor-standing-tower-ceiling</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/AC_Notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Fixed Speed)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling for fixed speed unitary and split ACs.</t>
+  </si>
+  <si>
     <t>IS 1391 (part I), IS 1391 (part II)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-room-air-conditioners-fixed-speed</t>
   </si>
   <si>
+    <t>http://egazette.nic.in/WriteReadData/2017/177975.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Split Air Conditioners)</t>
   </si>
   <si>
+    <t>This policy revises seasonal energy efficiency ratio for split air conditioners.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Room ACs - Stationary ACs</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
-[...1 lines deleted...]
-  <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-room-air-conditioners-split-air-conditioners</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Notification/RAC/IAC_Notification_SO_3984_E_dated_28th_Auguest_2025.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Variable Speed)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling for variable speed unitary and split type of ACs.</t>
+  </si>
+  <si>
     <t>ISO 16358-1: 2013, IS 1391 (part 1 and 2)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-room-air-conditioners-variable-speed</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/IAC_Notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Self-Ballasted LED Lamps</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for self-ballasted general service LED lamps for general lighting services that works on single phase ac supply up to and including 250V, 50Hz.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>June 2024</t>
   </si>
   <si>
     <t>IS 16102 (part 2)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-self-ballasted-led-lamps</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/2_Amendment_IV_14a.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Storage Water Heaters</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for specifies following single phase electric storage water heaters up to 200 litres, for household and similar purposes and intended for heating water below boiling temperature, their rated voltage being not more than 250 V, namely:
+(a) Closed waters heaters:
+(b) Cistern-fed water heaters;
+(c) Cistern-type water heaters;
+(d) Open-outlet water heaters; and
+(e) Vented water heaters</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>IS 2082:1993 and clause 15 of IS 302-2-21:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-storage-water-heaters</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/GeyserNote.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Tubular Fluorescent Lamps (TFL)</t>
   </si>
   <si>
+    <t>The policy specifies the tubular fluorescent lamps for general lighting services covering all wattages with nominal dimension starting from 1100 millimeter and upto1500 millimeter covering color temperature of 6500 kelvin for halo-phosphate category, and 2700 kelvin, 4000 kelvin and 6500 kelvin  tri-phosphate lamps categories for display of particulars on label.</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>IS 2418 (part 1 and 2) -1977 with all amendments</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-tubular-fluorescent-lamps-tfl</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/TFLnoti_New.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Ultra High-Definition Televisions</t>
+  </si>
+  <si>
+    <t>This policy defines the energy consumption standards, star rating, and labeling requirements for ultra-high definition televisions with a native resolution of 3,840 x 2,160 (4K), including Liquid Crystal Displays with Light Emitting Diode backlighting, Organic Light Emitting Diode displays, Quantum dot Light Emitting Diode displays, Micro-Light Emitting Diode displays. It excludes televisions that include a non-removable main battery and computer monitors. 
+The standard specifies the ultra-high definition televisions must meet the</t>
   </si>
   <si>
     <t>IEC 62087-3, 2015
 ,   
                     IS 616: 2017
 ,   
                     IEC 60065:2014 Edition 8.0
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-ultra-high-definition-televisions</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/UHD_TV_Schedule.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Washing Machine</t>
+  </si>
+  <si>
+    <t>This policy mandates energy performance standards for star labeled washing machine (with or without heating devices utilizing cold or hot water supply) for household and similar use.</t>
   </si>
   <si>
     <t>IEC 60456:2010 
 ,   
                     IS 302-7-7:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-washing-machine</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/WM%20Notification%20e-gazette.pdf</t>
+  </si>
+  <si>
     <t>Energy efficiency, functionality and labelling requirements for self-ballasted Light Emitting Diode (LED) lamps</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency, functionality, and product information requirements for self-ballasted LED lamps for general lighting services that works on single-phase alternating current supply up to and including 240V, 50Hz, being manufactured, imported or sold in Oman.
+The standard covers the following types of self-ballasted LED lamps:
+a. Both the directional and non-directional lamps.
+b. Lamps having a luminous flux above 60 lumens and below 12,000 lumens.</t>
+  </si>
+  <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>October 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-functionality-and-labelling-requirements-self-ballasted-light-emitting</t>
   </si>
   <si>
+    <t>https://www.tuv.com/regulations-and-standards/en/oman-ministerial-decree-obligating-the-omani-standard-energy-efficiency-functionality-and.html</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations (Energy Efficiency of Electrical Induction Motors) 5764 - 2004 / SI 5289</t>
   </si>
   <si>
+    <t>It covers electric induction motors</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-efficiency-electrical-induction-motors-5764-2004-si</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECInductionMotors.doc</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations (Energy labeling of electric heating furnaces), 5753 - 1993</t>
   </si>
   <si>
+    <t>Electric Heating Furnace</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-labeling-electric-heating-furnaces-5753-1993</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECElectricHeating.doc</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations-Energy Efficiency and Energy Information of Cooling Appliances-5744-2004/SI 721</t>
   </si>
   <si>
+    <t>Electric refrigerators and food-freezers for household purposes</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-efficiency-and-energy-information-cooling-appliances</t>
   </si>
   <si>
+    <t>https://www.lse.ac.uk/GranthamInstitute/wp-content/uploads/laws/1377_EN.pdf</t>
+  </si>
+  <si>
     <t>ESDM Ministerial Decree No. 126.K/EK.06/DJE/2023 -- Refrigerated Display Case</t>
   </si>
   <si>
+    <t>This policy establishes the minimum performance standards and energy-saving label for refrigerated display case (RDC) which is a refrigerated cabinet used to display food or beverages, utilizing glass as a medium to highlight the products on display, with a capacity of 150 (one hundred fifty) to 300 (three hundred) liters.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-126kek06dje2023-refrigerated-display-case</t>
   </si>
   <si>
-    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning</t>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20250310092031_126K_SKEM_dan_LTHE_RDC.pdf</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning (Amendment)</t>
+  </si>
+  <si>
+    <t>This policy regulates minimum energy performance standards and labels for air conditioners that are single split, wall-mounted units with a maximum cooling capacity of 27,000 BTU/hour for both inverter and non-inverter types, with HS code 8415.10.10 or as subsequently amended.</t>
   </si>
   <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning-amendment</t>
+  </si>
+  <si>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
   </si>
   <si>
     <t>ESDM Ministerial Decree No. 162.K/EK.06/DJE/2023 -- Television</t>
   </si>
   <si>
+    <t>The policy regulates minimum energy performance standards and label for televisions of  the liquid crystal display (LCD) type and light-emitting diode (LED) type, up to 55 inches in size</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-162kek06dje2023-television</t>
   </si>
   <si>
     <t>ESDM Ministerial Decree No. 20.K/EK.07/DJE.S/2024 -- LED Lamps</t>
   </si>
   <si>
+    <t>This policy regulates self-ballasted Light-Emitting Diode (LED) lamps with a rated power of up to 60 watts and a rated voltage of &gt;50V  up to 250V. The minimum energy performance standard for self-ballasted LED lamps is an energy efficiency of 80 lumens per watt.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-20kek07djes2024-led-lamps</t>
   </si>
   <si>
-    <t>ESDM Ministerial Decree No. 8.K/EK.07/DJE/2024 -- Refrigerators</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-8kek07dje2024-refrigerators</t>
+    <t>ESDM Ministerial Decree No. 8.K/EK.07/DJE/2024 -- Refrigerators (Amendment)</t>
+  </si>
+  <si>
+    <t>This policy establishes MEPS and label for refrigerators that have a maximum capacity of 300 (three hundred) liters and a maximum electrical voltage of 250 (two hundred fifty) volts.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-8kek07dje2024-refrigerators-amendment</t>
   </si>
   <si>
     <t>ESDM Ministerial Decree No. 87.K/EK.01/MEM.E/2025 -- Drinking Water Dispensers</t>
   </si>
   <si>
+    <t>This policy establishes MEPS and label for water dispense, a standalone device equipped with a heating component to heat drinking water, or a standalone device equipped with a heating and/or cooling component that uses a heat pump or thermoelectric system to cool drinking water. It uses bottled water as the water source, with a bottle capacity of up to 20 (twenty) liters. MEPS and Label rating:</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-87kek01meme2025-drinking-water-dispensers</t>
   </si>
   <si>
     <t>Indian Standard for Requirements For Water Efficient Plumbing Products (WEPP): Part 2 Sanitary Fittings</t>
   </si>
   <si>
+    <t>This standard covers requirements for assessment and star ratingof sanitary fittings, such as faucets (taps) and showerheads,for their performance based on water efficiency,which are in addition to the requirements specified in relevant Indian Standards as applicable.</t>
+  </si>
+  <si>
     <t>Showers or Showerheads, Taps or Faucets</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>Bureau of Indian Standards</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/indian-standard-requirements-water-efficient-plumbing-products-wepp-part-2-sanitary</t>
   </si>
   <si>
+    <t>https://bis.gov.in/wp-content/uploads/2020/08/write-up-for-publicity-of-WC-drafts-for-WEPP.pdf</t>
+  </si>
+  <si>
     <t>ISIR 14577, 1st Edition, Household refrigerating appliances - Determination of Criteria for energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Domestic refrigerator, freezer, refrigerator-freezer</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ISO-8187</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isir-14577-1st-edition-household-refrigerating-appliances-determination-criteria-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 10634 Fans- Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Fans with capacity of 170-3500 m3 per h. Does not cover ceiling fans or portable fans.</t>
+  </si>
+  <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>ANSI/ASHRAE 51-1999 (AMCA Standard 210-99 ANSI approved)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10634-fans-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 10635: 2008, Wet Cooling Towers, Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Applicable to wet cooling towers with capacity of 800 tons. Does not include cooling towers with natural flow</t>
+  </si>
+  <si>
     <t>ISIRI 4514 (1998), BS EN 13741 (2003), BS 4485-part2 (1988), CTI ATC 105 (2000)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10635-2008-wet-cooling-towers-technical-specifications-and-test-methods-energy</t>
   </si>
   <si>
     <t>ISIRI 10636 Specification for Energy Consumption and Energy labeling of Fan coils and Ducted fan coils</t>
   </si>
   <si>
+    <t>Ducted and non-ducted fan coil room air conditioners</t>
+  </si>
+  <si>
     <t>ANSI/ASHRAE STANDARD 79-2002, ARI 440-1998</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10636-specification-energy-consumption-and-energy-labeling-fan-coils-and-ducted-fan</t>
   </si>
   <si>
     <t>ISIRI 10637:2007,Refrigerated Display Cabinet-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Refrigerated Display Cabinet. Does not include vending machines</t>
+  </si>
+  <si>
     <t>ISIRI 9187-2:2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-106372007refrigerated-display-cabinet-technical-specifications-and-test-methods</t>
   </si>
   <si>
     <t>ISIRI 10638 -Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Single package non ducted single and multi split Product sub-type is yet to be determined.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10638-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 10639: 2007,1st edition -Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Residential hermetic compressor -one level, positive displacement compressor. Does not include high pressure hermetic compressor</t>
+  </si>
+  <si>
     <t>Refrigerant Compressors</t>
   </si>
   <si>
     <t>ISIRI NS 4335</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10639-20071st-edition-technical-specifications-and-test-method-energy-consumption</t>
   </si>
   <si>
     <t>ISIRI 10641 Office Equipment-Technical Specifications for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Includes desktop and personal computers, monitors, copy machines, multi devise machines, fax-printer-scanner; Fax, scanner, printer. Does not include server computers.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>IEC 311 (1988)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10641-office-equipment-technical-specifications-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 10672, Amendment No.1-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Electric Household Vaccum cleaner</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>NS 5635 (2001)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10672-amendment-no1-technical-specifications-and-test-methods-energy-consumption-and</t>
   </si>
   <si>
     <t>ISIRI 10759:2005, 1st Edition- technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Covers electric fluorescent ballast and tube fluorescent lamps 20-40 W, frequency 50hz, and 220-240 volts</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>34C/682/INF: 2005, 34C/693/NP: 2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-107592005-1st-edition-technical-specifications-and-test-method-energy-consumption</t>
   </si>
   <si>
     <t>ISIRI 11574 Central Station Air Handling Units-Specification and Test Methids for Energy Consumption</t>
   </si>
   <si>
+    <t>This policy covers air units with capacity of 3570m3/h to 34000m3/h.</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>ARI 430-1999, ANSI/AMCA210/ASHRAE 51-2007, ARI 410-2001, ARI 410-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-11574-central-station-air-handling-units-specification-and-test-methids-energy</t>
   </si>
   <si>
     <t>ISIRI 1219-2:2002- Test Method for Energy Consumption and Energy Labeling Instruction</t>
   </si>
   <si>
+    <t>Storage water heater</t>
+  </si>
+  <si>
     <t>Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-1219-22002-test-method-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 1220-2- Test Methods for Energy Consumption and Energy Labelling Instructions</t>
   </si>
   <si>
+    <t>Gas fired space heaters with chimney with maximum consumption less than 150 MegaJolt per hr</t>
+  </si>
+  <si>
     <t>AS 4553,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-1220-2-test-methods-energy-consumption-and-energy-labelling-instructions</t>
   </si>
   <si>
     <t>ISIRI 12885, 1st Edition- technical specification and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Gas fired forced convection air heaters for space heating not exceeding a net heat input of 300 kW</t>
+  </si>
+  <si>
     <t>BS EN 1020 1998, AS 4553&amp; AG 103 2000:</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-12885-1st-edition-technical-specification-and-test-method-energy-consumption-and</t>
   </si>
   <si>
     <t>ISIRI 13368 Energy Consumption Criteria for Oil Distribution Transformers</t>
   </si>
   <si>
+    <t>Three Phases oil transformers, less than 36kVA and 25kVA up to 2500kVA ,50Hz</t>
+  </si>
+  <si>
     <t>IEC 60071-1, 2011, IEC 60071-2, 2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-13368-energy-consumption-criteria-oil-distribution-transformers</t>
   </si>
   <si>
     <t>ISIRI 13782, Amendment No.1 , Boilers - Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>BoilersTechnical Specifications and Test Method for Energy Consumption and Energy Labeling Instruction</t>
+  </si>
+  <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>ISIRI 4231 ,ASME PTC4</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-13782-amendment-no1-boilers-technical-specifications-and-test-method-energy</t>
   </si>
   <si>
     <t>ISIRI 14628-Determination of Criteria for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Covers air units with capacity of 3570m3 per h to 34000m3 per h</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>ISIRI 10335</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-14628-determination-criteria-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 14629:2011-determination of critera for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>centeral heating boilers  of nominal heat input not exceeeding 70 kw -nominal heat input not exceeding 70kW</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-146292011-determination-critera-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 1563-2:2009, 1st Revision, Specification for energy consumption and energy labeling of electrical household water heaters</t>
   </si>
   <si>
+    <t>Standard includes electrical household water heaters. Does not include solar or coal water heaters. Does not include residential electric water heaters with capacity less than 50L and more than 120L.</t>
+  </si>
+  <si>
     <t>IEC 379: 1987</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-1563-22009-1st-revision-specification-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
     <t>ISIRI 16163:2013-determination of criteria for energy consumption and labeling instruction</t>
   </si>
   <si>
+    <t>Residential electric dishwasher</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-161632013-determination-criteria-energy-consumption-and-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 1828-2-Test Methods for Energy Consumption and Energy Labelling Instructions</t>
   </si>
   <si>
+    <t>Instantaneous gas water heaters with maximum consumtion less than 250MegaJolt per Hr</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>AG 102: 2000, EN 26: 2000, ISIRI 1828-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-1828-2-test-methods-energy-consumption-and-energy-labelling-instructions</t>
   </si>
   <si>
     <t>ISIRI 3477-2, 1st Edition, Specification for energy consumption and energy labeling of electrical household washing machines</t>
   </si>
   <si>
+    <t>Fully automatic residential clothes washer</t>
+  </si>
+  <si>
     <t>95/12/EC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-3477-2-1st-edition-specification-energy-consumption-and-energy-labeling-electrical</t>
   </si>
   <si>
     <t>ISIRI 3678-2: 2002, 1st Edition- Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>This policy applies to liquid chilling packages with water-cooled condenser and evaporator.</t>
+  </si>
+  <si>
     <t>NS 3678: 1995</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-3678-2-2002-1st-edition-method-measuring-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
     <t>ISIRI 4910-2, 1st Revision- Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Evaporative air coolers -Direct and indirect types</t>
+  </si>
+  <si>
     <t>Evaporative Coolers</t>
   </si>
   <si>
     <t>AS 2913-1987 ,IS3315-1974</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-4910-2-1st-revision-method-measuring-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
     <t>ISIRI 5916 Self Ballasted Lamps for General Lighting Services-performance requirements</t>
   </si>
   <si>
+    <t>Covers multi sector self ballasted lamps (60W and 100-250V)</t>
+  </si>
+  <si>
     <t>IEC 60968 and IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-5916-self-ballasted-lamps-general-lighting-services-performance-requirements</t>
   </si>
   <si>
     <t>ISIRI 6016-2</t>
   </si>
   <si>
+    <t>Split-system non-ducted air conditioners and heat pumps - method for measuring of energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
     <t>ISIRI 6016, ISIRI 6016-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-6016-2</t>
   </si>
   <si>
     <t>ISIRI 7268-2,Flueless gas room heaters - Technical specification and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Gas fired space heaters without chimney with maximum consumption 30MegaJolt/Hr.</t>
+  </si>
+  <si>
     <t>AS 4553, ISIRI 7268-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7268-2flueless-gas-room-heaters-technical-specification-and-test-method-energy</t>
   </si>
   <si>
     <t>ISIRI 7342-2, Specification for energy consumption and energy labeling of electric houshold room heaters</t>
   </si>
   <si>
+    <t>Residential electric space heater</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7342-2-specification-energy-consumption-and-energy-labeling-electric-houshold-room</t>
   </si>
   <si>
     <t>ISIRI 7817-2, 1st Edition, Centrifugal, mixed flow and axial pumps - Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Centrifugal, mixed flow and axial pumps</t>
+  </si>
+  <si>
     <t>ISO-2548 (Class C)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7817-2-1st-edition-centrifugal-mixed-flow-and-axial-pumps-method-measuring-energy</t>
   </si>
   <si>
     <t>ISIRI 7872:2009, 1st Rev, Household electric iron energy consumption requirements and energy labeling guideline</t>
   </si>
   <si>
+    <t>Covers residential steam and non-steam irons. Does not include residential press irons</t>
+  </si>
+  <si>
     <t>Irons</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-78722009-1st-rev-household-electric-iron-energy-consumption-requirements-and-energy</t>
   </si>
   <si>
     <t>ISIRI 7874, 1st Edition, Specification for energy consumption and energy labeling of single phase electrical motors</t>
   </si>
   <si>
+    <t>Small 1-phase General Purpose</t>
+  </si>
+  <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>ISIRI 3772-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7874-1st-edition-specification-energy-consumption-and-energy-labeling-single-phase</t>
   </si>
   <si>
     <t>ISIRI 7875-1st edition- Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Includes electric kettles with capacity of minimum 4L and maximum 30L with 250 Va.c.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7875-1st-edition-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 7966, 1st Edition, Specification for energy consumption and energy labeling of three phase electrical motors</t>
   </si>
   <si>
+    <t>This policy covers all motors with 3 phase general purpose</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7966-1st-edition-specification-energy-consumption-and-energy-labeling-three-phase</t>
   </si>
   <si>
     <t>ISIRI NS 7341, 1st edition- Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Electric lamps - Tubular, double capped</t>
+  </si>
+  <si>
     <t>NS687 (Double Capped), NS 2702 (High Pressure Mercury Vapor), NS 5191 (HPSI), NS 5211 (Single Capped), 98/11/EC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-ns-7341-1st-edition-technical-specifications-and-test-method-energy-consumption-and</t>
   </si>
   <si>
     <t>JS 2091:2013 Technical Regulation on eco-design - Requirements for non-directional household lamps</t>
   </si>
   <si>
+    <t>This policy establishes eco-design requirements for the placing on the market of non-directional household lamps, including when they are marketed for non-household use or when they are integrated into other products. It also establishes product information requirements for special purpose lamps.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2092</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20912013-technical-regulation-eco-design-requirements-non-directional-household-lamps</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5461</t>
+  </si>
+  <si>
     <t>JS 2092:2013 Energy efficiency labeling of household electric lamps</t>
   </si>
   <si>
+    <t>This policy covers household electric lamps supplied directly from the mains (filament and integral compact fluorescent lamps), and to household fluorescent lamps (including linear, and non-integral compact fluorescent lamps), even when marketed for non-household use.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20922013-energy-efficiency-labeling-household-electric-lamps</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5453</t>
+  </si>
+  <si>
     <t>JS 2093:2013 Technical regulation on eco-design requirements for fluorescent lamps without integrated ballast; for high intensity discharge lamps; and for ballasts and luminaires able to operate such lamps</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of fluorescent lamps without integrated ballast, of high intensity discharge lamps, and of ballasts and luminaires able to operate such lamps as defined in Article 3, even when they are integrated into other energy related products.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Drivers/ Controls</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20932013-technical-regulation-eco-design-requirements-fluorescent-lamps-without</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5462</t>
+  </si>
+  <si>
     <t>JS 2094:2013 Technical Regulation on eco-design requirements for electric motors</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market and for putting into service of motors, including where integrated in other products.</t>
+  </si>
+  <si>
     <t>JS 2094</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20942013-technical-regulation-eco-design-requirements-electric-motors</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5463</t>
+  </si>
+  <si>
     <t>JS 2095:2013 Technical regulation on eco-design requirements for Glandless standalone circulators and glandless circulators integrated in products</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of glandless standalone circulators and glandless circulators integrated in products.</t>
+  </si>
+  <si>
     <t>Building Circulator Pumps</t>
   </si>
   <si>
     <t>JS 2095</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20952013-technical-regulation-eco-design-requirements-glandless-standalone-circulators</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5464</t>
+  </si>
+  <si>
     <t>JS 2097:2013 Energy labeling of household combined washer-driers</t>
   </si>
   <si>
+    <t>This policy covers electric mains operated household combined washer-driers. Appliances that can also use other energy sources are excluded.</t>
+  </si>
+  <si>
     <t>Washer and Dryers</t>
   </si>
   <si>
     <t>Electricity, Water</t>
   </si>
   <si>
     <t>JS 2096</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20972013-energy-labeling-household-combined-washer-driers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5458</t>
+  </si>
+  <si>
     <t>JS 2098:2013 Energy labeling of household electric ovens</t>
   </si>
   <si>
+    <t>This policy covers electric mains operated household electric ovens including ovens being part of larger appliances.</t>
+  </si>
+  <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>JS 2098</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20982013-energy-labeling-household-electric-ovens</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5454</t>
+  </si>
+  <si>
     <t>JS 2099:2013 Technical Regulation on eco-design requirements for household dishwashers</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries, including those sold for non-household use and built-in household dishwashers.</t>
+  </si>
+  <si>
     <t>JS 2099</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20992013-technical-regulation-eco-design-requirements-household-dishwashers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5465</t>
+  </si>
+  <si>
     <t>JS 2100:2013 Energy labeling of household dishwashers</t>
   </si>
   <si>
+    <t>This policy covers electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.</t>
+  </si>
+  <si>
     <t>JS 2100</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21002013-energy-labeling-household-dishwashers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5452</t>
+  </si>
+  <si>
     <t>JS 2101:2013 Energy labeling for household refrigerating appliances</t>
   </si>
   <si>
+    <t>This policy covers the labeling of and provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1,500 litres.</t>
+  </si>
+  <si>
     <t>JS 1749</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21012013-energy-labeling-household-refrigerating-appliances</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5455</t>
+  </si>
+  <si>
     <t>JS 2102:2013 Technical Regulation on eco-design requirements for household refrigerating appliances</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1500 litres.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21022013-technical-regulation-eco-design-requirements-household-refrigerating</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5466</t>
+  </si>
+  <si>
     <t>JS 2105:2013 Energy labeling of televisions</t>
   </si>
   <si>
+    <t>This policy covers labelling and the provision of supplementary product information for televisions.</t>
+  </si>
+  <si>
     <t>Televisions, Displays</t>
   </si>
   <si>
     <t>JS 2105</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21052013-energy-labeling-televisions</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5456</t>
+  </si>
+  <si>
     <t>JS 2106:2013 Technical Regulation on eco-design requirements for televisions</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of televisions.</t>
+  </si>
+  <si>
     <t>JS 2106</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21062013-technical-regulation-eco-design-requirements-televisions</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5468</t>
+  </si>
+  <si>
     <t>JS 2107:2013 Technical Regulation on eco-design requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input of 125W.</t>
+  </si>
+  <si>
     <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>JS 2107</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21072013-technical-regulation-eco-design-requirements-air-conditioners-and-comfort-fans</t>
   </si>
   <si>
     <t>JS 2108:2013 Energy efficiency labeling of air conditioners</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of 12 kW for cooling or heating if the product has no cooling function. This policy does not apply to: a) appliances that use non-electric energy sources; b) air conditioners of which the condensor- or evaporator-side do not use air for heat transfer medium.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21082013-energy-efficiency-labeling-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5451</t>
+  </si>
+  <si>
     <t>JS 2110:2013 Technical Regulation on eco-design requirements for simple set-top boxes</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for simple set-top boxes.</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>JS 2110</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21102013-technical-regulation-eco-design-requirements-simple-set-top-boxes</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5470</t>
+  </si>
+  <si>
     <t>JS 2111:2013 Technical Regulation on eco-design requirements for no-load condition electric power consumption and average active efficiency of external power supplies</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21112013-technical-regulation-eco-design-requirements-no-load-condition-electric-power</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5471</t>
+  </si>
+  <si>
     <t>JS 2112:2013 Technical Regulation on eco-design requirements for fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market or putting into service of fans, including those integrated in other energy-related products as covered by the Framework Technical Regulation.</t>
+  </si>
+  <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>JS 2112</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21122013-technical-regulation-eco-design-requirements-fans</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5472</t>
+  </si>
+  <si>
     <t>JS 50564:2012 Electrical and electronic household and office equipment - Measurement of low power consumption</t>
   </si>
   <si>
+    <t>This policy specifies methods of measurement of electrical power consumption and the reporting of the results for a range of electrical and electronic household and office equipment, hereafter referred to as products.</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>JS 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-505642012-electrical-and-electronic-household-and-office-equipment-measurement-low</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5279</t>
+  </si>
+  <si>
     <t>JS 60456:2012 Clothes washing machines for household use - Methods for measuring the performance (EN 60456:2001 + AC:2011)</t>
   </si>
   <si>
+    <t>This policy specifies methods for measuring the performance of clothes washing machines for household use, with or without heating devices utilising cold and/or hot water supply. It also deals with appliances for water extraction by centrifugal force (spin extractors) and is applicable to appliances for both washing and drying textiles (washer-dryers).</t>
+  </si>
+  <si>
     <t>JS 2103</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-604562012-clothes-washing-machines-household-use-methods-measuring-performance-en</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5305</t>
+  </si>
+  <si>
     <t>JS 61121:2012 Tumble dryers for household use - Methods for measuring the performance</t>
   </si>
   <si>
+    <t>This policy covers household electric tumble dryers of the automatic and non-automatic type, with or without a cold water supply and incorporating a heating device.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-611212012-tumble-dryers-household-use-methods-measuring-performance</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5293</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for refrigerators</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-refrigerators-5</t>
   </si>
   <si>
+    <t>https://blog.complianceandrisks.com/news-resources/oman-to-draft-mandatory-energy-efficiency-specifications-for-four-electrical-appliances</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for refrigerators, refrigerator-freezers and freezers</t>
   </si>
   <si>
+    <t>The standard specifies the energy performance, capacity and labelling of household refrigerators, refrigerator-freezers and freezers. The requirements in this Standard are not applicable to electrically operated refrigerators employing an absorption refrigeration system and for commercial refrigerators, refrigerators-freezers and freezers.</t>
+  </si>
+  <si>
     <t>Qatar</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>General Electricity &amp; Water Corporation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-refrigerators-refrigerator-freezers-and-freezers</t>
   </si>
   <si>
+    <t>https://docs.wto.org/dol2fe/Pages/FE_Search/FE_S_S009-DP.aspx?language=E&amp;HasEnglishRecord=True&amp;HasFrenchRecord=True&amp;HasSpanishRecord=False&amp;CatalogueIdList=234359,234362,227938,228303,231379,234295,234377,234291,234289,234290&amp;CurrentCatalogueIdIndex=9&amp;FullT</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-refrigerators-refrigerator-freezers-and-freezers-0</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for split unit air conditioners</t>
   </si>
   <si>
+    <t>Under new regulations, the energy efficiency ratio (EER) of split unit air-conditioners will be increased from existing 9.5 EER to 10.5 EER.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-split-unit-air-conditioners</t>
   </si>
   <si>
+    <t>https://thepeninsulaqatar.com/article/08/06/2019/New-regulations-to-make-electric-appliances-more-energy-efficient</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for storage water heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-storage-water-heaters</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for washing machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-washing-machines-0</t>
   </si>
   <si>
-    <t>MEPS for indoor LED lamps</t>
-[...13 lines deleted...]
-  <si>
     <t>MEPS schemes for non-directional lamps</t>
   </si>
   <si>
+    <t>This regulation is based on the European Union Commission regulation 244/2009 to phase out incandescent lamps.</t>
+  </si>
+  <si>
     <t>Bahrain</t>
   </si>
   <si>
     <t>Ministry of Industry and Commerce</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-schemes-non-directional-lamps</t>
   </si>
   <si>
+    <t>http://www.seu.gov.bh/wp-content/uploads/2018/04/02_NEEAP_full-report.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard (MEPS) and Energy Star Rating for Television Receivers</t>
+  </si>
+  <si>
+    <t>This standard establishes MEPS and labeling requirements for televisions in Pakistan. This standard shall apply to the following types and sizes of TVs covering display sizes from 24 inches to 42 inches commonly used in Pakistan, with a supply voltage of 230 V 50 Hz or range 220-240 V, 50 Hz. LCD TVs (Liquid Crystal Display TVs), Plasma TVs, and LED TVs (Light Emitting Diodes TVs). Minimum Values of annual power consumption shall not be less than Star-1. The performance of the TVs applicable to this standard shall meet the requirements as specified in the standards IEC 60107, IEC 62087, and IEC 62301.</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>IEC 5422/2018
 ,   
                     IEC 60107-1
 ,   
                     IEC 60107-2
 ,   
                     IEC 60107-3
 ,   
                     IEC 62301
 ,   
                     IEC 62087
 ,   
                     JIS C 6101-1
 ,   
                     JIS C 6101-2
 ,   
                     JIS C 6101-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-meps-and-energy-star-rating-television-receivers</t>
   </si>
   <si>
+    <t>https://psqca.com.pk/cs/newitems2021/electronics/27-PS%205422-2018.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Fan</t>
   </si>
   <si>
+    <t>This policy includes MEPS and labeling requirements for portable fans with blade diameter from 150 mm/6 inches to 240 mm/24 inches, excluding exhaust fans, ceiling fans, and ventilation fans (HS code: 8414.51.00).</t>
+  </si>
+  <si>
     <t>Portable Fans</t>
   </si>
   <si>
     <t>SNI lEC 60879:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124237_114KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_KIPAS_ANGIN.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Refrigerator</t>
+  </si>
+  <si>
+    <t>This document specifies MEPS and labeling requirements cover refrigerators with capacity up to 300 L and voltage up to 250 V (HS code: 8418.10.11, 8418.10.19, 8418.21.10, 8418.21.90, 8418.29.00).</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>SNI 8557-1:2018 IEC 62552-1:2015
 ,   
                     SNI IEC 62552-2:2016
 ,   
                     SNI 8557-3:2018 IEC 62552-3:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-0</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124138_113KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_LEMARI_PENDINGIN.PDF</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Rice Cooker</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and labeling requirements for cover rice cookers with rice cooking capacity not exceeding 3 L and voltage up to 250 V, excluding pressure cookers (HS code: 8516.60.10).</t>
   </si>
   <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>SNI IEC 60335-1
 ,   
                     SNI IEC 60335-2-15</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-1</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124347_115KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_PENANAK_NASI.PDF</t>
+  </si>
+  <si>
     <t>Minister of Energy and Mineral Resources Decision No. 103.K/EK.07/DJE/2021 on Minimum Energy Performance Standards and Energy Savings Label for Energy Consuming Appliance Air Conditioners</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and energy labelling requirements for single split wall-mounted ACs with maximum cooling capacity of 27,000 BTU/hour for inverter and non-inver type under the HS Code 8415.10.10</t>
+  </si>
+  <si>
     <t>Air Conditioning, Room ACs - Stationary ACs</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>SNI ISO 5151:2015, SNI 8560-1:2018 ISO 16358-1:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-decision-no-103kek07dje2021-minimum-energy</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924123008_103KEK07DJE2021_STANDAR_KINERJA_MINIMUM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_PEMANFAATAN_ENERGI_PENGONDISI_UDARA.pdf</t>
+  </si>
+  <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
+    <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
+  </si>
+  <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-regulation-no-14-2021-application-minimum-energy</t>
   </si>
   <si>
+    <t>https://jdih.esdm.go.id/storage/document/Permen%20ESDM%20No.%2014%20Tahun%202021.pdf</t>
+  </si>
+  <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 57 of 2017 on MEPS and energy labels for air conditioners</t>
   </si>
   <si>
+    <t>The MEPS and labeling requirements cover single-split, wall-mounted, inverter or non-inverter air conditioners with cooling capacity up to 27,000 BTU/hour (HS code: 8415.10.10).</t>
+  </si>
+  <si>
     <t>SNI ISO/IEC 17067:2013, SNI 19-6713-2002, SNI 04-6958-2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-regulation-no-57-2017-meps-and-energy-labels-air</t>
   </si>
   <si>
+    <t>https://jdih.esdm.go.id/index.php/web/result/1725/detail</t>
+  </si>
+  <si>
     <t>Minister of Energy and Mineral Resources Regulation No.18 of 2014 on Energy labels for energy saving lights</t>
   </si>
   <si>
+    <t>The MEPS and labeling requirements covers self-ballasted lamps (CFL).</t>
+  </si>
+  <si>
     <t>SNI IEC 60969:2009, SNI 04-6958-2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-regulation-no18-2014-energy-labels-energy-saving</t>
   </si>
   <si>
+    <t>https://jdih.esdm.go.id/peraturan/Permen%20ESDM%2018%20Tahun%202014.pdf</t>
+  </si>
+  <si>
     <t>National Energy Efficiency and Conservation Policy 2023</t>
   </si>
   <si>
+    <t>This policy identifies national energy-saving priorities in the following sectors: industry, building, transport, and power. The policy identifies opportunities for mandatory MEPS and labeling schemes.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Space Heating and Space Cooling, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/national-energy-efficiency-and-conservation-policy-2023</t>
   </si>
   <si>
+    <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
+  </si>
+  <si>
     <t>Pakistan MEPS and labeling for CFLs</t>
   </si>
   <si>
+    <t>This standard shall apply to self-ballasted compact fluorescent lamps -CFLs; generally known as Energy Savers of all commonly used shapes|sizes: U-shaped &amp; Spiral shaped, Edison screw holder or bayonet|pin type adopter; in Pakistan, with nominal power rating from 3Watt to 60 Watt at rated supply voltage of 230 V, 50 Hz or voltage range 220 240 V, 50 Hz as marked on the lamp. The standard does not apply to self-ballasted fluorescent lamps used with covers.</t>
+  </si>
+  <si>
     <t>PS-IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pakistan-meps-and-labeling-cfls</t>
   </si>
   <si>
+    <t>https://drive.google.com/file/d/0B_Ht8Q1cIEovQW5CZlF0VTRRZHM/view</t>
+  </si>
+  <si>
     <t>Pakistan Standard: Household Microwave Oven - Methods for Measuring Performance</t>
   </si>
   <si>
+    <t>This standard applies to microwave ovens for household use and combination microwave ovens. Microwave ovens are defined as appliances using electromagnetic energy in the ISM frequency band of 2,450 MHz for heating food and beverages in the cavity. Combination microwave ovens are microwave ovens in which the microwave energy is combined with thermal energy.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>IEC 60705:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pakistan-standard-household-microwave-oven-methods-measuring-performance</t>
   </si>
   <si>
+    <t>https://psqca.com.pk/cs/newitems2021/electrotechnical/56-PS%205254%20based%20on%2060705.pdf</t>
+  </si>
+  <si>
     <t>Regulation on Energy Labelling and Minimum Energy Performance Requirements for Air-Conditioners</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the placing on Bahraini market the energy labelling requirements and Minimum Energy Performance Standard (MEPS) requirements for single-package and split-system non ducted air conditioners using air and water-cooled condensers and ducted air-conditioners using air-to air heat pumps for residential, commercial and industrial sector as applicable in accordance with Bahraini Standards.</t>
+  </si>
+  <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>GSO ISO 5151</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-labelling-and-minimum-energy-performance-requirements-air-conditioners</t>
   </si>
   <si>
+    <t>https://ec.europa.eu/growth/tools-databases/tbt/en/search/?tbtaction=search.detail&amp;Country_ID=BHR&amp;num=397&amp;dspLang=en&amp;basdatedeb=&amp;basdatefin=&amp;baspays=BHR&amp;basnotifnum=&amp;basnotifnum2=&amp;bastypepays=ANY&amp;baskeywords=</t>
+  </si>
+  <si>
     <t>SASO 2663:2018 MEPS and labeling schemes for small air conditioners</t>
   </si>
   <si>
+    <t>This standard applies to single-package window type, single split-system non-ducted air conditioners using air-cooled condensers, single split-system ducted airconditioners using air-cooled condensers, and heat pumps using aircooled condensers or using electric resistance for residential, commercial and industrial sector as applicable.</t>
+  </si>
+  <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
     <t>SASO 2681 / 2013 (based on ISO 5151) SASO 2682/2013 SASO 2763/2008</t>
   </si>
   <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-26632018-meps-and-labeling-schemes-small-air-conditioners</t>
   </si>
   <si>
+    <t>https://saso.gov.sa/ar/mediacenter/events/Pages/default.aspx</t>
+  </si>
+  <si>
     <t>SASO 2870:2018 MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
+    <t>This standard applies to: 
+Incandescent lamps
+Halogen lamps
+Compact flourescent lamps with integrated ballast (CFLi)
+Light-emitting diode (LED) lamps (Incandescent retrofit types)
+Light-emitting diode (LED) lamps (Halogen retrofit types)</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28702018-meps-and-labeling-schemes-lighting-products</t>
   </si>
   <si>
+    <t>https://www.ul.com/news/saudi-arabia-market-access-new-requirements-lighting-products-saso-iecee-and-saso-ee</t>
+  </si>
+  <si>
     <t>SASO 2874:2016 MEPS for large air conditioners</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and testing requirements for electrically operated air conditioners, condensing units, chillers, absorption chillers, electrically operated variable refrigerant flow (VRF) air conditioners, close control air conditioners and condensing units serving computer rooms.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28742016-meps-large-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.intertek.com.cn/Uploadfile/File/SASO-2874_2016.pdf</t>
+  </si>
+  <si>
     <t>SASO 2883:2017 MEPS and labeling schemes for clothes dryers</t>
   </si>
   <si>
+    <t>This standard applies to clothes dryers with capacities up to 25 kg (condenser and airvented). Household spin extractors are excluded from this standard</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28832017-meps-and-labeling-schemes-clothes-dryers</t>
   </si>
   <si>
     <t>SASO 2884:2017 MEPS and labeling schemes for water heaters</t>
   </si>
   <si>
+    <t>This standard applies to:</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Electricity, Gas, Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28842017-meps-and-labeling-schemes-water-heaters</t>
   </si>
   <si>
     <t>SASO 2885:2018 MEPS and labeling schemes for washing machines</t>
   </si>
   <si>
+    <t>This standards applies to:</t>
+  </si>
+  <si>
     <t>Washer and Dryers, Washing Machines</t>
   </si>
   <si>
     <t>SASO 2693/2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28852018-meps-and-labeling-schemes-washing-machines</t>
   </si>
   <si>
     <t>SASO 2892:2018 MEPS and labeling schemes for refrigerating appliances</t>
   </si>
   <si>
     <t>SASO-IEC-60335-2-24</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28922018-meps-and-labeling-schemes-refrigerating-appliances</t>
   </si>
   <si>
     <t>SASO 2902:2018 MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
+    <t>This standard applies to:
+Incandescent lamps with a luminous flux above or equal 12,000 lumens
+Halogen lamps with a luminous flux above or equal 12.000 lumens
+Compact fluorescent lamps with integrated ballast (CLFi) with a luminous flux above or equal 12,000 Lumens
+Compact fluorescent lamps without integrated ballast (CFLni)
+Fluorescent Lamps (all types)
+High-Intensity Discharge Lamps</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-29022018-meps-and-labeling-schemes-lighting-products</t>
   </si>
   <si>
     <t>SASO IEC 60034-30:2013</t>
   </si>
   <si>
+    <t>This part of IEC 60034 specifies efficiency classes for single-speed; three-phase; 50 Hz and 60 Hz cage-induction motors</t>
+  </si>
+  <si>
     <t>SASO IEC 60034-2-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-iec-60034-302013</t>
   </si>
   <si>
+    <t>http://www.saso.gov.sa/en/mediacenter/events/Pages/saso_events_127.aspx</t>
+  </si>
+  <si>
     <t>Schedule 12 - Washing Machines</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for all types of washing machines covered under the scope of IEC 60456 and IS 302-2-7 meant for household and similar use, being manufactured, imported and sold in India. The label is voluntary until December 31, 2020, and is expected to become mandatory in 2021.</t>
+  </si>
+  <si>
     <t>IEC 60456:2010, IS 302-7-7:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-12-washing-machines</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule12-WM.pdf</t>
+  </si>
+  <si>
     <t>Schedule 13 - Diesel Engine Driven Monoset Pumps for Agricultural purposes</t>
   </si>
   <si>
+    <t>This schedule specifies the minimum fuel consumption and labeling instructions for  Diesel Engine Driven Monoset Pumps for Agricultural purposes being manufactured, imported, or sold in India. The scope covers Diesel Engine Driven Monoset Pumps for clear, cold, fresh water for agricultural purposes within the range of 2 HP to 10 HP for which the Schedule is applicable.</t>
+  </si>
+  <si>
     <t>Agricultural Pumps</t>
   </si>
   <si>
     <t>Oil</t>
   </si>
   <si>
     <t>IS 11501:1986, IS 11170:1985 , IS 11346:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-13-diesel-engine-driven-monoset-pumps-agricultural-purposes</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule%2013-Diesel%20Engine%20Driven%20MonosetPumps%20for%20Agricultural%20Purposes.pdf</t>
+  </si>
+  <si>
     <t>Schedule 14 - Laptop/Notebook Computers</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and energy labeling instructions for desktops, integrated desktops and notebook/ laptop computers, manufactured, imported, or sold in India for household/office and similar use. This Standard has been prepared on the basis of Energy Star specification for computers developed by US Environment Protection Agency. In the absence of BIS standard for laptops and notebooks this standard follows the version 6.11 - Energy Star program requirements Product specification for computers.</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>version 6.1 - Energy Star program requirements Product specification for computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-14-laptopnotebook-computers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/shcedule14com.pdf</t>
+  </si>
+  <si>
     <t>Schedule 15 - Ballasts</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for ballasts covering electromagnetic ballasts and electronic ballasts for single and double capped tubular fluorescent lamps (TFL).</t>
+  </si>
+  <si>
     <t>IS 1534 (Part 1):1977, IS 13021 (Part 1 &amp; 2):1991</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-15-ballasts</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule-15ballast.pdf</t>
+  </si>
+  <si>
     <t>Schedule 16 - Office Equipments (printers, scanners, copiers, fax machines and multi function devices)</t>
   </si>
   <si>
+    <t>The schedule specifies the MEPS and labeling instructions for office equipment copiers, printers, fax machines, scanners and multi-function devices for office automation and similar use. This schedule is for only single phase office equipment (printers, scanners, copiers, fax machines and multi-function devices) which operate at the standard voltage and frequency range specified by the relevant Indian Standards and the Indian Electricity Rules 1956.</t>
+  </si>
+  <si>
     <t>IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-16-office-equipments-printers-scanners-copiers-fax-machines-and-multi-function</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule%20-%2016Office%20Equipments.pdf</t>
+  </si>
+  <si>
     <t>Schedule 17 - Solid state inverters</t>
   </si>
   <si>
+    <t>This schedule specifies the minimum DC to AC efficiency and labeling instructions for Solid State Inverters run from Storage Batteries of 12 Volts Direct Current source being manufactured, imported or sold in India. The output rating of the Solid State Inverters run from Storage Batteries, covered under this schedule shall be between 250 VA to 2000 VA for continuous output. Note: Inclusion of Solid State Inverters run from Storage Batteries of 24 Volts Direct Current source is under consideration.</t>
+  </si>
+  <si>
     <t>Solar Inverters</t>
   </si>
   <si>
     <t>IS 13314:1992</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-17-solid-state-inverters</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Inverter%20Schedule.pdf</t>
+  </si>
+  <si>
     <t>Schedule 18 - Diesel Generator Sets</t>
   </si>
   <si>
+    <t>This schedule specifies the star labeling requirements for various classifications for the application, rating and performance of single/three phase Diesel Generating sets consisting of a Reciprocating Internal Combustion (RIC) engine driven by diesel as fuel, Alternating Current (a.c.) generator, any associated control gear, switchgear and auxiliary equipment. It applies to A. C. generating sets driven by RIC engines for land and marine use being manufactured, imported or sold in India. It excludes generating sets used on aircraft or to propel land vehicles and Locomotives. Diesel Generating (DG) Sets up to 19 kW ratings are covered under pilot energy labeling scheme for single/three phase DG Sets.</t>
+  </si>
+  <si>
     <t>IS 10000, IS 10001, IS 13364, IS 4889:1968</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-18-diesel-generator-sets</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/DG%20Set%20schedule.pdf</t>
+  </si>
+  <si>
     <t>Schedule 21 - Chillers</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for water cooled chillers manufactured in India or imported for sale in India for central cooling and similar use.</t>
+  </si>
+  <si>
     <t>IS 16590:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-21-chillers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Chillers_schedule_21.pdf</t>
+  </si>
+  <si>
     <t>Schedule 22 - Microwave Ovens</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for microwave ovens (including combination microwave ovens) meant for household or similar use, with or without grill or convection functions, being manufactured, imported or sold in India. This schedule applies to all types of counter-top microwave oven (covered under the scope of IS 302-2-25, and IEC 60705). The label is expected to be voluntary until the end of 2020, and become mandatory in 2021.</t>
+  </si>
+  <si>
     <t>IEC 60705: Amendment 1, 2010 and Amendment 2, 2018, IEC 62301, IS 302-2-25</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-22-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Schedule22-MWO.pdf</t>
+  </si>
+  <si>
     <t>Schedule 23 - Standards and Labelling of Solar Water Heaters</t>
   </si>
   <si>
+    <t>This schedule specifies the energy labelling requirement for Solar Water Heaters (SWH) imported or sold in India for water heating and similar use. The schedule covers all types of thermosyphon based solar water heaters up to 500Liters storage capacity.</t>
+  </si>
+  <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IS 16368:2015, IS 12933 part-1:2003, IS 16544: 2015, IS 16543: 2016</t>
   </si>
   <si>
     <t>Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-23-standards-and-labelling-solar-water-heaters</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/schedule_solar_water_heater.pdf</t>
+  </si>
+  <si>
     <t>Schedule 24 - Light Commercial Air Conditioners</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for light commercial air conditioners being manufactured and sold in India. The policy applies to single or three-phase non-ducted split with fixed and variable-speeds air conditioners and heat pumps employing air-cooled condensers with a rated capacity above 10,500 Watts and up to and including 18,000 Watts.</t>
+  </si>
+  <si>
     <t>IS 1391 (Part 2): 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-24-light-commercial-air-conditioners</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule_24_LCAC.pdf</t>
+  </si>
+  <si>
     <t>Schedule 25 - Deep Freezers</t>
   </si>
   <si>
+    <t>This schedule specifies the safety and performance requirements for participating in the energy labelling program for deep freezers based on vapor compression working principle. It covers deep freezers of top access type, basically the chest freezers having a storage volume up to and including 1000 liters, with both hard top and glass top (sliding, hinged and curved) and their rated voltage not exceeding 250 V ac 50 Hz for single phase and 415 V ac 50 Hz for three phase ac, as specified under the scope of IS 7872 with all amendments.</t>
+  </si>
+  <si>
     <t>IS 7872 with all amendments, IS 302-2-24</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-25-deep-freezers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/DFR_Label.pdf</t>
+  </si>
+  <si>
     <t>Schedule 26 - Ultra-High Definition Televisions (UHD TV)</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labelling program for Ultra-High Definition (UHD) televisions of Liquid Crystal Display with LED backlighting, OLED displays, QLED displays, Micro-LED displays, that may be utilised to make and sell UHD televisions in the Indian market having native resolution of 3,840 x 2,160 pixels (4K) and 7,680 x 4,320 pixels (8K) which can be powered only by an external power supply at a voltage not exceeding 250 V ac, 50 Hz being manufactured, imported and commercially purchased or sold in India.</t>
+  </si>
+  <si>
     <t>IEC 62087-3, 2015, Edition 1.0, IS 616: 2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-26-ultra-high-definition-televisions-uhd-tv</t>
   </si>
   <si>
     <t>Schedule 27 - Positive Displacement Air Compressors</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for electrically driven positive displacement, fixed speed rotary and reciprocating, oil lubricated/oil-injected, air-cooled and water-cooled, air compressor having a full load operating gauge pressure greater than equal to 500 kPa or 5 bar[g] and motor rating between 0.37 to 500 kW with rated voltage of 230 / 415 V and frequency 50Hz AC. covered under the scope of IS 5456 and IS/ISO 1217: 2009 with all its amendments, being manufactured, imported or assembled for the purpose of commercial sale in India.</t>
+  </si>
+  <si>
     <t>Motors and Motor Driven Equipment</t>
   </si>
   <si>
     <t>IS/ISO 1217, IS 5456</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-27-positive-displacement-air-compressors</t>
   </si>
   <si>
+    <t>https://beeindia.gov.in/sites/default/files/Air_Compressor_Schedule_Final.pdf</t>
+  </si>
+  <si>
     <t>Schedule 30 Tyres</t>
   </si>
   <si>
+    <t>This schedule species requirements for participating in energy labelling programme for C1, C2 &amp; C3 tyres covered under scope of AIS:142, meant for manufactured, imported and sold in India. This schedule covers the terminology, general guidelines and method of tests to be conducted on tyres as per AIS: 142 particularly the methodology for testing of rolling resistance coefficient &amp; wet grip index. This schedule specifies the tyres star rating band which is based on Rolling Resistance Coefficients. This schedule is applicable for base model, its batch and their variant model tyres.</t>
+  </si>
+  <si>
     <t>IS 15633</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-30-tyres</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Schedule_30.pdf</t>
+  </si>
+  <si>
     <t>Schedule 36 Packaged Boiler</t>
   </si>
   <si>
+    <t>This policy specifies the requirement for participating in the voluntary star labeling program for Packaged Boilers using coal, biomass, oil and natural gas as fuel across all capacities under Indian Boiler Regulation (IBR) with or without air pre-heater, economizer, or waste heat recovery system, covered under the scope of IS 13979: 1994 as amended from time to time, being manufactured, imported or assembled for the purpose of commercial sale in India.</t>
+  </si>
+  <si>
     <t>Biomass, Coal, Gas, LPG, Oil</t>
   </si>
   <si>
     <t>IS 13979:1994</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-36-packaged-boiler-0</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Home/EquipmentSchemes?type=V</t>
+  </si>
+  <si>
     <t>Schedule 37 - Energy Efficiency Requirements for Commercial Beverage Coolers</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary minimum efficiency and labeling requirements for commercial beverage coolers being manufactured, imported, and sold in India. It applies to vertical floor or table mounted, single and multidoor type Commercial Beverage Coolers (commercially known as Visi Coolers), with an overall height between 0.5 m and 2.2 m covered under the scope of ISO 22044:2021/IS 2167:2024.</t>
   </si>
   <si>
     <t>Refrigeration</t>
   </si>
   <si>
     <t>ISO 22044:2021
 ,   
                     IS 2167:2024</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-37-energy-efficiency-requirements-commercial-beverage-coolers</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Visi_Cooler.pdf</t>
+  </si>
+  <si>
     <t>Schedule 38 - Energy Efficiency Requirements for Grid Connected Solar Inverters</t>
+  </si>
+  <si>
+    <t>This schedule specifies the requirement for participating in the energy labeling program for both single-phase and three-phase grid-connected solar inverters without storage up to and including 100 kW rated output power being manufactured, imported and sold in India. This schedule specifies the minimum overall efficiency requirement of the inverter based on static maximum power point tracking (MPPT) efficiency measurement and the steady state conversion efficiency prescribed in IS 17980:2022/ IEC 62891:2020. The schedule does not cover the dynamic MPPT efficiency. Only BIS certified solar inverters complied with IS 16221-2:2015 are eligible to take part in the BEE Standards and Labeling program.</t>
   </si>
   <si>
     <t>Renewable Energy Systems</t>
   </si>
   <si>
     <t>IS 17980:2022/ IEC 62891:2020 
 ,   
                     IS 12834:2023/ IEC 61836:2016
 ,   
                     IS 16221-2:2015/ IEC 62109-2: 2011 
 ,   
                     IS 16169:2019/IEC 62116:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-38-energy-efficiency-requirements-grid-connected-solar-inverters</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Schedule_38_Solar_Inverter.pdf</t>
+  </si>
+  <si>
     <t>Schedule 6 - Induction Motors</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for 3 phase squirrel cage induction motor in 2 Pole, 4 Pole and 6 Pole of ratings up to 375 kW for continuous duty (S1) operation, suitable for voltage and frequency variation as per IS 12615:2011</t>
+  </si>
+  <si>
     <t>IS 12615:2011, IS IEC 60034-2-1, IS 15999:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-6-induction-motors</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule6-InductionMotors.pdf</t>
+  </si>
+  <si>
     <t>Schedule 7 - Agricultural Pump Sets</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for single phase of rating up to 2.2 kW and three phase pump sets of ratings 1. kW to 75 kW covering Electric mono set pumps, submersible pump sets and open well submersible pump sets</t>
+  </si>
+  <si>
     <t>IS 9079:2002, IS 8034:2002, IS 14220:1994, IS 11346:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-7-agricultural-pump-sets</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule7-APS.pdf</t>
+  </si>
+  <si>
     <t>Schedule 9 - Domestic Liquefied Petroleum Gas Stoves</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling requirements for domestic gas stoves using LPG at 30 gf/cm2 gas inlet pressure being manufactured, imported, or sold in India</t>
+  </si>
+  <si>
     <t>IS 4246:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-9-domestic-liquefied-petroleum-gas-stoves</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Final_LPG_schedule.pdf</t>
+  </si>
+  <si>
     <t>SCHEDULE-29 Li-ion traction batteries and Systems</t>
   </si>
   <si>
+    <t>This schedule specifies energy-labelling requirement for high-energy Lithium-Ion based Battery packs and systems for electrically propelled road vehicles. The schedule covers high energy lithium-ion battery packs/modules with specific energy up to 350Wh/kg and Cycle
+life up to 4,000 cycles. For this schedule, the star rating of high-energy Battery pack/module shall be based on specific energy, life cycle and energy efficiency tested in accordance with ISO 12405-4:2018.</t>
+  </si>
+  <si>
     <t>Mobility</t>
   </si>
   <si>
     <t>ISO 12405-4: 2018.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-29-li-ion-traction-batteries-and-systems</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/SCHEDULE_29.pdf</t>
+  </si>
+  <si>
     <t>SI 4665-2 PERFORMANCE OF EXTERNAL POWER SUPPLIES: MINIMUM ENERGY PERFORMANCE STANDARD (MEPS) REQUIREMENTS</t>
   </si>
   <si>
+    <t>Power converters covered under this standard include all single-voltage EPSs with nameplate output power up to 250 watts. Notable exclusions are devices with batteries that attach directly, replacements, and medical devices.</t>
+  </si>
+  <si>
     <t>SI 4665-1</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-4665-2-performance-external-power-supplies-minimum-energy-performance-standard-meps</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=98e117b6-728e-4ade-95e3-47864f20c486</t>
+  </si>
+  <si>
     <t>SI 5484 DISTRIBUTION TRANSFORMERS - REQUIREMENTS FOR ENERGY EFFICIENCY AND LABELLING</t>
   </si>
   <si>
+    <t>It covers distribution transformers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-5484-distribution-transformers-requirements-energy-efficiency-and-labelling</t>
   </si>
   <si>
     <t>SI 5485 - Fluorescent light bulbs - requirements for efficiency</t>
   </si>
   <si>
+    <t>It covers fluorescent light bulbs</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-5485-fluorescent-light-bulbs-requirements-efficiency</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=8694f934-fc8e-46b6-8eea-5ee7b34539ae</t>
+  </si>
+  <si>
     <t>SI 60350 - Part 1: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
   </si>
   <si>
+    <t>Israeli Standard which covers household electric cooking appliances - ovens</t>
+  </si>
+  <si>
     <t>Ovens, Microwaves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60350-part-1-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
   </si>
   <si>
+    <t>https://www.sii.org.il/en/standards-search</t>
+  </si>
+  <si>
     <t>SI 60350 - Part 2: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
   </si>
   <si>
+    <t>Israeli Standard which covers household electric cooking appliances - hobs</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60350-part-2-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
   </si>
   <si>
     <t>SI 60968</t>
   </si>
   <si>
+    <t>Self-ballasted lamps for general lighting services</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60968</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=f176cda1-c392-4f0e-8c7d-e062df37c908</t>
+  </si>
+  <si>
     <t>SI 62301 Home Appliances - Power measurement in standby mode</t>
   </si>
   <si>
+    <t>Regulation for maximum consumption in stand by mode for electrical appliances for domestic and office electric appliances</t>
+  </si>
+  <si>
     <t>IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-62301-home-appliances-power-measurement-standby-mode</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=42cf5977-833f-4556-81d1-3f739af9bad8</t>
+  </si>
+  <si>
     <t>SI 69 Electric water heaters</t>
   </si>
   <si>
+    <t>This policy applies to thermostatically controlled and thermally insulated heaters.</t>
+  </si>
+  <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>Ministry of National Infrastructures, Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-69-electric-water-heaters</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=cf61e979-6101-4ea0-958f-a9e4c998a5a5</t>
+  </si>
+  <si>
     <t>SI 900 part 2.24 (APPLIANCES, ICE-CREAM APPLIANCES AND ICE-MAKERS)</t>
   </si>
   <si>
     <t>Ice Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-900-part-224-appliances-ice-cream-appliances-and-ice-makers</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/eng/standardization/teken/?tid=9b4cfa12-0ed5-41ab-8a01-af70108e1e90</t>
+  </si>
+  <si>
     <t>SI 994-1 AIR CONDITIONERS AND PERFORMANCE REQUIREMENTS (being revised) / ENERGY SOURCES REGULATIONS (ENERGY EFFICIENCY, ENERGY MARKINGS AND ENERGY RATINGS OF AIR CONDITIONERS) 5765-2004</t>
   </si>
   <si>
+    <t>Single and Multi Split. Both window type and split type AC. Window type AC is comprised of one unit, intended to be installed at a window or on a wall, or a mobile air conditioner whereby the air dispersed from it faces directly toward the air-conditioned area or heated area. Split type AC is comprised of two or more units whereby at least one unit is located outside the air-conditioned area and the air dispersion is facing directly to the air-conditioned area or heated area.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-994-1-air-conditioners-and-performance-requirements-being-revised-energy-sources</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=795df84f-e1df-4f99-8c18-13cd0216e836</t>
+  </si>
+  <si>
     <t>SRO 604(I)/2019 Import Policy on Solar Equipment</t>
   </si>
   <si>
+    <t>Solar PV panels, inverters, charge controllers, junction boxes, cables and standalone solar products including solar kits, solar water pumps, solar water heaters and solar cookers. No policy link available.</t>
+  </si>
+  <si>
     <t>Solar Inverters, Solar Stoves, Solar Water Pumps, Solar Energy Kits</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sro-604i2019-import-policy-solar-equipment</t>
   </si>
   <si>
+    <t>https://www.commerce.gov.pk/wp-content/uploads/2019/06/SRO-604.pdf</t>
+  </si>
+  <si>
     <t>Standards and Labeling of Evaporative Air Coolers</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for direct evaporative air coolers (commercially known as desert coolers) for household and similar use for capacity up to and including 6000 CMH( 1.67m3/sec) suitable for rated voltage upto and including 250V 50Hz ac covered under the scope of IS 3315: 2024 as amended from time to time, being manufactured, imported or assembled for the purpose
+of commercial sale.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, India</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>IS 3315: 2024</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency, Ministry of Power</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standards-and-labeling-evaporative-air-coolers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Home/EquipmentSchemes?type=V</t>
+  </si>
+  <si>
     <t>The Energy Sources Regulations-Maximum Electric Output for a Television Receiver, 2011</t>
   </si>
   <si>
+    <t>It covers computers</t>
+  </si>
+  <si>
     <t>SI 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-sources-regulations-maximum-electric-output-television-receiver-2011</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECTV.doc</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 28648 | Environmentally Friendly Design Requirements for Servers and Data Storage Products (2019/424/EU) (SGM:2021/15)</t>
   </si>
   <si>
+    <t>This policy applies to servers and covers online data storage products. It does not cover: servers used in embedded applications; servers with Computers and Computer Servers Communiqué on Relevant Environmentally Friendly Design Requirements (2013/617/EU) Classified as small-scale servers according to (SGM:2021/14) servers; servers with more than four processor sockets; server devices; large servers; fully fault tolerant servers; network servers; small data storage products; big data storage products. This policy is a transposition of Commission Regulation (EU) 2019/424.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Servers</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/424</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28648-environmentally-friendly-design-requirements-servers-and</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 28648 | transposition of EC 392-2012</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated and gas-fired household tumble driers and built-in household tumble driers including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.</t>
+  </si>
+  <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>EC 392-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28648-transposition-ec-392-2012</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/EV%20T%C4%B0P%C4%B0%20FIRINLARIN%20VE%20ASP%C4%B0RAT%C3%96RLER%C4%B0N%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9E.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 28648 | transposition of EC 932-2012</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers, including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.</t>
+  </si>
+  <si>
     <t>EC 932-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28648-transposition-ec-932-2012</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 28861 (Transposition of EC 626-2011)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of less than or equal to 12 kW for cooling; or heating; if the product has no cooling function.  This Regulation shall not apply to: appliances that use non-electric energy sources; or  air conditioners of which the condensor- or evaporator-side or both do not use air for heat transfer medium.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Packaged Terminals</t>
   </si>
   <si>
     <t>EC 626-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28861-transposition-ec-626-2011</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2017/02/U4E_Policy-Assessment_TUR.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 29236 | transposition of EC 65-2017</t>
   </si>
   <si>
+    <t>Domestic electric and gas ovens including when incorporated into cookers and for domestic electric range hoods including when sold for non-domestic purposes. This Regulation shall not apply to:  a. ovens that use energy sources other than electricity or gas; b. ovens which offer a microwave heating function;  c. small ovens;  d. portable ovens;  e. heat storage ovens</t>
+  </si>
+  <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
+    <t>EU 65-2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2015/01/20150114.pdf</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens including when incorporated in cookers; domestic hobs and domestic electric range hoods including when sold for non-domestic purposes. This Regulation does not apply to:  a. appliances that use energy sources other than electricity or gas;   b. appliances which offer microwave heating function;   c. small ovens;   d. portable ovens;    e. heat storage ovens;   f. ovens which are heated with steam as a primary heating function;   g. covered gas burners in hobs;   h. outdoor cooking appliances;   i. appliances designed for use only with gases of the third family propane and butane; and    j. grills.</t>
+  </si>
+  <si>
     <t>EU 66-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017-0</t>
   </si>
   <si>
-    <t>EU 65-2014</t>
-[...4 lines deleted...]
-  <si>
     <t>Turkish Official Gazette No 29236 | transposition of EC 666-2013</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation EU No 666-2013 of 8 July 2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29236-transposition-ec-666-2013</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 29564 - Amending No 29236 | transposition of EC 665-2013</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated vacuum cleaners including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation EU No 665-2013 of 3 May 2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29564-amending-no-29236-transposition-ec-665-2013</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/ELEKTR%C4%B0KL%C4%B0%20S%C3%9CP%C3%9CRGELER%C4%B0N%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9EDE%20DE%C4%9E%C4%B0%C5%9E%C4%B0KL%C4%B0K%20YAPILMASINA%20DA%C4%B0R%20TEBL%C4%B0%C4</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Comminique on Ecodesign Requirements for Household Dishwashers (2019/2022/EU) (SGM:2021/1)</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries; including those sold for non-household use.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-comminique-ecodesign-requirements-household-dishwashers</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-1.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Energy Labeling of Cooling Devices (2019/2016/EU) (SGM:2021/8)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1500 litres. This Regulation shall apply to electric mains-operated household refrigerating appliances including those sold for non-household use or for the refrigeration of items other than foodstuffs and including built-in appliances. It shall also apply to electric mains-operated household refrigerating appliances that can be battery-operated. This Regulation shall not apply to:    a. refrigerating appliances that are primarily powered by energy sources other than electricity such as liquefied petroleum gas LPG kerosene and bio-diesel fuels;   b. battery-operated refrigerating appliances that can be connected to the mains through an AC|DC converter purchased separately;    c. custom-made refrigerating appliances made on a one-off basis and not equivalent to other refrigerating appliance models;   d. refrigerating appliances for tertiary sector application where the removal of refrigerated foodstuffs is electronically sensed and that information can be automatically transmitted through a network connection to a remote control system for accounting;    e. appliances where the primary function is not the storage of foodstuffs through refrigeration such as stand-alone ice-makers or chilled drinks dispensers.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-energy-labeling-cooling-devices-20192016eu-sgm20218</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-8.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Energy Labeling of Cooling Devices with Direct Sales Function (2019/2018/EU) (SGM:2021/10)</t>
+  </si>
+  <si>
+    <t>This policy defines energy labeling requirements for refrigerating appliances with a direct sales function, including supermarket refrigerating (freezer or refrigerator) cabinets, beverage coolers, small ice-cream freezers, gelato-scooping cabinets, and refrigerated vending machines. It does not apply to Minibars and wine storage appliances with sales functions. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2018 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council about energy labelling of refrigerating appliances with a direct sales function.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Refrigerated Vending Machines</t>
   </si>
   <si>
     <t>EN 16901
 ,   
                     EN 16902
 ,   
                     EN 50597
 ,   
                     EN ISO 23953-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-energy-labeling-cooling-devices-direct-sales-function</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-10.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 |  Energy Labeling of Electronic Displays (2019/2013/EU) (SGM:2021/6)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the labeling of, and the provision of supplementary product information on electronic displays, including televisions, monitors, and digital signage displays. This policy applies to electronic displays with a screen area greater than 100 square centimeters. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2013 .</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-energy-labeling-electronic-displays-20192013eu-sgm20216</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-6.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design of Household Washing Machines with Dryers</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-household-washing-0</t>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries, including those sold for non-household use. This Regulation shall not apply to household combined washer-driers.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-household-washing</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-3.htm</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Cooling Devices (2019/2019/EU) (SGM:2021/7)</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1500 litres.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-cooling</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-7.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Cooling Devices with Direct Sales Function (2019/2024/EU) (SGM:2021/9)</t>
   </si>
   <si>
+    <t>This policy applies to the following refrigerating appliances with a direct sales function: supermarket refrigerating (freezer or refrigerator) cabinets, beverage coolers, ice-cream freezers, gelato-scooping cabinets and refrigerated vending machines.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-cooling-0</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-9.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Electronic Displays (2019/2021/EU) (SGM:2021/5)</t>
   </si>
   <si>
+    <t>This policy establishes a minimum energy performance standard for electronic displays, including televisions, monitors, and digital signage displays with a liquid crystal screen (LCD) and a screen area greater than 100 square centimeters. This policy is a transposition of Commission Regulation (EU) 2019/2021.</t>
+  </si>
+  <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-electronic</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-5.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Home Type Dishwasher Energy of Machines Notification on Labeling (2019/2017/EU) (SGM:2021/2)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.  This policy is a transposition of (EU) 2019/2017.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-home-type-dishwasher-energy-machines-notification</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-2.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Household Laundry Environmentally Friendly Design of Household Washing Machines and Dryers Communiqué on Requirements (2019/2023/EU) (SGM:2021/3)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries including those sold for non-household use and built-in household washing machines. This Regulation shall not apply to household combined washer-driers.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-household-laundry-environmentally-friendly-design</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-4.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31560 | Energy Labeling of Light Sources (2019/2015/EU) (SGM:2021/12)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the labeling of, and the provision of supplementary product information on, light sources with or without integrated control gear. The requirements also apply to light sources placed on the market in a containing product. This policy does not apply to light sources specified in points 1 and 2 of Annex IV of Commission Delegated Regulation (EU) 2019/2015. Light sources specified in point 3 of Annex IV must comply only with the requirements in point 4 of Annex V of Commission Delegated Regulation (EU) 2019/2015. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2015.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-energy-labeling-light-sources-20192015eu-sgm202112</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/08/20210806-16.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31560 | Environmentally Friendly Design Requirements for Light Sources and Separate Control Equipment (2019/2020/EU) (SGM:2021/11)</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance standards for light sources and separate control gears. It also applies to light sources and separate control gears placed on the market in a containing product. This policy does not apply to the following light sources: LED dies or LED chips; LED packages; products containing light source(s) from which these light source(s) can be removed for verification; light-emitting parts contained in a light source from which these parts cannot be removed for verification as a light source. The policy does not apply to the following control gear power supplies within the scope of Commission Regulation (EC) No 278/2009 and lighting control parts and non-lighting parts (as defined in Annex I). This policy is a transposition of Commission Regulation (EU) 2019/2020.</t>
+  </si>
+  <si>
     <t>Lamps, Tubular Lamps, Non-Directional lamps, Directional Lamps, Drivers/ Controls, Lighting Controls</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light-0</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31878 | Energy Labeling of Solid Fuel Boilers and Packages of Solid Fuel Boilers, Additional Heaters, Temperature Control Devices and Solar Energy Devices (2015/1187/EU) (SGM: 2022/31)</t>
   </si>
   <si>
+    <t>This policy defines the energy labeling of and the provision of supplementary product information on solid fuel boilers with a rated heat output of 70 kW or less and packages of a solid fuel boiler with a rated heat output of 70 kW or less, supplementary heaters, temperature controls, and solar devices. It does not apply to boilers generating heat only for hot drinking or sanitary water; boilers for heating and distributing gaseous heat transfer media such as vapor or air; solid fuel cogeneration boilers with a maximum electrical capacity of 50 kW or more; non-woody biomass boilers. This policy is a transposition of Commission Delegated Regulation (EU) 2015/1187.</t>
+  </si>
+  <si>
     <t>Electricity, Solar, Solid Fuel</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1187</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-energy-labeling-solid-fuel-boilers-and-packages-solid</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-8.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Energy Labeling of Space Heaters (2015/1186/EU) (SGM: 2022/30)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the energy labeling of, and the provision of supplementary product information on local space heaters with a nominal heat output of 50 kW or less. This policy is a transposition of Commission Delegated Regulation (EU) 2015/1186.</t>
+  </si>
+  <si>
     <t>Portable Heaters</t>
   </si>
   <si>
     <t>Biomass, Coal, Gas, LPG, Oil, Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-energy-labeling-space-heaters-20151186eu-sgm-202230</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-7.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Solid Fuel Boilers (2015/1189/EU) (SGM: 2022/33)</t>
   </si>
   <si>
+    <t>This policy applies to solid fuel boilers with a rated heat output of 500 kilowatts (‘kW’) or less, including those integrated in packages of a solid fuel boiler, supplementary heaters, temperature controls, and solar devices as defined in Article 2 of Delegated Regulation (EU) 2015/1187. This policy is a transposition of Commission Regulation (EU) 2015/1189.</t>
+  </si>
+  <si>
     <t>Solid Fuel</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2015/1189</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-solid-0</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-10.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Solid Fuel Space Heaters (2015/1185/EU) (SGM: 2022/29)</t>
   </si>
   <si>
+    <t>This policy applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. It does not apply to solid fuel local space heaters that are specified for the combustion of non-woody biomass only; solid fuel local space heaters that are specified for outdoor use only; solid fuel local space heaters of which the direct heat output is less than 6 % of the combined direct and indirect heat output at nominal heat output; solid fuel local space heaters that are not factory assembled, or are not provided as prefabricated components or parts by a single manufacturer which are to be assembled on site; air heating products; or sauna stoves. This policy is a transposition of Commission Regulation (EU) 2015/1185.</t>
+  </si>
+  <si>
     <t>Biomass, Solid Fuel</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2015/1185</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-solid-fuel</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-6.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Space Heaters (2015/1188/EU) (SGM: 2022/32)</t>
   </si>
   <si>
+    <t>This policy applies to local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or of a single segment of 120 kW or less. This policy is a transposition of Commission Regulation (EU) 2015/1188.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1188</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-space</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-9.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No. 26897</t>
   </si>
   <si>
+    <t>This Regulation provides minimum energy efficiency and labeling for new hot water boilers with nominal output power less than 4 kW and not more than 400 kW</t>
+  </si>
+  <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>Council Directive 92/42/EEC of 21 May 1992</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-26897</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/verimlilik/document/Sicaksu_Kazanlarinin_Verimlilik_Yonetmeligi.doc</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No. 29564 - Energy Labeling of Televisions</t>
   </si>
   <si>
+    <t>Television set or a television monitor</t>
+  </si>
+  <si>
     <t>EC 1062-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29564-energy-labeling-televisions</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/TELEV%C4%B0ZYONLARIN%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9EDE%20DE%C4%9E%C4%B0%C5%9E%C4%B0KL%C4%B0K%20YAPILMASINA%20DA%C4%B0R%20TEBL%C4%B0%C4%9E.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010 3: 2020 – Labeling – Energy Efficiency Label for Electrical Appliances Part 3: Household Refrigerating Appliances.</t>
   </si>
   <si>
+    <t>This regulation covers brand new household refrigerators, freezers and refrigerator-freezers with a capacity of less than 1,500 liters imported to or manufactured in the UAE. This regulation applies to electric mains-operated household refrigerating appliances, stand-alone or built-in configuration.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>UAE.S IEC 62552:2013</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-3-2020-labeling-energy-efficiency-label-electrical-appliances-part-3-household</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2020/TBT/ARE/20_4362_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-1: 2019 – Labeling – Energy efficiency label for electrical appliances Part 1: household air conditioners.</t>
   </si>
   <si>
+    <t>This standard deals with the energy efficiency labels requirements for residential single package and split-system non-ducted air conditioners.</t>
+  </si>
+  <si>
     <t>UAE.S ISO 5151:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-1-2019-labeling-energy-efficiency-label-electrical-appliances-part-1-household</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2019/TBT/ARE/19_1431_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-2:2013 – Labeling – Energy efficiency label for electrical appliances Part 2: Washing Machines and Dryers</t>
   </si>
   <si>
+    <t>This regulation deals with methods for measuring the energy and water consumption of clothes washing machines for household use, with or without heating devices and for cold and/or hot water supply. It also deals with appliances for water extraction by centrifugal force and is applicable to appliances for both washing and drying textiles (washer-dryers). This standard also applies to household electric tumble dryers, automatic and non-automatic type, with or without a cold water supply and incorporating a heating device.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washing Machines</t>
   </si>
   <si>
     <t>IEC 60456 /2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-22013-labeling-energy-efficiency-label-electrical-appliances-part-2-washing</t>
   </si>
   <si>
+    <t>http://www.puntofocal.gov.ar/notific_otros_miembros/are119_t.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-4: 2014 – Labeling – Energy Efficiency Label for Electrical Appliances Part 4: Storage Water Heaters.</t>
   </si>
   <si>
+    <t>This regulation establishes requirements for electrical safety and energy efficiency labeling of electric water heater types listed in Annex A. This regulation does not apply to instantaneous water heaters and water heaters that use gas, solid or liquid fuels, solar water heaters and water heaters designed for making hot drinks only.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-4-2014-labeling-energy-efficiency-label-electrical-appliances-part-4-storage</t>
   </si>
   <si>
+    <t>https://etrans.esma.gov.ae/english/purchase-standards/pages/standards-listing.aspx?categorytype=1&amp;categoryid=2361a709-8375-e511-9402-005056b81473&amp;legalstatus=2</t>
+  </si>
+  <si>
     <t>UAE.S 5010-5: 2019 – Labeling – Energy efficiency label for electrical appliances - Part 5: commercial and central air conditioners.</t>
   </si>
   <si>
+    <t>This standard deals with the energy efficiency labels and the minimum energy performance standard (MEPS) requirements for factory-made residential, commercial and industrial.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-5-2019-labeling-energy-efficiency-label-electrical-appliances-part-5-commercial</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2019/TBT/ARE/19_1430_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-6: 2018 – Labeling – Energy efficiency label for electrical appliances Part 6: Dishwashers.</t>
   </si>
   <si>
+    <t>This regulation is developed to ensure that dishwasher are registered and monitored for their continuous compliance to the set specifications. Includes energy consumption and water consumption.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-6-2018-labeling-energy-efficiency-label-electrical-appliances-part-6-dishwashers</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2018/TBT/ARE/18_1779_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-7: 2017 – Labeling – Energy Efficiency Label for Electrical Appliances - Part: 7 Minimum Energy Efficiency Limits for Rotodynamic Water Pumps.</t>
   </si>
   <si>
+    <t>This standard covers brand new rotodynamic water pumps for pumping clean water, including where integrated in other products.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-7-2017-labeling-energy-efficiency-label-electrical-appliances-part-7-minimum</t>
   </si>
   <si>
     <t>UAE.S 5010-8:2018 – Labeling – Energy Efficiency Label for Electrical Appliances – Part 8: Television Sets</t>
   </si>
   <si>
+    <t>This regulation covers televisions or television sets. It is developed to ensure that television sets are registered and monitored for their continuous compliance to the set specifications.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-82018-labeling-energy-efficiency-label-electrical-appliances-part-8-television</t>
   </si>
   <si>
+    <t>https://www.tuvsud.com/en/e-ssentials-newsletter/consumer-products-and-retail-essentials/e-ssentials-11-2019/uae-mandatory-standard-for-tv-energy-efficiency-labelling-in-force</t>
+  </si>
+  <si>
     <t>UEVEP-E5 - implementing minimum performance standards for transformers</t>
   </si>
   <si>
+    <t>power transformers with a minimum power rating of 1 kVA used in 50Hz electricity transmission and distribution networks or for industrial applications</t>
+  </si>
+  <si>
     <t>Industrial Sector, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uevep-e5-implementing-minimum-performance-standards-transformers</t>
   </si>
   <si>
     <t>Water Efficient Products WEP-I</t>
   </si>
   <si>
+    <t>WEP-I includes a set of recommendations for selection, manufacturing, engineering and installation of efficient plumbing systems in India, along with flow rates for faucets, showerheads, water closets andurinals</t>
+  </si>
+  <si>
     <t>Dishwashers, Washing Machines, Showers or Showerheads, Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>IAPMO India and Indian Plumbing Association</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficient-products-wep-i</t>
+  </si>
+  <si>
+    <t>https://www.iapmo.org/india/product-certification/plumbing-and-mechanical-products</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -2512,8369 +3508,9520 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N195"/>
+  <dimension ref="A1:P195"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="251" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="251.224" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1702.156" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="182.813" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="131.968" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2022</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>2019</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...6 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>43</v>
+      </c>
+      <c r="F4" t="s">
+        <v>44</v>
+      </c>
+      <c r="G4" t="s">
+        <v>45</v>
+      </c>
+      <c r="H4"/>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4"/>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>51</v>
+      </c>
+      <c r="E5" t="s">
+        <v>43</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>45</v>
+      </c>
+      <c r="H5"/>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>46</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>56</v>
+      </c>
+      <c r="E6" t="s">
+        <v>43</v>
+      </c>
+      <c r="F6" t="s">
+        <v>44</v>
+      </c>
+      <c r="G6" t="s">
+        <v>45</v>
+      </c>
+      <c r="H6"/>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>46</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>47</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>57</v>
+      </c>
+      <c r="P6"/>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" t="s">
+        <v>59</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>60</v>
+      </c>
+      <c r="E7" t="s">
+        <v>43</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>45</v>
+      </c>
+      <c r="H7"/>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>46</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>61</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>62</v>
+      </c>
+      <c r="P7" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>63</v>
+      </c>
+      <c r="B8" t="s">
+        <v>64</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>65</v>
+      </c>
+      <c r="E8" t="s">
+        <v>43</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>45</v>
+      </c>
+      <c r="H8"/>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>46</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>66</v>
+      </c>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>67</v>
+      </c>
+      <c r="P8" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>68</v>
+      </c>
+      <c r="B9" t="s">
+        <v>69</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>70</v>
+      </c>
+      <c r="E9" t="s">
+        <v>43</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>45</v>
+      </c>
+      <c r="H9"/>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>46</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>26</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>71</v>
+      </c>
+      <c r="P9" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>72</v>
+      </c>
+      <c r="B10" t="s">
+        <v>73</v>
+      </c>
+      <c r="C10" t="s">
+        <v>74</v>
+      </c>
+      <c r="D10" t="s">
+        <v>75</v>
+      </c>
+      <c r="E10" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F10" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...306 lines deleted...]
-        <v>2023</v>
+      <c r="G10" t="s">
+        <v>76</v>
       </c>
       <c r="H10">
         <v>2023</v>
       </c>
-      <c r="I10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I10"/>
       <c r="J10" t="s">
+        <v>77</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>78</v>
+      </c>
+      <c r="M10" t="s">
+        <v>79</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>80</v>
+      </c>
+      <c r="P10"/>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>81</v>
+      </c>
+      <c r="B11" t="s">
+        <v>82</v>
+      </c>
+      <c r="C11" t="s">
+        <v>74</v>
+      </c>
+      <c r="D11" t="s">
+        <v>83</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
         <v>21</v>
       </c>
-      <c r="K10" t="s">
-[...8 lines deleted...]
-      <c r="N10" t="s">
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2023</v>
+      </c>
+      <c r="I11">
+        <v>2023</v>
+      </c>
+      <c r="J11" t="s">
+        <v>84</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>85</v>
+      </c>
+      <c r="M11" t="s">
+        <v>79</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>86</v>
+      </c>
+      <c r="P11" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>88</v>
+      </c>
+      <c r="B12" t="s">
+        <v>88</v>
+      </c>
+      <c r="C12" t="s">
+        <v>89</v>
+      </c>
+      <c r="D12" t="s">
+        <v>90</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>44</v>
+      </c>
+      <c r="G12" t="s">
+        <v>34</v>
+      </c>
+      <c r="H12">
+        <v>2020</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>91</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>92</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>93</v>
+      </c>
+      <c r="P12" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>95</v>
+      </c>
+      <c r="B13" t="s">
+        <v>96</v>
+      </c>
+      <c r="C13" t="s">
+        <v>74</v>
+      </c>
+      <c r="D13" t="s">
+        <v>97</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2009</v>
+      </c>
+      <c r="I13">
+        <v>2024</v>
+      </c>
+      <c r="J13" t="s">
+        <v>84</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>98</v>
+      </c>
+      <c r="M13" t="s">
+        <v>79</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>99</v>
+      </c>
+      <c r="P13" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>101</v>
+      </c>
+      <c r="B14" t="s">
+        <v>102</v>
+      </c>
+      <c r="C14" t="s">
+        <v>74</v>
+      </c>
+      <c r="D14" t="s">
+        <v>60</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2009</v>
+      </c>
+      <c r="I14">
+        <v>2024</v>
+      </c>
+      <c r="J14" t="s">
+        <v>84</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>103</v>
+      </c>
+      <c r="M14" t="s">
+        <v>79</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>104</v>
+      </c>
+      <c r="P14" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>106</v>
+      </c>
+      <c r="B15" t="s">
+        <v>107</v>
+      </c>
+      <c r="C15" t="s">
+        <v>74</v>
+      </c>
+      <c r="D15" t="s">
+        <v>108</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2007</v>
+      </c>
+      <c r="I15">
+        <v>2020</v>
+      </c>
+      <c r="J15" t="s">
+        <v>46</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>109</v>
+      </c>
+      <c r="M15" t="s">
+        <v>79</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>110</v>
+      </c>
+      <c r="P15" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>112</v>
+      </c>
+      <c r="B16" t="s">
+        <v>113</v>
+      </c>
+      <c r="C16" t="s">
+        <v>74</v>
+      </c>
+      <c r="D16" t="s">
+        <v>114</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2009</v>
+      </c>
+      <c r="I16">
+        <v>2023</v>
+      </c>
+      <c r="J16" t="s">
+        <v>84</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>115</v>
+      </c>
+      <c r="M16" t="s">
+        <v>79</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>116</v>
+      </c>
+      <c r="P16" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>118</v>
+      </c>
+      <c r="B17" t="s">
+        <v>119</v>
+      </c>
+      <c r="C17" t="s">
+        <v>74</v>
+      </c>
+      <c r="D17" t="s">
+        <v>120</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>44</v>
+      </c>
+      <c r="G17" t="s">
+        <v>76</v>
+      </c>
+      <c r="H17">
+        <v>2025</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>121</v>
+      </c>
+      <c r="K17" t="s">
+        <v>122</v>
+      </c>
+      <c r="L17" t="s">
+        <v>123</v>
+      </c>
+      <c r="M17" t="s">
+        <v>79</v>
+      </c>
+      <c r="N17" t="s">
+        <v>124</v>
+      </c>
+      <c r="O17" t="s">
+        <v>125</v>
+      </c>
+      <c r="P17" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>127</v>
+      </c>
+      <c r="B18" t="s">
+        <v>128</v>
+      </c>
+      <c r="C18" t="s">
+        <v>74</v>
+      </c>
+      <c r="D18" t="s">
+        <v>108</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2006</v>
+      </c>
+      <c r="I18">
+        <v>2024</v>
+      </c>
+      <c r="J18" t="s">
+        <v>84</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>129</v>
+      </c>
+      <c r="M18" t="s">
+        <v>79</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>130</v>
+      </c>
+      <c r="P18" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>132</v>
+      </c>
+      <c r="B19" t="s">
+        <v>133</v>
+      </c>
+      <c r="C19" t="s">
+        <v>74</v>
+      </c>
+      <c r="D19" t="s">
+        <v>134</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>34</v>
+      </c>
+      <c r="H19">
+        <v>2023</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>135</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>136</v>
+      </c>
+      <c r="M19" t="s">
+        <v>79</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>137</v>
+      </c>
+      <c r="P19" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>139</v>
+      </c>
+      <c r="B20" t="s">
+        <v>140</v>
+      </c>
+      <c r="C20" t="s">
+        <v>74</v>
+      </c>
+      <c r="D20" t="s">
+        <v>33</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2011</v>
+      </c>
+      <c r="I20">
+        <v>2022</v>
+      </c>
+      <c r="J20" t="s">
+        <v>46</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>141</v>
+      </c>
+      <c r="M20" t="s">
+        <v>79</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>142</v>
+      </c>
+      <c r="P20" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>144</v>
+      </c>
+      <c r="B21" t="s">
+        <v>145</v>
+      </c>
+      <c r="C21" t="s">
+        <v>74</v>
+      </c>
+      <c r="D21" t="s">
+        <v>33</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2007</v>
+      </c>
+      <c r="I21">
+        <v>2024</v>
+      </c>
+      <c r="J21" t="s">
+        <v>84</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>146</v>
+      </c>
+      <c r="M21" t="s">
+        <v>79</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>147</v>
+      </c>
+      <c r="P21" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>149</v>
+      </c>
+      <c r="B22" t="s">
+        <v>150</v>
+      </c>
+      <c r="C22" t="s">
+        <v>74</v>
+      </c>
+      <c r="D22" t="s">
+        <v>151</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>44</v>
+      </c>
+      <c r="G22" t="s">
+        <v>8</v>
+      </c>
+      <c r="H22">
+        <v>2007</v>
+      </c>
+      <c r="I22">
+        <v>2025</v>
+      </c>
+      <c r="J22" t="s">
+        <v>152</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>79</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>153</v>
+      </c>
+      <c r="P22" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>155</v>
+      </c>
+      <c r="B23" t="s">
+        <v>156</v>
+      </c>
+      <c r="C23" t="s">
+        <v>74</v>
+      </c>
+      <c r="D23" t="s">
+        <v>33</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>34</v>
+      </c>
+      <c r="H23">
+        <v>2015</v>
+      </c>
+      <c r="I23">
+        <v>2022</v>
+      </c>
+      <c r="J23" t="s">
+        <v>46</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>157</v>
+      </c>
+      <c r="M23" t="s">
+        <v>79</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>158</v>
+      </c>
+      <c r="P23" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>160</v>
+      </c>
+      <c r="B24" t="s">
+        <v>161</v>
+      </c>
+      <c r="C24" t="s">
+        <v>74</v>
+      </c>
+      <c r="D24" t="s">
+        <v>162</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2015</v>
+      </c>
+      <c r="I24">
+        <v>2023</v>
+      </c>
+      <c r="J24" t="s">
+        <v>163</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>164</v>
+      </c>
+      <c r="M24" t="s">
+        <v>79</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>165</v>
+      </c>
+      <c r="P24" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>167</v>
+      </c>
+      <c r="B25" t="s">
+        <v>168</v>
+      </c>
+      <c r="C25" t="s">
+        <v>74</v>
+      </c>
+      <c r="D25" t="s">
+        <v>169</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2009</v>
+      </c>
+      <c r="I25">
+        <v>2022</v>
+      </c>
+      <c r="J25" t="s">
+        <v>84</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>170</v>
+      </c>
+      <c r="M25" t="s">
+        <v>79</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>171</v>
+      </c>
+      <c r="P25" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>173</v>
+      </c>
+      <c r="B26" t="s">
+        <v>174</v>
+      </c>
+      <c r="C26" t="s">
+        <v>74</v>
+      </c>
+      <c r="D26" t="s">
+        <v>175</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2009</v>
+      </c>
+      <c r="I26">
+        <v>2018</v>
+      </c>
+      <c r="J26" t="s">
+        <v>46</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>176</v>
+      </c>
+      <c r="M26" t="s">
+        <v>79</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>177</v>
+      </c>
+      <c r="P26" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>179</v>
+      </c>
+      <c r="B27" t="s">
+        <v>180</v>
+      </c>
+      <c r="C27" t="s">
+        <v>74</v>
+      </c>
+      <c r="D27" t="s">
+        <v>60</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>34</v>
+      </c>
+      <c r="H27">
+        <v>2023</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>135</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>181</v>
+      </c>
+      <c r="M27" t="s">
+        <v>79</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>182</v>
+      </c>
+      <c r="P27" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>184</v>
+      </c>
+      <c r="B28" t="s">
+        <v>185</v>
+      </c>
+      <c r="C28" t="s">
+        <v>74</v>
+      </c>
+      <c r="D28" t="s">
         <v>65</v>
       </c>
-    </row>
-[...19 lines deleted...]
-      <c r="G11">
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>34</v>
+      </c>
+      <c r="H28">
+        <v>2023</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>121</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>186</v>
+      </c>
+      <c r="M28" t="s">
+        <v>79</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>187</v>
+      </c>
+      <c r="P28" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>189</v>
+      </c>
+      <c r="B29" t="s">
+        <v>190</v>
+      </c>
+      <c r="C29" t="s">
+        <v>32</v>
+      </c>
+      <c r="D29" t="s">
+        <v>191</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>44</v>
+      </c>
+      <c r="G29" t="s">
+        <v>34</v>
+      </c>
+      <c r="H29">
         <v>2020</v>
       </c>
-      <c r="H11"/>
-[...3 lines deleted...]
-      <c r="J11" t="s">
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>192</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>37</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>193</v>
+      </c>
+      <c r="P29" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>195</v>
+      </c>
+      <c r="B30" t="s">
+        <v>196</v>
+      </c>
+      <c r="C30" t="s">
+        <v>197</v>
+      </c>
+      <c r="D30" t="s">
+        <v>198</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
         <v>21</v>
       </c>
-      <c r="K11"/>
-[...23 lines deleted...]
-      <c r="E12" t="s">
+      <c r="G30" t="s">
+        <v>34</v>
+      </c>
+      <c r="H30">
+        <v>2006</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>46</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>199</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>200</v>
+      </c>
+      <c r="P30" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>202</v>
+      </c>
+      <c r="B31" t="s">
+        <v>203</v>
+      </c>
+      <c r="C31" t="s">
+        <v>197</v>
+      </c>
+      <c r="D31" t="s">
+        <v>204</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>205</v>
+      </c>
+      <c r="G31" t="s">
+        <v>34</v>
+      </c>
+      <c r="H31">
+        <v>1993</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>46</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>199</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>206</v>
+      </c>
+      <c r="P31" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>208</v>
+      </c>
+      <c r="B32" t="s">
+        <v>209</v>
+      </c>
+      <c r="C32" t="s">
+        <v>197</v>
+      </c>
+      <c r="D32" t="s">
+        <v>210</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>1986</v>
+      </c>
+      <c r="I32">
+        <v>2004</v>
+      </c>
+      <c r="J32" t="s">
+        <v>46</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>199</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>211</v>
+      </c>
+      <c r="P32" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>213</v>
+      </c>
+      <c r="B33" t="s">
+        <v>214</v>
+      </c>
+      <c r="C33" t="s">
         <v>18</v>
       </c>
-      <c r="F12" t="s">
-[...11 lines deleted...]
-      <c r="J12" t="s">
+      <c r="D33" t="s">
+        <v>56</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
         <v>21</v>
       </c>
-      <c r="K12" t="s">
-[...884 lines deleted...]
-        <v>2015</v>
+      <c r="G33" t="s">
+        <v>34</v>
       </c>
       <c r="H33">
         <v>2023</v>
       </c>
-      <c r="I33" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I33"/>
       <c r="J33" t="s">
+        <v>121</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>26</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>215</v>
+      </c>
+      <c r="P33" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>217</v>
+      </c>
+      <c r="B34" t="s">
+        <v>218</v>
+      </c>
+      <c r="C34" t="s">
+        <v>18</v>
+      </c>
+      <c r="D34" t="s">
+        <v>33</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
         <v>21</v>
       </c>
-      <c r="K33"/>
-[...23 lines deleted...]
-      <c r="E34" t="s">
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2015</v>
+      </c>
+      <c r="I34">
+        <v>2023</v>
+      </c>
+      <c r="J34" t="s">
+        <v>121</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>219</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>220</v>
+      </c>
+      <c r="P34" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>222</v>
+      </c>
+      <c r="B35" t="s">
+        <v>223</v>
+      </c>
+      <c r="C35" t="s">
         <v>18</v>
       </c>
-      <c r="F34" t="s">
-[...2 lines deleted...]
-      <c r="G34">
+      <c r="D35" t="s">
+        <v>60</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>34</v>
+      </c>
+      <c r="H35">
         <v>2023</v>
       </c>
-      <c r="H34"/>
-[...3 lines deleted...]
-      <c r="J34" t="s">
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>121</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>219</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>224</v>
+      </c>
+      <c r="P35" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>225</v>
+      </c>
+      <c r="B36" t="s">
+        <v>226</v>
+      </c>
+      <c r="C36" t="s">
+        <v>18</v>
+      </c>
+      <c r="D36" t="s">
+        <v>227</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
         <v>21</v>
       </c>
-      <c r="K34"/>
-[...23 lines deleted...]
-      <c r="E35" t="s">
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2022</v>
+      </c>
+      <c r="I36">
+        <v>2024</v>
+      </c>
+      <c r="J36" t="s">
+        <v>121</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>219</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>228</v>
+      </c>
+      <c r="P36" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>229</v>
+      </c>
+      <c r="B37" t="s">
+        <v>230</v>
+      </c>
+      <c r="C37" t="s">
         <v>18</v>
       </c>
-      <c r="F35" t="s">
-[...5 lines deleted...]
-      <c r="H35">
+      <c r="D37" t="s">
+        <v>108</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37"/>
+      <c r="I37">
         <v>2024</v>
       </c>
-      <c r="I35" t="s">
-[...2 lines deleted...]
-      <c r="J35" t="s">
+      <c r="J37" t="s">
+        <v>121</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>219</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>231</v>
+      </c>
+      <c r="P37" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>232</v>
+      </c>
+      <c r="B38" t="s">
+        <v>233</v>
+      </c>
+      <c r="C38" t="s">
+        <v>18</v>
+      </c>
+      <c r="D38" t="s">
+        <v>234</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
         <v>21</v>
       </c>
-      <c r="K35"/>
-[...38 lines deleted...]
-      <c r="J36" t="s">
+      <c r="G38" t="s">
+        <v>34</v>
+      </c>
+      <c r="H38">
+        <v>2025</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>121</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>219</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>235</v>
+      </c>
+      <c r="P38" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>236</v>
+      </c>
+      <c r="B39" t="s">
+        <v>237</v>
+      </c>
+      <c r="C39" t="s">
+        <v>74</v>
+      </c>
+      <c r="D39" t="s">
+        <v>238</v>
+      </c>
+      <c r="E39" t="s">
+        <v>239</v>
+      </c>
+      <c r="F39" t="s">
         <v>21</v>
       </c>
-      <c r="K36"/>
-[...36 lines deleted...]
-      <c r="J37" t="s">
+      <c r="G39" t="s">
+        <v>45</v>
+      </c>
+      <c r="H39"/>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>240</v>
+      </c>
+      <c r="K39" t="s">
+        <v>241</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
+        <v>242</v>
+      </c>
+      <c r="N39" t="s">
+        <v>243</v>
+      </c>
+      <c r="O39" t="s">
+        <v>244</v>
+      </c>
+      <c r="P39" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>246</v>
+      </c>
+      <c r="B40" t="s">
+        <v>247</v>
+      </c>
+      <c r="C40" t="s">
+        <v>248</v>
+      </c>
+      <c r="D40" t="s">
+        <v>210</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
         <v>21</v>
       </c>
-      <c r="K37"/>
-[...67 lines deleted...]
-      <c r="G39">
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
         <v>1998</v>
       </c>
-      <c r="H39">
+      <c r="I40">
         <v>2012</v>
       </c>
-      <c r="I39" t="s">
-[...2 lines deleted...]
-      <c r="J39" t="s">
+      <c r="J40" t="s">
+        <v>249</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40" t="s">
+        <v>250</v>
+      </c>
+      <c r="M40" t="s">
+        <v>251</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>252</v>
+      </c>
+      <c r="P40" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>254</v>
+      </c>
+      <c r="B41" t="s">
+        <v>255</v>
+      </c>
+      <c r="C41" t="s">
+        <v>248</v>
+      </c>
+      <c r="D41" t="s">
+        <v>256</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
         <v>21</v>
       </c>
-      <c r="K39" t="s">
-[...76 lines deleted...]
-        <v>2002</v>
+      <c r="G41" t="s">
+        <v>22</v>
       </c>
       <c r="H41">
         <v>2008</v>
       </c>
-      <c r="I41" t="s">
-        <v>176</v>
+      <c r="I41">
+        <v>2010</v>
       </c>
       <c r="J41" t="s">
+        <v>249</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>257</v>
+      </c>
+      <c r="M41" t="s">
+        <v>251</v>
+      </c>
+      <c r="N41" t="s">
+        <v>258</v>
+      </c>
+      <c r="O41" t="s">
+        <v>259</v>
+      </c>
+      <c r="P41" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>260</v>
+      </c>
+      <c r="B42" t="s">
+        <v>261</v>
+      </c>
+      <c r="C42" t="s">
+        <v>248</v>
+      </c>
+      <c r="D42" t="s">
+        <v>234</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
         <v>21</v>
       </c>
-      <c r="K41" t="s">
-[...31 lines deleted...]
-      <c r="G42">
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2002</v>
+      </c>
+      <c r="I42">
         <v>2008</v>
       </c>
-      <c r="H42">
+      <c r="J42" t="s">
+        <v>249</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42" t="s">
+        <v>262</v>
+      </c>
+      <c r="M42" t="s">
+        <v>251</v>
+      </c>
+      <c r="N42" t="s">
+        <v>258</v>
+      </c>
+      <c r="O42" t="s">
+        <v>263</v>
+      </c>
+      <c r="P42" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>264</v>
+      </c>
+      <c r="B43" t="s">
+        <v>265</v>
+      </c>
+      <c r="C43" t="s">
+        <v>248</v>
+      </c>
+      <c r="D43" t="s">
+        <v>33</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>44</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2008</v>
+      </c>
+      <c r="I43">
         <v>2006</v>
       </c>
-      <c r="I42" t="s">
-[...2 lines deleted...]
-      <c r="J42" t="s">
+      <c r="J43" t="s">
+        <v>249</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
+        <v>266</v>
+      </c>
+      <c r="M43" t="s">
+        <v>251</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>267</v>
+      </c>
+      <c r="P43" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>268</v>
+      </c>
+      <c r="B44" t="s">
+        <v>269</v>
+      </c>
+      <c r="C44" t="s">
+        <v>248</v>
+      </c>
+      <c r="D44" t="s">
+        <v>56</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
         <v>21</v>
       </c>
-      <c r="K42" t="s">
-[...31 lines deleted...]
-      <c r="G43">
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
         <v>2007</v>
       </c>
-      <c r="H43">
+      <c r="I44">
         <v>2012</v>
       </c>
-      <c r="I43" t="s">
-[...2 lines deleted...]
-      <c r="J43" t="s">
+      <c r="J44" t="s">
+        <v>249</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44" t="s">
+        <v>270</v>
+      </c>
+      <c r="M44" t="s">
+        <v>251</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>271</v>
+      </c>
+      <c r="P44" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>272</v>
+      </c>
+      <c r="B45" t="s">
+        <v>273</v>
+      </c>
+      <c r="C45" t="s">
+        <v>248</v>
+      </c>
+      <c r="D45" t="s">
+        <v>33</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>205</v>
+      </c>
+      <c r="G45" t="s">
+        <v>34</v>
+      </c>
+      <c r="H45">
+        <v>2009</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>249</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45"/>
+      <c r="M45" t="s">
+        <v>251</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>274</v>
+      </c>
+      <c r="P45" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>275</v>
+      </c>
+      <c r="B46" t="s">
+        <v>276</v>
+      </c>
+      <c r="C46" t="s">
+        <v>248</v>
+      </c>
+      <c r="D46" t="s">
+        <v>277</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
         <v>21</v>
       </c>
-      <c r="K43" t="s">
-[...31 lines deleted...]
-      <c r="G44">
+      <c r="G46" t="s">
+        <v>34</v>
+      </c>
+      <c r="H46">
+        <v>2013</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>249</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46" t="s">
+        <v>278</v>
+      </c>
+      <c r="M46" t="s">
+        <v>251</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>279</v>
+      </c>
+      <c r="P46" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>280</v>
+      </c>
+      <c r="B47" t="s">
+        <v>281</v>
+      </c>
+      <c r="C47" t="s">
+        <v>248</v>
+      </c>
+      <c r="D47" t="s">
+        <v>282</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>21</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2012</v>
+      </c>
+      <c r="I47">
+        <v>2010</v>
+      </c>
+      <c r="J47" t="s">
+        <v>249</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47" t="s">
+        <v>283</v>
+      </c>
+      <c r="M47" t="s">
+        <v>251</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>284</v>
+      </c>
+      <c r="P47" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>285</v>
+      </c>
+      <c r="B48" t="s">
+        <v>286</v>
+      </c>
+      <c r="C48" t="s">
+        <v>248</v>
+      </c>
+      <c r="D48" t="s">
+        <v>287</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>21</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2012</v>
+      </c>
+      <c r="I48">
+        <v>2014</v>
+      </c>
+      <c r="J48" t="s">
+        <v>249</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48" t="s">
+        <v>288</v>
+      </c>
+      <c r="M48" t="s">
+        <v>251</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>289</v>
+      </c>
+      <c r="P48" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>290</v>
+      </c>
+      <c r="B49" t="s">
+        <v>291</v>
+      </c>
+      <c r="C49" t="s">
+        <v>248</v>
+      </c>
+      <c r="D49" t="s">
+        <v>292</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>21</v>
+      </c>
+      <c r="G49" t="s">
+        <v>34</v>
+      </c>
+      <c r="H49">
         <v>2009</v>
       </c>
-      <c r="H44"/>
-[...3 lines deleted...]
-      <c r="J44" t="s">
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>249</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49" t="s">
+        <v>293</v>
+      </c>
+      <c r="M49" t="s">
+        <v>251</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>294</v>
+      </c>
+      <c r="P49" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>295</v>
+      </c>
+      <c r="B50" t="s">
+        <v>296</v>
+      </c>
+      <c r="C50" t="s">
+        <v>248</v>
+      </c>
+      <c r="D50" t="s">
+        <v>297</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>44</v>
+      </c>
+      <c r="G50" t="s">
+        <v>34</v>
+      </c>
+      <c r="H50">
+        <v>2009</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>249</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50" t="s">
+        <v>298</v>
+      </c>
+      <c r="M50" t="s">
+        <v>251</v>
+      </c>
+      <c r="N50" t="s">
+        <v>258</v>
+      </c>
+      <c r="O50" t="s">
+        <v>299</v>
+      </c>
+      <c r="P50" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>300</v>
+      </c>
+      <c r="B51" t="s">
+        <v>301</v>
+      </c>
+      <c r="C51" t="s">
+        <v>248</v>
+      </c>
+      <c r="D51" t="s">
+        <v>169</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
         <v>21</v>
       </c>
-      <c r="K44"/>
-[...29 lines deleted...]
-      <c r="G45">
+      <c r="G51" t="s">
+        <v>34</v>
+      </c>
+      <c r="H51">
         <v>2013</v>
       </c>
-      <c r="H45"/>
-[...3 lines deleted...]
-      <c r="J45" t="s">
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>249</v>
+      </c>
+      <c r="K51" t="s">
+        <v>302</v>
+      </c>
+      <c r="L51"/>
+      <c r="M51" t="s">
+        <v>251</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>303</v>
+      </c>
+      <c r="P51" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>304</v>
+      </c>
+      <c r="B52" t="s">
+        <v>305</v>
+      </c>
+      <c r="C52" t="s">
+        <v>248</v>
+      </c>
+      <c r="D52" t="s">
+        <v>204</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>205</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>2002</v>
+      </c>
+      <c r="I52">
+        <v>2002</v>
+      </c>
+      <c r="J52" t="s">
+        <v>249</v>
+      </c>
+      <c r="K52" t="s">
+        <v>302</v>
+      </c>
+      <c r="L52" t="s">
+        <v>306</v>
+      </c>
+      <c r="M52" t="s">
+        <v>251</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>307</v>
+      </c>
+      <c r="P52" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>308</v>
+      </c>
+      <c r="B53" t="s">
+        <v>309</v>
+      </c>
+      <c r="C53" t="s">
+        <v>248</v>
+      </c>
+      <c r="D53" t="s">
+        <v>204</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>44</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>1998</v>
+      </c>
+      <c r="I53">
+        <v>2009</v>
+      </c>
+      <c r="J53" t="s">
+        <v>249</v>
+      </c>
+      <c r="K53" t="s">
+        <v>302</v>
+      </c>
+      <c r="L53" t="s">
+        <v>310</v>
+      </c>
+      <c r="M53" t="s">
+        <v>251</v>
+      </c>
+      <c r="N53" t="s">
+        <v>258</v>
+      </c>
+      <c r="O53" t="s">
+        <v>311</v>
+      </c>
+      <c r="P53" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>312</v>
+      </c>
+      <c r="B54" t="s">
+        <v>313</v>
+      </c>
+      <c r="C54" t="s">
+        <v>248</v>
+      </c>
+      <c r="D54" t="s">
+        <v>114</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>44</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2012</v>
+      </c>
+      <c r="I54">
+        <v>2012</v>
+      </c>
+      <c r="J54" t="s">
+        <v>249</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54" t="s">
+        <v>314</v>
+      </c>
+      <c r="M54" t="s">
+        <v>251</v>
+      </c>
+      <c r="N54" t="s">
+        <v>258</v>
+      </c>
+      <c r="O54" t="s">
+        <v>315</v>
+      </c>
+      <c r="P54" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>316</v>
+      </c>
+      <c r="B55" t="s">
+        <v>317</v>
+      </c>
+      <c r="C55" t="s">
+        <v>248</v>
+      </c>
+      <c r="D55" t="s">
+        <v>204</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
         <v>21</v>
       </c>
-      <c r="K45" t="s">
-[...375 lines deleted...]
-      <c r="G54">
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
         <v>2011</v>
       </c>
-      <c r="H54">
+      <c r="I55">
         <v>2015</v>
       </c>
-      <c r="I54" t="s">
-[...43 lines deleted...]
-      </c>
       <c r="J55" t="s">
-        <v>217</v>
+        <v>318</v>
       </c>
       <c r="K55" t="s">
-        <v>234</v>
+        <v>24</v>
       </c>
       <c r="L55" t="s">
-        <v>178</v>
+        <v>319</v>
       </c>
       <c r="M55" t="s">
-        <v>24</v>
+        <v>251</v>
       </c>
       <c r="N55" t="s">
-        <v>235</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>320</v>
+      </c>
+      <c r="P55" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>236</v>
+        <v>321</v>
       </c>
       <c r="B56" t="s">
-        <v>175</v>
+        <v>322</v>
       </c>
       <c r="C56" t="s">
-        <v>145</v>
+        <v>248</v>
       </c>
       <c r="D56" t="s">
-        <v>17</v>
+        <v>323</v>
       </c>
       <c r="E56" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="F56" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>44</v>
+      </c>
+      <c r="G56" t="s">
+        <v>34</v>
       </c>
       <c r="H56">
         <v>2013</v>
       </c>
-      <c r="I56" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I56"/>
       <c r="J56" t="s">
-        <v>217</v>
-[...1 lines deleted...]
-      <c r="K56"/>
+        <v>249</v>
+      </c>
+      <c r="K56" t="s">
+        <v>302</v>
+      </c>
       <c r="L56" t="s">
-        <v>178</v>
+        <v>324</v>
       </c>
       <c r="M56" t="s">
-        <v>24</v>
+        <v>251</v>
       </c>
       <c r="N56" t="s">
-        <v>237</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>325</v>
+      </c>
+      <c r="P56" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>238</v>
+        <v>326</v>
       </c>
       <c r="B57" t="s">
-        <v>175</v>
+        <v>327</v>
       </c>
       <c r="C57" t="s">
-        <v>122</v>
+        <v>248</v>
       </c>
       <c r="D57" t="s">
-        <v>17</v>
+        <v>204</v>
       </c>
       <c r="E57" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F57" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G57">
+        <v>44</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2011</v>
+      </c>
+      <c r="I57">
+        <v>2013</v>
+      </c>
+      <c r="J57" t="s">
+        <v>249</v>
+      </c>
+      <c r="K57" t="s">
+        <v>302</v>
+      </c>
+      <c r="L57"/>
+      <c r="M57" t="s">
+        <v>251</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>328</v>
+      </c>
+      <c r="P57" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>329</v>
+      </c>
+      <c r="B58" t="s">
+        <v>330</v>
+      </c>
+      <c r="C58" t="s">
+        <v>248</v>
+      </c>
+      <c r="D58" t="s">
+        <v>169</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>21</v>
+      </c>
+      <c r="G58" t="s">
+        <v>34</v>
+      </c>
+      <c r="H58">
         <v>2009</v>
       </c>
-      <c r="H57"/>
-[...3 lines deleted...]
-      <c r="J57" t="s">
+      <c r="I58"/>
+      <c r="J58" t="s">
+        <v>249</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58" t="s">
+        <v>331</v>
+      </c>
+      <c r="M58" t="s">
+        <v>251</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>332</v>
+      </c>
+      <c r="P58" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>333</v>
+      </c>
+      <c r="B59" t="s">
+        <v>334</v>
+      </c>
+      <c r="C59" t="s">
+        <v>248</v>
+      </c>
+      <c r="D59" t="s">
+        <v>335</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>44</v>
+      </c>
+      <c r="G59" t="s">
+        <v>34</v>
+      </c>
+      <c r="H59">
+        <v>2013</v>
+      </c>
+      <c r="I59"/>
+      <c r="J59" t="s">
+        <v>249</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59"/>
+      <c r="M59" t="s">
+        <v>251</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>336</v>
+      </c>
+      <c r="P59" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>337</v>
+      </c>
+      <c r="B60" t="s">
+        <v>338</v>
+      </c>
+      <c r="C60" t="s">
+        <v>248</v>
+      </c>
+      <c r="D60" t="s">
+        <v>339</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
         <v>21</v>
       </c>
-      <c r="K57" t="s">
-[...38 lines deleted...]
-      <c r="J58" t="s">
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>2003</v>
+      </c>
+      <c r="I60">
+        <v>2010</v>
+      </c>
+      <c r="J60" t="s">
+        <v>249</v>
+      </c>
+      <c r="K60" t="s">
+        <v>302</v>
+      </c>
+      <c r="L60" t="s">
+        <v>340</v>
+      </c>
+      <c r="M60" t="s">
+        <v>251</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>341</v>
+      </c>
+      <c r="P60" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>342</v>
+      </c>
+      <c r="B61" t="s">
+        <v>343</v>
+      </c>
+      <c r="C61" t="s">
+        <v>248</v>
+      </c>
+      <c r="D61" t="s">
+        <v>65</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
         <v>21</v>
       </c>
-      <c r="K58"/>
-[...116 lines deleted...]
-        <v>2002</v>
+      <c r="G61" t="s">
+        <v>34</v>
       </c>
       <c r="H61">
         <v>2002</v>
       </c>
-      <c r="I61" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I61"/>
       <c r="J61" t="s">
+        <v>249</v>
+      </c>
+      <c r="K61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61" t="s">
+        <v>344</v>
+      </c>
+      <c r="M61" t="s">
+        <v>251</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>345</v>
+      </c>
+      <c r="P61" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>346</v>
+      </c>
+      <c r="B62" t="s">
+        <v>347</v>
+      </c>
+      <c r="C62" t="s">
+        <v>248</v>
+      </c>
+      <c r="D62" t="s">
+        <v>75</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
         <v>21</v>
       </c>
-      <c r="K61" t="s">
-[...8 lines deleted...]
-      <c r="N61" t="s">
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
+        <v>2002</v>
+      </c>
+      <c r="I62">
+        <v>2002</v>
+      </c>
+      <c r="J62" t="s">
+        <v>249</v>
+      </c>
+      <c r="K62" t="s">
+        <v>24</v>
+      </c>
+      <c r="L62" t="s">
+        <v>348</v>
+      </c>
+      <c r="M62" t="s">
+        <v>251</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>349</v>
+      </c>
+      <c r="P62" t="s">
         <v>253</v>
       </c>
     </row>
-    <row r="62" spans="1:14">
-[...18 lines deleted...]
-      <c r="G62">
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>350</v>
+      </c>
+      <c r="B63" t="s">
+        <v>351</v>
+      </c>
+      <c r="C63" t="s">
+        <v>248</v>
+      </c>
+      <c r="D63" t="s">
+        <v>352</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>21</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
         <v>1999</v>
       </c>
-      <c r="H62">
+      <c r="I63">
         <v>2009</v>
       </c>
-      <c r="I62" t="s">
-[...2 lines deleted...]
-      <c r="J62" t="s">
+      <c r="J63" t="s">
+        <v>249</v>
+      </c>
+      <c r="K63" t="s">
+        <v>24</v>
+      </c>
+      <c r="L63" t="s">
+        <v>353</v>
+      </c>
+      <c r="M63" t="s">
+        <v>251</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>354</v>
+      </c>
+      <c r="P63" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>355</v>
+      </c>
+      <c r="B64" t="s">
+        <v>356</v>
+      </c>
+      <c r="C64" t="s">
+        <v>248</v>
+      </c>
+      <c r="D64" t="s">
+        <v>227</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
         <v>21</v>
       </c>
-      <c r="K62" t="s">
-[...31 lines deleted...]
-      <c r="G63">
+      <c r="G64" t="s">
+        <v>34</v>
+      </c>
+      <c r="H64">
         <v>2004</v>
       </c>
-      <c r="H63"/>
-[...3 lines deleted...]
-      <c r="J63" t="s">
+      <c r="I64"/>
+      <c r="J64" t="s">
+        <v>249</v>
+      </c>
+      <c r="K64" t="s">
+        <v>24</v>
+      </c>
+      <c r="L64" t="s">
+        <v>357</v>
+      </c>
+      <c r="M64" t="s">
+        <v>251</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>358</v>
+      </c>
+      <c r="P64" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>359</v>
+      </c>
+      <c r="B65" t="s">
+        <v>360</v>
+      </c>
+      <c r="C65" t="s">
+        <v>248</v>
+      </c>
+      <c r="D65" t="s">
+        <v>33</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
         <v>21</v>
       </c>
-      <c r="K63" t="s">
-[...31 lines deleted...]
-      <c r="G64">
+      <c r="G65" t="s">
+        <v>34</v>
+      </c>
+      <c r="H65">
         <v>2002</v>
       </c>
-      <c r="H64"/>
-[...38 lines deleted...]
-      <c r="G65">
+      <c r="I65"/>
+      <c r="J65" t="s">
+        <v>249</v>
+      </c>
+      <c r="K65" t="s">
+        <v>24</v>
+      </c>
+      <c r="L65" t="s">
+        <v>361</v>
+      </c>
+      <c r="M65" t="s">
+        <v>251</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>362</v>
+      </c>
+      <c r="P65" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>363</v>
+      </c>
+      <c r="B66" t="s">
+        <v>364</v>
+      </c>
+      <c r="C66" t="s">
+        <v>248</v>
+      </c>
+      <c r="D66" t="s">
+        <v>204</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>205</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
         <v>2002</v>
       </c>
-      <c r="H65">
+      <c r="I66">
         <v>2010</v>
       </c>
-      <c r="I65" t="s">
-[...45 lines deleted...]
-      </c>
       <c r="J66" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K66"/>
+        <v>249</v>
+      </c>
+      <c r="K66" t="s">
+        <v>302</v>
+      </c>
       <c r="L66" t="s">
-        <v>178</v>
+        <v>365</v>
       </c>
       <c r="M66" t="s">
-        <v>24</v>
+        <v>251</v>
       </c>
       <c r="N66" t="s">
-        <v>268</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>366</v>
+      </c>
+      <c r="P66" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>269</v>
+        <v>367</v>
       </c>
       <c r="B67" t="s">
-        <v>175</v>
+        <v>368</v>
       </c>
       <c r="C67" t="s">
-        <v>51</v>
+        <v>248</v>
       </c>
       <c r="D67" t="s">
-        <v>17</v>
+        <v>204</v>
       </c>
       <c r="E67" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F67" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>2002</v>
+        <v>205</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
       </c>
       <c r="H67">
         <v>2002</v>
       </c>
-      <c r="I67" t="s">
-        <v>176</v>
+      <c r="I67">
+        <v>2012</v>
       </c>
       <c r="J67" t="s">
+        <v>249</v>
+      </c>
+      <c r="K67" t="s">
+        <v>24</v>
+      </c>
+      <c r="L67"/>
+      <c r="M67" t="s">
+        <v>251</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>369</v>
+      </c>
+      <c r="P67" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>370</v>
+      </c>
+      <c r="B68" t="s">
+        <v>371</v>
+      </c>
+      <c r="C68" t="s">
+        <v>248</v>
+      </c>
+      <c r="D68" t="s">
+        <v>70</v>
+      </c>
+      <c r="E68" t="s">
+        <v>20</v>
+      </c>
+      <c r="F68" t="s">
         <v>21</v>
       </c>
-      <c r="K67" t="s">
-[...31 lines deleted...]
-      <c r="G68">
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
+        <v>2002</v>
+      </c>
+      <c r="I68">
+        <v>2002</v>
+      </c>
+      <c r="J68" t="s">
+        <v>249</v>
+      </c>
+      <c r="K68" t="s">
+        <v>24</v>
+      </c>
+      <c r="L68" t="s">
+        <v>372</v>
+      </c>
+      <c r="M68" t="s">
+        <v>251</v>
+      </c>
+      <c r="N68" t="s">
+        <v>258</v>
+      </c>
+      <c r="O68" t="s">
+        <v>373</v>
+      </c>
+      <c r="P68" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>374</v>
+      </c>
+      <c r="B69" t="s">
+        <v>375</v>
+      </c>
+      <c r="C69" t="s">
+        <v>248</v>
+      </c>
+      <c r="D69" t="s">
+        <v>376</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
+        <v>21</v>
+      </c>
+      <c r="G69" t="s">
+        <v>34</v>
+      </c>
+      <c r="H69">
         <v>2009</v>
       </c>
-      <c r="H68"/>
-[...3 lines deleted...]
-      <c r="J68" t="s">
+      <c r="I69"/>
+      <c r="J69" t="s">
+        <v>249</v>
+      </c>
+      <c r="K69" t="s">
+        <v>24</v>
+      </c>
+      <c r="L69" t="s">
+        <v>283</v>
+      </c>
+      <c r="M69" t="s">
+        <v>251</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>377</v>
+      </c>
+      <c r="P69" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>378</v>
+      </c>
+      <c r="B70" t="s">
+        <v>379</v>
+      </c>
+      <c r="C70" t="s">
+        <v>248</v>
+      </c>
+      <c r="D70" t="s">
+        <v>380</v>
+      </c>
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" t="s">
         <v>21</v>
       </c>
-      <c r="K68" t="s">
-[...76 lines deleted...]
-        <v>2012</v>
+      <c r="G70" t="s">
+        <v>22</v>
       </c>
       <c r="H70">
         <v>2012</v>
       </c>
-      <c r="I70" t="s">
-        <v>176</v>
+      <c r="I70">
+        <v>2012</v>
       </c>
       <c r="J70" t="s">
+        <v>249</v>
+      </c>
+      <c r="K70" t="s">
+        <v>24</v>
+      </c>
+      <c r="L70" t="s">
+        <v>381</v>
+      </c>
+      <c r="M70" t="s">
+        <v>251</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>382</v>
+      </c>
+      <c r="P70" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>383</v>
+      </c>
+      <c r="B71" t="s">
+        <v>384</v>
+      </c>
+      <c r="C71" t="s">
+        <v>248</v>
+      </c>
+      <c r="D71" t="s">
+        <v>385</v>
+      </c>
+      <c r="E71" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" t="s">
         <v>21</v>
       </c>
-      <c r="K70"/>
-[...30 lines deleted...]
-        <v>2012</v>
+      <c r="G71" t="s">
+        <v>22</v>
       </c>
       <c r="H71">
         <v>2012</v>
       </c>
-      <c r="I71" t="s">
-        <v>176</v>
+      <c r="I71">
+        <v>2012</v>
       </c>
       <c r="J71" t="s">
+        <v>249</v>
+      </c>
+      <c r="K71" t="s">
+        <v>24</v>
+      </c>
+      <c r="L71"/>
+      <c r="M71" t="s">
+        <v>251</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>386</v>
+      </c>
+      <c r="P71" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>387</v>
+      </c>
+      <c r="B72" t="s">
+        <v>388</v>
+      </c>
+      <c r="C72" t="s">
+        <v>248</v>
+      </c>
+      <c r="D72" t="s">
+        <v>198</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" t="s">
         <v>21</v>
       </c>
-      <c r="K71"/>
-[...14 lines deleted...]
-      <c r="B72" t="s">
+      <c r="G72" t="s">
+        <v>22</v>
+      </c>
+      <c r="H72">
+        <v>2012</v>
+      </c>
+      <c r="I72">
+        <v>2012</v>
+      </c>
+      <c r="J72" t="s">
+        <v>249</v>
+      </c>
+      <c r="K72" t="s">
+        <v>24</v>
+      </c>
+      <c r="L72"/>
+      <c r="M72" t="s">
+        <v>251</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>389</v>
+      </c>
+      <c r="P72" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>390</v>
+      </c>
+      <c r="B73" t="s">
+        <v>391</v>
+      </c>
+      <c r="C73" t="s">
+        <v>248</v>
+      </c>
+      <c r="D73" t="s">
         <v>175</v>
       </c>
-      <c r="C72" t="s">
-[...11 lines deleted...]
-      <c r="G72">
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
+        <v>21</v>
+      </c>
+      <c r="G73" t="s">
+        <v>34</v>
+      </c>
+      <c r="H73">
         <v>2004</v>
       </c>
-      <c r="H72"/>
-[...38 lines deleted...]
-      <c r="G73">
+      <c r="I73"/>
+      <c r="J73" t="s">
+        <v>249</v>
+      </c>
+      <c r="K73" t="s">
+        <v>24</v>
+      </c>
+      <c r="L73" t="s">
+        <v>392</v>
+      </c>
+      <c r="M73" t="s">
+        <v>251</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>393</v>
+      </c>
+      <c r="P73" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>394</v>
+      </c>
+      <c r="B74" t="s">
+        <v>395</v>
+      </c>
+      <c r="C74" t="s">
+        <v>396</v>
+      </c>
+      <c r="D74" t="s">
+        <v>227</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
+        <v>44</v>
+      </c>
+      <c r="G74" t="s">
+        <v>22</v>
+      </c>
+      <c r="H74">
         <v>2013</v>
       </c>
-      <c r="H73">
+      <c r="I74">
         <v>2014</v>
       </c>
-      <c r="I73" t="s">
-[...37 lines deleted...]
-      <c r="G74">
+      <c r="J74" t="s">
+        <v>240</v>
+      </c>
+      <c r="K74" t="s">
+        <v>24</v>
+      </c>
+      <c r="L74" t="s">
+        <v>397</v>
+      </c>
+      <c r="M74" t="s">
+        <v>398</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>399</v>
+      </c>
+      <c r="P74" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>401</v>
+      </c>
+      <c r="B75" t="s">
+        <v>402</v>
+      </c>
+      <c r="C75" t="s">
+        <v>396</v>
+      </c>
+      <c r="D75" t="s">
+        <v>403</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
+        <v>205</v>
+      </c>
+      <c r="G75" t="s">
+        <v>22</v>
+      </c>
+      <c r="H75">
         <v>2013</v>
       </c>
-      <c r="H74">
+      <c r="I75">
         <v>2014</v>
       </c>
-      <c r="I74" t="s">
-[...37 lines deleted...]
-      <c r="G75">
+      <c r="J75" t="s">
+        <v>240</v>
+      </c>
+      <c r="K75" t="s">
+        <v>24</v>
+      </c>
+      <c r="L75" t="s">
+        <v>397</v>
+      </c>
+      <c r="M75" t="s">
+        <v>398</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>404</v>
+      </c>
+      <c r="P75" t="s">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>406</v>
+      </c>
+      <c r="B76" t="s">
+        <v>407</v>
+      </c>
+      <c r="C76" t="s">
+        <v>396</v>
+      </c>
+      <c r="D76" t="s">
+        <v>408</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
+        <v>44</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76">
         <v>2013</v>
       </c>
-      <c r="H75">
+      <c r="I76">
         <v>2014</v>
       </c>
-      <c r="I75" t="s">
-[...37 lines deleted...]
-      <c r="G76">
+      <c r="J76" t="s">
+        <v>240</v>
+      </c>
+      <c r="K76" t="s">
+        <v>24</v>
+      </c>
+      <c r="L76" t="s">
+        <v>397</v>
+      </c>
+      <c r="M76" t="s">
+        <v>398</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>409</v>
+      </c>
+      <c r="P76" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>411</v>
+      </c>
+      <c r="B77" t="s">
+        <v>412</v>
+      </c>
+      <c r="C77" t="s">
+        <v>396</v>
+      </c>
+      <c r="D77" t="s">
+        <v>198</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
+        <v>44</v>
+      </c>
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77">
         <v>2013</v>
       </c>
-      <c r="H76">
+      <c r="I77">
         <v>2014</v>
       </c>
-      <c r="I76" t="s">
-[...37 lines deleted...]
-      <c r="G77">
+      <c r="J77" t="s">
+        <v>240</v>
+      </c>
+      <c r="K77" t="s">
+        <v>24</v>
+      </c>
+      <c r="L77" t="s">
+        <v>413</v>
+      </c>
+      <c r="M77" t="s">
+        <v>398</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>414</v>
+      </c>
+      <c r="P77" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>416</v>
+      </c>
+      <c r="B78" t="s">
+        <v>417</v>
+      </c>
+      <c r="C78" t="s">
+        <v>396</v>
+      </c>
+      <c r="D78" t="s">
+        <v>418</v>
+      </c>
+      <c r="E78" t="s">
+        <v>20</v>
+      </c>
+      <c r="F78" t="s">
+        <v>44</v>
+      </c>
+      <c r="G78" t="s">
+        <v>22</v>
+      </c>
+      <c r="H78">
         <v>2013</v>
       </c>
-      <c r="H77">
+      <c r="I78">
         <v>2014</v>
       </c>
-      <c r="I77" t="s">
-[...37 lines deleted...]
-      <c r="G78">
+      <c r="J78" t="s">
+        <v>240</v>
+      </c>
+      <c r="K78" t="s">
+        <v>24</v>
+      </c>
+      <c r="L78" t="s">
+        <v>419</v>
+      </c>
+      <c r="M78" t="s">
+        <v>398</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>420</v>
+      </c>
+      <c r="P78" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>422</v>
+      </c>
+      <c r="B79" t="s">
+        <v>423</v>
+      </c>
+      <c r="C79" t="s">
+        <v>396</v>
+      </c>
+      <c r="D79" t="s">
+        <v>424</v>
+      </c>
+      <c r="E79" t="s">
+        <v>20</v>
+      </c>
+      <c r="F79" t="s">
+        <v>205</v>
+      </c>
+      <c r="G79" t="s">
+        <v>22</v>
+      </c>
+      <c r="H79">
         <v>2013</v>
       </c>
-      <c r="H78">
+      <c r="I79">
         <v>2014</v>
       </c>
-      <c r="I78" t="s">
-[...37 lines deleted...]
-      <c r="G79">
+      <c r="J79" t="s">
+        <v>240</v>
+      </c>
+      <c r="K79" t="s">
+        <v>425</v>
+      </c>
+      <c r="L79" t="s">
+        <v>426</v>
+      </c>
+      <c r="M79" t="s">
+        <v>398</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>427</v>
+      </c>
+      <c r="P79" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>429</v>
+      </c>
+      <c r="B80" t="s">
+        <v>430</v>
+      </c>
+      <c r="C80" t="s">
+        <v>396</v>
+      </c>
+      <c r="D80" t="s">
+        <v>431</v>
+      </c>
+      <c r="E80" t="s">
+        <v>20</v>
+      </c>
+      <c r="F80" t="s">
+        <v>205</v>
+      </c>
+      <c r="G80" t="s">
+        <v>22</v>
+      </c>
+      <c r="H80">
         <v>2013</v>
       </c>
-      <c r="H79">
+      <c r="I80">
         <v>2014</v>
       </c>
-      <c r="I79" t="s">
-[...37 lines deleted...]
-      <c r="G80">
+      <c r="J80" t="s">
+        <v>240</v>
+      </c>
+      <c r="K80" t="s">
+        <v>24</v>
+      </c>
+      <c r="L80" t="s">
+        <v>432</v>
+      </c>
+      <c r="M80" t="s">
+        <v>398</v>
+      </c>
+      <c r="N80" t="s">
+        <v>124</v>
+      </c>
+      <c r="O80" t="s">
+        <v>433</v>
+      </c>
+      <c r="P80" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>435</v>
+      </c>
+      <c r="B81" t="s">
+        <v>436</v>
+      </c>
+      <c r="C81" t="s">
+        <v>396</v>
+      </c>
+      <c r="D81" t="s">
+        <v>335</v>
+      </c>
+      <c r="E81" t="s">
+        <v>20</v>
+      </c>
+      <c r="F81" t="s">
+        <v>44</v>
+      </c>
+      <c r="G81" t="s">
+        <v>22</v>
+      </c>
+      <c r="H81">
         <v>2013</v>
       </c>
-      <c r="H80">
+      <c r="I81">
         <v>2014</v>
       </c>
-      <c r="I80" t="s">
-[...37 lines deleted...]
-      <c r="G81">
+      <c r="J81" t="s">
+        <v>240</v>
+      </c>
+      <c r="K81" t="s">
+        <v>425</v>
+      </c>
+      <c r="L81" t="s">
+        <v>437</v>
+      </c>
+      <c r="M81" t="s">
+        <v>398</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>438</v>
+      </c>
+      <c r="P81" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>440</v>
+      </c>
+      <c r="B82" t="s">
+        <v>441</v>
+      </c>
+      <c r="C82" t="s">
+        <v>396</v>
+      </c>
+      <c r="D82" t="s">
+        <v>335</v>
+      </c>
+      <c r="E82" t="s">
+        <v>20</v>
+      </c>
+      <c r="F82" t="s">
+        <v>205</v>
+      </c>
+      <c r="G82" t="s">
+        <v>22</v>
+      </c>
+      <c r="H82">
         <v>2013</v>
       </c>
-      <c r="H81">
+      <c r="I82">
         <v>2014</v>
       </c>
-      <c r="I81" t="s">
-[...37 lines deleted...]
-      <c r="G82">
+      <c r="J82" t="s">
+        <v>240</v>
+      </c>
+      <c r="K82" t="s">
+        <v>425</v>
+      </c>
+      <c r="L82" t="s">
+        <v>442</v>
+      </c>
+      <c r="M82" t="s">
+        <v>398</v>
+      </c>
+      <c r="N82" t="s">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>443</v>
+      </c>
+      <c r="P82" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>445</v>
+      </c>
+      <c r="B83" t="s">
+        <v>446</v>
+      </c>
+      <c r="C83" t="s">
+        <v>396</v>
+      </c>
+      <c r="D83" t="s">
+        <v>210</v>
+      </c>
+      <c r="E83" t="s">
+        <v>20</v>
+      </c>
+      <c r="F83" t="s">
+        <v>205</v>
+      </c>
+      <c r="G83" t="s">
+        <v>22</v>
+      </c>
+      <c r="H83">
         <v>2013</v>
       </c>
-      <c r="H82">
+      <c r="I83">
         <v>2014</v>
       </c>
-      <c r="I82" t="s">
-[...37 lines deleted...]
-      <c r="G83">
+      <c r="J83" t="s">
+        <v>240</v>
+      </c>
+      <c r="K83" t="s">
+        <v>24</v>
+      </c>
+      <c r="L83" t="s">
+        <v>447</v>
+      </c>
+      <c r="M83" t="s">
+        <v>398</v>
+      </c>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>448</v>
+      </c>
+      <c r="P83" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>450</v>
+      </c>
+      <c r="B84" t="s">
+        <v>451</v>
+      </c>
+      <c r="C84" t="s">
+        <v>396</v>
+      </c>
+      <c r="D84" t="s">
+        <v>210</v>
+      </c>
+      <c r="E84" t="s">
+        <v>20</v>
+      </c>
+      <c r="F84" t="s">
+        <v>44</v>
+      </c>
+      <c r="G84" t="s">
+        <v>22</v>
+      </c>
+      <c r="H84">
         <v>2013</v>
       </c>
-      <c r="H83">
+      <c r="I84">
         <v>2014</v>
       </c>
-      <c r="I83" t="s">
-[...37 lines deleted...]
-      <c r="G84">
+      <c r="J84" t="s">
+        <v>240</v>
+      </c>
+      <c r="K84" t="s">
+        <v>24</v>
+      </c>
+      <c r="L84" t="s">
+        <v>447</v>
+      </c>
+      <c r="M84" t="s">
+        <v>398</v>
+      </c>
+      <c r="N84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>452</v>
+      </c>
+      <c r="P84" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>454</v>
+      </c>
+      <c r="B85" t="s">
+        <v>455</v>
+      </c>
+      <c r="C85" t="s">
+        <v>396</v>
+      </c>
+      <c r="D85" t="s">
+        <v>456</v>
+      </c>
+      <c r="E85" t="s">
+        <v>20</v>
+      </c>
+      <c r="F85" t="s">
+        <v>205</v>
+      </c>
+      <c r="G85" t="s">
+        <v>22</v>
+      </c>
+      <c r="H85">
         <v>2013</v>
       </c>
-      <c r="H84">
+      <c r="I85">
         <v>2014</v>
       </c>
-      <c r="I84" t="s">
-[...37 lines deleted...]
-      <c r="G85">
+      <c r="J85" t="s">
+        <v>240</v>
+      </c>
+      <c r="K85" t="s">
+        <v>24</v>
+      </c>
+      <c r="L85" t="s">
+        <v>457</v>
+      </c>
+      <c r="M85" t="s">
+        <v>398</v>
+      </c>
+      <c r="N85" t="s">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>458</v>
+      </c>
+      <c r="P85" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>460</v>
+      </c>
+      <c r="B86" t="s">
+        <v>461</v>
+      </c>
+      <c r="C86" t="s">
+        <v>396</v>
+      </c>
+      <c r="D86" t="s">
+        <v>456</v>
+      </c>
+      <c r="E86" t="s">
+        <v>20</v>
+      </c>
+      <c r="F86" t="s">
+        <v>44</v>
+      </c>
+      <c r="G86" t="s">
+        <v>22</v>
+      </c>
+      <c r="H86">
         <v>2013</v>
       </c>
-      <c r="H85">
+      <c r="I86">
         <v>2014</v>
       </c>
-      <c r="I85" t="s">
-[...45 lines deleted...]
-      </c>
       <c r="J86" t="s">
-        <v>21</v>
+        <v>240</v>
       </c>
       <c r="K86" t="s">
-        <v>334</v>
+        <v>24</v>
       </c>
       <c r="L86" t="s">
-        <v>290</v>
+        <v>462</v>
       </c>
       <c r="M86" t="s">
-        <v>24</v>
+        <v>398</v>
       </c>
       <c r="N86" t="s">
-        <v>335</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>463</v>
+      </c>
+      <c r="P86" t="s">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
       <c r="A87" t="s">
-        <v>336</v>
+        <v>465</v>
       </c>
       <c r="B87" t="s">
-        <v>288</v>
+        <v>466</v>
       </c>
       <c r="C87" t="s">
-        <v>16</v>
+        <v>396</v>
       </c>
       <c r="D87" t="s">
-        <v>17</v>
+        <v>467</v>
       </c>
       <c r="E87" t="s">
-        <v>146</v>
+        <v>20</v>
       </c>
       <c r="F87" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>44</v>
+      </c>
+      <c r="G87" t="s">
+        <v>22</v>
       </c>
       <c r="H87">
         <v>2013</v>
       </c>
-      <c r="I87" t="s">
-        <v>169</v>
+      <c r="I87">
+        <v>2014</v>
       </c>
       <c r="J87" t="s">
-        <v>21</v>
+        <v>240</v>
       </c>
       <c r="K87" t="s">
-        <v>334</v>
+        <v>24</v>
       </c>
       <c r="L87" t="s">
-        <v>290</v>
+        <v>468</v>
       </c>
       <c r="M87" t="s">
-        <v>24</v>
+        <v>398</v>
       </c>
       <c r="N87" t="s">
-        <v>337</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>469</v>
+      </c>
+      <c r="P87"/>
+    </row>
+    <row r="88" spans="1:16">
       <c r="A88" t="s">
-        <v>338</v>
+        <v>470</v>
       </c>
       <c r="B88" t="s">
-        <v>288</v>
+        <v>471</v>
       </c>
       <c r="C88" t="s">
-        <v>339</v>
+        <v>396</v>
       </c>
       <c r="D88" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="E88" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="F88" t="s">
-        <v>62</v>
-[...1 lines deleted...]
-      <c r="G88">
+        <v>205</v>
+      </c>
+      <c r="G88" t="s">
+        <v>22</v>
+      </c>
+      <c r="H88">
+        <v>2012</v>
+      </c>
+      <c r="I88">
         <v>2013</v>
       </c>
-      <c r="H88">
+      <c r="J88" t="s">
+        <v>240</v>
+      </c>
+      <c r="K88" t="s">
+        <v>24</v>
+      </c>
+      <c r="L88" t="s">
+        <v>468</v>
+      </c>
+      <c r="M88" t="s">
+        <v>398</v>
+      </c>
+      <c r="N88" t="s">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>472</v>
+      </c>
+      <c r="P88" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>474</v>
+      </c>
+      <c r="B89" t="s">
+        <v>475</v>
+      </c>
+      <c r="C89" t="s">
+        <v>396</v>
+      </c>
+      <c r="D89" t="s">
+        <v>476</v>
+      </c>
+      <c r="E89" t="s">
+        <v>20</v>
+      </c>
+      <c r="F89" t="s">
+        <v>44</v>
+      </c>
+      <c r="G89" t="s">
+        <v>22</v>
+      </c>
+      <c r="H89">
+        <v>2013</v>
+      </c>
+      <c r="I89">
         <v>2014</v>
       </c>
-      <c r="I88" t="s">
-[...37 lines deleted...]
-      <c r="G89">
+      <c r="J89" t="s">
+        <v>240</v>
+      </c>
+      <c r="K89" t="s">
+        <v>24</v>
+      </c>
+      <c r="L89" t="s">
+        <v>477</v>
+      </c>
+      <c r="M89" t="s">
+        <v>398</v>
+      </c>
+      <c r="N89" t="s">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>478</v>
+      </c>
+      <c r="P89" t="s">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>480</v>
+      </c>
+      <c r="B90" t="s">
+        <v>481</v>
+      </c>
+      <c r="C90" t="s">
+        <v>396</v>
+      </c>
+      <c r="D90" t="s">
+        <v>482</v>
+      </c>
+      <c r="E90" t="s">
+        <v>20</v>
+      </c>
+      <c r="F90" t="s">
+        <v>44</v>
+      </c>
+      <c r="G90" t="s">
+        <v>22</v>
+      </c>
+      <c r="H90">
         <v>2013</v>
       </c>
-      <c r="H89">
+      <c r="I90">
         <v>2014</v>
       </c>
-      <c r="I89" t="s">
-[...45 lines deleted...]
-      </c>
       <c r="J90" t="s">
-        <v>21</v>
+        <v>240</v>
       </c>
       <c r="K90" t="s">
-        <v>347</v>
+        <v>24</v>
       </c>
       <c r="L90" t="s">
-        <v>290</v>
+        <v>397</v>
       </c>
       <c r="M90" t="s">
-        <v>24</v>
+        <v>398</v>
       </c>
       <c r="N90" t="s">
-        <v>348</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O90" t="s">
+        <v>483</v>
+      </c>
+      <c r="P90" t="s">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>349</v>
+        <v>485</v>
       </c>
       <c r="B91" t="s">
-        <v>288</v>
+        <v>486</v>
       </c>
       <c r="C91" t="s">
-        <v>350</v>
+        <v>396</v>
       </c>
       <c r="D91" t="s">
-        <v>17</v>
+        <v>487</v>
       </c>
       <c r="E91" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="F91" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>44</v>
+      </c>
+      <c r="G91" t="s">
+        <v>22</v>
       </c>
       <c r="H91">
         <v>2013</v>
       </c>
-      <c r="I91" t="s">
+      <c r="I91">
+        <v>2014</v>
+      </c>
+      <c r="J91" t="s">
+        <v>240</v>
+      </c>
+      <c r="K91" t="s">
+        <v>24</v>
+      </c>
+      <c r="L91" t="s">
+        <v>488</v>
+      </c>
+      <c r="M91" t="s">
+        <v>398</v>
+      </c>
+      <c r="N91" t="s">
+        <v>27</v>
+      </c>
+      <c r="O91" t="s">
+        <v>489</v>
+      </c>
+      <c r="P91" t="s">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>491</v>
+      </c>
+      <c r="B92" t="s">
+        <v>492</v>
+      </c>
+      <c r="C92" t="s">
+        <v>396</v>
+      </c>
+      <c r="D92" t="s">
+        <v>493</v>
+      </c>
+      <c r="E92" t="s">
+        <v>20</v>
+      </c>
+      <c r="F92" t="s">
+        <v>44</v>
+      </c>
+      <c r="G92" t="s">
+        <v>22</v>
+      </c>
+      <c r="H92">
+        <v>2012</v>
+      </c>
+      <c r="I92">
+        <v>2013</v>
+      </c>
+      <c r="J92" t="s">
+        <v>240</v>
+      </c>
+      <c r="K92" t="s">
+        <v>24</v>
+      </c>
+      <c r="L92" t="s">
+        <v>494</v>
+      </c>
+      <c r="M92" t="s">
+        <v>398</v>
+      </c>
+      <c r="N92" t="s">
+        <v>27</v>
+      </c>
+      <c r="O92" t="s">
+        <v>495</v>
+      </c>
+      <c r="P92" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>497</v>
+      </c>
+      <c r="B93" t="s">
+        <v>498</v>
+      </c>
+      <c r="C93" t="s">
+        <v>396</v>
+      </c>
+      <c r="D93" t="s">
+        <v>424</v>
+      </c>
+      <c r="E93" t="s">
+        <v>20</v>
+      </c>
+      <c r="F93" t="s">
+        <v>44</v>
+      </c>
+      <c r="G93" t="s">
+        <v>22</v>
+      </c>
+      <c r="H93">
+        <v>2012</v>
+      </c>
+      <c r="I93">
+        <v>2013</v>
+      </c>
+      <c r="J93" t="s">
+        <v>240</v>
+      </c>
+      <c r="K93" t="s">
+        <v>425</v>
+      </c>
+      <c r="L93" t="s">
+        <v>499</v>
+      </c>
+      <c r="M93" t="s">
+        <v>398</v>
+      </c>
+      <c r="N93" t="s">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>500</v>
+      </c>
+      <c r="P93" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>502</v>
+      </c>
+      <c r="B94" t="s">
+        <v>503</v>
+      </c>
+      <c r="C94" t="s">
+        <v>396</v>
+      </c>
+      <c r="D94" t="s">
+        <v>504</v>
+      </c>
+      <c r="E94" t="s">
+        <v>20</v>
+      </c>
+      <c r="F94" t="s">
+        <v>205</v>
+      </c>
+      <c r="G94" t="s">
+        <v>22</v>
+      </c>
+      <c r="H94">
+        <v>2012</v>
+      </c>
+      <c r="I94">
+        <v>2013</v>
+      </c>
+      <c r="J94" t="s">
+        <v>240</v>
+      </c>
+      <c r="K94" t="s">
+        <v>24</v>
+      </c>
+      <c r="L94" t="s">
+        <v>426</v>
+      </c>
+      <c r="M94" t="s">
+        <v>398</v>
+      </c>
+      <c r="N94" t="s">
+        <v>27</v>
+      </c>
+      <c r="O94" t="s">
+        <v>505</v>
+      </c>
+      <c r="P94" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>507</v>
+      </c>
+      <c r="B95" t="s">
+        <v>508</v>
+      </c>
+      <c r="C95" t="s">
+        <v>32</v>
+      </c>
+      <c r="D95" t="s">
+        <v>108</v>
+      </c>
+      <c r="E95" t="s">
+        <v>20</v>
+      </c>
+      <c r="F95" t="s">
+        <v>44</v>
+      </c>
+      <c r="G95" t="s">
+        <v>45</v>
+      </c>
+      <c r="H95"/>
+      <c r="I95"/>
+      <c r="J95" t="s">
+        <v>35</v>
+      </c>
+      <c r="K95" t="s">
+        <v>24</v>
+      </c>
+      <c r="L95"/>
+      <c r="M95" t="s">
+        <v>37</v>
+      </c>
+      <c r="N95" t="s">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
+        <v>509</v>
+      </c>
+      <c r="P95" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>511</v>
+      </c>
+      <c r="B96" t="s">
+        <v>512</v>
+      </c>
+      <c r="C96" t="s">
+        <v>513</v>
+      </c>
+      <c r="D96" t="s">
+        <v>83</v>
+      </c>
+      <c r="E96" t="s">
+        <v>20</v>
+      </c>
+      <c r="F96" t="s">
+        <v>21</v>
+      </c>
+      <c r="G96" t="s">
+        <v>34</v>
+      </c>
+      <c r="H96">
+        <v>2016</v>
+      </c>
+      <c r="I96"/>
+      <c r="J96" t="s">
+        <v>514</v>
+      </c>
+      <c r="K96" t="s">
+        <v>24</v>
+      </c>
+      <c r="L96"/>
+      <c r="M96" t="s">
+        <v>515</v>
+      </c>
+      <c r="N96" t="s">
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
+        <v>516</v>
+      </c>
+      <c r="P96" t="s">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>511</v>
+      </c>
+      <c r="B97" t="s">
+        <v>512</v>
+      </c>
+      <c r="C97" t="s">
+        <v>513</v>
+      </c>
+      <c r="D97" t="s">
+        <v>108</v>
+      </c>
+      <c r="E97" t="s">
+        <v>20</v>
+      </c>
+      <c r="F97" t="s">
+        <v>21</v>
+      </c>
+      <c r="G97" t="s">
+        <v>34</v>
+      </c>
+      <c r="H97">
+        <v>2016</v>
+      </c>
+      <c r="I97"/>
+      <c r="J97" t="s">
+        <v>514</v>
+      </c>
+      <c r="K97" t="s">
+        <v>24</v>
+      </c>
+      <c r="L97"/>
+      <c r="M97" t="s">
+        <v>515</v>
+      </c>
+      <c r="N97" t="s">
+        <v>27</v>
+      </c>
+      <c r="O97" t="s">
+        <v>518</v>
+      </c>
+      <c r="P97" t="s">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>519</v>
+      </c>
+      <c r="B98" t="s">
+        <v>520</v>
+      </c>
+      <c r="C98" t="s">
+        <v>513</v>
+      </c>
+      <c r="D98" t="s">
+        <v>33</v>
+      </c>
+      <c r="E98" t="s">
+        <v>20</v>
+      </c>
+      <c r="F98" t="s">
+        <v>21</v>
+      </c>
+      <c r="G98" t="s">
+        <v>34</v>
+      </c>
+      <c r="H98">
+        <v>2016</v>
+      </c>
+      <c r="I98"/>
+      <c r="J98" t="s">
+        <v>514</v>
+      </c>
+      <c r="K98" t="s">
+        <v>24</v>
+      </c>
+      <c r="L98"/>
+      <c r="M98" t="s">
+        <v>515</v>
+      </c>
+      <c r="N98" t="s">
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
+        <v>521</v>
+      </c>
+      <c r="P98" t="s">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>523</v>
+      </c>
+      <c r="B99" t="s">
+        <v>508</v>
+      </c>
+      <c r="C99" t="s">
+        <v>32</v>
+      </c>
+      <c r="D99" t="s">
         <v>169</v>
       </c>
-      <c r="J91" t="s">
+      <c r="E99" t="s">
+        <v>20</v>
+      </c>
+      <c r="F99" t="s">
+        <v>44</v>
+      </c>
+      <c r="G99" t="s">
+        <v>45</v>
+      </c>
+      <c r="H99"/>
+      <c r="I99"/>
+      <c r="J99" t="s">
+        <v>35</v>
+      </c>
+      <c r="K99" t="s">
+        <v>24</v>
+      </c>
+      <c r="L99"/>
+      <c r="M99" t="s">
+        <v>37</v>
+      </c>
+      <c r="N99" t="s">
+        <v>27</v>
+      </c>
+      <c r="O99" t="s">
+        <v>524</v>
+      </c>
+      <c r="P99" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>525</v>
+      </c>
+      <c r="B100" t="s">
+        <v>508</v>
+      </c>
+      <c r="C100" t="s">
+        <v>32</v>
+      </c>
+      <c r="D100" t="s">
+        <v>65</v>
+      </c>
+      <c r="E100" t="s">
+        <v>20</v>
+      </c>
+      <c r="F100" t="s">
+        <v>44</v>
+      </c>
+      <c r="G100" t="s">
+        <v>45</v>
+      </c>
+      <c r="H100"/>
+      <c r="I100"/>
+      <c r="J100" t="s">
+        <v>35</v>
+      </c>
+      <c r="K100" t="s">
+        <v>24</v>
+      </c>
+      <c r="L100"/>
+      <c r="M100" t="s">
+        <v>37</v>
+      </c>
+      <c r="N100" t="s">
+        <v>27</v>
+      </c>
+      <c r="O100" t="s">
+        <v>526</v>
+      </c>
+      <c r="P100" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>527</v>
+      </c>
+      <c r="B101" t="s">
+        <v>528</v>
+      </c>
+      <c r="C101" t="s">
+        <v>529</v>
+      </c>
+      <c r="D101" t="s">
+        <v>227</v>
+      </c>
+      <c r="E101" t="s">
+        <v>20</v>
+      </c>
+      <c r="F101" t="s">
+        <v>44</v>
+      </c>
+      <c r="G101" t="s">
+        <v>34</v>
+      </c>
+      <c r="H101">
+        <v>2015</v>
+      </c>
+      <c r="I101"/>
+      <c r="J101" t="s">
+        <v>514</v>
+      </c>
+      <c r="K101" t="s">
+        <v>24</v>
+      </c>
+      <c r="L101"/>
+      <c r="M101" t="s">
+        <v>530</v>
+      </c>
+      <c r="N101" t="s">
+        <v>27</v>
+      </c>
+      <c r="O101" t="s">
+        <v>531</v>
+      </c>
+      <c r="P101" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>533</v>
+      </c>
+      <c r="B102" t="s">
+        <v>534</v>
+      </c>
+      <c r="C102" t="s">
+        <v>89</v>
+      </c>
+      <c r="D102" t="s">
+        <v>60</v>
+      </c>
+      <c r="E102" t="s">
+        <v>239</v>
+      </c>
+      <c r="F102" t="s">
+        <v>535</v>
+      </c>
+      <c r="G102" t="s">
+        <v>34</v>
+      </c>
+      <c r="H102">
+        <v>2017</v>
+      </c>
+      <c r="I102"/>
+      <c r="J102" t="s">
+        <v>536</v>
+      </c>
+      <c r="K102" t="s">
+        <v>24</v>
+      </c>
+      <c r="L102" t="s">
+        <v>537</v>
+      </c>
+      <c r="M102" t="s">
+        <v>92</v>
+      </c>
+      <c r="N102" t="s">
+        <v>27</v>
+      </c>
+      <c r="O102" t="s">
+        <v>538</v>
+      </c>
+      <c r="P102" t="s">
+        <v>539</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>540</v>
+      </c>
+      <c r="B103" t="s">
+        <v>541</v>
+      </c>
+      <c r="C103" t="s">
+        <v>18</v>
+      </c>
+      <c r="D103" t="s">
+        <v>542</v>
+      </c>
+      <c r="E103" t="s">
+        <v>20</v>
+      </c>
+      <c r="F103" t="s">
         <v>21</v>
       </c>
-      <c r="K91" t="s">
-[...34 lines deleted...]
-      <c r="H92">
+      <c r="G103" t="s">
+        <v>34</v>
+      </c>
+      <c r="H103">
+        <v>2021</v>
+      </c>
+      <c r="I103"/>
+      <c r="J103" t="s">
+        <v>46</v>
+      </c>
+      <c r="K103" t="s">
+        <v>24</v>
+      </c>
+      <c r="L103" t="s">
+        <v>543</v>
+      </c>
+      <c r="M103" t="s">
+        <v>47</v>
+      </c>
+      <c r="N103" t="s">
+        <v>27</v>
+      </c>
+      <c r="O103" t="s">
+        <v>544</v>
+      </c>
+      <c r="P103" t="s">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>546</v>
+      </c>
+      <c r="B104" t="s">
+        <v>547</v>
+      </c>
+      <c r="C104" t="s">
+        <v>18</v>
+      </c>
+      <c r="D104" t="s">
+        <v>108</v>
+      </c>
+      <c r="E104" t="s">
+        <v>20</v>
+      </c>
+      <c r="F104" t="s">
+        <v>21</v>
+      </c>
+      <c r="G104" t="s">
+        <v>548</v>
+      </c>
+      <c r="H104">
+        <v>2021</v>
+      </c>
+      <c r="I104"/>
+      <c r="J104" t="s">
+        <v>46</v>
+      </c>
+      <c r="K104" t="s">
+        <v>24</v>
+      </c>
+      <c r="L104" t="s">
+        <v>549</v>
+      </c>
+      <c r="M104" t="s">
+        <v>47</v>
+      </c>
+      <c r="N104" t="s">
+        <v>27</v>
+      </c>
+      <c r="O104" t="s">
+        <v>550</v>
+      </c>
+      <c r="P104" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>552</v>
+      </c>
+      <c r="B105" t="s">
+        <v>553</v>
+      </c>
+      <c r="C105" t="s">
+        <v>18</v>
+      </c>
+      <c r="D105" t="s">
+        <v>554</v>
+      </c>
+      <c r="E105" t="s">
+        <v>20</v>
+      </c>
+      <c r="F105" t="s">
+        <v>21</v>
+      </c>
+      <c r="G105" t="s">
+        <v>34</v>
+      </c>
+      <c r="H105">
+        <v>2021</v>
+      </c>
+      <c r="I105"/>
+      <c r="J105" t="s">
+        <v>46</v>
+      </c>
+      <c r="K105" t="s">
+        <v>24</v>
+      </c>
+      <c r="L105" t="s">
+        <v>555</v>
+      </c>
+      <c r="M105" t="s">
+        <v>47</v>
+      </c>
+      <c r="N105" t="s">
+        <v>27</v>
+      </c>
+      <c r="O105" t="s">
+        <v>556</v>
+      </c>
+      <c r="P105" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>558</v>
+      </c>
+      <c r="B106" t="s">
+        <v>559</v>
+      </c>
+      <c r="C106" t="s">
+        <v>18</v>
+      </c>
+      <c r="D106" t="s">
+        <v>560</v>
+      </c>
+      <c r="E106" t="s">
+        <v>20</v>
+      </c>
+      <c r="F106" t="s">
+        <v>21</v>
+      </c>
+      <c r="G106" t="s">
+        <v>561</v>
+      </c>
+      <c r="H106">
+        <v>2021</v>
+      </c>
+      <c r="I106"/>
+      <c r="J106" t="s">
+        <v>46</v>
+      </c>
+      <c r="K106" t="s">
+        <v>24</v>
+      </c>
+      <c r="L106" t="s">
+        <v>562</v>
+      </c>
+      <c r="M106" t="s">
+        <v>47</v>
+      </c>
+      <c r="N106" t="s">
+        <v>27</v>
+      </c>
+      <c r="O106" t="s">
+        <v>563</v>
+      </c>
+      <c r="P106" t="s">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>565</v>
+      </c>
+      <c r="B107" t="s">
+        <v>566</v>
+      </c>
+      <c r="C107" t="s">
+        <v>18</v>
+      </c>
+      <c r="D107" t="s">
+        <v>567</v>
+      </c>
+      <c r="E107" t="s">
+        <v>20</v>
+      </c>
+      <c r="F107" t="s">
+        <v>21</v>
+      </c>
+      <c r="G107" t="s">
+        <v>34</v>
+      </c>
+      <c r="H107">
+        <v>2021</v>
+      </c>
+      <c r="I107"/>
+      <c r="J107" t="s">
+        <v>46</v>
+      </c>
+      <c r="K107" t="s">
+        <v>24</v>
+      </c>
+      <c r="L107"/>
+      <c r="M107" t="s">
+        <v>26</v>
+      </c>
+      <c r="N107" t="s">
+        <v>27</v>
+      </c>
+      <c r="O107" t="s">
+        <v>568</v>
+      </c>
+      <c r="P107" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" t="s">
+        <v>570</v>
+      </c>
+      <c r="B108" t="s">
+        <v>571</v>
+      </c>
+      <c r="C108" t="s">
+        <v>18</v>
+      </c>
+      <c r="D108" t="s">
+        <v>33</v>
+      </c>
+      <c r="E108" t="s">
+        <v>20</v>
+      </c>
+      <c r="F108" t="s">
+        <v>21</v>
+      </c>
+      <c r="G108" t="s">
+        <v>22</v>
+      </c>
+      <c r="H108">
+        <v>2015</v>
+      </c>
+      <c r="I108">
+        <v>2018</v>
+      </c>
+      <c r="J108" t="s">
+        <v>46</v>
+      </c>
+      <c r="K108" t="s">
+        <v>24</v>
+      </c>
+      <c r="L108" t="s">
+        <v>572</v>
+      </c>
+      <c r="M108" t="s">
+        <v>26</v>
+      </c>
+      <c r="N108" t="s">
+        <v>27</v>
+      </c>
+      <c r="O108" t="s">
+        <v>573</v>
+      </c>
+      <c r="P108" t="s">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>575</v>
+      </c>
+      <c r="B109" t="s">
+        <v>576</v>
+      </c>
+      <c r="C109" t="s">
+        <v>18</v>
+      </c>
+      <c r="D109" t="s">
+        <v>162</v>
+      </c>
+      <c r="E109" t="s">
+        <v>20</v>
+      </c>
+      <c r="F109" t="s">
+        <v>205</v>
+      </c>
+      <c r="G109" t="s">
+        <v>22</v>
+      </c>
+      <c r="H109">
         <v>2013</v>
       </c>
-      <c r="I92" t="s">
-[...40 lines deleted...]
-      <c r="H93">
+      <c r="I109">
+        <v>2016</v>
+      </c>
+      <c r="J109" t="s">
+        <v>46</v>
+      </c>
+      <c r="K109" t="s">
+        <v>24</v>
+      </c>
+      <c r="L109" t="s">
+        <v>577</v>
+      </c>
+      <c r="M109" t="s">
+        <v>26</v>
+      </c>
+      <c r="N109" t="s">
+        <v>27</v>
+      </c>
+      <c r="O109" t="s">
+        <v>578</v>
+      </c>
+      <c r="P109" t="s">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
+      <c r="A110" t="s">
+        <v>580</v>
+      </c>
+      <c r="B110" t="s">
+        <v>581</v>
+      </c>
+      <c r="C110" t="s">
+        <v>89</v>
+      </c>
+      <c r="D110" t="s">
+        <v>582</v>
+      </c>
+      <c r="E110" t="s">
+        <v>43</v>
+      </c>
+      <c r="F110" t="s">
+        <v>535</v>
+      </c>
+      <c r="G110" t="s">
+        <v>34</v>
+      </c>
+      <c r="H110">
+        <v>2023</v>
+      </c>
+      <c r="I110"/>
+      <c r="J110" t="s">
+        <v>536</v>
+      </c>
+      <c r="K110" t="s">
+        <v>583</v>
+      </c>
+      <c r="L110"/>
+      <c r="M110" t="s">
+        <v>92</v>
+      </c>
+      <c r="N110" t="s">
+        <v>258</v>
+      </c>
+      <c r="O110" t="s">
+        <v>584</v>
+      </c>
+      <c r="P110" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
+      <c r="A111" t="s">
+        <v>586</v>
+      </c>
+      <c r="B111" t="s">
+        <v>587</v>
+      </c>
+      <c r="C111" t="s">
+        <v>89</v>
+      </c>
+      <c r="D111" t="s">
+        <v>162</v>
+      </c>
+      <c r="E111" t="s">
+        <v>239</v>
+      </c>
+      <c r="F111" t="s">
+        <v>535</v>
+      </c>
+      <c r="G111" t="s">
+        <v>76</v>
+      </c>
+      <c r="H111">
+        <v>2014</v>
+      </c>
+      <c r="I111"/>
+      <c r="J111" t="s">
+        <v>536</v>
+      </c>
+      <c r="K111" t="s">
+        <v>24</v>
+      </c>
+      <c r="L111" t="s">
+        <v>588</v>
+      </c>
+      <c r="M111" t="s">
+        <v>92</v>
+      </c>
+      <c r="N111" t="s">
+        <v>27</v>
+      </c>
+      <c r="O111" t="s">
+        <v>589</v>
+      </c>
+      <c r="P111" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
+      <c r="A112" t="s">
+        <v>591</v>
+      </c>
+      <c r="B112" t="s">
+        <v>592</v>
+      </c>
+      <c r="C112" t="s">
+        <v>89</v>
+      </c>
+      <c r="D112" t="s">
+        <v>593</v>
+      </c>
+      <c r="E112" t="s">
+        <v>239</v>
+      </c>
+      <c r="F112" t="s">
+        <v>594</v>
+      </c>
+      <c r="G112" t="s">
+        <v>34</v>
+      </c>
+      <c r="H112"/>
+      <c r="I112"/>
+      <c r="J112" t="s">
+        <v>536</v>
+      </c>
+      <c r="K112" t="s">
+        <v>24</v>
+      </c>
+      <c r="L112" t="s">
+        <v>595</v>
+      </c>
+      <c r="M112" t="s">
+        <v>92</v>
+      </c>
+      <c r="N112" t="s">
+        <v>27</v>
+      </c>
+      <c r="O112" t="s">
+        <v>596</v>
+      </c>
+      <c r="P112" t="s">
+        <v>597</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
+      <c r="A113" t="s">
+        <v>598</v>
+      </c>
+      <c r="B113" t="s">
+        <v>599</v>
+      </c>
+      <c r="C113" t="s">
+        <v>529</v>
+      </c>
+      <c r="D113" t="s">
+        <v>33</v>
+      </c>
+      <c r="E113" t="s">
+        <v>20</v>
+      </c>
+      <c r="F113" t="s">
+        <v>21</v>
+      </c>
+      <c r="G113" t="s">
+        <v>22</v>
+      </c>
+      <c r="H113">
+        <v>2015</v>
+      </c>
+      <c r="I113">
+        <v>2018</v>
+      </c>
+      <c r="J113" t="s">
+        <v>600</v>
+      </c>
+      <c r="K113" t="s">
+        <v>24</v>
+      </c>
+      <c r="L113" t="s">
+        <v>601</v>
+      </c>
+      <c r="M113" t="s">
+        <v>530</v>
+      </c>
+      <c r="N113" t="s">
+        <v>27</v>
+      </c>
+      <c r="O113" t="s">
+        <v>602</v>
+      </c>
+      <c r="P113" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
+      <c r="A114" t="s">
+        <v>604</v>
+      </c>
+      <c r="B114" t="s">
+        <v>605</v>
+      </c>
+      <c r="C114" t="s">
+        <v>606</v>
+      </c>
+      <c r="D114" t="s">
+        <v>33</v>
+      </c>
+      <c r="E114" t="s">
+        <v>20</v>
+      </c>
+      <c r="F114" t="s">
+        <v>21</v>
+      </c>
+      <c r="G114" t="s">
+        <v>22</v>
+      </c>
+      <c r="H114">
         <v>2013</v>
       </c>
-      <c r="I93" t="s">
-[...2 lines deleted...]
-      <c r="J93" t="s">
+      <c r="I114">
+        <v>2018</v>
+      </c>
+      <c r="J114" t="s">
+        <v>35</v>
+      </c>
+      <c r="K114" t="s">
+        <v>24</v>
+      </c>
+      <c r="L114" t="s">
+        <v>607</v>
+      </c>
+      <c r="M114" t="s">
+        <v>608</v>
+      </c>
+      <c r="N114" t="s">
+        <v>27</v>
+      </c>
+      <c r="O114" t="s">
+        <v>609</v>
+      </c>
+      <c r="P114" t="s">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
+      <c r="A115" t="s">
+        <v>611</v>
+      </c>
+      <c r="B115" t="s">
+        <v>612</v>
+      </c>
+      <c r="C115" t="s">
+        <v>606</v>
+      </c>
+      <c r="D115" t="s">
+        <v>613</v>
+      </c>
+      <c r="E115" t="s">
+        <v>20</v>
+      </c>
+      <c r="F115" t="s">
         <v>21</v>
       </c>
-      <c r="K93" t="s">
-[...33 lines deleted...]
-      <c r="I94" t="s">
+      <c r="G115" t="s">
+        <v>22</v>
+      </c>
+      <c r="H115">
+        <v>2016</v>
+      </c>
+      <c r="I115">
+        <v>2019</v>
+      </c>
+      <c r="J115" t="s">
+        <v>35</v>
+      </c>
+      <c r="K115" t="s">
+        <v>24</v>
+      </c>
+      <c r="L115"/>
+      <c r="M115" t="s">
+        <v>608</v>
+      </c>
+      <c r="N115" t="s">
+        <v>27</v>
+      </c>
+      <c r="O115" t="s">
+        <v>614</v>
+      </c>
+      <c r="P115" t="s">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
+      <c r="A116" t="s">
+        <v>616</v>
+      </c>
+      <c r="B116" t="s">
+        <v>617</v>
+      </c>
+      <c r="C116" t="s">
+        <v>606</v>
+      </c>
+      <c r="D116" t="s">
+        <v>618</v>
+      </c>
+      <c r="E116" t="s">
         <v>20</v>
       </c>
-      <c r="J94" t="s">
+      <c r="F116" t="s">
+        <v>44</v>
+      </c>
+      <c r="G116" t="s">
+        <v>34</v>
+      </c>
+      <c r="H116">
+        <v>2016</v>
+      </c>
+      <c r="I116"/>
+      <c r="J116" t="s">
+        <v>35</v>
+      </c>
+      <c r="K116" t="s">
+        <v>24</v>
+      </c>
+      <c r="L116"/>
+      <c r="M116" t="s">
+        <v>608</v>
+      </c>
+      <c r="N116" t="s">
+        <v>27</v>
+      </c>
+      <c r="O116" t="s">
+        <v>619</v>
+      </c>
+      <c r="P116" t="s">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16">
+      <c r="A117" t="s">
+        <v>621</v>
+      </c>
+      <c r="B117" t="s">
+        <v>622</v>
+      </c>
+      <c r="C117" t="s">
+        <v>606</v>
+      </c>
+      <c r="D117" t="s">
+        <v>504</v>
+      </c>
+      <c r="E117" t="s">
+        <v>20</v>
+      </c>
+      <c r="F117" t="s">
         <v>21</v>
       </c>
-      <c r="K94"/>
-[...940 lines deleted...]
-        <v>2018</v>
+      <c r="G117" t="s">
+        <v>22</v>
       </c>
       <c r="H117">
         <v>2018</v>
       </c>
-      <c r="I117" t="s">
+      <c r="I117">
+        <v>2018</v>
+      </c>
+      <c r="J117" t="s">
+        <v>35</v>
+      </c>
+      <c r="K117" t="s">
+        <v>24</v>
+      </c>
+      <c r="L117"/>
+      <c r="M117" t="s">
+        <v>608</v>
+      </c>
+      <c r="N117" t="s">
+        <v>27</v>
+      </c>
+      <c r="O117" t="s">
+        <v>623</v>
+      </c>
+      <c r="P117" t="s">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16">
+      <c r="A118" t="s">
+        <v>624</v>
+      </c>
+      <c r="B118" t="s">
+        <v>625</v>
+      </c>
+      <c r="C118" t="s">
+        <v>606</v>
+      </c>
+      <c r="D118" t="s">
+        <v>626</v>
+      </c>
+      <c r="E118" t="s">
         <v>20</v>
       </c>
-      <c r="J117" t="s">
+      <c r="F118" t="s">
         <v>21</v>
       </c>
-      <c r="K117"/>
-[...30 lines deleted...]
-        <v>2018</v>
+      <c r="G118" t="s">
+        <v>22</v>
       </c>
       <c r="H118">
         <v>2018</v>
       </c>
-      <c r="I118" t="s">
+      <c r="I118">
+        <v>2018</v>
+      </c>
+      <c r="J118" t="s">
+        <v>35</v>
+      </c>
+      <c r="K118" t="s">
+        <v>627</v>
+      </c>
+      <c r="L118"/>
+      <c r="M118" t="s">
+        <v>608</v>
+      </c>
+      <c r="N118" t="s">
+        <v>27</v>
+      </c>
+      <c r="O118" t="s">
+        <v>628</v>
+      </c>
+      <c r="P118" t="s">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16">
+      <c r="A119" t="s">
+        <v>629</v>
+      </c>
+      <c r="B119" t="s">
+        <v>630</v>
+      </c>
+      <c r="C119" t="s">
+        <v>606</v>
+      </c>
+      <c r="D119" t="s">
+        <v>631</v>
+      </c>
+      <c r="E119" t="s">
         <v>20</v>
       </c>
-      <c r="J118" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="F119" t="s">
-        <v>62</v>
-[...1 lines deleted...]
-      <c r="G119">
+        <v>21</v>
+      </c>
+      <c r="G119" t="s">
+        <v>22</v>
+      </c>
+      <c r="H119">
         <v>2007</v>
       </c>
-      <c r="H119">
+      <c r="I119">
         <v>2018</v>
       </c>
-      <c r="I119" t="s">
+      <c r="J119" t="s">
+        <v>35</v>
+      </c>
+      <c r="K119" t="s">
+        <v>24</v>
+      </c>
+      <c r="L119" t="s">
+        <v>632</v>
+      </c>
+      <c r="M119" t="s">
+        <v>608</v>
+      </c>
+      <c r="N119" t="s">
+        <v>27</v>
+      </c>
+      <c r="O119" t="s">
+        <v>633</v>
+      </c>
+      <c r="P119" t="s">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16">
+      <c r="A120" t="s">
+        <v>634</v>
+      </c>
+      <c r="B120" t="s">
+        <v>625</v>
+      </c>
+      <c r="C120" t="s">
+        <v>606</v>
+      </c>
+      <c r="D120" t="s">
+        <v>210</v>
+      </c>
+      <c r="E120" t="s">
         <v>20</v>
       </c>
-      <c r="J119" t="s">
+      <c r="F120" t="s">
         <v>21</v>
       </c>
-      <c r="K119" t="s">
-[...31 lines deleted...]
-      <c r="G120">
+      <c r="G120" t="s">
+        <v>22</v>
+      </c>
+      <c r="H120">
         <v>2007</v>
       </c>
-      <c r="H120">
+      <c r="I120">
         <v>2018</v>
       </c>
-      <c r="I120" t="s">
+      <c r="J120" t="s">
+        <v>35</v>
+      </c>
+      <c r="K120" t="s">
+        <v>24</v>
+      </c>
+      <c r="L120" t="s">
+        <v>635</v>
+      </c>
+      <c r="M120" t="s">
+        <v>608</v>
+      </c>
+      <c r="N120" t="s">
+        <v>27</v>
+      </c>
+      <c r="O120" t="s">
+        <v>636</v>
+      </c>
+      <c r="P120" t="s">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16">
+      <c r="A121" t="s">
+        <v>637</v>
+      </c>
+      <c r="B121" t="s">
+        <v>638</v>
+      </c>
+      <c r="C121" t="s">
+        <v>606</v>
+      </c>
+      <c r="D121" t="s">
+        <v>613</v>
+      </c>
+      <c r="E121" t="s">
         <v>20</v>
       </c>
-      <c r="J120" t="s">
+      <c r="F121" t="s">
         <v>21</v>
       </c>
-      <c r="K120" t="s">
-[...31 lines deleted...]
-      <c r="G121">
+      <c r="G121" t="s">
+        <v>22</v>
+      </c>
+      <c r="H121">
         <v>2016</v>
       </c>
-      <c r="H121">
+      <c r="I121">
         <v>2019</v>
       </c>
-      <c r="I121" t="s">
+      <c r="J121" t="s">
+        <v>35</v>
+      </c>
+      <c r="K121" t="s">
+        <v>24</v>
+      </c>
+      <c r="L121"/>
+      <c r="M121" t="s">
+        <v>608</v>
+      </c>
+      <c r="N121" t="s">
+        <v>27</v>
+      </c>
+      <c r="O121" t="s">
+        <v>639</v>
+      </c>
+      <c r="P121" t="s">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16">
+      <c r="A122" t="s">
+        <v>640</v>
+      </c>
+      <c r="B122" t="s">
+        <v>641</v>
+      </c>
+      <c r="C122" t="s">
+        <v>606</v>
+      </c>
+      <c r="D122" t="s">
+        <v>198</v>
+      </c>
+      <c r="E122" t="s">
         <v>20</v>
       </c>
-      <c r="J121" t="s">
+      <c r="F122" t="s">
+        <v>44</v>
+      </c>
+      <c r="G122" t="s">
+        <v>34</v>
+      </c>
+      <c r="H122">
+        <v>2016</v>
+      </c>
+      <c r="I122"/>
+      <c r="J122" t="s">
+        <v>249</v>
+      </c>
+      <c r="K122" t="s">
+        <v>24</v>
+      </c>
+      <c r="L122" t="s">
+        <v>642</v>
+      </c>
+      <c r="M122" t="s">
+        <v>608</v>
+      </c>
+      <c r="N122" t="s">
+        <v>27</v>
+      </c>
+      <c r="O122" t="s">
+        <v>643</v>
+      </c>
+      <c r="P122" t="s">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16">
+      <c r="A123" t="s">
+        <v>645</v>
+      </c>
+      <c r="B123" t="s">
+        <v>646</v>
+      </c>
+      <c r="C123" t="s">
+        <v>74</v>
+      </c>
+      <c r="D123" t="s">
+        <v>65</v>
+      </c>
+      <c r="E123" t="s">
+        <v>239</v>
+      </c>
+      <c r="F123" t="s">
         <v>21</v>
       </c>
-      <c r="K121"/>
-[...29 lines deleted...]
-      <c r="G122">
+      <c r="G123" t="s">
+        <v>22</v>
+      </c>
+      <c r="H123">
+        <v>2011</v>
+      </c>
+      <c r="I123">
+        <v>2019</v>
+      </c>
+      <c r="J123" t="s">
+        <v>46</v>
+      </c>
+      <c r="K123" t="s">
+        <v>24</v>
+      </c>
+      <c r="L123" t="s">
+        <v>647</v>
+      </c>
+      <c r="M123" t="s">
+        <v>79</v>
+      </c>
+      <c r="N123" t="s">
+        <v>27</v>
+      </c>
+      <c r="O123" t="s">
+        <v>648</v>
+      </c>
+      <c r="P123" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16">
+      <c r="A124" t="s">
+        <v>650</v>
+      </c>
+      <c r="B124" t="s">
+        <v>651</v>
+      </c>
+      <c r="C124" t="s">
+        <v>74</v>
+      </c>
+      <c r="D124" t="s">
+        <v>652</v>
+      </c>
+      <c r="E124" t="s">
+        <v>239</v>
+      </c>
+      <c r="F124" t="s">
+        <v>21</v>
+      </c>
+      <c r="G124" t="s">
+        <v>34</v>
+      </c>
+      <c r="H124">
+        <v>2015</v>
+      </c>
+      <c r="I124"/>
+      <c r="J124" t="s">
+        <v>46</v>
+      </c>
+      <c r="K124" t="s">
+        <v>653</v>
+      </c>
+      <c r="L124" t="s">
+        <v>654</v>
+      </c>
+      <c r="M124" t="s">
+        <v>79</v>
+      </c>
+      <c r="N124" t="s">
+        <v>27</v>
+      </c>
+      <c r="O124" t="s">
+        <v>655</v>
+      </c>
+      <c r="P124" t="s">
+        <v>656</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16">
+      <c r="A125" t="s">
+        <v>657</v>
+      </c>
+      <c r="B125" t="s">
+        <v>658</v>
+      </c>
+      <c r="C125" t="s">
+        <v>74</v>
+      </c>
+      <c r="D125" t="s">
+        <v>659</v>
+      </c>
+      <c r="E125" t="s">
+        <v>239</v>
+      </c>
+      <c r="F125" t="s">
+        <v>660</v>
+      </c>
+      <c r="G125" t="s">
+        <v>34</v>
+      </c>
+      <c r="H125">
+        <v>2011</v>
+      </c>
+      <c r="I125"/>
+      <c r="J125" t="s">
+        <v>46</v>
+      </c>
+      <c r="K125" t="s">
+        <v>24</v>
+      </c>
+      <c r="L125" t="s">
+        <v>661</v>
+      </c>
+      <c r="M125" t="s">
+        <v>79</v>
+      </c>
+      <c r="N125" t="s">
+        <v>27</v>
+      </c>
+      <c r="O125" t="s">
+        <v>662</v>
+      </c>
+      <c r="P125" t="s">
+        <v>663</v>
+      </c>
+    </row>
+    <row r="126" spans="1:16">
+      <c r="A126" t="s">
+        <v>664</v>
+      </c>
+      <c r="B126" t="s">
+        <v>665</v>
+      </c>
+      <c r="C126" t="s">
+        <v>74</v>
+      </c>
+      <c r="D126" t="s">
+        <v>292</v>
+      </c>
+      <c r="E126" t="s">
+        <v>239</v>
+      </c>
+      <c r="F126" t="s">
+        <v>21</v>
+      </c>
+      <c r="G126" t="s">
+        <v>22</v>
+      </c>
+      <c r="H126">
+        <v>2013</v>
+      </c>
+      <c r="I126">
         <v>2016</v>
       </c>
-      <c r="H122"/>
-[...3 lines deleted...]
-      <c r="J122" t="s">
+      <c r="J126" t="s">
+        <v>46</v>
+      </c>
+      <c r="K126" t="s">
+        <v>24</v>
+      </c>
+      <c r="L126" t="s">
+        <v>666</v>
+      </c>
+      <c r="M126" t="s">
+        <v>79</v>
+      </c>
+      <c r="N126" t="s">
+        <v>27</v>
+      </c>
+      <c r="O126" t="s">
+        <v>667</v>
+      </c>
+      <c r="P126" t="s">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="127" spans="1:16">
+      <c r="A127" t="s">
+        <v>669</v>
+      </c>
+      <c r="B127" t="s">
+        <v>670</v>
+      </c>
+      <c r="C127" t="s">
+        <v>74</v>
+      </c>
+      <c r="D127" t="s">
+        <v>282</v>
+      </c>
+      <c r="E127" t="s">
+        <v>239</v>
+      </c>
+      <c r="F127" t="s">
+        <v>660</v>
+      </c>
+      <c r="G127" t="s">
+        <v>34</v>
+      </c>
+      <c r="H127">
+        <v>2014</v>
+      </c>
+      <c r="I127"/>
+      <c r="J127" t="s">
+        <v>46</v>
+      </c>
+      <c r="K127" t="s">
+        <v>24</v>
+      </c>
+      <c r="L127" t="s">
+        <v>671</v>
+      </c>
+      <c r="M127" t="s">
+        <v>79</v>
+      </c>
+      <c r="N127" t="s">
+        <v>27</v>
+      </c>
+      <c r="O127" t="s">
+        <v>672</v>
+      </c>
+      <c r="P127" t="s">
+        <v>673</v>
+      </c>
+    </row>
+    <row r="128" spans="1:16">
+      <c r="A128" t="s">
+        <v>674</v>
+      </c>
+      <c r="B128" t="s">
+        <v>675</v>
+      </c>
+      <c r="C128" t="s">
+        <v>74</v>
+      </c>
+      <c r="D128" t="s">
+        <v>676</v>
+      </c>
+      <c r="E128" t="s">
+        <v>239</v>
+      </c>
+      <c r="F128" t="s">
         <v>21</v>
       </c>
-      <c r="K122" t="s">
-[...31 lines deleted...]
-      <c r="G123">
+      <c r="G128" t="s">
+        <v>34</v>
+      </c>
+      <c r="H128">
+        <v>2013</v>
+      </c>
+      <c r="I128"/>
+      <c r="J128" t="s">
+        <v>46</v>
+      </c>
+      <c r="K128" t="s">
+        <v>24</v>
+      </c>
+      <c r="L128" t="s">
+        <v>677</v>
+      </c>
+      <c r="M128" t="s">
+        <v>79</v>
+      </c>
+      <c r="N128" t="s">
+        <v>678</v>
+      </c>
+      <c r="O128" t="s">
+        <v>679</v>
+      </c>
+      <c r="P128" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="129" spans="1:16">
+      <c r="A129" t="s">
+        <v>681</v>
+      </c>
+      <c r="B129" t="s">
+        <v>682</v>
+      </c>
+      <c r="C129" t="s">
+        <v>74</v>
+      </c>
+      <c r="D129" t="s">
+        <v>482</v>
+      </c>
+      <c r="E129" t="s">
+        <v>239</v>
+      </c>
+      <c r="F129" t="s">
+        <v>21</v>
+      </c>
+      <c r="G129" t="s">
+        <v>22</v>
+      </c>
+      <c r="H129">
+        <v>2014</v>
+      </c>
+      <c r="I129">
+        <v>2016</v>
+      </c>
+      <c r="J129" t="s">
+        <v>46</v>
+      </c>
+      <c r="K129" t="s">
+        <v>653</v>
+      </c>
+      <c r="L129" t="s">
+        <v>683</v>
+      </c>
+      <c r="M129" t="s">
+        <v>79</v>
+      </c>
+      <c r="N129" t="s">
+        <v>27</v>
+      </c>
+      <c r="O129" t="s">
+        <v>684</v>
+      </c>
+      <c r="P129" t="s">
+        <v>685</v>
+      </c>
+    </row>
+    <row r="130" spans="1:16">
+      <c r="A130" t="s">
+        <v>686</v>
+      </c>
+      <c r="B130" t="s">
+        <v>687</v>
+      </c>
+      <c r="C130" t="s">
+        <v>74</v>
+      </c>
+      <c r="D130" t="s">
+        <v>75</v>
+      </c>
+      <c r="E130" t="s">
+        <v>239</v>
+      </c>
+      <c r="F130" t="s">
+        <v>21</v>
+      </c>
+      <c r="G130" t="s">
+        <v>34</v>
+      </c>
+      <c r="H130">
+        <v>2018</v>
+      </c>
+      <c r="I130"/>
+      <c r="J130" t="s">
+        <v>46</v>
+      </c>
+      <c r="K130" t="s">
+        <v>24</v>
+      </c>
+      <c r="L130" t="s">
+        <v>688</v>
+      </c>
+      <c r="M130" t="s">
+        <v>79</v>
+      </c>
+      <c r="N130" t="s">
+        <v>27</v>
+      </c>
+      <c r="O130" t="s">
+        <v>689</v>
+      </c>
+      <c r="P130" t="s">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="131" spans="1:16">
+      <c r="A131" t="s">
+        <v>691</v>
+      </c>
+      <c r="B131" t="s">
+        <v>692</v>
+      </c>
+      <c r="C131" t="s">
+        <v>74</v>
+      </c>
+      <c r="D131" t="s">
+        <v>593</v>
+      </c>
+      <c r="E131" t="s">
+        <v>239</v>
+      </c>
+      <c r="F131" t="s">
+        <v>21</v>
+      </c>
+      <c r="G131" t="s">
+        <v>34</v>
+      </c>
+      <c r="H131">
+        <v>2019</v>
+      </c>
+      <c r="I131"/>
+      <c r="J131" t="s">
+        <v>46</v>
+      </c>
+      <c r="K131" t="s">
+        <v>24</v>
+      </c>
+      <c r="L131" t="s">
+        <v>693</v>
+      </c>
+      <c r="M131" t="s">
+        <v>79</v>
+      </c>
+      <c r="N131" t="s">
+        <v>27</v>
+      </c>
+      <c r="O131" t="s">
+        <v>694</v>
+      </c>
+      <c r="P131" t="s">
+        <v>695</v>
+      </c>
+    </row>
+    <row r="132" spans="1:16">
+      <c r="A132" t="s">
+        <v>696</v>
+      </c>
+      <c r="B132" t="s">
+        <v>697</v>
+      </c>
+      <c r="C132" t="s">
+        <v>74</v>
+      </c>
+      <c r="D132" t="s">
+        <v>169</v>
+      </c>
+      <c r="E132" t="s">
+        <v>239</v>
+      </c>
+      <c r="F132" t="s">
+        <v>21</v>
+      </c>
+      <c r="G132" t="s">
+        <v>34</v>
+      </c>
+      <c r="H132">
+        <v>2019</v>
+      </c>
+      <c r="I132"/>
+      <c r="J132" t="s">
+        <v>46</v>
+      </c>
+      <c r="K132" t="s">
+        <v>698</v>
+      </c>
+      <c r="L132" t="s">
+        <v>699</v>
+      </c>
+      <c r="M132" t="s">
+        <v>79</v>
+      </c>
+      <c r="N132" t="s">
+        <v>700</v>
+      </c>
+      <c r="O132" t="s">
+        <v>701</v>
+      </c>
+      <c r="P132" t="s">
+        <v>702</v>
+      </c>
+    </row>
+    <row r="133" spans="1:16">
+      <c r="A133" t="s">
+        <v>703</v>
+      </c>
+      <c r="B133" t="s">
+        <v>704</v>
+      </c>
+      <c r="C133" t="s">
+        <v>74</v>
+      </c>
+      <c r="D133" t="s">
+        <v>33</v>
+      </c>
+      <c r="E133" t="s">
+        <v>239</v>
+      </c>
+      <c r="F133" t="s">
+        <v>21</v>
+      </c>
+      <c r="G133" t="s">
+        <v>22</v>
+      </c>
+      <c r="H133">
+        <v>2020</v>
+      </c>
+      <c r="I133">
+        <v>2023</v>
+      </c>
+      <c r="J133" t="s">
+        <v>84</v>
+      </c>
+      <c r="K133" t="s">
+        <v>24</v>
+      </c>
+      <c r="L133" t="s">
+        <v>705</v>
+      </c>
+      <c r="M133" t="s">
+        <v>79</v>
+      </c>
+      <c r="N133" t="s">
+        <v>27</v>
+      </c>
+      <c r="O133" t="s">
+        <v>706</v>
+      </c>
+      <c r="P133" t="s">
+        <v>707</v>
+      </c>
+    </row>
+    <row r="134" spans="1:16">
+      <c r="A134" t="s">
+        <v>708</v>
+      </c>
+      <c r="B134" t="s">
+        <v>709</v>
+      </c>
+      <c r="C134" t="s">
+        <v>74</v>
+      </c>
+      <c r="D134" t="s">
+        <v>83</v>
+      </c>
+      <c r="E134" t="s">
+        <v>239</v>
+      </c>
+      <c r="F134" t="s">
+        <v>21</v>
+      </c>
+      <c r="G134" t="s">
+        <v>34</v>
+      </c>
+      <c r="H134">
+        <v>2020</v>
+      </c>
+      <c r="I134"/>
+      <c r="J134" t="s">
+        <v>46</v>
+      </c>
+      <c r="K134" t="s">
+        <v>24</v>
+      </c>
+      <c r="L134" t="s">
+        <v>710</v>
+      </c>
+      <c r="M134" t="s">
+        <v>79</v>
+      </c>
+      <c r="N134" t="s">
+        <v>27</v>
+      </c>
+      <c r="O134" t="s">
+        <v>711</v>
+      </c>
+      <c r="P134" t="s">
+        <v>712</v>
+      </c>
+    </row>
+    <row r="135" spans="1:16">
+      <c r="A135" t="s">
+        <v>713</v>
+      </c>
+      <c r="B135" t="s">
+        <v>714</v>
+      </c>
+      <c r="C135" t="s">
+        <v>74</v>
+      </c>
+      <c r="D135" t="s">
+        <v>60</v>
+      </c>
+      <c r="E135" t="s">
+        <v>239</v>
+      </c>
+      <c r="F135" t="s">
+        <v>21</v>
+      </c>
+      <c r="G135" t="s">
+        <v>34</v>
+      </c>
+      <c r="H135">
+        <v>2021</v>
+      </c>
+      <c r="I135"/>
+      <c r="J135" t="s">
+        <v>46</v>
+      </c>
+      <c r="K135" t="s">
+        <v>24</v>
+      </c>
+      <c r="L135" t="s">
+        <v>715</v>
+      </c>
+      <c r="M135" t="s">
+        <v>79</v>
+      </c>
+      <c r="N135" t="s">
+        <v>27</v>
+      </c>
+      <c r="O135" t="s">
+        <v>716</v>
+      </c>
+      <c r="P135" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="136" spans="1:16">
+      <c r="A136" t="s">
+        <v>717</v>
+      </c>
+      <c r="B136" t="s">
+        <v>718</v>
+      </c>
+      <c r="C136" t="s">
+        <v>74</v>
+      </c>
+      <c r="D136" t="s">
+        <v>719</v>
+      </c>
+      <c r="E136" t="s">
+        <v>239</v>
+      </c>
+      <c r="F136" t="s">
+        <v>21</v>
+      </c>
+      <c r="G136" t="s">
+        <v>34</v>
+      </c>
+      <c r="H136">
+        <v>2021</v>
+      </c>
+      <c r="I136"/>
+      <c r="J136" t="s">
+        <v>46</v>
+      </c>
+      <c r="K136" t="s">
+        <v>24</v>
+      </c>
+      <c r="L136" t="s">
+        <v>720</v>
+      </c>
+      <c r="M136" t="s">
+        <v>79</v>
+      </c>
+      <c r="N136" t="s">
+        <v>258</v>
+      </c>
+      <c r="O136" t="s">
+        <v>721</v>
+      </c>
+      <c r="P136" t="s">
+        <v>722</v>
+      </c>
+    </row>
+    <row r="137" spans="1:16">
+      <c r="A137" t="s">
+        <v>723</v>
+      </c>
+      <c r="B137" t="s">
+        <v>724</v>
+      </c>
+      <c r="C137" t="s">
+        <v>74</v>
+      </c>
+      <c r="D137" t="s">
+        <v>719</v>
+      </c>
+      <c r="E137" t="s">
+        <v>239</v>
+      </c>
+      <c r="F137" t="s">
+        <v>21</v>
+      </c>
+      <c r="G137" t="s">
+        <v>34</v>
+      </c>
+      <c r="H137">
+        <v>2021</v>
+      </c>
+      <c r="I137"/>
+      <c r="J137" t="s">
+        <v>46</v>
+      </c>
+      <c r="K137" t="s">
+        <v>24</v>
+      </c>
+      <c r="L137" t="s">
+        <v>725</v>
+      </c>
+      <c r="M137" t="s">
+        <v>79</v>
+      </c>
+      <c r="N137" t="s">
+        <v>27</v>
+      </c>
+      <c r="O137" t="s">
+        <v>726</v>
+      </c>
+      <c r="P137" t="s">
+        <v>727</v>
+      </c>
+    </row>
+    <row r="138" spans="1:16">
+      <c r="A138" t="s">
+        <v>728</v>
+      </c>
+      <c r="B138" t="s">
+        <v>729</v>
+      </c>
+      <c r="C138" t="s">
+        <v>74</v>
+      </c>
+      <c r="D138" t="s">
+        <v>204</v>
+      </c>
+      <c r="E138" t="s">
+        <v>239</v>
+      </c>
+      <c r="F138" t="s">
+        <v>21</v>
+      </c>
+      <c r="G138" t="s">
+        <v>34</v>
+      </c>
+      <c r="H138">
+        <v>2024</v>
+      </c>
+      <c r="I138"/>
+      <c r="J138" t="s">
+        <v>84</v>
+      </c>
+      <c r="K138" t="s">
+        <v>730</v>
+      </c>
+      <c r="L138" t="s">
+        <v>731</v>
+      </c>
+      <c r="M138" t="s">
+        <v>79</v>
+      </c>
+      <c r="N138" t="s">
+        <v>258</v>
+      </c>
+      <c r="O138" t="s">
+        <v>732</v>
+      </c>
+      <c r="P138" t="s">
+        <v>733</v>
+      </c>
+    </row>
+    <row r="139" spans="1:16">
+      <c r="A139" t="s">
+        <v>734</v>
+      </c>
+      <c r="B139" t="s">
+        <v>735</v>
+      </c>
+      <c r="C139" t="s">
+        <v>74</v>
+      </c>
+      <c r="D139" t="s">
+        <v>736</v>
+      </c>
+      <c r="E139" t="s">
+        <v>239</v>
+      </c>
+      <c r="F139" t="s">
+        <v>21</v>
+      </c>
+      <c r="G139" t="s">
+        <v>34</v>
+      </c>
+      <c r="H139">
+        <v>2024</v>
+      </c>
+      <c r="I139"/>
+      <c r="J139" t="s">
+        <v>84</v>
+      </c>
+      <c r="K139" t="s">
+        <v>24</v>
+      </c>
+      <c r="L139" t="s">
+        <v>737</v>
+      </c>
+      <c r="M139" t="s">
+        <v>738</v>
+      </c>
+      <c r="N139" t="s">
+        <v>27</v>
+      </c>
+      <c r="O139" t="s">
+        <v>739</v>
+      </c>
+      <c r="P139" t="s">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="140" spans="1:16">
+      <c r="A140" t="s">
+        <v>741</v>
+      </c>
+      <c r="B140" t="s">
+        <v>742</v>
+      </c>
+      <c r="C140" t="s">
+        <v>74</v>
+      </c>
+      <c r="D140" t="s">
+        <v>743</v>
+      </c>
+      <c r="E140" t="s">
+        <v>239</v>
+      </c>
+      <c r="F140" t="s">
+        <v>21</v>
+      </c>
+      <c r="G140" t="s">
+        <v>34</v>
+      </c>
+      <c r="H140">
+        <v>2024</v>
+      </c>
+      <c r="I140"/>
+      <c r="J140" t="s">
+        <v>84</v>
+      </c>
+      <c r="K140" t="s">
+        <v>24</v>
+      </c>
+      <c r="L140" t="s">
+        <v>744</v>
+      </c>
+      <c r="M140" t="s">
+        <v>79</v>
+      </c>
+      <c r="N140" t="s">
+        <v>27</v>
+      </c>
+      <c r="O140" t="s">
+        <v>745</v>
+      </c>
+      <c r="P140" t="s">
+        <v>746</v>
+      </c>
+    </row>
+    <row r="141" spans="1:16">
+      <c r="A141" t="s">
+        <v>747</v>
+      </c>
+      <c r="B141" t="s">
+        <v>748</v>
+      </c>
+      <c r="C141" t="s">
+        <v>74</v>
+      </c>
+      <c r="D141" t="s">
+        <v>198</v>
+      </c>
+      <c r="E141" t="s">
+        <v>239</v>
+      </c>
+      <c r="F141" t="s">
+        <v>21</v>
+      </c>
+      <c r="G141" t="s">
+        <v>34</v>
+      </c>
+      <c r="H141">
+        <v>2010</v>
+      </c>
+      <c r="I141"/>
+      <c r="J141" t="s">
+        <v>46</v>
+      </c>
+      <c r="K141" t="s">
+        <v>24</v>
+      </c>
+      <c r="L141" t="s">
+        <v>749</v>
+      </c>
+      <c r="M141" t="s">
+        <v>79</v>
+      </c>
+      <c r="N141" t="s">
+        <v>27</v>
+      </c>
+      <c r="O141" t="s">
+        <v>750</v>
+      </c>
+      <c r="P141" t="s">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="142" spans="1:16">
+      <c r="A142" t="s">
+        <v>752</v>
+      </c>
+      <c r="B142" t="s">
+        <v>753</v>
+      </c>
+      <c r="C142" t="s">
+        <v>74</v>
+      </c>
+      <c r="D142" t="s">
+        <v>652</v>
+      </c>
+      <c r="E142" t="s">
+        <v>239</v>
+      </c>
+      <c r="F142" t="s">
+        <v>21</v>
+      </c>
+      <c r="G142" t="s">
+        <v>22</v>
+      </c>
+      <c r="H142">
+        <v>2008</v>
+      </c>
+      <c r="I142">
+        <v>2019</v>
+      </c>
+      <c r="J142" t="s">
+        <v>46</v>
+      </c>
+      <c r="K142" t="s">
+        <v>24</v>
+      </c>
+      <c r="L142" t="s">
+        <v>754</v>
+      </c>
+      <c r="M142" t="s">
+        <v>79</v>
+      </c>
+      <c r="N142" t="s">
+        <v>27</v>
+      </c>
+      <c r="O142" t="s">
+        <v>755</v>
+      </c>
+      <c r="P142" t="s">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="143" spans="1:16">
+      <c r="A143" t="s">
+        <v>757</v>
+      </c>
+      <c r="B143" t="s">
+        <v>758</v>
+      </c>
+      <c r="C143" t="s">
+        <v>74</v>
+      </c>
+      <c r="D143" t="s">
+        <v>323</v>
+      </c>
+      <c r="E143" t="s">
+        <v>239</v>
+      </c>
+      <c r="F143" t="s">
+        <v>21</v>
+      </c>
+      <c r="G143" t="s">
+        <v>34</v>
+      </c>
+      <c r="H143">
+        <v>2014</v>
+      </c>
+      <c r="I143"/>
+      <c r="J143" t="s">
+        <v>46</v>
+      </c>
+      <c r="K143" t="s">
+        <v>122</v>
+      </c>
+      <c r="L143" t="s">
+        <v>759</v>
+      </c>
+      <c r="M143" t="s">
+        <v>79</v>
+      </c>
+      <c r="N143" t="s">
+        <v>27</v>
+      </c>
+      <c r="O143" t="s">
+        <v>760</v>
+      </c>
+      <c r="P143" t="s">
+        <v>761</v>
+      </c>
+    </row>
+    <row r="144" spans="1:16">
+      <c r="A144" t="s">
+        <v>762</v>
+      </c>
+      <c r="B144" t="s">
+        <v>763</v>
+      </c>
+      <c r="C144" t="s">
+        <v>74</v>
+      </c>
+      <c r="D144" t="s">
+        <v>764</v>
+      </c>
+      <c r="E144" t="s">
+        <v>239</v>
+      </c>
+      <c r="F144" t="s">
+        <v>21</v>
+      </c>
+      <c r="G144" t="s">
+        <v>34</v>
+      </c>
+      <c r="H144">
+        <v>2021</v>
+      </c>
+      <c r="I144"/>
+      <c r="J144" t="s">
+        <v>46</v>
+      </c>
+      <c r="K144" t="s">
+        <v>24</v>
+      </c>
+      <c r="L144" t="s">
+        <v>765</v>
+      </c>
+      <c r="M144" t="s">
+        <v>79</v>
+      </c>
+      <c r="N144" t="s">
+        <v>27</v>
+      </c>
+      <c r="O144" t="s">
+        <v>766</v>
+      </c>
+      <c r="P144" t="s">
+        <v>767</v>
+      </c>
+    </row>
+    <row r="145" spans="1:16">
+      <c r="A145" t="s">
+        <v>768</v>
+      </c>
+      <c r="B145" t="s">
+        <v>769</v>
+      </c>
+      <c r="C145" t="s">
+        <v>197</v>
+      </c>
+      <c r="D145" t="s">
+        <v>482</v>
+      </c>
+      <c r="E145" t="s">
+        <v>20</v>
+      </c>
+      <c r="F145" t="s">
+        <v>21</v>
+      </c>
+      <c r="G145" t="s">
+        <v>22</v>
+      </c>
+      <c r="H145">
+        <v>2007</v>
+      </c>
+      <c r="I145">
         <v>2011</v>
       </c>
-      <c r="H123">
-[...938 lines deleted...]
-      </c>
       <c r="J145" t="s">
-        <v>21</v>
+        <v>46</v>
       </c>
       <c r="K145" t="s">
-        <v>537</v>
+        <v>24</v>
       </c>
       <c r="L145" t="s">
-        <v>538</v>
+        <v>770</v>
       </c>
       <c r="M145" t="s">
-        <v>24</v>
+        <v>771</v>
       </c>
       <c r="N145" t="s">
-        <v>539</v>
-[...2 lines deleted...]
-    <row r="146" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O145" t="s">
+        <v>772</v>
+      </c>
+      <c r="P145" t="s">
+        <v>773</v>
+      </c>
+    </row>
+    <row r="146" spans="1:16">
       <c r="A146" t="s">
-        <v>540</v>
+        <v>774</v>
       </c>
       <c r="B146" t="s">
-        <v>140</v>
+        <v>775</v>
       </c>
       <c r="C146" t="s">
-        <v>84</v>
+        <v>197</v>
       </c>
       <c r="D146" t="s">
-        <v>168</v>
+        <v>114</v>
       </c>
       <c r="E146" t="s">
-        <v>30</v>
+        <v>239</v>
       </c>
       <c r="F146" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>2006</v>
+        <v>44</v>
+      </c>
+      <c r="G146" t="s">
+        <v>22</v>
       </c>
       <c r="H146">
         <v>2006</v>
       </c>
-      <c r="I146" t="s">
-        <v>32</v>
+      <c r="I146">
+        <v>2006</v>
       </c>
       <c r="J146" t="s">
+        <v>46</v>
+      </c>
+      <c r="K146" t="s">
+        <v>24</v>
+      </c>
+      <c r="L146"/>
+      <c r="M146" t="s">
+        <v>771</v>
+      </c>
+      <c r="N146" t="s">
+        <v>258</v>
+      </c>
+      <c r="O146" t="s">
+        <v>776</v>
+      </c>
+      <c r="P146"/>
+    </row>
+    <row r="147" spans="1:16">
+      <c r="A147" t="s">
+        <v>777</v>
+      </c>
+      <c r="B147" t="s">
+        <v>778</v>
+      </c>
+      <c r="C147" t="s">
+        <v>197</v>
+      </c>
+      <c r="D147" t="s">
+        <v>162</v>
+      </c>
+      <c r="E147" t="s">
+        <v>20</v>
+      </c>
+      <c r="F147" t="s">
         <v>21</v>
       </c>
-      <c r="K146"/>
-[...29 lines deleted...]
-      <c r="G147">
+      <c r="G147" t="s">
+        <v>22</v>
+      </c>
+      <c r="H147">
         <v>2006</v>
       </c>
-      <c r="H147">
+      <c r="I147">
         <v>2015</v>
       </c>
-      <c r="I147" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J147" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>46</v>
+      </c>
+      <c r="K147" t="s">
+        <v>24</v>
+      </c>
+      <c r="L147"/>
       <c r="M147" t="s">
-        <v>24</v>
+        <v>199</v>
       </c>
       <c r="N147" t="s">
-        <v>543</v>
-[...2 lines deleted...]
-    <row r="148" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O147" t="s">
+        <v>779</v>
+      </c>
+      <c r="P147" t="s">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="148" spans="1:16">
       <c r="A148" t="s">
-        <v>544</v>
+        <v>781</v>
       </c>
       <c r="B148" t="s">
-        <v>140</v>
+        <v>782</v>
       </c>
       <c r="C148" t="s">
-        <v>545</v>
+        <v>197</v>
       </c>
       <c r="D148" t="s">
-        <v>17</v>
+        <v>783</v>
       </c>
       <c r="E148" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="F148" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G148">
+        <v>44</v>
+      </c>
+      <c r="G148" t="s">
+        <v>34</v>
+      </c>
+      <c r="H148">
         <v>2016</v>
       </c>
-      <c r="H148"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I148"/>
       <c r="J148" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>46</v>
+      </c>
+      <c r="K148" t="s">
+        <v>24</v>
+      </c>
+      <c r="L148"/>
       <c r="M148" t="s">
-        <v>24</v>
+        <v>771</v>
       </c>
       <c r="N148" t="s">
-        <v>546</v>
-[...2 lines deleted...]
-    <row r="149" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O148" t="s">
+        <v>784</v>
+      </c>
+      <c r="P148" t="s">
+        <v>785</v>
+      </c>
+    </row>
+    <row r="149" spans="1:16">
       <c r="A149" t="s">
-        <v>547</v>
+        <v>786</v>
       </c>
       <c r="B149" t="s">
-        <v>140</v>
+        <v>787</v>
       </c>
       <c r="C149" t="s">
-        <v>233</v>
+        <v>197</v>
       </c>
       <c r="D149" t="s">
-        <v>17</v>
+        <v>323</v>
       </c>
       <c r="E149" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="F149" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>2016</v>
+        <v>44</v>
+      </c>
+      <c r="G149" t="s">
+        <v>22</v>
       </c>
       <c r="H149">
         <v>2016</v>
       </c>
-      <c r="I149" t="s">
-        <v>32</v>
+      <c r="I149">
+        <v>2016</v>
       </c>
       <c r="J149" t="s">
+        <v>46</v>
+      </c>
+      <c r="K149" t="s">
+        <v>24</v>
+      </c>
+      <c r="L149"/>
+      <c r="M149" t="s">
+        <v>771</v>
+      </c>
+      <c r="N149" t="s">
+        <v>27</v>
+      </c>
+      <c r="O149" t="s">
+        <v>788</v>
+      </c>
+      <c r="P149" t="s">
+        <v>785</v>
+      </c>
+    </row>
+    <row r="150" spans="1:16">
+      <c r="A150" t="s">
+        <v>789</v>
+      </c>
+      <c r="B150" t="s">
+        <v>790</v>
+      </c>
+      <c r="C150" t="s">
+        <v>197</v>
+      </c>
+      <c r="D150" t="s">
+        <v>175</v>
+      </c>
+      <c r="E150" t="s">
+        <v>20</v>
+      </c>
+      <c r="F150" t="s">
+        <v>205</v>
+      </c>
+      <c r="G150" t="s">
+        <v>34</v>
+      </c>
+      <c r="H150">
+        <v>2014</v>
+      </c>
+      <c r="I150"/>
+      <c r="J150" t="s">
+        <v>46</v>
+      </c>
+      <c r="K150" t="s">
+        <v>24</v>
+      </c>
+      <c r="L150"/>
+      <c r="M150" t="s">
+        <v>199</v>
+      </c>
+      <c r="N150" t="s">
+        <v>27</v>
+      </c>
+      <c r="O150" t="s">
+        <v>791</v>
+      </c>
+      <c r="P150" t="s">
+        <v>792</v>
+      </c>
+    </row>
+    <row r="151" spans="1:16">
+      <c r="A151" t="s">
+        <v>793</v>
+      </c>
+      <c r="B151" t="s">
+        <v>794</v>
+      </c>
+      <c r="C151" t="s">
+        <v>197</v>
+      </c>
+      <c r="D151" t="s">
+        <v>493</v>
+      </c>
+      <c r="E151" t="s">
+        <v>20</v>
+      </c>
+      <c r="F151" t="s">
+        <v>44</v>
+      </c>
+      <c r="G151" t="s">
+        <v>22</v>
+      </c>
+      <c r="H151">
+        <v>2012</v>
+      </c>
+      <c r="I151">
+        <v>2013</v>
+      </c>
+      <c r="J151" t="s">
+        <v>46</v>
+      </c>
+      <c r="K151" t="s">
+        <v>24</v>
+      </c>
+      <c r="L151" t="s">
+        <v>795</v>
+      </c>
+      <c r="M151" t="s">
+        <v>771</v>
+      </c>
+      <c r="N151" t="s">
+        <v>27</v>
+      </c>
+      <c r="O151" t="s">
+        <v>796</v>
+      </c>
+      <c r="P151" t="s">
+        <v>797</v>
+      </c>
+    </row>
+    <row r="152" spans="1:16">
+      <c r="A152" t="s">
+        <v>798</v>
+      </c>
+      <c r="B152" t="s">
+        <v>799</v>
+      </c>
+      <c r="C152" t="s">
+        <v>197</v>
+      </c>
+      <c r="D152" t="s">
+        <v>169</v>
+      </c>
+      <c r="E152" t="s">
+        <v>20</v>
+      </c>
+      <c r="F152" t="s">
         <v>21</v>
       </c>
-      <c r="K149"/>
-[...29 lines deleted...]
-      <c r="G150">
+      <c r="G152" t="s">
+        <v>22</v>
+      </c>
+      <c r="H152">
+        <v>1986</v>
+      </c>
+      <c r="I152">
+        <v>2012</v>
+      </c>
+      <c r="J152" t="s">
+        <v>46</v>
+      </c>
+      <c r="K152" t="s">
+        <v>800</v>
+      </c>
+      <c r="L152"/>
+      <c r="M152" t="s">
+        <v>801</v>
+      </c>
+      <c r="N152" t="s">
+        <v>27</v>
+      </c>
+      <c r="O152" t="s">
+        <v>802</v>
+      </c>
+      <c r="P152" t="s">
+        <v>803</v>
+      </c>
+    </row>
+    <row r="153" spans="1:16">
+      <c r="A153" t="s">
+        <v>804</v>
+      </c>
+      <c r="B153" t="s">
+        <v>794</v>
+      </c>
+      <c r="C153" t="s">
+        <v>197</v>
+      </c>
+      <c r="D153" t="s">
+        <v>805</v>
+      </c>
+      <c r="E153" t="s">
+        <v>20</v>
+      </c>
+      <c r="F153" t="s">
+        <v>44</v>
+      </c>
+      <c r="G153" t="s">
+        <v>22</v>
+      </c>
+      <c r="H153">
+        <v>1986</v>
+      </c>
+      <c r="I153">
         <v>2014</v>
       </c>
-      <c r="H150"/>
-[...3 lines deleted...]
-      <c r="J150" t="s">
+      <c r="J153" t="s">
+        <v>46</v>
+      </c>
+      <c r="K153" t="s">
+        <v>24</v>
+      </c>
+      <c r="L153"/>
+      <c r="M153" t="s">
+        <v>771</v>
+      </c>
+      <c r="N153" t="s">
+        <v>27</v>
+      </c>
+      <c r="O153" t="s">
+        <v>806</v>
+      </c>
+      <c r="P153" t="s">
+        <v>807</v>
+      </c>
+    </row>
+    <row r="154" spans="1:16">
+      <c r="A154" t="s">
+        <v>808</v>
+      </c>
+      <c r="B154" t="s">
+        <v>809</v>
+      </c>
+      <c r="C154" t="s">
+        <v>197</v>
+      </c>
+      <c r="D154" t="s">
+        <v>810</v>
+      </c>
+      <c r="E154" t="s">
+        <v>20</v>
+      </c>
+      <c r="F154" t="s">
         <v>21</v>
       </c>
-      <c r="K150"/>
-[...38 lines deleted...]
-      <c r="J151" t="s">
+      <c r="G154" t="s">
+        <v>34</v>
+      </c>
+      <c r="H154">
+        <v>2004</v>
+      </c>
+      <c r="I154"/>
+      <c r="J154" t="s">
+        <v>46</v>
+      </c>
+      <c r="K154" t="s">
+        <v>24</v>
+      </c>
+      <c r="L154"/>
+      <c r="M154" t="s">
+        <v>801</v>
+      </c>
+      <c r="N154" t="s">
+        <v>27</v>
+      </c>
+      <c r="O154" t="s">
+        <v>811</v>
+      </c>
+      <c r="P154" t="s">
+        <v>812</v>
+      </c>
+    </row>
+    <row r="155" spans="1:16">
+      <c r="A155" t="s">
+        <v>813</v>
+      </c>
+      <c r="B155" t="s">
+        <v>814</v>
+      </c>
+      <c r="C155" t="s">
+        <v>89</v>
+      </c>
+      <c r="D155" t="s">
+        <v>815</v>
+      </c>
+      <c r="E155" t="s">
+        <v>20</v>
+      </c>
+      <c r="F155" t="s">
+        <v>44</v>
+      </c>
+      <c r="G155" t="s">
+        <v>34</v>
+      </c>
+      <c r="H155">
+        <v>2019</v>
+      </c>
+      <c r="I155"/>
+      <c r="J155" t="s">
+        <v>514</v>
+      </c>
+      <c r="K155" t="s">
+        <v>698</v>
+      </c>
+      <c r="L155"/>
+      <c r="M155" t="s">
+        <v>92</v>
+      </c>
+      <c r="N155" t="s">
+        <v>816</v>
+      </c>
+      <c r="O155" t="s">
+        <v>817</v>
+      </c>
+      <c r="P155" t="s">
+        <v>818</v>
+      </c>
+    </row>
+    <row r="156" spans="1:16">
+      <c r="A156" t="s">
+        <v>819</v>
+      </c>
+      <c r="B156" t="s">
+        <v>820</v>
+      </c>
+      <c r="C156" t="s">
+        <v>821</v>
+      </c>
+      <c r="D156" t="s">
+        <v>352</v>
+      </c>
+      <c r="E156" t="s">
+        <v>239</v>
+      </c>
+      <c r="F156" t="s">
         <v>21</v>
       </c>
-      <c r="K151" t="s">
-[...195 lines deleted...]
-      <c r="G156">
+      <c r="G156" t="s">
+        <v>76</v>
+      </c>
+      <c r="H156">
         <v>2025</v>
       </c>
-      <c r="H156"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I156"/>
       <c r="J156" t="s">
-        <v>21</v>
+        <v>822</v>
       </c>
       <c r="K156" t="s">
-        <v>571</v>
+        <v>24</v>
       </c>
       <c r="L156" t="s">
-        <v>572</v>
+        <v>823</v>
       </c>
       <c r="M156" t="s">
-        <v>24</v>
+        <v>824</v>
       </c>
       <c r="N156" t="s">
-        <v>573</v>
-[...2 lines deleted...]
-    <row r="157" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O156" t="s">
+        <v>825</v>
+      </c>
+      <c r="P156" t="s">
+        <v>826</v>
+      </c>
+    </row>
+    <row r="157" spans="1:16">
       <c r="A157" t="s">
-        <v>574</v>
+        <v>827</v>
       </c>
       <c r="B157" t="s">
-        <v>140</v>
+        <v>828</v>
       </c>
       <c r="C157" t="s">
-        <v>339</v>
+        <v>197</v>
       </c>
       <c r="D157" t="s">
-        <v>17</v>
+        <v>476</v>
       </c>
       <c r="E157" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="F157" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>44</v>
+      </c>
+      <c r="G157" t="s">
+        <v>22</v>
       </c>
       <c r="H157">
         <v>2011</v>
       </c>
-      <c r="I157" t="s">
-        <v>32</v>
+      <c r="I157">
+        <v>2011</v>
       </c>
       <c r="J157" t="s">
+        <v>46</v>
+      </c>
+      <c r="K157" t="s">
+        <v>24</v>
+      </c>
+      <c r="L157" t="s">
+        <v>829</v>
+      </c>
+      <c r="M157" t="s">
+        <v>771</v>
+      </c>
+      <c r="N157" t="s">
+        <v>27</v>
+      </c>
+      <c r="O157" t="s">
+        <v>830</v>
+      </c>
+      <c r="P157" t="s">
+        <v>831</v>
+      </c>
+    </row>
+    <row r="158" spans="1:16">
+      <c r="A158" t="s">
+        <v>832</v>
+      </c>
+      <c r="B158" t="s">
+        <v>833</v>
+      </c>
+      <c r="C158" t="s">
+        <v>834</v>
+      </c>
+      <c r="D158" t="s">
+        <v>835</v>
+      </c>
+      <c r="E158" t="s">
+        <v>239</v>
+      </c>
+      <c r="F158" t="s">
+        <v>44</v>
+      </c>
+      <c r="G158" t="s">
+        <v>34</v>
+      </c>
+      <c r="H158">
+        <v>2021</v>
+      </c>
+      <c r="I158"/>
+      <c r="J158" t="s">
+        <v>836</v>
+      </c>
+      <c r="K158" t="s">
+        <v>24</v>
+      </c>
+      <c r="L158" t="s">
+        <v>837</v>
+      </c>
+      <c r="M158" t="s">
+        <v>838</v>
+      </c>
+      <c r="N158" t="s">
+        <v>27</v>
+      </c>
+      <c r="O158" t="s">
+        <v>839</v>
+      </c>
+      <c r="P158"/>
+    </row>
+    <row r="159" spans="1:16">
+      <c r="A159" t="s">
+        <v>840</v>
+      </c>
+      <c r="B159" t="s">
+        <v>841</v>
+      </c>
+      <c r="C159" t="s">
+        <v>834</v>
+      </c>
+      <c r="D159" t="s">
+        <v>504</v>
+      </c>
+      <c r="E159" t="s">
+        <v>239</v>
+      </c>
+      <c r="F159" t="s">
+        <v>205</v>
+      </c>
+      <c r="G159" t="s">
+        <v>22</v>
+      </c>
+      <c r="H159">
+        <v>2002</v>
+      </c>
+      <c r="I159">
+        <v>2015</v>
+      </c>
+      <c r="J159" t="s">
+        <v>842</v>
+      </c>
+      <c r="K159" t="s">
+        <v>843</v>
+      </c>
+      <c r="L159" t="s">
+        <v>844</v>
+      </c>
+      <c r="M159" t="s">
+        <v>838</v>
+      </c>
+      <c r="N159" t="s">
+        <v>27</v>
+      </c>
+      <c r="O159" t="s">
+        <v>845</v>
+      </c>
+      <c r="P159" t="s">
+        <v>846</v>
+      </c>
+    </row>
+    <row r="160" spans="1:16">
+      <c r="A160" t="s">
+        <v>847</v>
+      </c>
+      <c r="B160" t="s">
+        <v>848</v>
+      </c>
+      <c r="C160" t="s">
+        <v>834</v>
+      </c>
+      <c r="D160" t="s">
+        <v>504</v>
+      </c>
+      <c r="E160" t="s">
+        <v>239</v>
+      </c>
+      <c r="F160" t="s">
+        <v>44</v>
+      </c>
+      <c r="G160" t="s">
+        <v>22</v>
+      </c>
+      <c r="H160">
+        <v>2013</v>
+      </c>
+      <c r="I160">
+        <v>2015</v>
+      </c>
+      <c r="J160" t="s">
+        <v>842</v>
+      </c>
+      <c r="K160" t="s">
+        <v>843</v>
+      </c>
+      <c r="L160" t="s">
+        <v>849</v>
+      </c>
+      <c r="M160" t="s">
+        <v>838</v>
+      </c>
+      <c r="N160" t="s">
+        <v>27</v>
+      </c>
+      <c r="O160" t="s">
+        <v>850</v>
+      </c>
+      <c r="P160" t="s">
+        <v>846</v>
+      </c>
+    </row>
+    <row r="161" spans="1:16">
+      <c r="A161" t="s">
+        <v>851</v>
+      </c>
+      <c r="B161" t="s">
+        <v>852</v>
+      </c>
+      <c r="C161" t="s">
+        <v>834</v>
+      </c>
+      <c r="D161" t="s">
+        <v>853</v>
+      </c>
+      <c r="E161" t="s">
+        <v>239</v>
+      </c>
+      <c r="F161" t="s">
+        <v>205</v>
+      </c>
+      <c r="G161" t="s">
+        <v>34</v>
+      </c>
+      <c r="H161">
+        <v>2006</v>
+      </c>
+      <c r="I161"/>
+      <c r="J161" t="s">
+        <v>842</v>
+      </c>
+      <c r="K161" t="s">
+        <v>24</v>
+      </c>
+      <c r="L161" t="s">
+        <v>854</v>
+      </c>
+      <c r="M161" t="s">
+        <v>838</v>
+      </c>
+      <c r="N161" t="s">
+        <v>27</v>
+      </c>
+      <c r="O161" t="s">
+        <v>855</v>
+      </c>
+      <c r="P161" t="s">
+        <v>856</v>
+      </c>
+    </row>
+    <row r="162" spans="1:16">
+      <c r="A162" t="s">
+        <v>857</v>
+      </c>
+      <c r="B162" t="s">
+        <v>858</v>
+      </c>
+      <c r="C162" t="s">
+        <v>834</v>
+      </c>
+      <c r="D162" t="s">
+        <v>859</v>
+      </c>
+      <c r="E162" t="s">
+        <v>20</v>
+      </c>
+      <c r="F162" t="s">
+        <v>205</v>
+      </c>
+      <c r="G162" t="s">
+        <v>22</v>
+      </c>
+      <c r="H162">
+        <v>2011</v>
+      </c>
+      <c r="I162">
+        <v>2014</v>
+      </c>
+      <c r="J162" t="s">
+        <v>836</v>
+      </c>
+      <c r="K162" t="s">
+        <v>843</v>
+      </c>
+      <c r="L162" t="s">
+        <v>860</v>
+      </c>
+      <c r="M162" t="s">
+        <v>838</v>
+      </c>
+      <c r="N162" t="s">
+        <v>27</v>
+      </c>
+      <c r="O162" t="s">
+        <v>861</v>
+      </c>
+      <c r="P162" t="s">
+        <v>862</v>
+      </c>
+    </row>
+    <row r="163" spans="1:16">
+      <c r="A163" t="s">
+        <v>857</v>
+      </c>
+      <c r="B163" t="s">
+        <v>863</v>
+      </c>
+      <c r="C163" t="s">
+        <v>834</v>
+      </c>
+      <c r="D163" t="s">
+        <v>859</v>
+      </c>
+      <c r="E163" t="s">
+        <v>239</v>
+      </c>
+      <c r="F163" t="s">
+        <v>44</v>
+      </c>
+      <c r="G163" t="s">
+        <v>22</v>
+      </c>
+      <c r="H163">
+        <v>2015</v>
+      </c>
+      <c r="I163">
+        <v>2017</v>
+      </c>
+      <c r="J163" t="s">
+        <v>836</v>
+      </c>
+      <c r="K163" t="s">
+        <v>843</v>
+      </c>
+      <c r="L163" t="s">
+        <v>864</v>
+      </c>
+      <c r="M163" t="s">
+        <v>838</v>
+      </c>
+      <c r="N163" t="s">
+        <v>27</v>
+      </c>
+      <c r="O163" t="s">
+        <v>865</v>
+      </c>
+      <c r="P163" t="s">
+        <v>862</v>
+      </c>
+    </row>
+    <row r="164" spans="1:16">
+      <c r="A164" t="s">
+        <v>866</v>
+      </c>
+      <c r="B164" t="s">
+        <v>867</v>
+      </c>
+      <c r="C164" t="s">
+        <v>834</v>
+      </c>
+      <c r="D164" t="s">
+        <v>287</v>
+      </c>
+      <c r="E164" t="s">
+        <v>239</v>
+      </c>
+      <c r="F164" t="s">
+        <v>44</v>
+      </c>
+      <c r="G164" t="s">
+        <v>34</v>
+      </c>
+      <c r="H164">
+        <v>2015</v>
+      </c>
+      <c r="I164"/>
+      <c r="J164" t="s">
+        <v>836</v>
+      </c>
+      <c r="K164" t="s">
+        <v>24</v>
+      </c>
+      <c r="L164" t="s">
+        <v>868</v>
+      </c>
+      <c r="M164" t="s">
+        <v>838</v>
+      </c>
+      <c r="N164" t="s">
+        <v>27</v>
+      </c>
+      <c r="O164" t="s">
+        <v>869</v>
+      </c>
+      <c r="P164" t="s">
+        <v>862</v>
+      </c>
+    </row>
+    <row r="165" spans="1:16">
+      <c r="A165" t="s">
+        <v>870</v>
+      </c>
+      <c r="B165" t="s">
+        <v>871</v>
+      </c>
+      <c r="C165" t="s">
+        <v>834</v>
+      </c>
+      <c r="D165" t="s">
+        <v>287</v>
+      </c>
+      <c r="E165" t="s">
+        <v>239</v>
+      </c>
+      <c r="F165" t="s">
+        <v>205</v>
+      </c>
+      <c r="G165" t="s">
+        <v>34</v>
+      </c>
+      <c r="H165">
+        <v>2015</v>
+      </c>
+      <c r="I165"/>
+      <c r="J165" t="s">
+        <v>842</v>
+      </c>
+      <c r="K165" t="s">
+        <v>24</v>
+      </c>
+      <c r="L165" t="s">
+        <v>872</v>
+      </c>
+      <c r="M165" t="s">
+        <v>838</v>
+      </c>
+      <c r="N165" t="s">
+        <v>27</v>
+      </c>
+      <c r="O165" t="s">
+        <v>873</v>
+      </c>
+      <c r="P165" t="s">
+        <v>874</v>
+      </c>
+    </row>
+    <row r="166" spans="1:16">
+      <c r="A166" t="s">
+        <v>875</v>
+      </c>
+      <c r="B166" t="s">
+        <v>876</v>
+      </c>
+      <c r="C166" t="s">
+        <v>834</v>
+      </c>
+      <c r="D166" t="s">
+        <v>335</v>
+      </c>
+      <c r="E166" t="s">
+        <v>239</v>
+      </c>
+      <c r="F166" t="s">
+        <v>44</v>
+      </c>
+      <c r="G166" t="s">
+        <v>22</v>
+      </c>
+      <c r="H166">
+        <v>2011</v>
+      </c>
+      <c r="I166">
+        <v>2021</v>
+      </c>
+      <c r="J166" t="s">
+        <v>836</v>
+      </c>
+      <c r="K166" t="s">
+        <v>24</v>
+      </c>
+      <c r="L166" t="s">
+        <v>877</v>
+      </c>
+      <c r="M166" t="s">
+        <v>838</v>
+      </c>
+      <c r="N166" t="s">
+        <v>27</v>
+      </c>
+      <c r="O166" t="s">
+        <v>878</v>
+      </c>
+      <c r="P166" t="s">
+        <v>879</v>
+      </c>
+    </row>
+    <row r="167" spans="1:16">
+      <c r="A167" t="s">
+        <v>880</v>
+      </c>
+      <c r="B167" t="s">
+        <v>881</v>
+      </c>
+      <c r="C167" t="s">
+        <v>834</v>
+      </c>
+      <c r="D167" t="s">
+        <v>210</v>
+      </c>
+      <c r="E167" t="s">
+        <v>239</v>
+      </c>
+      <c r="F167" t="s">
+        <v>205</v>
+      </c>
+      <c r="G167" t="s">
+        <v>22</v>
+      </c>
+      <c r="H167">
+        <v>2002</v>
+      </c>
+      <c r="I167">
+        <v>2021</v>
+      </c>
+      <c r="J167" t="s">
+        <v>836</v>
+      </c>
+      <c r="K167" t="s">
+        <v>24</v>
+      </c>
+      <c r="L167" t="s">
+        <v>882</v>
+      </c>
+      <c r="M167" t="s">
+        <v>838</v>
+      </c>
+      <c r="N167" t="s">
+        <v>27</v>
+      </c>
+      <c r="O167" t="s">
+        <v>883</v>
+      </c>
+      <c r="P167" t="s">
+        <v>884</v>
+      </c>
+    </row>
+    <row r="168" spans="1:16">
+      <c r="A168" t="s">
+        <v>885</v>
+      </c>
+      <c r="B168" t="s">
+        <v>886</v>
+      </c>
+      <c r="C168" t="s">
+        <v>834</v>
+      </c>
+      <c r="D168" t="s">
+        <v>887</v>
+      </c>
+      <c r="E168" t="s">
+        <v>239</v>
+      </c>
+      <c r="F168" t="s">
+        <v>205</v>
+      </c>
+      <c r="G168" t="s">
+        <v>34</v>
+      </c>
+      <c r="H168">
+        <v>2021</v>
+      </c>
+      <c r="I168"/>
+      <c r="J168" t="s">
+        <v>836</v>
+      </c>
+      <c r="K168" t="s">
+        <v>24</v>
+      </c>
+      <c r="L168" t="s">
+        <v>888</v>
+      </c>
+      <c r="M168" t="s">
+        <v>838</v>
+      </c>
+      <c r="N168" t="s">
+        <v>27</v>
+      </c>
+      <c r="O168" t="s">
+        <v>889</v>
+      </c>
+      <c r="P168" t="s">
+        <v>890</v>
+      </c>
+    </row>
+    <row r="169" spans="1:16">
+      <c r="A169" t="s">
+        <v>891</v>
+      </c>
+      <c r="B169" t="s">
+        <v>892</v>
+      </c>
+      <c r="C169" t="s">
+        <v>834</v>
+      </c>
+      <c r="D169" t="s">
+        <v>893</v>
+      </c>
+      <c r="E169" t="s">
+        <v>239</v>
+      </c>
+      <c r="F169" t="s">
+        <v>205</v>
+      </c>
+      <c r="G169" t="s">
+        <v>894</v>
+      </c>
+      <c r="H169">
+        <v>2021</v>
+      </c>
+      <c r="I169"/>
+      <c r="J169" t="s">
+        <v>836</v>
+      </c>
+      <c r="K169" t="s">
+        <v>24</v>
+      </c>
+      <c r="L169" t="s">
+        <v>895</v>
+      </c>
+      <c r="M169" t="s">
+        <v>838</v>
+      </c>
+      <c r="N169" t="s">
+        <v>27</v>
+      </c>
+      <c r="O169" t="s">
+        <v>896</v>
+      </c>
+      <c r="P169" t="s">
+        <v>897</v>
+      </c>
+    </row>
+    <row r="170" spans="1:16">
+      <c r="A170" t="s">
+        <v>898</v>
+      </c>
+      <c r="B170" t="s">
+        <v>899</v>
+      </c>
+      <c r="C170" t="s">
+        <v>834</v>
+      </c>
+      <c r="D170" t="s">
+        <v>65</v>
+      </c>
+      <c r="E170" t="s">
+        <v>239</v>
+      </c>
+      <c r="F170" t="s">
+        <v>44</v>
+      </c>
+      <c r="G170" t="s">
+        <v>22</v>
+      </c>
+      <c r="H170">
+        <v>2011</v>
+      </c>
+      <c r="I170">
+        <v>2021</v>
+      </c>
+      <c r="J170" t="s">
+        <v>836</v>
+      </c>
+      <c r="K170" t="s">
+        <v>24</v>
+      </c>
+      <c r="L170" t="s">
+        <v>877</v>
+      </c>
+      <c r="M170" t="s">
+        <v>838</v>
+      </c>
+      <c r="N170" t="s">
+        <v>27</v>
+      </c>
+      <c r="O170" t="s">
+        <v>900</v>
+      </c>
+      <c r="P170" t="s">
+        <v>901</v>
+      </c>
+    </row>
+    <row r="171" spans="1:16">
+      <c r="A171" t="s">
+        <v>902</v>
+      </c>
+      <c r="B171" t="s">
+        <v>903</v>
+      </c>
+      <c r="C171" t="s">
+        <v>834</v>
+      </c>
+      <c r="D171" t="s">
+        <v>210</v>
+      </c>
+      <c r="E171" t="s">
+        <v>239</v>
+      </c>
+      <c r="F171" t="s">
+        <v>44</v>
+      </c>
+      <c r="G171" t="s">
+        <v>22</v>
+      </c>
+      <c r="H171">
+        <v>2011</v>
+      </c>
+      <c r="I171">
+        <v>2021</v>
+      </c>
+      <c r="J171" t="s">
+        <v>836</v>
+      </c>
+      <c r="K171" t="s">
+        <v>24</v>
+      </c>
+      <c r="L171" t="s">
+        <v>904</v>
+      </c>
+      <c r="M171" t="s">
+        <v>838</v>
+      </c>
+      <c r="N171" t="s">
+        <v>27</v>
+      </c>
+      <c r="O171" t="s">
+        <v>905</v>
+      </c>
+      <c r="P171" t="s">
+        <v>906</v>
+      </c>
+    </row>
+    <row r="172" spans="1:16">
+      <c r="A172" t="s">
+        <v>907</v>
+      </c>
+      <c r="B172" t="s">
+        <v>908</v>
+      </c>
+      <c r="C172" t="s">
+        <v>834</v>
+      </c>
+      <c r="D172" t="s">
+        <v>56</v>
+      </c>
+      <c r="E172" t="s">
+        <v>239</v>
+      </c>
+      <c r="F172" t="s">
+        <v>44</v>
+      </c>
+      <c r="G172" t="s">
+        <v>34</v>
+      </c>
+      <c r="H172">
+        <v>2021</v>
+      </c>
+      <c r="I172"/>
+      <c r="J172" t="s">
+        <v>836</v>
+      </c>
+      <c r="K172" t="s">
+        <v>24</v>
+      </c>
+      <c r="L172" t="s">
+        <v>909</v>
+      </c>
+      <c r="M172" t="s">
+        <v>838</v>
+      </c>
+      <c r="N172" t="s">
+        <v>27</v>
+      </c>
+      <c r="O172" t="s">
+        <v>910</v>
+      </c>
+      <c r="P172" t="s">
+        <v>911</v>
+      </c>
+    </row>
+    <row r="173" spans="1:16">
+      <c r="A173" t="s">
+        <v>912</v>
+      </c>
+      <c r="B173" t="s">
+        <v>913</v>
+      </c>
+      <c r="C173" t="s">
+        <v>834</v>
+      </c>
+      <c r="D173" t="s">
+        <v>893</v>
+      </c>
+      <c r="E173" t="s">
+        <v>239</v>
+      </c>
+      <c r="F173" t="s">
+        <v>914</v>
+      </c>
+      <c r="G173" t="s">
+        <v>34</v>
+      </c>
+      <c r="H173">
+        <v>2021</v>
+      </c>
+      <c r="I173"/>
+      <c r="J173" t="s">
+        <v>836</v>
+      </c>
+      <c r="K173" t="s">
+        <v>24</v>
+      </c>
+      <c r="L173" t="s">
+        <v>895</v>
+      </c>
+      <c r="M173" t="s">
+        <v>838</v>
+      </c>
+      <c r="N173" t="s">
+        <v>27</v>
+      </c>
+      <c r="O173" t="s">
+        <v>915</v>
+      </c>
+      <c r="P173" t="s">
+        <v>916</v>
+      </c>
+    </row>
+    <row r="174" spans="1:16">
+      <c r="A174" t="s">
+        <v>917</v>
+      </c>
+      <c r="B174" t="s">
+        <v>918</v>
+      </c>
+      <c r="C174" t="s">
+        <v>834</v>
+      </c>
+      <c r="D174" t="s">
+        <v>335</v>
+      </c>
+      <c r="E174" t="s">
+        <v>239</v>
+      </c>
+      <c r="F174" t="s">
+        <v>205</v>
+      </c>
+      <c r="G174" t="s">
+        <v>22</v>
+      </c>
+      <c r="H174">
+        <v>2002</v>
+      </c>
+      <c r="I174">
+        <v>2021</v>
+      </c>
+      <c r="J174" t="s">
+        <v>836</v>
+      </c>
+      <c r="K174" t="s">
+        <v>24</v>
+      </c>
+      <c r="L174" t="s">
+        <v>919</v>
+      </c>
+      <c r="M174" t="s">
+        <v>838</v>
+      </c>
+      <c r="N174" t="s">
+        <v>27</v>
+      </c>
+      <c r="O174" t="s">
+        <v>920</v>
+      </c>
+      <c r="P174" t="s">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="175" spans="1:16">
+      <c r="A175" t="s">
+        <v>922</v>
+      </c>
+      <c r="B175" t="s">
+        <v>923</v>
+      </c>
+      <c r="C175" t="s">
+        <v>834</v>
+      </c>
+      <c r="D175" t="s">
+        <v>65</v>
+      </c>
+      <c r="E175" t="s">
+        <v>239</v>
+      </c>
+      <c r="F175" t="s">
+        <v>205</v>
+      </c>
+      <c r="G175" t="s">
+        <v>22</v>
+      </c>
+      <c r="H175">
+        <v>2002</v>
+      </c>
+      <c r="I175">
+        <v>2021</v>
+      </c>
+      <c r="J175" t="s">
+        <v>836</v>
+      </c>
+      <c r="K175" t="s">
+        <v>24</v>
+      </c>
+      <c r="L175" t="s">
+        <v>924</v>
+      </c>
+      <c r="M175" t="s">
+        <v>838</v>
+      </c>
+      <c r="N175" t="s">
+        <v>27</v>
+      </c>
+      <c r="O175" t="s">
+        <v>925</v>
+      </c>
+      <c r="P175" t="s">
+        <v>926</v>
+      </c>
+    </row>
+    <row r="176" spans="1:16">
+      <c r="A176" t="s">
+        <v>927</v>
+      </c>
+      <c r="B176" t="s">
+        <v>928</v>
+      </c>
+      <c r="C176" t="s">
+        <v>834</v>
+      </c>
+      <c r="D176" t="s">
+        <v>227</v>
+      </c>
+      <c r="E176" t="s">
+        <v>239</v>
+      </c>
+      <c r="F176" t="s">
+        <v>205</v>
+      </c>
+      <c r="G176" t="s">
+        <v>22</v>
+      </c>
+      <c r="H176">
+        <v>2002</v>
+      </c>
+      <c r="I176">
+        <v>2021</v>
+      </c>
+      <c r="J176" t="s">
+        <v>836</v>
+      </c>
+      <c r="K176" t="s">
+        <v>24</v>
+      </c>
+      <c r="L176" t="s">
+        <v>929</v>
+      </c>
+      <c r="M176" t="s">
+        <v>838</v>
+      </c>
+      <c r="N176" t="s">
+        <v>27</v>
+      </c>
+      <c r="O176" t="s">
+        <v>930</v>
+      </c>
+      <c r="P176" t="s">
+        <v>931</v>
+      </c>
+    </row>
+    <row r="177" spans="1:16">
+      <c r="A177" t="s">
+        <v>932</v>
+      </c>
+      <c r="B177" t="s">
+        <v>933</v>
+      </c>
+      <c r="C177" t="s">
+        <v>834</v>
+      </c>
+      <c r="D177" t="s">
+        <v>934</v>
+      </c>
+      <c r="E177" t="s">
+        <v>239</v>
+      </c>
+      <c r="F177" t="s">
+        <v>44</v>
+      </c>
+      <c r="G177" t="s">
+        <v>34</v>
+      </c>
+      <c r="H177">
+        <v>2021</v>
+      </c>
+      <c r="I177"/>
+      <c r="J177" t="s">
+        <v>836</v>
+      </c>
+      <c r="K177" t="s">
+        <v>24</v>
+      </c>
+      <c r="L177" t="s">
+        <v>935</v>
+      </c>
+      <c r="M177" t="s">
+        <v>838</v>
+      </c>
+      <c r="N177" t="s">
+        <v>27</v>
+      </c>
+      <c r="O177" t="s">
+        <v>936</v>
+      </c>
+      <c r="P177"/>
+    </row>
+    <row r="178" spans="1:16">
+      <c r="A178" t="s">
+        <v>932</v>
+      </c>
+      <c r="B178" t="s">
+        <v>933</v>
+      </c>
+      <c r="C178" t="s">
+        <v>834</v>
+      </c>
+      <c r="D178" t="s">
+        <v>934</v>
+      </c>
+      <c r="E178" t="s">
+        <v>239</v>
+      </c>
+      <c r="F178" t="s">
+        <v>44</v>
+      </c>
+      <c r="G178" t="s">
+        <v>34</v>
+      </c>
+      <c r="H178">
+        <v>2021</v>
+      </c>
+      <c r="I178"/>
+      <c r="J178" t="s">
+        <v>836</v>
+      </c>
+      <c r="K178" t="s">
+        <v>24</v>
+      </c>
+      <c r="L178" t="s">
+        <v>935</v>
+      </c>
+      <c r="M178" t="s">
+        <v>838</v>
+      </c>
+      <c r="N178" t="s">
+        <v>27</v>
+      </c>
+      <c r="O178" t="s">
+        <v>937</v>
+      </c>
+      <c r="P178"/>
+    </row>
+    <row r="179" spans="1:16">
+      <c r="A179" t="s">
+        <v>938</v>
+      </c>
+      <c r="B179" t="s">
+        <v>939</v>
+      </c>
+      <c r="C179" t="s">
+        <v>834</v>
+      </c>
+      <c r="D179" t="s">
+        <v>204</v>
+      </c>
+      <c r="E179" t="s">
+        <v>239</v>
+      </c>
+      <c r="F179" t="s">
+        <v>205</v>
+      </c>
+      <c r="G179" t="s">
+        <v>34</v>
+      </c>
+      <c r="H179">
+        <v>2022</v>
+      </c>
+      <c r="I179"/>
+      <c r="J179" t="s">
+        <v>836</v>
+      </c>
+      <c r="K179" t="s">
+        <v>940</v>
+      </c>
+      <c r="L179" t="s">
+        <v>941</v>
+      </c>
+      <c r="M179" t="s">
+        <v>838</v>
+      </c>
+      <c r="N179" t="s">
+        <v>27</v>
+      </c>
+      <c r="O179" t="s">
+        <v>942</v>
+      </c>
+      <c r="P179" t="s">
+        <v>943</v>
+      </c>
+    </row>
+    <row r="180" spans="1:16">
+      <c r="A180" t="s">
+        <v>944</v>
+      </c>
+      <c r="B180" t="s">
+        <v>945</v>
+      </c>
+      <c r="C180" t="s">
+        <v>834</v>
+      </c>
+      <c r="D180" t="s">
+        <v>946</v>
+      </c>
+      <c r="E180" t="s">
+        <v>239</v>
+      </c>
+      <c r="F180" t="s">
+        <v>205</v>
+      </c>
+      <c r="G180" t="s">
+        <v>34</v>
+      </c>
+      <c r="H180">
+        <v>2022</v>
+      </c>
+      <c r="I180"/>
+      <c r="J180" t="s">
+        <v>836</v>
+      </c>
+      <c r="K180" t="s">
+        <v>947</v>
+      </c>
+      <c r="L180"/>
+      <c r="M180" t="s">
+        <v>838</v>
+      </c>
+      <c r="N180" t="s">
+        <v>27</v>
+      </c>
+      <c r="O180" t="s">
+        <v>948</v>
+      </c>
+      <c r="P180" t="s">
+        <v>949</v>
+      </c>
+    </row>
+    <row r="181" spans="1:16">
+      <c r="A181" t="s">
+        <v>950</v>
+      </c>
+      <c r="B181" t="s">
+        <v>951</v>
+      </c>
+      <c r="C181" t="s">
+        <v>834</v>
+      </c>
+      <c r="D181" t="s">
+        <v>204</v>
+      </c>
+      <c r="E181" t="s">
+        <v>239</v>
+      </c>
+      <c r="F181" t="s">
+        <v>44</v>
+      </c>
+      <c r="G181" t="s">
+        <v>34</v>
+      </c>
+      <c r="H181">
+        <v>2022</v>
+      </c>
+      <c r="I181"/>
+      <c r="J181" t="s">
+        <v>836</v>
+      </c>
+      <c r="K181" t="s">
+        <v>952</v>
+      </c>
+      <c r="L181" t="s">
+        <v>953</v>
+      </c>
+      <c r="M181" t="s">
+        <v>838</v>
+      </c>
+      <c r="N181" t="s">
+        <v>27</v>
+      </c>
+      <c r="O181" t="s">
+        <v>954</v>
+      </c>
+      <c r="P181" t="s">
+        <v>955</v>
+      </c>
+    </row>
+    <row r="182" spans="1:16">
+      <c r="A182" t="s">
+        <v>956</v>
+      </c>
+      <c r="B182" t="s">
+        <v>957</v>
+      </c>
+      <c r="C182" t="s">
+        <v>834</v>
+      </c>
+      <c r="D182" t="s">
+        <v>946</v>
+      </c>
+      <c r="E182" t="s">
+        <v>239</v>
+      </c>
+      <c r="F182" t="s">
+        <v>44</v>
+      </c>
+      <c r="G182" t="s">
+        <v>34</v>
+      </c>
+      <c r="H182">
+        <v>2022</v>
+      </c>
+      <c r="I182"/>
+      <c r="J182" t="s">
+        <v>836</v>
+      </c>
+      <c r="K182" t="s">
+        <v>958</v>
+      </c>
+      <c r="L182" t="s">
+        <v>959</v>
+      </c>
+      <c r="M182" t="s">
+        <v>838</v>
+      </c>
+      <c r="N182" t="s">
+        <v>27</v>
+      </c>
+      <c r="O182" t="s">
+        <v>960</v>
+      </c>
+      <c r="P182" t="s">
+        <v>961</v>
+      </c>
+    </row>
+    <row r="183" spans="1:16">
+      <c r="A183" t="s">
+        <v>962</v>
+      </c>
+      <c r="B183" t="s">
+        <v>963</v>
+      </c>
+      <c r="C183" t="s">
+        <v>834</v>
+      </c>
+      <c r="D183" t="s">
+        <v>946</v>
+      </c>
+      <c r="E183" t="s">
+        <v>239</v>
+      </c>
+      <c r="F183" t="s">
+        <v>44</v>
+      </c>
+      <c r="G183" t="s">
+        <v>34</v>
+      </c>
+      <c r="H183">
+        <v>2022</v>
+      </c>
+      <c r="I183"/>
+      <c r="J183" t="s">
+        <v>836</v>
+      </c>
+      <c r="K183" t="s">
+        <v>24</v>
+      </c>
+      <c r="L183" t="s">
+        <v>964</v>
+      </c>
+      <c r="M183" t="s">
+        <v>838</v>
+      </c>
+      <c r="N183" t="s">
+        <v>27</v>
+      </c>
+      <c r="O183" t="s">
+        <v>965</v>
+      </c>
+      <c r="P183" t="s">
+        <v>966</v>
+      </c>
+    </row>
+    <row r="184" spans="1:16">
+      <c r="A184" t="s">
+        <v>967</v>
+      </c>
+      <c r="B184" t="s">
+        <v>968</v>
+      </c>
+      <c r="C184" t="s">
+        <v>834</v>
+      </c>
+      <c r="D184" t="s">
+        <v>169</v>
+      </c>
+      <c r="E184" t="s">
+        <v>239</v>
+      </c>
+      <c r="F184" t="s">
+        <v>535</v>
+      </c>
+      <c r="G184" t="s">
+        <v>34</v>
+      </c>
+      <c r="H184">
+        <v>2008</v>
+      </c>
+      <c r="I184"/>
+      <c r="J184" t="s">
+        <v>842</v>
+      </c>
+      <c r="K184" t="s">
+        <v>969</v>
+      </c>
+      <c r="L184" t="s">
+        <v>970</v>
+      </c>
+      <c r="M184" t="s">
+        <v>838</v>
+      </c>
+      <c r="N184" t="s">
+        <v>27</v>
+      </c>
+      <c r="O184" t="s">
+        <v>971</v>
+      </c>
+      <c r="P184" t="s">
+        <v>972</v>
+      </c>
+    </row>
+    <row r="185" spans="1:16">
+      <c r="A185" t="s">
+        <v>973</v>
+      </c>
+      <c r="B185" t="s">
+        <v>974</v>
+      </c>
+      <c r="C185" t="s">
+        <v>834</v>
+      </c>
+      <c r="D185" t="s">
+        <v>60</v>
+      </c>
+      <c r="E185" t="s">
+        <v>239</v>
+      </c>
+      <c r="F185" t="s">
+        <v>205</v>
+      </c>
+      <c r="G185" t="s">
+        <v>22</v>
+      </c>
+      <c r="H185">
+        <v>2012</v>
+      </c>
+      <c r="I185">
+        <v>2015</v>
+      </c>
+      <c r="J185" t="s">
+        <v>842</v>
+      </c>
+      <c r="K185" t="s">
+        <v>24</v>
+      </c>
+      <c r="L185" t="s">
+        <v>975</v>
+      </c>
+      <c r="M185" t="s">
+        <v>838</v>
+      </c>
+      <c r="N185" t="s">
+        <v>27</v>
+      </c>
+      <c r="O185" t="s">
+        <v>976</v>
+      </c>
+      <c r="P185" t="s">
+        <v>977</v>
+      </c>
+    </row>
+    <row r="186" spans="1:16">
+      <c r="A186" t="s">
+        <v>978</v>
+      </c>
+      <c r="B186" t="s">
+        <v>979</v>
+      </c>
+      <c r="C186" t="s">
+        <v>980</v>
+      </c>
+      <c r="D186" t="s">
+        <v>210</v>
+      </c>
+      <c r="E186" t="s">
+        <v>20</v>
+      </c>
+      <c r="F186" t="s">
         <v>21</v>
       </c>
-      <c r="K157" t="s">
-[...38 lines deleted...]
-      <c r="J158" t="s">
+      <c r="G186" t="s">
+        <v>22</v>
+      </c>
+      <c r="H186">
+        <v>2013</v>
+      </c>
+      <c r="I186">
+        <v>2020</v>
+      </c>
+      <c r="J186" t="s">
+        <v>240</v>
+      </c>
+      <c r="K186" t="s">
+        <v>24</v>
+      </c>
+      <c r="L186" t="s">
+        <v>981</v>
+      </c>
+      <c r="M186" t="s">
+        <v>982</v>
+      </c>
+      <c r="N186" t="s">
+        <v>27</v>
+      </c>
+      <c r="O186" t="s">
+        <v>983</v>
+      </c>
+      <c r="P186" t="s">
+        <v>984</v>
+      </c>
+    </row>
+    <row r="187" spans="1:16">
+      <c r="A187" t="s">
+        <v>985</v>
+      </c>
+      <c r="B187" t="s">
+        <v>986</v>
+      </c>
+      <c r="C187" t="s">
+        <v>980</v>
+      </c>
+      <c r="D187" t="s">
+        <v>33</v>
+      </c>
+      <c r="E187" t="s">
+        <v>20</v>
+      </c>
+      <c r="F187" t="s">
         <v>21</v>
       </c>
-      <c r="K158" t="s">
-[...34 lines deleted...]
-      <c r="H159">
+      <c r="G187" t="s">
+        <v>22</v>
+      </c>
+      <c r="H187">
+        <v>2011</v>
+      </c>
+      <c r="I187">
+        <v>2019</v>
+      </c>
+      <c r="J187" t="s">
+        <v>240</v>
+      </c>
+      <c r="K187" t="s">
+        <v>24</v>
+      </c>
+      <c r="L187" t="s">
+        <v>987</v>
+      </c>
+      <c r="M187" t="s">
+        <v>982</v>
+      </c>
+      <c r="N187" t="s">
+        <v>27</v>
+      </c>
+      <c r="O187" t="s">
+        <v>988</v>
+      </c>
+      <c r="P187" t="s">
+        <v>989</v>
+      </c>
+    </row>
+    <row r="188" spans="1:16">
+      <c r="A188" t="s">
+        <v>990</v>
+      </c>
+      <c r="B188" t="s">
+        <v>991</v>
+      </c>
+      <c r="C188" t="s">
+        <v>980</v>
+      </c>
+      <c r="D188" t="s">
+        <v>992</v>
+      </c>
+      <c r="E188" t="s">
+        <v>20</v>
+      </c>
+      <c r="F188" t="s">
+        <v>21</v>
+      </c>
+      <c r="G188" t="s">
+        <v>34</v>
+      </c>
+      <c r="H188">
+        <v>2013</v>
+      </c>
+      <c r="I188"/>
+      <c r="J188" t="s">
+        <v>600</v>
+      </c>
+      <c r="K188" t="s">
+        <v>24</v>
+      </c>
+      <c r="L188" t="s">
+        <v>993</v>
+      </c>
+      <c r="M188" t="s">
+        <v>982</v>
+      </c>
+      <c r="N188" t="s">
+        <v>27</v>
+      </c>
+      <c r="O188" t="s">
+        <v>994</v>
+      </c>
+      <c r="P188" t="s">
+        <v>995</v>
+      </c>
+    </row>
+    <row r="189" spans="1:16">
+      <c r="A189" t="s">
+        <v>996</v>
+      </c>
+      <c r="B189" t="s">
+        <v>997</v>
+      </c>
+      <c r="C189" t="s">
+        <v>980</v>
+      </c>
+      <c r="D189" t="s">
+        <v>169</v>
+      </c>
+      <c r="E189" t="s">
+        <v>20</v>
+      </c>
+      <c r="F189" t="s">
+        <v>21</v>
+      </c>
+      <c r="G189" t="s">
+        <v>22</v>
+      </c>
+      <c r="H189">
+        <v>2014</v>
+      </c>
+      <c r="I189">
         <v>2015</v>
       </c>
-      <c r="I159" t="s">
-[...88 lines deleted...]
-      <c r="J161" t="s">
+      <c r="J189" t="s">
+        <v>600</v>
+      </c>
+      <c r="K189" t="s">
+        <v>24</v>
+      </c>
+      <c r="L189"/>
+      <c r="M189" t="s">
+        <v>982</v>
+      </c>
+      <c r="N189" t="s">
+        <v>27</v>
+      </c>
+      <c r="O189" t="s">
+        <v>998</v>
+      </c>
+      <c r="P189" t="s">
+        <v>999</v>
+      </c>
+    </row>
+    <row r="190" spans="1:16">
+      <c r="A190" t="s">
+        <v>1000</v>
+      </c>
+      <c r="B190" t="s">
+        <v>1001</v>
+      </c>
+      <c r="C190" t="s">
+        <v>980</v>
+      </c>
+      <c r="D190" t="s">
+        <v>297</v>
+      </c>
+      <c r="E190" t="s">
+        <v>20</v>
+      </c>
+      <c r="F190" t="s">
         <v>21</v>
       </c>
-      <c r="K161" t="s">
-[...34 lines deleted...]
-      <c r="H162">
+      <c r="G190" t="s">
+        <v>34</v>
+      </c>
+      <c r="H190">
+        <v>2014</v>
+      </c>
+      <c r="I190">
+        <v>2019</v>
+      </c>
+      <c r="J190" t="s">
+        <v>240</v>
+      </c>
+      <c r="K190" t="s">
+        <v>24</v>
+      </c>
+      <c r="L190"/>
+      <c r="M190" t="s">
+        <v>982</v>
+      </c>
+      <c r="N190" t="s">
+        <v>27</v>
+      </c>
+      <c r="O190" t="s">
+        <v>1002</v>
+      </c>
+      <c r="P190" t="s">
+        <v>1003</v>
+      </c>
+    </row>
+    <row r="191" spans="1:16">
+      <c r="A191" t="s">
+        <v>1004</v>
+      </c>
+      <c r="B191" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C191" t="s">
+        <v>980</v>
+      </c>
+      <c r="D191" t="s">
+        <v>335</v>
+      </c>
+      <c r="E191" t="s">
+        <v>20</v>
+      </c>
+      <c r="F191" t="s">
+        <v>21</v>
+      </c>
+      <c r="G191" t="s">
+        <v>34</v>
+      </c>
+      <c r="H191">
+        <v>2016</v>
+      </c>
+      <c r="I191">
+        <v>2018</v>
+      </c>
+      <c r="J191" t="s">
+        <v>240</v>
+      </c>
+      <c r="K191" t="s">
+        <v>24</v>
+      </c>
+      <c r="L191"/>
+      <c r="M191" t="s">
+        <v>982</v>
+      </c>
+      <c r="N191" t="s">
+        <v>27</v>
+      </c>
+      <c r="O191" t="s">
+        <v>1006</v>
+      </c>
+      <c r="P191" t="s">
+        <v>1007</v>
+      </c>
+    </row>
+    <row r="192" spans="1:16">
+      <c r="A192" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B192" t="s">
+        <v>1009</v>
+      </c>
+      <c r="C192" t="s">
+        <v>980</v>
+      </c>
+      <c r="D192" t="s">
+        <v>70</v>
+      </c>
+      <c r="E192" t="s">
+        <v>20</v>
+      </c>
+      <c r="F192" t="s">
+        <v>21</v>
+      </c>
+      <c r="G192" t="s">
+        <v>34</v>
+      </c>
+      <c r="H192">
         <v>2017</v>
       </c>
-      <c r="I162" t="s">
-[...37 lines deleted...]
-      <c r="G163">
+      <c r="I192"/>
+      <c r="J192" t="s">
+        <v>600</v>
+      </c>
+      <c r="K192" t="s">
+        <v>24</v>
+      </c>
+      <c r="L192"/>
+      <c r="M192" t="s">
+        <v>982</v>
+      </c>
+      <c r="N192" t="s">
+        <v>27</v>
+      </c>
+      <c r="O192" t="s">
+        <v>1010</v>
+      </c>
+      <c r="P192" t="s">
+        <v>999</v>
+      </c>
+    </row>
+    <row r="193" spans="1:16">
+      <c r="A193" t="s">
+        <v>1011</v>
+      </c>
+      <c r="B193" t="s">
+        <v>1012</v>
+      </c>
+      <c r="C193" t="s">
+        <v>980</v>
+      </c>
+      <c r="D193" t="s">
+        <v>60</v>
+      </c>
+      <c r="E193" t="s">
+        <v>20</v>
+      </c>
+      <c r="F193" t="s">
+        <v>21</v>
+      </c>
+      <c r="G193" t="s">
+        <v>22</v>
+      </c>
+      <c r="H193">
+        <v>2016</v>
+      </c>
+      <c r="I193">
+        <v>2019</v>
+      </c>
+      <c r="J193" t="s">
+        <v>600</v>
+      </c>
+      <c r="K193" t="s">
+        <v>24</v>
+      </c>
+      <c r="L193"/>
+      <c r="M193" t="s">
+        <v>982</v>
+      </c>
+      <c r="N193" t="s">
+        <v>27</v>
+      </c>
+      <c r="O193" t="s">
+        <v>1013</v>
+      </c>
+      <c r="P193" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="194" spans="1:16">
+      <c r="A194" t="s">
+        <v>1015</v>
+      </c>
+      <c r="B194" t="s">
+        <v>1016</v>
+      </c>
+      <c r="C194" t="s">
+        <v>834</v>
+      </c>
+      <c r="D194" t="s">
+        <v>114</v>
+      </c>
+      <c r="E194" t="s">
+        <v>239</v>
+      </c>
+      <c r="F194" t="s">
+        <v>44</v>
+      </c>
+      <c r="G194" t="s">
+        <v>45</v>
+      </c>
+      <c r="H194"/>
+      <c r="I194"/>
+      <c r="J194" t="s">
+        <v>842</v>
+      </c>
+      <c r="K194" t="s">
+        <v>24</v>
+      </c>
+      <c r="L194"/>
+      <c r="M194" t="s">
+        <v>838</v>
+      </c>
+      <c r="N194" t="s">
+        <v>1017</v>
+      </c>
+      <c r="O194" t="s">
+        <v>1018</v>
+      </c>
+      <c r="P194"/>
+    </row>
+    <row r="195" spans="1:16">
+      <c r="A195" t="s">
+        <v>1019</v>
+      </c>
+      <c r="B195" t="s">
+        <v>1020</v>
+      </c>
+      <c r="C195" t="s">
+        <v>74</v>
+      </c>
+      <c r="D195" t="s">
+        <v>1021</v>
+      </c>
+      <c r="E195" t="s">
+        <v>239</v>
+      </c>
+      <c r="F195" t="s">
+        <v>660</v>
+      </c>
+      <c r="G195" t="s">
+        <v>22</v>
+      </c>
+      <c r="H195">
         <v>2011</v>
       </c>
-      <c r="H163">
-[...1234 lines deleted...]
-      <c r="G192">
+      <c r="I195">
         <v>2017</v>
       </c>
-      <c r="H192"/>
-[...124 lines deleted...]
-      </c>
       <c r="J195" t="s">
-        <v>170</v>
-[...4 lines deleted...]
-      </c>
+        <v>240</v>
+      </c>
+      <c r="K195" t="s">
+        <v>241</v>
+      </c>
+      <c r="L195"/>
       <c r="M195" t="s">
-        <v>172</v>
+        <v>1022</v>
       </c>
       <c r="N195" t="s">
-        <v>702</v>
+        <v>243</v>
+      </c>
+      <c r="O195" t="s">
+        <v>1023</v>
+      </c>
+      <c r="P195" t="s">
+        <v>1024</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>