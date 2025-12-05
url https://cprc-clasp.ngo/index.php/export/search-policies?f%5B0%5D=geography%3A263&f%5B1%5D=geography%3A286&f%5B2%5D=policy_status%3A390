--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -12,2003 +12,1527 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="625">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="464">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Decision No. 107/2018 on the adoption of Gulf Standard 2530:2016 on Energy Labeling and Minimum Energy Performance Requirements For Air Conditioners as a mandatory Omani Standard</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for window single-package, split-system non-ducted air conditioners using air-cooled condensers, split-system ducted air-conditioners using air-cooled condensers, and heat pumps using air-cooled condensers for residential, commercial and industrial sector as applicable in accordance with GSO SASO Standards. It is applied to units designed to operate in AC single phase or three-phase circuits according to GSO 1899/2009 "GCC Standard voltages and frequencies for AC transmission and distribution systems". It covers units with capacities up to and including 70000 Btu/h (20 kW).</t>
+  </si>
+  <si>
     <t>Oman</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GSO 2530:2016</t>
   </si>
   <si>
     <t>Ministry of Commerce and Industry</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-1072018-adoption-gulf-standard-25302016-energy-labeling-and-minimum-energy</t>
   </si>
   <si>
+    <t>https://www.ul.com/news/sultanate-oman-energy-efficiency-and-labeling-requirements-air-conditioners-0</t>
+  </si>
+  <si>
     <t>Efficiency Policy for Chillers</t>
   </si>
   <si>
+    <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for chillers being manufactured, commercially purchased, or sold in India.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>IS 16590 with all amendments</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/efficiency-policy-chillers</t>
   </si>
   <si>
-    <t>Efficiency Policy for Deep Freezers</t>
-[...16 lines deleted...]
-  <si>
     <t>Electric Motors Minimum Energy Performance Standards</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>3-Phase Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/electric-motors-minimum-energy-performance-standards</t>
   </si>
   <si>
-    <t>Energy Efficiency Policy for Ceiling Fans</t>
-[...47 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-distribution-transformers-dt</t>
+    <t>https://clasp.ngo/updates/2021/pakistan-launches-first-efficiency-policy-for-electric-motors</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Domestic Liquefied Petroleum Gas Stove</t>
+  </si>
+  <si>
+    <t>This policy specifies energy consumption standards for star labeled domestic liquefied petroleum gas stove for household use. The domestic gas stove means domestic gas burning appliance with metallic bodies with or without toughened glass top, consisting of single or multiple burners, injector jets, gas taps, burner pan supports, piping and fitting intended for use with liquefied petroleum gas at 30 grams-force per square centimetre (gf/cm2) gas inlet pressure.</t>
   </si>
   <si>
     <t>LPG Stoves</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002
 ,   
                     IS 4246:2002</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-domestic-liquefied-petroleum-gas-stove</t>
   </si>
   <si>
-    <t>Energy Efficiency Policy for Frost-Free Refrigerators</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-frost-free-refrigerators</t>
+    <t>https://beestarlabel.com/Content/LPG-Gas-Stove-Notification-14(a).pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Light Commercial Air Conditioners</t>
   </si>
   <si>
+    <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for light commercial air conditioners with a rated capacity above 10,500 Watts and up to and including 18,000 Watts for a single- or three-phase non-ducted split with fixed and variable speed air conditioners and heat pumps employing air cooled condensers being manufactured, commercially purchased, or sold in India.</t>
+  </si>
+  <si>
     <t>Air Conditioning</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>IS 1391:2018 (all amendments)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-light-commercial-air-conditioners</t>
   </si>
   <si>
-    <t>Energy Efficiency Policy for Room Air Conditioners (Cassette, Floor Standing Tower, Ceiling, Corner AC)</t>
-[...29 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-room-air-conditioners-split-air-conditioners</t>
+    <t>https://beestarlabel.com/Content/Files/LCAC_Regulations.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Variable Speed)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling for variable speed unitary and split type of ACs.</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
     <t>ISO 16358-1: 2013, IS 1391 (part 1 and 2)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-room-air-conditioners-variable-speed</t>
   </si>
   <si>
-    <t>Energy Efficiency Policy for Self-Ballasted LED Lamps</t>
-[...35 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-tubular-fluorescent-lamps-tfl</t>
+    <t>https://beestarlabel.com/Content/Files/IAC_Notification.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Ultra High-Definition Televisions</t>
+  </si>
+  <si>
+    <t>This policy defines the energy consumption standards, star rating, and labeling requirements for ultra-high definition televisions with a native resolution of 3,840 x 2,160 (4K), including Liquid Crystal Displays with Light Emitting Diode backlighting, Organic Light Emitting Diode displays, Quantum dot Light Emitting Diode displays, Micro-Light Emitting Diode displays. It excludes televisions that include a non-removable main battery and computer monitors. 
+The standard specifies the ultra-high definition televisions must meet the</t>
+  </si>
+  <si>
+    <t>Televisions</t>
   </si>
   <si>
     <t>IEC 62087-3, 2015
 ,   
                     IS 616: 2017
 ,   
                     IEC 60065:2014 Edition 8.0
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-ultra-high-definition-televisions</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/UHD_TV_Schedule.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Washing Machine</t>
+  </si>
+  <si>
+    <t>This policy mandates energy performance standards for star labeled washing machine (with or without heating devices utilizing cold or hot water supply) for household and similar use.</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>IEC 60456:2010 
 ,   
                     IS 302-7-7:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-washing-machine</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/WM%20Notification%20e-gazette.pdf</t>
+  </si>
+  <si>
     <t>Energy efficiency, functionality and labelling requirements for self-ballasted Light Emitting Diode (LED) lamps</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency, functionality, and product information requirements for self-ballasted LED lamps for general lighting services that works on single-phase alternating current supply up to and including 240V, 50Hz, being manufactured, imported or sold in Oman.
+The standard covers the following types of self-ballasted LED lamps:
+a. Both the directional and non-directional lamps.
+b. Lamps having a luminous flux above 60 lumens and below 12,000 lumens.</t>
+  </si>
+  <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>October 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-functionality-and-labelling-requirements-self-ballasted-light-emitting</t>
   </si>
   <si>
+    <t>https://www.tuv.com/regulations-and-standards/en/oman-ministerial-decree-obligating-the-omani-standard-energy-efficiency-functionality-and.html</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations (Energy Efficiency of Electrical Induction Motors) 5764 - 2004 / SI 5289</t>
   </si>
   <si>
+    <t>It covers electric induction motors</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-efficiency-electrical-induction-motors-5764-2004-si</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECInductionMotors.doc</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations (Energy labeling of electric heating furnaces), 5753 - 1993</t>
   </si>
   <si>
+    <t>Electric Heating Furnace</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-labeling-electric-heating-furnaces-5753-1993</t>
   </si>
   <si>
-    <t>Energy Resources Regulations-Energy Efficiency and Energy Information of Cooling Appliances-5744-2004/SI 721</t>
-[...8 lines deleted...]
-    <t>ISIR 14577, 1st Edition, Household refrigerating appliances - Determination of Criteria for energy consumption and energy labeling instructions</t>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECElectricHeating.doc</t>
+  </si>
+  <si>
+    <t>ISIRI 10638 -Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
+  </si>
+  <si>
+    <t>Single package non ducted single and multi split Product sub-type is yet to be determined.</t>
   </si>
   <si>
     <t>Iran</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
-    <t>ISO-8187</t>
-[...1 lines deleted...]
-  <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/isir-14577-1st-edition-household-refrigerating-appliances-determination-criteria-energy</t>
-[...8 lines deleted...]
-    <t>ANSI/ASHRAE 51-1999 (AMCA Standard 210-99 ANSI approved)</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-10638-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
+  </si>
+  <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
+    <t>ISIRI 10639: 2007,1st edition -Technical specifications and test method for energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>Residential hermetic compressor -one level, positive displacement compressor. Does not include high pressure hermetic compressor</t>
+  </si>
+  <si>
+    <t>Refrigerant Compressors</t>
+  </si>
+  <si>
+    <t>ISIRI NS 4335</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-10639-20071st-edition-technical-specifications-and-test-method-energy-consumption</t>
+  </si>
+  <si>
+    <t>ISIRI 10759:2005, 1st Edition- technical specifications and test method for energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>Covers electric fluorescent ballast and tube fluorescent lamps 20-40 W, frequency 50hz, and 220-240 volts</t>
+  </si>
+  <si>
+    <t>Fluorescent and HID Lighting</t>
+  </si>
+  <si>
+    <t>34C/682/INF: 2005, 34C/693/NP: 2005</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-107592005-1st-edition-technical-specifications-and-test-method-energy-consumption</t>
+  </si>
+  <si>
+    <t>ISIRI 11574 Central Station Air Handling Units-Specification and Test Methids for Energy Consumption</t>
+  </si>
+  <si>
+    <t>This policy covers air units with capacity of 3570m3/h to 34000m3/h.</t>
+  </si>
+  <si>
+    <t>Central ACs</t>
+  </si>
+  <si>
+    <t>ARI 430-1999, ANSI/AMCA210/ASHRAE 51-2007, ARI 410-2001, ARI 410-2000</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/isiri-10634-fans-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
-[...56 lines deleted...]
-    <t>Imaging Equipment</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-11574-central-station-air-handling-units-specification-and-test-methids-energy</t>
+  </si>
+  <si>
+    <t>ISIRI 1219-2:2002- Test Method for Energy Consumption and Energy Labeling Instruction</t>
+  </si>
+  <si>
+    <t>Storage water heater</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>Gas</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-1219-22002-test-method-energy-consumption-and-energy-labeling-instruction</t>
+  </si>
+  <si>
+    <t>ISIRI 14628-Determination of Criteria for energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>Covers air units with capacity of 3570m3 per h to 34000m3 per h</t>
+  </si>
+  <si>
+    <t>Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>ISIRI 10335</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-14628-determination-criteria-energy-consumption-and-energy-labeling-instruction</t>
+  </si>
+  <si>
+    <t>ISIRI 1563-2:2009, 1st Revision, Specification for energy consumption and energy labeling of electrical household water heaters</t>
+  </si>
+  <si>
+    <t>Standard includes electrical household water heaters. Does not include solar or coal water heaters. Does not include residential electric water heaters with capacity less than 50L and more than 120L.</t>
+  </si>
+  <si>
+    <t>IEC 379: 1987</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-1563-22009-1st-revision-specification-energy-consumption-and-energy-labeling</t>
+  </si>
+  <si>
+    <t>ISIRI 16163:2013-determination of criteria for energy consumption and labeling instruction</t>
+  </si>
+  <si>
+    <t>Residential electric dishwasher</t>
+  </si>
+  <si>
+    <t>Dishwashers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-161632013-determination-criteria-energy-consumption-and-labeling-instruction</t>
+  </si>
+  <si>
+    <t>ISIRI 3477-2, 1st Edition, Specification for energy consumption and energy labeling of electrical household washing machines</t>
+  </si>
+  <si>
+    <t>Fully automatic residential clothes washer</t>
+  </si>
+  <si>
+    <t>95/12/EC</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-3477-2-1st-edition-specification-energy-consumption-and-energy-labeling-electrical</t>
+  </si>
+  <si>
+    <t>ISIRI 5916 Self Ballasted Lamps for General Lighting Services-performance requirements</t>
+  </si>
+  <si>
+    <t>Covers multi sector self ballasted lamps (60W and 100-250V)</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>IEC 60968 and IEC 60969</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-5916-self-ballasted-lamps-general-lighting-services-performance-requirements</t>
+  </si>
+  <si>
+    <t>ISIRI 6016-2</t>
+  </si>
+  <si>
+    <t>Split-system non-ducted air conditioners and heat pumps - method for measuring of energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>ISIRI 6016, ISIRI 6016-2</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-6016-2</t>
+  </si>
+  <si>
+    <t>ISIRI 7872:2009, 1st Rev, Household electric iron energy consumption requirements and energy labeling guideline</t>
+  </si>
+  <si>
+    <t>Covers residential steam and non-steam irons. Does not include residential press irons</t>
+  </si>
+  <si>
+    <t>Irons</t>
   </si>
   <si>
     <t>IEC 311 (1988)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/isiri-10641-office-equipment-technical-specifications-energy-consumption-and-energy</t>
-[...217 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-78722009-1st-rev-household-electric-iron-energy-consumption-requirements-and-energy</t>
   </si>
   <si>
-    <t>ISIRI 7874, 1st Edition, Specification for energy consumption and energy labeling of single phase electrical motors</t>
-[...25 lines deleted...]
-  <si>
     <t>ISIRI NS 7341, 1st edition- Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Electric lamps - Tubular, double capped</t>
+  </si>
+  <si>
+    <t>Tubular Lamps</t>
+  </si>
+  <si>
     <t>NS687 (Double Capped), NS 2702 (High Pressure Mercury Vapor), NS 5191 (HPSI), NS 5211 (Single Capped), 98/11/EC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-ns-7341-1st-edition-technical-specifications-and-test-method-energy-consumption-and</t>
   </si>
   <si>
-    <t>JS 2091:2013 Technical Regulation on eco-design - Requirements for non-directional household lamps</t>
-[...217 lines deleted...]
-  <si>
     <t>MEPS and labeling schemes for refrigerators, refrigerator-freezers and freezers</t>
   </si>
   <si>
+    <t>The standard specifies the energy performance, capacity and labelling of household refrigerators, refrigerator-freezers and freezers. The requirements in this Standard are not applicable to electrically operated refrigerators employing an absorption refrigeration system and for commercial refrigerators, refrigerators-freezers and freezers.</t>
+  </si>
+  <si>
     <t>Qatar</t>
   </si>
   <si>
+    <t>Freezers-only</t>
+  </si>
+  <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>General Electricity &amp; Water Corporation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-refrigerators-refrigerator-freezers-and-freezers</t>
   </si>
   <si>
+    <t>https://docs.wto.org/dol2fe/Pages/FE_Search/FE_S_S009-DP.aspx?language=E&amp;HasEnglishRecord=True&amp;HasFrenchRecord=True&amp;HasSpanishRecord=False&amp;CatalogueIdList=234359,234362,227938,228303,231379,234295,234377,234291,234289,234290&amp;CurrentCatalogueIdIndex=9&amp;FullT</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-refrigerators-refrigerator-freezers-and-freezers-0</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for split unit air conditioners</t>
   </si>
   <si>
+    <t>Under new regulations, the energy efficiency ratio (EER) of split unit air-conditioners will be increased from existing 9.5 EER to 10.5 EER.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-split-unit-air-conditioners</t>
   </si>
   <si>
+    <t>https://thepeninsulaqatar.com/article/08/06/2019/New-regulations-to-make-electric-appliances-more-energy-efficient</t>
+  </si>
+  <si>
     <t>MEPS schemes for non-directional lamps</t>
   </si>
   <si>
+    <t>This regulation is based on the European Union Commission regulation 244/2009 to phase out incandescent lamps.</t>
+  </si>
+  <si>
     <t>Bahrain</t>
   </si>
   <si>
     <t>Ministry of Industry and Commerce</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-schemes-non-directional-lamps</t>
   </si>
   <si>
+    <t>http://www.seu.gov.bh/wp-content/uploads/2018/04/02_NEEAP_full-report.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard (MEPS) and Energy Star Rating for Television Receivers</t>
+  </si>
+  <si>
+    <t>This standard establishes MEPS and labeling requirements for televisions in Pakistan. This standard shall apply to the following types and sizes of TVs covering display sizes from 24 inches to 42 inches commonly used in Pakistan, with a supply voltage of 230 V 50 Hz or range 220-240 V, 50 Hz. LCD TVs (Liquid Crystal Display TVs), Plasma TVs, and LED TVs (Light Emitting Diodes TVs). Minimum Values of annual power consumption shall not be less than Star-1. The performance of the TVs applicable to this standard shall meet the requirements as specified in the standards IEC 60107, IEC 62087, and IEC 62301.</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>IEC 5422/2018
 ,   
                     IEC 60107-1
 ,   
                     IEC 60107-2
 ,   
                     IEC 60107-3
 ,   
                     IEC 62301
 ,   
                     IEC 62087
 ,   
                     JIS C 6101-1
 ,   
                     JIS C 6101-2
 ,   
                     JIS C 6101-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-meps-and-energy-star-rating-television-receivers</t>
   </si>
   <si>
+    <t>https://psqca.com.pk/cs/newitems2021/electronics/27-PS%205422-2018.pdf</t>
+  </si>
+  <si>
     <t>National Energy Efficiency and Conservation Policy 2023</t>
   </si>
   <si>
+    <t>This policy identifies national energy-saving priorities in the following sectors: industry, building, transport, and power. The policy identifies opportunities for mandatory MEPS and labeling schemes.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Space Heating and Space Cooling, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/national-energy-efficiency-and-conservation-policy-2023</t>
   </si>
   <si>
+    <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
+  </si>
+  <si>
     <t>Pakistan MEPS and labeling for CFLs</t>
   </si>
   <si>
+    <t>This standard shall apply to self-ballasted compact fluorescent lamps -CFLs; generally known as Energy Savers of all commonly used shapes|sizes: U-shaped &amp; Spiral shaped, Edison screw holder or bayonet|pin type adopter; in Pakistan, with nominal power rating from 3Watt to 60 Watt at rated supply voltage of 230 V, 50 Hz or voltage range 220 240 V, 50 Hz as marked on the lamp. The standard does not apply to self-ballasted fluorescent lamps used with covers.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
     <t>PS-IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pakistan-meps-and-labeling-cfls</t>
   </si>
   <si>
+    <t>https://drive.google.com/file/d/0B_Ht8Q1cIEovQW5CZlF0VTRRZHM/view</t>
+  </si>
+  <si>
     <t>Pakistan Standard: Household Microwave Oven - Methods for Measuring Performance</t>
   </si>
   <si>
+    <t>This standard applies to microwave ovens for household use and combination microwave ovens. Microwave ovens are defined as appliances using electromagnetic energy in the ISM frequency band of 2,450 MHz for heating food and beverages in the cavity. Combination microwave ovens are microwave ovens in which the microwave energy is combined with thermal energy.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>IEC 60705:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pakistan-standard-household-microwave-oven-methods-measuring-performance</t>
   </si>
   <si>
-    <t>Regulation on Energy Labelling and Minimum Energy Performance Requirements for Air-Conditioners</t>
-[...11 lines deleted...]
-    <t>SASO 2663:2018 MEPS and labeling schemes for small air conditioners</t>
+    <t>https://psqca.com.pk/cs/newitems2021/electrotechnical/56-PS%205254%20based%20on%2060705.pdf</t>
+  </si>
+  <si>
+    <t>SASO 2874:2016 MEPS for large air conditioners</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS and testing requirements for electrically operated air conditioners, condensing units, chillers, absorption chillers, electrically operated variable refrigerant flow (VRF) air conditioners, close control air conditioners and condensing units serving computer rooms.</t>
   </si>
   <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
-    <t>SASO 2681 / 2013 (based on ISO 5151) SASO 2682/2013 SASO 2763/2008</t>
+    <t>Room ACs - Stationary ACs, Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/saso-26632018-meps-and-labeling-schemes-small-air-conditioners</t>
-[...16 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28742016-meps-large-air-conditioners</t>
   </si>
   <si>
-    <t>SASO 2883:2017 MEPS and labeling schemes for clothes dryers</t>
-[...41 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/saso-29022018-meps-and-labeling-schemes-lighting-products</t>
+    <t>https://www.intertek.com.cn/Uploadfile/File/SASO-2874_2016.pdf</t>
   </si>
   <si>
     <t>SASO IEC 60034-30:2013</t>
   </si>
   <si>
+    <t>This part of IEC 60034 specifies efficiency classes for single-speed; three-phase; 50 Hz and 60 Hz cage-induction motors</t>
+  </si>
+  <si>
     <t>SASO IEC 60034-2-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-iec-60034-302013</t>
   </si>
   <si>
-    <t>Schedule 12 - Washing Machines</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/schedule-12-washing-machines</t>
+    <t>http://www.saso.gov.sa/en/mediacenter/events/Pages/saso_events_127.aspx</t>
   </si>
   <si>
     <t>Schedule 13 - Diesel Engine Driven Monoset Pumps for Agricultural purposes</t>
   </si>
   <si>
+    <t>This schedule specifies the minimum fuel consumption and labeling instructions for  Diesel Engine Driven Monoset Pumps for Agricultural purposes being manufactured, imported, or sold in India. The scope covers Diesel Engine Driven Monoset Pumps for clear, cold, fresh water for agricultural purposes within the range of 2 HP to 10 HP for which the Schedule is applicable.</t>
+  </si>
+  <si>
     <t>Agricultural Pumps</t>
   </si>
   <si>
     <t>Oil</t>
   </si>
   <si>
     <t>IS 11501:1986, IS 11170:1985 , IS 11346:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-13-diesel-engine-driven-monoset-pumps-agricultural-purposes</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule%2013-Diesel%20Engine%20Driven%20MonosetPumps%20for%20Agricultural%20Purposes.pdf</t>
+  </si>
+  <si>
     <t>Schedule 14 - Laptop/Notebook Computers</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and energy labeling instructions for desktops, integrated desktops and notebook/ laptop computers, manufactured, imported, or sold in India for household/office and similar use. This Standard has been prepared on the basis of Energy Star specification for computers developed by US Environment Protection Agency. In the absence of BIS standard for laptops and notebooks this standard follows the version 6.11 - Energy Star program requirements Product specification for computers.</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>version 6.1 - Energy Star program requirements Product specification for computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-14-laptopnotebook-computers</t>
   </si>
   <si>
-    <t>Schedule 15 - Ballasts</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/schedule-15-ballasts</t>
+    <t>https://beestarlabel.com/Content/Files/shcedule14com.pdf</t>
   </si>
   <si>
     <t>Schedule 16 - Office Equipments (printers, scanners, copiers, fax machines and multi function devices)</t>
   </si>
   <si>
+    <t>The schedule specifies the MEPS and labeling instructions for office equipment copiers, printers, fax machines, scanners and multi-function devices for office automation and similar use. This schedule is for only single phase office equipment (printers, scanners, copiers, fax machines and multi-function devices) which operate at the standard voltage and frequency range specified by the relevant Indian Standards and the Indian Electricity Rules 1956.</t>
+  </si>
+  <si>
+    <t>Imaging Equipment</t>
+  </si>
+  <si>
     <t>IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-16-office-equipments-printers-scanners-copiers-fax-machines-and-multi-function</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule%20-%2016Office%20Equipments.pdf</t>
+  </si>
+  <si>
     <t>Schedule 17 - Solid state inverters</t>
   </si>
   <si>
+    <t>This schedule specifies the minimum DC to AC efficiency and labeling instructions for Solid State Inverters run from Storage Batteries of 12 Volts Direct Current source being manufactured, imported or sold in India. The output rating of the Solid State Inverters run from Storage Batteries, covered under this schedule shall be between 250 VA to 2000 VA for continuous output. Note: Inclusion of Solid State Inverters run from Storage Batteries of 24 Volts Direct Current source is under consideration.</t>
+  </si>
+  <si>
     <t>Solar Inverters</t>
   </si>
   <si>
     <t>IS 13314:1992</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-17-solid-state-inverters</t>
   </si>
   <si>
-    <t>Schedule 18 - Diesel Generator Sets</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/schedule-18-diesel-generator-sets</t>
+    <t>https://beestarlabel.com/Content/Files/Inverter%20Schedule.pdf</t>
   </si>
   <si>
     <t>Schedule 21 - Chillers</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for water cooled chillers manufactured in India or imported for sale in India for central cooling and similar use.</t>
+  </si>
+  <si>
     <t>IS 16590:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-21-chillers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Chillers_schedule_21.pdf</t>
+  </si>
+  <si>
     <t>Schedule 22 - Microwave Ovens</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for microwave ovens (including combination microwave ovens) meant for household or similar use, with or without grill or convection functions, being manufactured, imported or sold in India. This schedule applies to all types of counter-top microwave oven (covered under the scope of IS 302-2-25, and IEC 60705). The label is expected to be voluntary until the end of 2020, and become mandatory in 2021.</t>
+  </si>
+  <si>
     <t>IEC 60705: Amendment 1, 2010 and Amendment 2, 2018, IEC 62301, IS 302-2-25</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-22-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Schedule22-MWO.pdf</t>
+  </si>
+  <si>
     <t>Schedule 23 - Standards and Labelling of Solar Water Heaters</t>
   </si>
   <si>
+    <t>This schedule specifies the energy labelling requirement for Solar Water Heaters (SWH) imported or sold in India for water heating and similar use. The schedule covers all types of thermosyphon based solar water heaters up to 500Liters storage capacity.</t>
+  </si>
+  <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IS 16368:2015, IS 12933 part-1:2003, IS 16544: 2015, IS 16543: 2016</t>
   </si>
   <si>
     <t>Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-23-standards-and-labelling-solar-water-heaters</t>
   </si>
   <si>
-    <t>Schedule 24 - Light Commercial Air Conditioners</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/schedule-24-light-commercial-air-conditioners</t>
+    <t>https://beestarlabel.com/Content/Files/schedule_solar_water_heater.pdf</t>
   </si>
   <si>
     <t>Schedule 25 - Deep Freezers</t>
   </si>
   <si>
+    <t>This schedule specifies the safety and performance requirements for participating in the energy labelling program for deep freezers based on vapor compression working principle. It covers deep freezers of top access type, basically the chest freezers having a storage volume up to and including 1000 liters, with both hard top and glass top (sliding, hinged and curved) and their rated voltage not exceeding 250 V ac 50 Hz for single phase and 415 V ac 50 Hz for three phase ac, as specified under the scope of IS 7872 with all amendments.</t>
+  </si>
+  <si>
     <t>IS 7872 with all amendments, IS 302-2-24</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-25-deep-freezers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/DFR_Label.pdf</t>
+  </si>
+  <si>
     <t>Schedule 26 - Ultra-High Definition Televisions (UHD TV)</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labelling program for Ultra-High Definition (UHD) televisions of Liquid Crystal Display with LED backlighting, OLED displays, QLED displays, Micro-LED displays, that may be utilised to make and sell UHD televisions in the Indian market having native resolution of 3,840 x 2,160 pixels (4K) and 7,680 x 4,320 pixels (8K) which can be powered only by an external power supply at a voltage not exceeding 250 V ac, 50 Hz being manufactured, imported and commercially purchased or sold in India.</t>
+  </si>
+  <si>
     <t>IEC 62087-3, 2015, Edition 1.0, IS 616: 2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-26-ultra-high-definition-televisions-uhd-tv</t>
   </si>
   <si>
     <t>Schedule 27 - Positive Displacement Air Compressors</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for electrically driven positive displacement, fixed speed rotary and reciprocating, oil lubricated/oil-injected, air-cooled and water-cooled, air compressor having a full load operating gauge pressure greater than equal to 500 kPa or 5 bar[g] and motor rating between 0.37 to 500 kW with rated voltage of 230 / 415 V and frequency 50Hz AC. covered under the scope of IS 5456 and IS/ISO 1217: 2009 with all its amendments, being manufactured, imported or assembled for the purpose of commercial sale in India.</t>
+  </si>
+  <si>
     <t>Motors and Motor Driven Equipment</t>
   </si>
   <si>
     <t>IS/ISO 1217, IS 5456</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-27-positive-displacement-air-compressors</t>
   </si>
   <si>
+    <t>https://beeindia.gov.in/sites/default/files/Air_Compressor_Schedule_Final.pdf</t>
+  </si>
+  <si>
     <t>Schedule 30 Tyres</t>
   </si>
   <si>
+    <t>This schedule species requirements for participating in energy labelling programme for C1, C2 &amp; C3 tyres covered under scope of AIS:142, meant for manufactured, imported and sold in India. This schedule covers the terminology, general guidelines and method of tests to be conducted on tyres as per AIS: 142 particularly the methodology for testing of rolling resistance coefficient &amp; wet grip index. This schedule specifies the tyres star rating band which is based on Rolling Resistance Coefficients. This schedule is applicable for base model, its batch and their variant model tyres.</t>
+  </si>
+  <si>
     <t>IS 15633</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-30-tyres</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Schedule_30.pdf</t>
+  </si>
+  <si>
     <t>Schedule 36 Packaged Boiler</t>
   </si>
   <si>
+    <t>This policy specifies the requirement for participating in the voluntary star labeling program for Packaged Boilers using coal, biomass, oil and natural gas as fuel across all capacities under Indian Boiler Regulation (IBR) with or without air pre-heater, economizer, or waste heat recovery system, covered under the scope of IS 13979: 1994 as amended from time to time, being manufactured, imported or assembled for the purpose of commercial sale in India.</t>
+  </si>
+  <si>
+    <t>December 2024</t>
+  </si>
+  <si>
     <t>Biomass, Coal, Gas, LPG, Oil</t>
   </si>
   <si>
     <t>IS 13979:1994</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-36-packaged-boiler-0</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Home/EquipmentSchemes?type=V</t>
+  </si>
+  <si>
     <t>Schedule 37 - Energy Efficiency Requirements for Commercial Beverage Coolers</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary minimum efficiency and labeling requirements for commercial beverage coolers being manufactured, imported, and sold in India. It applies to vertical floor or table mounted, single and multidoor type Commercial Beverage Coolers (commercially known as Visi Coolers), with an overall height between 0.5 m and 2.2 m covered under the scope of ISO 22044:2021/IS 2167:2024.</t>
   </si>
   <si>
     <t>Refrigeration</t>
   </si>
   <si>
     <t>ISO 22044:2021
 ,   
                     IS 2167:2024</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-37-energy-efficiency-requirements-commercial-beverage-coolers</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Visi_Cooler.pdf</t>
+  </si>
+  <si>
     <t>Schedule 38 - Energy Efficiency Requirements for Grid Connected Solar Inverters</t>
+  </si>
+  <si>
+    <t>This schedule specifies the requirement for participating in the energy labeling program for both single-phase and three-phase grid-connected solar inverters without storage up to and including 100 kW rated output power being manufactured, imported and sold in India. This schedule specifies the minimum overall efficiency requirement of the inverter based on static maximum power point tracking (MPPT) efficiency measurement and the steady state conversion efficiency prescribed in IS 17980:2022/ IEC 62891:2020. The schedule does not cover the dynamic MPPT efficiency. Only BIS certified solar inverters complied with IS 16221-2:2015 are eligible to take part in the BEE Standards and Labeling program.</t>
   </si>
   <si>
     <t>Renewable Energy Systems</t>
   </si>
   <si>
     <t>IS 17980:2022/ IEC 62891:2020 
 ,   
                     IS 12834:2023/ IEC 61836:2016
 ,   
                     IS 16221-2:2015/ IEC 62109-2: 2011 
 ,   
                     IS 16169:2019/IEC 62116:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-38-energy-efficiency-requirements-grid-connected-solar-inverters</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Schedule_38_Solar_Inverter.pdf</t>
+  </si>
+  <si>
     <t>Schedule 6 - Induction Motors</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for 3 phase squirrel cage induction motor in 2 Pole, 4 Pole and 6 Pole of ratings up to 375 kW for continuous duty (S1) operation, suitable for voltage and frequency variation as per IS 12615:2011</t>
+  </si>
+  <si>
     <t>IS 12615:2011, IS IEC 60034-2-1, IS 15999:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-6-induction-motors</t>
   </si>
   <si>
-    <t>Schedule 7 - Agricultural Pump Sets</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/schedule-7-agricultural-pump-sets</t>
+    <t>https://beestarlabel.com/Content/Files/Schedule6-InductionMotors.pdf</t>
   </si>
   <si>
     <t>Schedule 9 - Domestic Liquefied Petroleum Gas Stoves</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling requirements for domestic gas stoves using LPG at 30 gf/cm2 gas inlet pressure being manufactured, imported, or sold in India</t>
+  </si>
+  <si>
     <t>IS 4246:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-9-domestic-liquefied-petroleum-gas-stoves</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Final_LPG_schedule.pdf</t>
+  </si>
+  <si>
     <t>SCHEDULE-29 Li-ion traction batteries and Systems</t>
   </si>
   <si>
+    <t>This schedule specifies energy-labelling requirement for high-energy Lithium-Ion based Battery packs and systems for electrically propelled road vehicles. The schedule covers high energy lithium-ion battery packs/modules with specific energy up to 350Wh/kg and Cycle
+life up to 4,000 cycles. For this schedule, the star rating of high-energy Battery pack/module shall be based on specific energy, life cycle and energy efficiency tested in accordance with ISO 12405-4:2018.</t>
+  </si>
+  <si>
     <t>Mobility</t>
   </si>
   <si>
     <t>ISO 12405-4: 2018.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-29-li-ion-traction-batteries-and-systems</t>
   </si>
   <si>
-    <t>SI 4665-2 PERFORMANCE OF EXTERNAL POWER SUPPLIES: MINIMUM ENERGY PERFORMANCE STANDARD (MEPS) REQUIREMENTS</t>
-[...2 lines deleted...]
-    <t>SI 4665-1</t>
+    <t>https://www.beestarlabel.com/Content/Files/SCHEDULE_29.pdf</t>
+  </si>
+  <si>
+    <t>SI 60350 - Part 1: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
+  </si>
+  <si>
+    <t>Israeli Standard which covers household electric cooking appliances - ovens</t>
+  </si>
+  <si>
+    <t>Ovens, Microwaves</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/si-4665-2-performance-external-power-supplies-minimum-energy-performance-standard-meps</t>
-[...19 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60350-part-1-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
   </si>
   <si>
-    <t>SI 60350 - Part 2: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/si-60350-part-2-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
+    <t>https://www.sii.org.il/en/standards-search</t>
   </si>
   <si>
     <t>SI 60968</t>
   </si>
   <si>
+    <t>Self-ballasted lamps for general lighting services</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60968</t>
   </si>
   <si>
-    <t>SI 62301 Home Appliances - Power measurement in standby mode</t>
-[...11 lines deleted...]
-    <t>Electricity, Solar</t>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=f176cda1-c392-4f0e-8c7d-e062df37c908</t>
+  </si>
+  <si>
+    <t>SI 994-1 AIR CONDITIONERS AND PERFORMANCE REQUIREMENTS (being revised) / ENERGY SOURCES REGULATIONS (ENERGY EFFICIENCY, ENERGY MARKINGS AND ENERGY RATINGS OF AIR CONDITIONERS) 5765-2004</t>
+  </si>
+  <si>
+    <t>Single and Multi Split. Both window type and split type AC. Window type AC is comprised of one unit, intended to be installed at a window or on a wall, or a mobile air conditioner whereby the air dispersed from it faces directly toward the air-conditioned area or heated area. Split type AC is comprised of two or more units whereby at least one unit is located outside the air-conditioned area and the air dispersion is facing directly to the air-conditioned area or heated area.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>Ministry of National Infrastructures, Energy and Water Resources</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/si-69-electric-water-heaters</t>
-[...16 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-994-1-air-conditioners-and-performance-requirements-being-revised-energy-sources</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=795df84f-e1df-4f99-8c18-13cd0216e836</t>
+  </si>
+  <si>
     <t>SRO 604(I)/2019 Import Policy on Solar Equipment</t>
   </si>
   <si>
+    <t>Solar PV panels, inverters, charge controllers, junction boxes, cables and standalone solar products including solar kits, solar water pumps, solar water heaters and solar cookers. No policy link available.</t>
+  </si>
+  <si>
     <t>Solar Inverters, Solar Stoves, Solar Water Pumps, Solar Energy Kits</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sro-604i2019-import-policy-solar-equipment</t>
   </si>
   <si>
+    <t>https://www.commerce.gov.pk/wp-content/uploads/2019/06/SRO-604.pdf</t>
+  </si>
+  <si>
     <t>Standards and Labeling of Evaporative Air Coolers</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for direct evaporative air coolers (commercially known as desert coolers) for household and similar use for capacity up to and including 6000 CMH( 1.67m3/sec) suitable for rated voltage upto and including 250V 50Hz ac covered under the scope of IS 3315: 2024 as amended from time to time, being manufactured, imported or assembled for the purpose
+of commercial sale.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, India</t>
   </si>
   <si>
+    <t>Evaporative Coolers</t>
+  </si>
+  <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>IS 3315: 2024</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency, Ministry of Power</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standards-and-labeling-evaporative-air-coolers</t>
   </si>
   <si>
-    <t>The Energy Sources Regulations-Maximum Electric Output for a Television Receiver, 2011</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-sources-regulations-maximum-electric-output-television-receiver-2011</t>
+    <t>https://beestarlabel.com/Home/EquipmentSchemes?type=V</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 28648 | Environmentally Friendly Design Requirements for Servers and Data Storage Products (2019/424/EU) (SGM:2021/15)</t>
   </si>
   <si>
+    <t>This policy applies to servers and covers online data storage products. It does not cover: servers used in embedded applications; servers with Computers and Computer Servers Communiqué on Relevant Environmentally Friendly Design Requirements (2013/617/EU) Classified as small-scale servers according to (SGM:2021/14) servers; servers with more than four processor sockets; server devices; large servers; fully fault tolerant servers; network servers; small data storage products; big data storage products. This policy is a transposition of Commission Regulation (EU) 2019/424.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Servers</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/424</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28648-environmentally-friendly-design-requirements-servers-and</t>
   </si>
   <si>
-    <t>Turkish Official Gazette No 28648 | transposition of EC 392-2012</t>
+    <t>Turkish Official Gazette No 28861 (Transposition of EC 626-2011)</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of less than or equal to 12 kW for cooling; or heating; if the product has no cooling function.  This Regulation shall not apply to: appliances that use non-electric energy sources; or  air conditioners of which the condensor- or evaporator-side or both do not use air for heat transfer medium.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs, Portable ACs, Packaged Terminals</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
-    <t>Electricity, Gas</t>
-[...22 lines deleted...]
-  <si>
     <t>EC 626-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28861-transposition-ec-626-2011</t>
   </si>
   <si>
-    <t>Turkish Official Gazette No 29236 | transposition of EC 65-2017</t>
-[...14 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017</t>
+    <t>https://united4efficiency.org/wp-content/uploads/2017/02/U4E_Policy-Assessment_TUR.pdf</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 29236 | transposition of EC 666-2013</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
+    <t>Vacuum Cleaners</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation EU No 666-2013 of 8 July 2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29236-transposition-ec-666-2013</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2015/01/20150114.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 29564 - Amending No 29236 | transposition of EC 665-2013</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated vacuum cleaners including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation EU No 665-2013 of 3 May 2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29564-amending-no-29236-transposition-ec-665-2013</t>
   </si>
   <si>
-    <t>Turkish Official Gazette No 31434 | Comminique on Ecodesign Requirements for Household Dishwashers (2019/2022/EU) (SGM:2021/1)</t>
-[...14 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-energy-labeling-cooling-devices-20192016eu-sgm20218</t>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/ELEKTR%C4%B0KL%C4%B0%20S%C3%9CP%C3%9CRGELER%C4%B0N%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9EDE%20DE%C4%9E%C4%B0%C5%9E%C4%B0KL%C4%B0K%20YAPILMASINA%20DA%C4%B0R%20TEBL%C4%B0%C4</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31434 | Energy Labeling of Cooling Devices with Direct Sales Function (2019/2018/EU) (SGM:2021/10)</t>
+  </si>
+  <si>
+    <t>This policy defines energy labeling requirements for refrigerating appliances with a direct sales function, including supermarket refrigerating (freezer or refrigerator) cabinets, beverage coolers, small ice-cream freezers, gelato-scooping cabinets, and refrigerated vending machines. It does not apply to Minibars and wine storage appliances with sales functions. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2018 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council about energy labelling of refrigerating appliances with a direct sales function.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Refrigerated Vending Machines</t>
   </si>
   <si>
     <t>EN 16901
 ,   
                     EN 16902
 ,   
                     EN 50597
 ,   
                     EN ISO 23953-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-energy-labeling-cooling-devices-direct-sales-function</t>
   </si>
   <si>
-    <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design of Household Washing Machines with Dryers</t>
-[...11 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-cooling</t>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-10.htm</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Cooling Devices with Direct Sales Function (2019/2024/EU) (SGM:2021/9)</t>
   </si>
   <si>
+    <t>This policy applies to the following refrigerating appliances with a direct sales function: supermarket refrigerating (freezer or refrigerator) cabinets, beverage coolers, ice-cream freezers, gelato-scooping cabinets and refrigerated vending machines.</t>
+  </si>
+  <si>
+    <t>Refrigerated Cabinets</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-cooling-0</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-9.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Electronic Displays (2019/2021/EU) (SGM:2021/5)</t>
   </si>
   <si>
+    <t>This policy establishes a minimum energy performance standard for electronic displays, including televisions, monitors, and digital signage displays with a liquid crystal screen (LCD) and a screen area greater than 100 square centimeters. This policy is a transposition of Commission Regulation (EU) 2019/2021.</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-electronic</t>
   </si>
   <si>
-    <t>Turkish Official Gazette No 31434 | Home Type Dishwasher Energy of Machines Notification on Labeling (2019/2017/EU) (SGM:2021/2)</t>
-[...23 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-energy-labeling-light-sources-20192015eu-sgm202112</t>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-5.htm</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31560 | Environmentally Friendly Design Requirements for Light Sources and Separate Control Equipment (2019/2020/EU) (SGM:2021/11)</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance standards for light sources and separate control gears. It also applies to light sources and separate control gears placed on the market in a containing product. This policy does not apply to the following light sources: LED dies or LED chips; LED packages; products containing light source(s) from which these light source(s) can be removed for verification; light-emitting parts contained in a light source from which these parts cannot be removed for verification as a light source. The policy does not apply to the following control gear power supplies within the scope of Commission Regulation (EC) No 278/2009 and lighting control parts and non-lighting parts (as defined in Annex I). This policy is a transposition of Commission Regulation (EU) 2019/2020.</t>
+  </si>
+  <si>
     <t>Lamps, Tubular Lamps, Non-Directional lamps, Directional Lamps, Drivers/ Controls, Lighting Controls</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light-0</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31878 | Energy Labeling of Solid Fuel Boilers and Packages of Solid Fuel Boilers, Additional Heaters, Temperature Control Devices and Solar Energy Devices (2015/1187/EU) (SGM: 2022/31)</t>
   </si>
   <si>
+    <t>This policy defines the energy labeling of and the provision of supplementary product information on solid fuel boilers with a rated heat output of 70 kW or less and packages of a solid fuel boiler with a rated heat output of 70 kW or less, supplementary heaters, temperature controls, and solar devices. It does not apply to boilers generating heat only for hot drinking or sanitary water; boilers for heating and distributing gaseous heat transfer media such as vapor or air; solid fuel cogeneration boilers with a maximum electrical capacity of 50 kW or more; non-woody biomass boilers. This policy is a transposition of Commission Delegated Regulation (EU) 2015/1187.</t>
+  </si>
+  <si>
     <t>Electricity, Solar, Solid Fuel</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1187</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-energy-labeling-solid-fuel-boilers-and-packages-solid</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-8.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Energy Labeling of Space Heaters (2015/1186/EU) (SGM: 2022/30)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the energy labeling of, and the provision of supplementary product information on local space heaters with a nominal heat output of 50 kW or less. This policy is a transposition of Commission Delegated Regulation (EU) 2015/1186.</t>
+  </si>
+  <si>
     <t>Portable Heaters</t>
   </si>
   <si>
     <t>Biomass, Coal, Gas, LPG, Oil, Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-energy-labeling-space-heaters-20151186eu-sgm-202230</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-7.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Solid Fuel Boilers (2015/1189/EU) (SGM: 2022/33)</t>
   </si>
   <si>
+    <t>This policy applies to solid fuel boilers with a rated heat output of 500 kilowatts (‘kW’) or less, including those integrated in packages of a solid fuel boiler, supplementary heaters, temperature controls, and solar devices as defined in Article 2 of Delegated Regulation (EU) 2015/1187. This policy is a transposition of Commission Regulation (EU) 2015/1189.</t>
+  </si>
+  <si>
     <t>Solid Fuel</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2015/1189</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-solid-0</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-10.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Solid Fuel Space Heaters (2015/1185/EU) (SGM: 2022/29)</t>
   </si>
   <si>
+    <t>This policy applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. It does not apply to solid fuel local space heaters that are specified for the combustion of non-woody biomass only; solid fuel local space heaters that are specified for outdoor use only; solid fuel local space heaters of which the direct heat output is less than 6 % of the combined direct and indirect heat output at nominal heat output; solid fuel local space heaters that are not factory assembled, or are not provided as prefabricated components or parts by a single manufacturer which are to be assembled on site; air heating products; or sauna stoves. This policy is a transposition of Commission Regulation (EU) 2015/1185.</t>
+  </si>
+  <si>
     <t>Biomass, Solid Fuel</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2015/1185</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-solid-fuel</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-6.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Space Heaters (2015/1188/EU) (SGM: 2022/32)</t>
   </si>
   <si>
+    <t>This policy applies to local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or of a single segment of 120 kW or less. This policy is a transposition of Commission Regulation (EU) 2015/1188.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1188</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-space</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-9.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No. 26897</t>
   </si>
   <si>
+    <t>This Regulation provides minimum energy efficiency and labeling for new hot water boilers with nominal output power less than 4 kW and not more than 400 kW</t>
+  </si>
+  <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>Council Directive 92/42/EEC of 21 May 1992</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-26897</t>
   </si>
   <si>
-    <t>Turkish Official Gazette No. 29564 - Energy Labeling of Televisions</t>
-[...8 lines deleted...]
-    <t>UAE.S 5010 3: 2020 – Labeling – Energy Efficiency Label for Electrical Appliances Part 3: Household Refrigerating Appliances.</t>
+    <t>http://www.yegm.gov.tr/verimlilik/document/Sicaksu_Kazanlarinin_Verimlilik_Yonetmeligi.doc</t>
+  </si>
+  <si>
+    <t>UAE.S 5010-2:2013 – Labeling – Energy efficiency label for electrical appliances Part 2: Washing Machines and Dryers</t>
+  </si>
+  <si>
+    <t>This regulation deals with methods for measuring the energy and water consumption of clothes washing machines for household use, with or without heating devices and for cold and/or hot water supply. It also deals with appliances for water extraction by centrifugal force and is applicable to appliances for both washing and drying textiles (washer-dryers). This standard also applies to household electric tumble dryers, automatic and non-automatic type, with or without a cold water supply and incorporating a heating device.</t>
   </si>
   <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
-    <t>UAE.S IEC 62552:2013</t>
+    <t>Clothes Dryers, Washing Machines</t>
+  </si>
+  <si>
+    <t>August 2019</t>
+  </si>
+  <si>
+    <t>IEC 60456 /2010</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-3-2020-labeling-energy-efficiency-label-electrical-appliances-part-3-household</t>
-[...19 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-22013-labeling-energy-efficiency-label-electrical-appliances-part-2-washing</t>
   </si>
   <si>
-    <t>UAE.S 5010-4: 2014 – Labeling – Energy Efficiency Label for Electrical Appliances Part 4: Storage Water Heaters.</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-4-2014-labeling-energy-efficiency-label-electrical-appliances-part-4-storage</t>
+    <t>http://www.puntofocal.gov.ar/notific_otros_miembros/are119_t.pdf</t>
   </si>
   <si>
     <t>UAE.S 5010-5: 2019 – Labeling – Energy efficiency label for electrical appliances - Part 5: commercial and central air conditioners.</t>
   </si>
   <si>
+    <t>This standard deals with the energy efficiency labels and the minimum energy performance standard (MEPS) requirements for factory-made residential, commercial and industrial.</t>
+  </si>
+  <si>
+    <t>June 2021</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-5-2019-labeling-energy-efficiency-label-electrical-appliances-part-5-commercial</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2019/TBT/ARE/19_1430_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-6: 2018 – Labeling – Energy efficiency label for electrical appliances Part 6: Dishwashers.</t>
   </si>
   <si>
+    <t>This regulation is developed to ensure that dishwasher are registered and monitored for their continuous compliance to the set specifications. Includes energy consumption and water consumption.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-6-2018-labeling-energy-efficiency-label-electrical-appliances-part-6-dishwashers</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2018/TBT/ARE/18_1779_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-7: 2017 – Labeling – Energy Efficiency Label for Electrical Appliances - Part: 7 Minimum Energy Efficiency Limits for Rotodynamic Water Pumps.</t>
   </si>
   <si>
+    <t>This standard covers brand new rotodynamic water pumps for pumping clean water, including where integrated in other products.</t>
+  </si>
+  <si>
+    <t>Pumps Other</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-7-2017-labeling-energy-efficiency-label-electrical-appliances-part-7-minimum</t>
   </si>
   <si>
-    <t>UAE.S 5010-8:2018 – Labeling – Energy Efficiency Label for Electrical Appliances – Part 8: Television Sets</t>
-[...20 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/water-efficient-products-wep-i</t>
+    <t>https://etrans.esma.gov.ae/english/purchase-standards/pages/standards-listing.aspx?categorytype=1&amp;categoryid=2361a709-8375-e511-9402-005056b81473&amp;legalstatus=2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -2272,7319 +1796,3714 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N169"/>
+  <dimension ref="A1:P76"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="251" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="251.224" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="955.481" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="182.813" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="131.968" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2019</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>2023</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3"/>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>42</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2020</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>44</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D5" t="s">
+        <v>49</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>42</v>
+      </c>
+      <c r="G5" t="s">
+        <v>34</v>
+      </c>
+      <c r="H5">
+        <v>2025</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>50</v>
+      </c>
+      <c r="K5" t="s">
+        <v>51</v>
+      </c>
+      <c r="L5" t="s">
+        <v>52</v>
+      </c>
+      <c r="M5" t="s">
+        <v>37</v>
+      </c>
+      <c r="N5" t="s">
+        <v>53</v>
+      </c>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>58</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2023</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>59</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>60</v>
+      </c>
+      <c r="M6" t="s">
+        <v>37</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>61</v>
+      </c>
+      <c r="P6" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>63</v>
+      </c>
+      <c r="B7" t="s">
+        <v>64</v>
+      </c>
+      <c r="C7" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...31 lines deleted...]
-      <c r="G3">
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2015</v>
+      </c>
+      <c r="I7">
+        <v>2022</v>
+      </c>
+      <c r="J7" t="s">
+        <v>65</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>66</v>
+      </c>
+      <c r="M7" t="s">
+        <v>37</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>67</v>
+      </c>
+      <c r="P7" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>69</v>
+      </c>
+      <c r="B8" t="s">
+        <v>70</v>
+      </c>
+      <c r="C8" t="s">
+        <v>32</v>
+      </c>
+      <c r="D8" t="s">
+        <v>71</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
         <v>2023</v>
       </c>
-      <c r="H3"/>
-[...3 lines deleted...]
-      <c r="J3" t="s">
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>59</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>72</v>
+      </c>
+      <c r="M8" t="s">
+        <v>37</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>73</v>
+      </c>
+      <c r="P8" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>75</v>
+      </c>
+      <c r="B9" t="s">
+        <v>76</v>
+      </c>
+      <c r="C9" t="s">
+        <v>32</v>
+      </c>
+      <c r="D9" t="s">
+        <v>77</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...248 lines deleted...]
-        <v>2009</v>
+      <c r="G9" t="s">
+        <v>22</v>
       </c>
       <c r="H9">
         <v>2023</v>
       </c>
-      <c r="I9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I9"/>
       <c r="J9" t="s">
+        <v>50</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>78</v>
+      </c>
+      <c r="M9" t="s">
+        <v>37</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>79</v>
+      </c>
+      <c r="P9" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>81</v>
+      </c>
+      <c r="B10" t="s">
+        <v>82</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>83</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>42</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2020</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>84</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>26</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>85</v>
+      </c>
+      <c r="P10" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>87</v>
+      </c>
+      <c r="B11" t="s">
+        <v>88</v>
+      </c>
+      <c r="C11" t="s">
+        <v>89</v>
+      </c>
+      <c r="D11" t="s">
+        <v>90</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
         <v>21</v>
       </c>
-      <c r="K9" t="s">
-[...25 lines deleted...]
-      <c r="E10" t="s">
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2006</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>65</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>91</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>92</v>
+      </c>
+      <c r="P11" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>94</v>
+      </c>
+      <c r="B12" t="s">
+        <v>95</v>
+      </c>
+      <c r="C12" t="s">
+        <v>89</v>
+      </c>
+      <c r="D12" t="s">
+        <v>96</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>97</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>1993</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>65</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>91</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>98</v>
+      </c>
+      <c r="P12" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>100</v>
+      </c>
+      <c r="B13" t="s">
+        <v>101</v>
+      </c>
+      <c r="C13" t="s">
+        <v>102</v>
+      </c>
+      <c r="D13" t="s">
+        <v>19</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>97</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2009</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>103</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>104</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>105</v>
+      </c>
+      <c r="P13" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>107</v>
+      </c>
+      <c r="B14" t="s">
+        <v>108</v>
+      </c>
+      <c r="C14" t="s">
+        <v>102</v>
+      </c>
+      <c r="D14" t="s">
+        <v>109</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2013</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>103</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>110</v>
+      </c>
+      <c r="M14" t="s">
+        <v>104</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>111</v>
+      </c>
+      <c r="P14" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>112</v>
+      </c>
+      <c r="B15" t="s">
+        <v>113</v>
+      </c>
+      <c r="C15" t="s">
+        <v>102</v>
+      </c>
+      <c r="D15" t="s">
+        <v>114</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2009</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>103</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>115</v>
+      </c>
+      <c r="M15" t="s">
+        <v>104</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>116</v>
+      </c>
+      <c r="P15" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>117</v>
+      </c>
+      <c r="B16" t="s">
+        <v>118</v>
+      </c>
+      <c r="C16" t="s">
+        <v>102</v>
+      </c>
+      <c r="D16" t="s">
+        <v>119</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
         <v>42</v>
       </c>
-      <c r="F10" t="s">
-[...53 lines deleted...]
-      <c r="J11" t="s">
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2009</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>103</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>120</v>
+      </c>
+      <c r="M16" t="s">
+        <v>104</v>
+      </c>
+      <c r="N16" t="s">
+        <v>121</v>
+      </c>
+      <c r="O16" t="s">
+        <v>122</v>
+      </c>
+      <c r="P16" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>123</v>
+      </c>
+      <c r="B17" t="s">
+        <v>124</v>
+      </c>
+      <c r="C17" t="s">
+        <v>102</v>
+      </c>
+      <c r="D17" t="s">
+        <v>125</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
         <v>21</v>
       </c>
-      <c r="K11" t="s">
-[...155 lines deleted...]
-      <c r="E15" t="s">
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2013</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>103</v>
+      </c>
+      <c r="K17" t="s">
+        <v>126</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>104</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>127</v>
+      </c>
+      <c r="P17" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>128</v>
+      </c>
+      <c r="B18" t="s">
+        <v>129</v>
+      </c>
+      <c r="C18" t="s">
+        <v>102</v>
+      </c>
+      <c r="D18" t="s">
+        <v>130</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
         <v>42</v>
       </c>
-      <c r="F15" t="s">
-[...133 lines deleted...]
-        <v>2009</v>
+      <c r="G18" t="s">
+        <v>22</v>
       </c>
       <c r="H18">
-        <v>2022</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I18"/>
       <c r="J18" t="s">
-        <v>21</v>
+        <v>103</v>
       </c>
       <c r="K18" t="s">
-        <v>99</v>
+        <v>126</v>
       </c>
       <c r="L18" t="s">
-        <v>31</v>
+        <v>131</v>
       </c>
       <c r="M18" t="s">
-        <v>24</v>
+        <v>104</v>
       </c>
       <c r="N18" t="s">
-        <v>100</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>132</v>
+      </c>
+      <c r="P18" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>101</v>
+        <v>133</v>
       </c>
       <c r="B19" t="s">
-        <v>27</v>
+        <v>134</v>
       </c>
       <c r="C19" t="s">
         <v>102</v>
       </c>
       <c r="D19" t="s">
-        <v>17</v>
+        <v>125</v>
       </c>
       <c r="E19" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="G19">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
         <v>2009</v>
       </c>
-      <c r="H19">
-[...4 lines deleted...]
-      </c>
+      <c r="I19"/>
       <c r="J19" t="s">
+        <v>103</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>135</v>
+      </c>
+      <c r="M19" t="s">
+        <v>104</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>136</v>
+      </c>
+      <c r="P19" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>137</v>
+      </c>
+      <c r="B20" t="s">
+        <v>138</v>
+      </c>
+      <c r="C20" t="s">
+        <v>102</v>
+      </c>
+      <c r="D20" t="s">
+        <v>139</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>42</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2013</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>103</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>104</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>140</v>
+      </c>
+      <c r="P20" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>141</v>
+      </c>
+      <c r="B21" t="s">
+        <v>142</v>
+      </c>
+      <c r="C21" t="s">
+        <v>102</v>
+      </c>
+      <c r="D21" t="s">
+        <v>77</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
         <v>21</v>
       </c>
-      <c r="K19" t="s">
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2002</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
         <v>103</v>
       </c>
-      <c r="L19" t="s">
-[...5 lines deleted...]
-      <c r="N19" t="s">
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>143</v>
+      </c>
+      <c r="M21" t="s">
         <v>104</v>
       </c>
-    </row>
-[...16 lines deleted...]
-      <c r="F20" t="s">
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>144</v>
+      </c>
+      <c r="P21" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>145</v>
+      </c>
+      <c r="B22" t="s">
+        <v>146</v>
+      </c>
+      <c r="C22" t="s">
+        <v>102</v>
+      </c>
+      <c r="D22" t="s">
+        <v>147</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2004</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>103</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>148</v>
+      </c>
+      <c r="M22" t="s">
+        <v>104</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>149</v>
+      </c>
+      <c r="P22" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>150</v>
+      </c>
+      <c r="B23" t="s">
+        <v>151</v>
+      </c>
+      <c r="C23" t="s">
+        <v>102</v>
+      </c>
+      <c r="D23" t="s">
         <v>19</v>
       </c>
-      <c r="G20">
-[...6 lines deleted...]
-      <c r="J20" t="s">
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
         <v>21</v>
       </c>
-      <c r="K20" t="s">
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2002</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>103</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>152</v>
+      </c>
+      <c r="M23" t="s">
+        <v>104</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>153</v>
+      </c>
+      <c r="P23" t="s">
         <v>106</v>
       </c>
-      <c r="L20" t="s">
-[...35 lines deleted...]
-      <c r="J21" t="s">
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>154</v>
+      </c>
+      <c r="B24" t="s">
+        <v>155</v>
+      </c>
+      <c r="C24" t="s">
+        <v>102</v>
+      </c>
+      <c r="D24" t="s">
+        <v>156</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
         <v>21</v>
       </c>
-      <c r="K21" t="s">
-[...38 lines deleted...]
-      <c r="J22" t="s">
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2009</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>103</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>157</v>
+      </c>
+      <c r="M24" t="s">
+        <v>104</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>158</v>
+      </c>
+      <c r="P24" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>159</v>
+      </c>
+      <c r="B25" t="s">
+        <v>160</v>
+      </c>
+      <c r="C25" t="s">
+        <v>102</v>
+      </c>
+      <c r="D25" t="s">
+        <v>161</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
         <v>21</v>
       </c>
-      <c r="K22"/>
-[...110 lines deleted...]
-        <v>1986</v>
+      <c r="G25" t="s">
+        <v>22</v>
       </c>
       <c r="H25">
         <v>2004</v>
       </c>
-      <c r="I25" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I25"/>
       <c r="J25" t="s">
+        <v>103</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>162</v>
+      </c>
+      <c r="M25" t="s">
+        <v>104</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>163</v>
+      </c>
+      <c r="P25" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>164</v>
+      </c>
+      <c r="B26" t="s">
+        <v>165</v>
+      </c>
+      <c r="C26" t="s">
+        <v>166</v>
+      </c>
+      <c r="D26" t="s">
+        <v>167</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
         <v>21</v>
       </c>
-      <c r="K25"/>
-      <c r="L25" t="s">
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2016</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>168</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>169</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>170</v>
+      </c>
+      <c r="P26" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>164</v>
+      </c>
+      <c r="B27" t="s">
+        <v>165</v>
+      </c>
+      <c r="C27" t="s">
+        <v>166</v>
+      </c>
+      <c r="D27" t="s">
+        <v>172</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2016</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>168</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>169</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>173</v>
+      </c>
+      <c r="P27" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>174</v>
+      </c>
+      <c r="B28" t="s">
+        <v>175</v>
+      </c>
+      <c r="C28" t="s">
+        <v>166</v>
+      </c>
+      <c r="D28" t="s">
+        <v>19</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2016</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>168</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>169</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>176</v>
+      </c>
+      <c r="P28" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>178</v>
+      </c>
+      <c r="B29" t="s">
+        <v>179</v>
+      </c>
+      <c r="C29" t="s">
+        <v>180</v>
+      </c>
+      <c r="D29" t="s">
+        <v>147</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>42</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2015</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>168</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>181</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>182</v>
+      </c>
+      <c r="P29" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>184</v>
+      </c>
+      <c r="B30" t="s">
+        <v>185</v>
+      </c>
+      <c r="C30" t="s">
+        <v>40</v>
+      </c>
+      <c r="D30" t="s">
+        <v>71</v>
+      </c>
+      <c r="E30" t="s">
+        <v>186</v>
+      </c>
+      <c r="F30" t="s">
+        <v>187</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2017</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>188</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>189</v>
+      </c>
+      <c r="M30" t="s">
+        <v>44</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>190</v>
+      </c>
+      <c r="P30" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>192</v>
+      </c>
+      <c r="B31" t="s">
+        <v>193</v>
+      </c>
+      <c r="C31" t="s">
+        <v>40</v>
+      </c>
+      <c r="D31" t="s">
+        <v>194</v>
+      </c>
+      <c r="E31" t="s">
+        <v>195</v>
+      </c>
+      <c r="F31" t="s">
+        <v>187</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2023</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>188</v>
+      </c>
+      <c r="K31" t="s">
+        <v>196</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>44</v>
+      </c>
+      <c r="N31" t="s">
+        <v>121</v>
+      </c>
+      <c r="O31" t="s">
+        <v>197</v>
+      </c>
+      <c r="P31" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>199</v>
+      </c>
+      <c r="B32" t="s">
+        <v>200</v>
+      </c>
+      <c r="C32" t="s">
+        <v>40</v>
+      </c>
+      <c r="D32" t="s">
+        <v>201</v>
+      </c>
+      <c r="E32" t="s">
+        <v>186</v>
+      </c>
+      <c r="F32" t="s">
+        <v>187</v>
+      </c>
+      <c r="G32" t="s">
+        <v>34</v>
+      </c>
+      <c r="H32">
+        <v>2014</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>188</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>202</v>
+      </c>
+      <c r="M32" t="s">
+        <v>44</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>203</v>
+      </c>
+      <c r="P32" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>205</v>
+      </c>
+      <c r="B33" t="s">
+        <v>206</v>
+      </c>
+      <c r="C33" t="s">
+        <v>40</v>
+      </c>
+      <c r="D33" t="s">
+        <v>207</v>
+      </c>
+      <c r="E33" t="s">
+        <v>186</v>
+      </c>
+      <c r="F33" t="s">
+        <v>208</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33"/>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>188</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>209</v>
+      </c>
+      <c r="M33" t="s">
+        <v>44</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>210</v>
+      </c>
+      <c r="P33" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>212</v>
+      </c>
+      <c r="B34" t="s">
+        <v>213</v>
+      </c>
+      <c r="C34" t="s">
+        <v>214</v>
+      </c>
+      <c r="D34" t="s">
+        <v>215</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>42</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2016</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>23</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>216</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>217</v>
+      </c>
+      <c r="P34" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>219</v>
+      </c>
+      <c r="B35" t="s">
+        <v>220</v>
+      </c>
+      <c r="C35" t="s">
+        <v>214</v>
+      </c>
+      <c r="D35" t="s">
+        <v>90</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>42</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2016</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>103</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>221</v>
+      </c>
+      <c r="M35" t="s">
+        <v>216</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>222</v>
+      </c>
+      <c r="P35" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>224</v>
+      </c>
+      <c r="B36" t="s">
+        <v>225</v>
+      </c>
+      <c r="C36" t="s">
+        <v>32</v>
+      </c>
+      <c r="D36" t="s">
+        <v>226</v>
+      </c>
+      <c r="E36" t="s">
+        <v>186</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2015</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>65</v>
+      </c>
+      <c r="K36" t="s">
+        <v>227</v>
+      </c>
+      <c r="L36" t="s">
+        <v>228</v>
+      </c>
+      <c r="M36" t="s">
+        <v>37</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>229</v>
+      </c>
+      <c r="P36" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>231</v>
+      </c>
+      <c r="B37" t="s">
+        <v>232</v>
+      </c>
+      <c r="C37" t="s">
+        <v>32</v>
+      </c>
+      <c r="D37" t="s">
+        <v>233</v>
+      </c>
+      <c r="E37" t="s">
+        <v>186</v>
+      </c>
+      <c r="F37" t="s">
+        <v>234</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2011</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>65</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>235</v>
+      </c>
+      <c r="M37" t="s">
+        <v>37</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>236</v>
+      </c>
+      <c r="P37" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>238</v>
+      </c>
+      <c r="B38" t="s">
+        <v>239</v>
+      </c>
+      <c r="C38" t="s">
+        <v>32</v>
+      </c>
+      <c r="D38" t="s">
+        <v>240</v>
+      </c>
+      <c r="E38" t="s">
+        <v>186</v>
+      </c>
+      <c r="F38" t="s">
+        <v>234</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2014</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>65</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>241</v>
+      </c>
+      <c r="M38" t="s">
+        <v>37</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>242</v>
+      </c>
+      <c r="P38" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>244</v>
+      </c>
+      <c r="B39" t="s">
+        <v>245</v>
+      </c>
+      <c r="C39" t="s">
+        <v>32</v>
+      </c>
+      <c r="D39" t="s">
+        <v>246</v>
+      </c>
+      <c r="E39" t="s">
+        <v>186</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2013</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>65</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>247</v>
+      </c>
+      <c r="M39" t="s">
+        <v>37</v>
+      </c>
+      <c r="N39" t="s">
+        <v>248</v>
+      </c>
+      <c r="O39" t="s">
+        <v>249</v>
+      </c>
+      <c r="P39" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>251</v>
+      </c>
+      <c r="B40" t="s">
+        <v>252</v>
+      </c>
+      <c r="C40" t="s">
+        <v>32</v>
+      </c>
+      <c r="D40" t="s">
+        <v>33</v>
+      </c>
+      <c r="E40" t="s">
+        <v>186</v>
+      </c>
+      <c r="F40" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2018</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>65</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40" t="s">
+        <v>253</v>
+      </c>
+      <c r="M40" t="s">
+        <v>37</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>254</v>
+      </c>
+      <c r="P40" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>256</v>
+      </c>
+      <c r="B41" t="s">
+        <v>257</v>
+      </c>
+      <c r="C41" t="s">
+        <v>32</v>
+      </c>
+      <c r="D41" t="s">
+        <v>207</v>
+      </c>
+      <c r="E41" t="s">
+        <v>186</v>
+      </c>
+      <c r="F41" t="s">
+        <v>21</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2019</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>65</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>258</v>
+      </c>
+      <c r="M41" t="s">
+        <v>37</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>259</v>
+      </c>
+      <c r="P41" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>261</v>
+      </c>
+      <c r="B42" t="s">
+        <v>262</v>
+      </c>
+      <c r="C42" t="s">
+        <v>32</v>
+      </c>
+      <c r="D42" t="s">
+        <v>125</v>
+      </c>
+      <c r="E42" t="s">
+        <v>186</v>
+      </c>
+      <c r="F42" t="s">
+        <v>21</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2019</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>65</v>
+      </c>
+      <c r="K42" t="s">
+        <v>263</v>
+      </c>
+      <c r="L42" t="s">
+        <v>264</v>
+      </c>
+      <c r="M42" t="s">
+        <v>37</v>
+      </c>
+      <c r="N42" t="s">
+        <v>265</v>
+      </c>
+      <c r="O42" t="s">
+        <v>266</v>
+      </c>
+      <c r="P42" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>268</v>
+      </c>
+      <c r="B43" t="s">
+        <v>269</v>
+      </c>
+      <c r="C43" t="s">
+        <v>32</v>
+      </c>
+      <c r="D43" t="s">
+        <v>167</v>
+      </c>
+      <c r="E43" t="s">
+        <v>186</v>
+      </c>
+      <c r="F43" t="s">
+        <v>21</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2020</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>65</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
+        <v>270</v>
+      </c>
+      <c r="M43" t="s">
+        <v>37</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>271</v>
+      </c>
+      <c r="P43" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>273</v>
+      </c>
+      <c r="B44" t="s">
+        <v>274</v>
+      </c>
+      <c r="C44" t="s">
+        <v>32</v>
+      </c>
+      <c r="D44" t="s">
+        <v>71</v>
+      </c>
+      <c r="E44" t="s">
+        <v>186</v>
+      </c>
+      <c r="F44" t="s">
+        <v>21</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2021</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>65</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44" t="s">
+        <v>275</v>
+      </c>
+      <c r="M44" t="s">
+        <v>37</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>276</v>
+      </c>
+      <c r="P44" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>277</v>
+      </c>
+      <c r="B45" t="s">
+        <v>278</v>
+      </c>
+      <c r="C45" t="s">
+        <v>32</v>
+      </c>
+      <c r="D45" t="s">
+        <v>279</v>
+      </c>
+      <c r="E45" t="s">
+        <v>186</v>
+      </c>
+      <c r="F45" t="s">
+        <v>21</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2021</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>65</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>280</v>
+      </c>
+      <c r="M45" t="s">
+        <v>37</v>
+      </c>
+      <c r="N45" t="s">
+        <v>121</v>
+      </c>
+      <c r="O45" t="s">
+        <v>281</v>
+      </c>
+      <c r="P45" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>283</v>
+      </c>
+      <c r="B46" t="s">
+        <v>284</v>
+      </c>
+      <c r="C46" t="s">
+        <v>32</v>
+      </c>
+      <c r="D46" t="s">
+        <v>279</v>
+      </c>
+      <c r="E46" t="s">
+        <v>186</v>
+      </c>
+      <c r="F46" t="s">
+        <v>21</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2021</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>65</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46" t="s">
+        <v>285</v>
+      </c>
+      <c r="M46" t="s">
+        <v>37</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>286</v>
+      </c>
+      <c r="P46" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>288</v>
+      </c>
+      <c r="B47" t="s">
+        <v>289</v>
+      </c>
+      <c r="C47" t="s">
+        <v>32</v>
+      </c>
+      <c r="D47" t="s">
+        <v>96</v>
+      </c>
+      <c r="E47" t="s">
+        <v>186</v>
+      </c>
+      <c r="F47" t="s">
+        <v>21</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2024</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>290</v>
+      </c>
+      <c r="K47" t="s">
+        <v>291</v>
+      </c>
+      <c r="L47" t="s">
+        <v>292</v>
+      </c>
+      <c r="M47" t="s">
+        <v>37</v>
+      </c>
+      <c r="N47" t="s">
+        <v>121</v>
+      </c>
+      <c r="O47" t="s">
+        <v>293</v>
+      </c>
+      <c r="P47" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>295</v>
+      </c>
+      <c r="B48" t="s">
+        <v>296</v>
+      </c>
+      <c r="C48" t="s">
+        <v>32</v>
+      </c>
+      <c r="D48" t="s">
+        <v>297</v>
+      </c>
+      <c r="E48" t="s">
+        <v>186</v>
+      </c>
+      <c r="F48" t="s">
+        <v>21</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2024</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>290</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48" t="s">
+        <v>298</v>
+      </c>
+      <c r="M48" t="s">
+        <v>299</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>300</v>
+      </c>
+      <c r="P48" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>302</v>
+      </c>
+      <c r="B49" t="s">
+        <v>303</v>
+      </c>
+      <c r="C49" t="s">
+        <v>32</v>
+      </c>
+      <c r="D49" t="s">
+        <v>304</v>
+      </c>
+      <c r="E49" t="s">
+        <v>186</v>
+      </c>
+      <c r="F49" t="s">
+        <v>21</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2024</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>290</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49" t="s">
+        <v>305</v>
+      </c>
+      <c r="M49" t="s">
+        <v>37</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>306</v>
+      </c>
+      <c r="P49" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>308</v>
+      </c>
+      <c r="B50" t="s">
+        <v>309</v>
+      </c>
+      <c r="C50" t="s">
+        <v>32</v>
+      </c>
+      <c r="D50" t="s">
+        <v>90</v>
+      </c>
+      <c r="E50" t="s">
+        <v>186</v>
+      </c>
+      <c r="F50" t="s">
+        <v>21</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2010</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>65</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50" t="s">
+        <v>310</v>
+      </c>
+      <c r="M50" t="s">
+        <v>37</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>311</v>
+      </c>
+      <c r="P50" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>313</v>
+      </c>
+      <c r="B51" t="s">
+        <v>314</v>
+      </c>
+      <c r="C51" t="s">
+        <v>32</v>
+      </c>
+      <c r="D51" t="s">
+        <v>130</v>
+      </c>
+      <c r="E51" t="s">
+        <v>186</v>
+      </c>
+      <c r="F51" t="s">
+        <v>21</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2014</v>
+      </c>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>65</v>
+      </c>
+      <c r="K51" t="s">
+        <v>51</v>
+      </c>
+      <c r="L51" t="s">
+        <v>315</v>
+      </c>
+      <c r="M51" t="s">
+        <v>37</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>316</v>
+      </c>
+      <c r="P51" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>318</v>
+      </c>
+      <c r="B52" t="s">
+        <v>319</v>
+      </c>
+      <c r="C52" t="s">
+        <v>32</v>
+      </c>
+      <c r="D52" t="s">
+        <v>320</v>
+      </c>
+      <c r="E52" t="s">
+        <v>186</v>
+      </c>
+      <c r="F52" t="s">
+        <v>21</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>2021</v>
+      </c>
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>65</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52" t="s">
+        <v>321</v>
+      </c>
+      <c r="M52" t="s">
+        <v>37</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>322</v>
+      </c>
+      <c r="P52" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>324</v>
+      </c>
+      <c r="B53" t="s">
+        <v>325</v>
+      </c>
+      <c r="C53" t="s">
+        <v>89</v>
+      </c>
+      <c r="D53" t="s">
+        <v>326</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>42</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>2016</v>
+      </c>
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>65</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53"/>
+      <c r="M53" t="s">
+        <v>327</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>328</v>
+      </c>
+      <c r="P53" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>330</v>
+      </c>
+      <c r="B54" t="s">
+        <v>331</v>
+      </c>
+      <c r="C54" t="s">
+        <v>89</v>
+      </c>
+      <c r="D54" t="s">
+        <v>161</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>97</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2014</v>
+      </c>
+      <c r="I54"/>
+      <c r="J54" t="s">
+        <v>65</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54"/>
+      <c r="M54" t="s">
+        <v>91</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>332</v>
+      </c>
+      <c r="P54" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>334</v>
+      </c>
+      <c r="B55" t="s">
+        <v>335</v>
+      </c>
+      <c r="C55" t="s">
+        <v>89</v>
+      </c>
+      <c r="D55" t="s">
+        <v>336</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>21</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>2004</v>
+      </c>
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>65</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55"/>
+      <c r="M55" t="s">
+        <v>337</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>338</v>
+      </c>
+      <c r="P55" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>340</v>
+      </c>
+      <c r="B56" t="s">
+        <v>341</v>
+      </c>
+      <c r="C56" t="s">
+        <v>40</v>
+      </c>
+      <c r="D56" t="s">
+        <v>342</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>42</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2019</v>
+      </c>
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>168</v>
+      </c>
+      <c r="K56" t="s">
+        <v>263</v>
+      </c>
+      <c r="L56"/>
+      <c r="M56" t="s">
+        <v>44</v>
+      </c>
+      <c r="N56" t="s">
+        <v>343</v>
+      </c>
+      <c r="O56" t="s">
+        <v>344</v>
+      </c>
+      <c r="P56" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>346</v>
+      </c>
+      <c r="B57" t="s">
+        <v>347</v>
+      </c>
+      <c r="C57" t="s">
+        <v>348</v>
+      </c>
+      <c r="D57" t="s">
+        <v>349</v>
+      </c>
+      <c r="E57" t="s">
+        <v>186</v>
+      </c>
+      <c r="F57" t="s">
+        <v>21</v>
+      </c>
+      <c r="G57" t="s">
+        <v>34</v>
+      </c>
+      <c r="H57">
+        <v>2025</v>
+      </c>
+      <c r="I57"/>
+      <c r="J57" t="s">
+        <v>350</v>
+      </c>
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57" t="s">
+        <v>351</v>
+      </c>
+      <c r="M57" t="s">
+        <v>352</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>353</v>
+      </c>
+      <c r="P57" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>355</v>
+      </c>
+      <c r="B58" t="s">
+        <v>356</v>
+      </c>
+      <c r="C58" t="s">
+        <v>357</v>
+      </c>
+      <c r="D58" t="s">
+        <v>358</v>
+      </c>
+      <c r="E58" t="s">
+        <v>186</v>
+      </c>
+      <c r="F58" t="s">
+        <v>42</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>2021</v>
+      </c>
+      <c r="I58"/>
+      <c r="J58" t="s">
+        <v>359</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58" t="s">
+        <v>360</v>
+      </c>
+      <c r="M58" t="s">
+        <v>361</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>362</v>
+      </c>
+      <c r="P58"/>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>363</v>
+      </c>
+      <c r="B59" t="s">
+        <v>364</v>
+      </c>
+      <c r="C59" t="s">
+        <v>357</v>
+      </c>
+      <c r="D59" t="s">
+        <v>365</v>
+      </c>
+      <c r="E59" t="s">
+        <v>186</v>
+      </c>
+      <c r="F59" t="s">
+        <v>97</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>2006</v>
+      </c>
+      <c r="I59"/>
+      <c r="J59" t="s">
+        <v>366</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59" t="s">
+        <v>367</v>
+      </c>
+      <c r="M59" t="s">
+        <v>361</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>368</v>
+      </c>
+      <c r="P59" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>370</v>
+      </c>
+      <c r="B60" t="s">
+        <v>371</v>
+      </c>
+      <c r="C60" t="s">
+        <v>357</v>
+      </c>
+      <c r="D60" t="s">
+        <v>372</v>
+      </c>
+      <c r="E60" t="s">
+        <v>186</v>
+      </c>
+      <c r="F60" t="s">
+        <v>42</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>2015</v>
+      </c>
+      <c r="I60"/>
+      <c r="J60" t="s">
+        <v>359</v>
+      </c>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60" t="s">
+        <v>373</v>
+      </c>
+      <c r="M60" t="s">
+        <v>361</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>374</v>
+      </c>
+      <c r="P60" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>376</v>
+      </c>
+      <c r="B61" t="s">
+        <v>377</v>
+      </c>
+      <c r="C61" t="s">
+        <v>357</v>
+      </c>
+      <c r="D61" t="s">
+        <v>372</v>
+      </c>
+      <c r="E61" t="s">
+        <v>186</v>
+      </c>
+      <c r="F61" t="s">
+        <v>97</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>2015</v>
+      </c>
+      <c r="I61"/>
+      <c r="J61" t="s">
+        <v>366</v>
+      </c>
+      <c r="K61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61" t="s">
+        <v>378</v>
+      </c>
+      <c r="M61" t="s">
+        <v>361</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>379</v>
+      </c>
+      <c r="P61" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>381</v>
+      </c>
+      <c r="B62" t="s">
+        <v>382</v>
+      </c>
+      <c r="C62" t="s">
+        <v>357</v>
+      </c>
+      <c r="D62" t="s">
+        <v>383</v>
+      </c>
+      <c r="E62" t="s">
+        <v>186</v>
+      </c>
+      <c r="F62" t="s">
+        <v>97</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
+        <v>2021</v>
+      </c>
+      <c r="I62"/>
+      <c r="J62" t="s">
+        <v>359</v>
+      </c>
+      <c r="K62" t="s">
+        <v>24</v>
+      </c>
+      <c r="L62" t="s">
+        <v>384</v>
+      </c>
+      <c r="M62" t="s">
+        <v>361</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>385</v>
+      </c>
+      <c r="P62" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>387</v>
+      </c>
+      <c r="B63" t="s">
+        <v>388</v>
+      </c>
+      <c r="C63" t="s">
+        <v>357</v>
+      </c>
+      <c r="D63" t="s">
+        <v>389</v>
+      </c>
+      <c r="E63" t="s">
+        <v>186</v>
+      </c>
+      <c r="F63" t="s">
+        <v>42</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
+        <v>2021</v>
+      </c>
+      <c r="I63"/>
+      <c r="J63" t="s">
+        <v>359</v>
+      </c>
+      <c r="K63" t="s">
+        <v>24</v>
+      </c>
+      <c r="L63" t="s">
+        <v>390</v>
+      </c>
+      <c r="M63" t="s">
+        <v>361</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>391</v>
+      </c>
+      <c r="P63" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>393</v>
+      </c>
+      <c r="B64" t="s">
+        <v>394</v>
+      </c>
+      <c r="C64" t="s">
+        <v>357</v>
+      </c>
+      <c r="D64" t="s">
+        <v>395</v>
+      </c>
+      <c r="E64" t="s">
+        <v>186</v>
+      </c>
+      <c r="F64" t="s">
+        <v>396</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
+        <v>2021</v>
+      </c>
+      <c r="I64"/>
+      <c r="J64" t="s">
+        <v>359</v>
+      </c>
+      <c r="K64" t="s">
+        <v>24</v>
+      </c>
+      <c r="L64" t="s">
+        <v>397</v>
+      </c>
+      <c r="M64" t="s">
+        <v>361</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>398</v>
+      </c>
+      <c r="P64" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>400</v>
+      </c>
+      <c r="B65" t="s">
+        <v>401</v>
+      </c>
+      <c r="C65" t="s">
+        <v>357</v>
+      </c>
+      <c r="D65" t="s">
+        <v>402</v>
+      </c>
+      <c r="E65" t="s">
+        <v>186</v>
+      </c>
+      <c r="F65" t="s">
+        <v>42</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
+        <v>2021</v>
+      </c>
+      <c r="I65"/>
+      <c r="J65" t="s">
+        <v>359</v>
+      </c>
+      <c r="K65" t="s">
+        <v>24</v>
+      </c>
+      <c r="L65" t="s">
+        <v>403</v>
+      </c>
+      <c r="M65" t="s">
+        <v>361</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>404</v>
+      </c>
+      <c r="P65"/>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>400</v>
+      </c>
+      <c r="B66" t="s">
+        <v>401</v>
+      </c>
+      <c r="C66" t="s">
+        <v>357</v>
+      </c>
+      <c r="D66" t="s">
+        <v>402</v>
+      </c>
+      <c r="E66" t="s">
+        <v>186</v>
+      </c>
+      <c r="F66" t="s">
+        <v>42</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
+        <v>2021</v>
+      </c>
+      <c r="I66"/>
+      <c r="J66" t="s">
+        <v>359</v>
+      </c>
+      <c r="K66" t="s">
+        <v>24</v>
+      </c>
+      <c r="L66" t="s">
+        <v>403</v>
+      </c>
+      <c r="M66" t="s">
+        <v>361</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>405</v>
+      </c>
+      <c r="P66"/>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>406</v>
+      </c>
+      <c r="B67" t="s">
+        <v>407</v>
+      </c>
+      <c r="C67" t="s">
+        <v>357</v>
+      </c>
+      <c r="D67" t="s">
+        <v>96</v>
+      </c>
+      <c r="E67" t="s">
+        <v>186</v>
+      </c>
+      <c r="F67" t="s">
+        <v>97</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>2022</v>
+      </c>
+      <c r="I67"/>
+      <c r="J67" t="s">
+        <v>359</v>
+      </c>
+      <c r="K67" t="s">
+        <v>408</v>
+      </c>
+      <c r="L67" t="s">
+        <v>409</v>
+      </c>
+      <c r="M67" t="s">
+        <v>361</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>410</v>
+      </c>
+      <c r="P67" t="s">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>412</v>
+      </c>
+      <c r="B68" t="s">
+        <v>413</v>
+      </c>
+      <c r="C68" t="s">
+        <v>357</v>
+      </c>
+      <c r="D68" t="s">
+        <v>414</v>
+      </c>
+      <c r="E68" t="s">
+        <v>186</v>
+      </c>
+      <c r="F68" t="s">
+        <v>97</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
+        <v>2022</v>
+      </c>
+      <c r="I68"/>
+      <c r="J68" t="s">
+        <v>359</v>
+      </c>
+      <c r="K68" t="s">
+        <v>415</v>
+      </c>
+      <c r="L68"/>
+      <c r="M68" t="s">
+        <v>361</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>416</v>
+      </c>
+      <c r="P68" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>418</v>
+      </c>
+      <c r="B69" t="s">
+        <v>419</v>
+      </c>
+      <c r="C69" t="s">
+        <v>357</v>
+      </c>
+      <c r="D69" t="s">
+        <v>96</v>
+      </c>
+      <c r="E69" t="s">
+        <v>186</v>
+      </c>
+      <c r="F69" t="s">
+        <v>42</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
+        <v>2022</v>
+      </c>
+      <c r="I69"/>
+      <c r="J69" t="s">
+        <v>359</v>
+      </c>
+      <c r="K69" t="s">
+        <v>420</v>
+      </c>
+      <c r="L69" t="s">
+        <v>421</v>
+      </c>
+      <c r="M69" t="s">
+        <v>361</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>422</v>
+      </c>
+      <c r="P69" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>424</v>
+      </c>
+      <c r="B70" t="s">
+        <v>425</v>
+      </c>
+      <c r="C70" t="s">
+        <v>357</v>
+      </c>
+      <c r="D70" t="s">
+        <v>414</v>
+      </c>
+      <c r="E70" t="s">
+        <v>186</v>
+      </c>
+      <c r="F70" t="s">
+        <v>42</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70">
+        <v>2022</v>
+      </c>
+      <c r="I70"/>
+      <c r="J70" t="s">
+        <v>359</v>
+      </c>
+      <c r="K70" t="s">
+        <v>426</v>
+      </c>
+      <c r="L70" t="s">
+        <v>427</v>
+      </c>
+      <c r="M70" t="s">
+        <v>361</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>428</v>
+      </c>
+      <c r="P70" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>430</v>
+      </c>
+      <c r="B71" t="s">
+        <v>431</v>
+      </c>
+      <c r="C71" t="s">
+        <v>357</v>
+      </c>
+      <c r="D71" t="s">
+        <v>414</v>
+      </c>
+      <c r="E71" t="s">
+        <v>186</v>
+      </c>
+      <c r="F71" t="s">
+        <v>42</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
+        <v>2022</v>
+      </c>
+      <c r="I71"/>
+      <c r="J71" t="s">
+        <v>359</v>
+      </c>
+      <c r="K71" t="s">
+        <v>24</v>
+      </c>
+      <c r="L71" t="s">
+        <v>432</v>
+      </c>
+      <c r="M71" t="s">
+        <v>361</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>433</v>
+      </c>
+      <c r="P71" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>435</v>
+      </c>
+      <c r="B72" t="s">
+        <v>436</v>
+      </c>
+      <c r="C72" t="s">
+        <v>357</v>
+      </c>
+      <c r="D72" t="s">
+        <v>125</v>
+      </c>
+      <c r="E72" t="s">
+        <v>186</v>
+      </c>
+      <c r="F72" t="s">
+        <v>187</v>
+      </c>
+      <c r="G72" t="s">
+        <v>22</v>
+      </c>
+      <c r="H72">
+        <v>2008</v>
+      </c>
+      <c r="I72"/>
+      <c r="J72" t="s">
+        <v>366</v>
+      </c>
+      <c r="K72" t="s">
+        <v>437</v>
+      </c>
+      <c r="L72" t="s">
+        <v>438</v>
+      </c>
+      <c r="M72" t="s">
+        <v>361</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>439</v>
+      </c>
+      <c r="P72" t="s">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>441</v>
+      </c>
+      <c r="B73" t="s">
+        <v>442</v>
+      </c>
+      <c r="C73" t="s">
+        <v>443</v>
+      </c>
+      <c r="D73" t="s">
+        <v>444</v>
+      </c>
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
+        <v>21</v>
+      </c>
+      <c r="G73" t="s">
+        <v>22</v>
+      </c>
+      <c r="H73">
+        <v>2013</v>
+      </c>
+      <c r="I73"/>
+      <c r="J73" t="s">
+        <v>445</v>
+      </c>
+      <c r="K73" t="s">
+        <v>24</v>
+      </c>
+      <c r="L73" t="s">
+        <v>446</v>
+      </c>
+      <c r="M73" t="s">
+        <v>447</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>448</v>
+      </c>
+      <c r="P73" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>450</v>
+      </c>
+      <c r="B74" t="s">
+        <v>451</v>
+      </c>
+      <c r="C74" t="s">
+        <v>443</v>
+      </c>
+      <c r="D74" t="s">
         <v>119</v>
       </c>
-      <c r="M25" t="s">
-[...34 lines deleted...]
-      <c r="J26" t="s">
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
         <v>21</v>
       </c>
-      <c r="K26" t="s">
-[...40 lines deleted...]
-      <c r="J27" t="s">
+      <c r="G74" t="s">
+        <v>22</v>
+      </c>
+      <c r="H74">
+        <v>2014</v>
+      </c>
+      <c r="I74">
+        <v>2019</v>
+      </c>
+      <c r="J74" t="s">
+        <v>452</v>
+      </c>
+      <c r="K74" t="s">
+        <v>24</v>
+      </c>
+      <c r="L74"/>
+      <c r="M74" t="s">
+        <v>447</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>453</v>
+      </c>
+      <c r="P74" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>455</v>
+      </c>
+      <c r="B75" t="s">
+        <v>456</v>
+      </c>
+      <c r="C75" t="s">
+        <v>443</v>
+      </c>
+      <c r="D75" t="s">
+        <v>139</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
         <v>21</v>
       </c>
-      <c r="K27" t="s">
-[...40 lines deleted...]
-      <c r="J28" t="s">
+      <c r="G75" t="s">
+        <v>22</v>
+      </c>
+      <c r="H75">
+        <v>2016</v>
+      </c>
+      <c r="I75">
+        <v>2018</v>
+      </c>
+      <c r="J75" t="s">
+        <v>452</v>
+      </c>
+      <c r="K75" t="s">
+        <v>24</v>
+      </c>
+      <c r="L75"/>
+      <c r="M75" t="s">
+        <v>447</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>457</v>
+      </c>
+      <c r="P75" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>459</v>
+      </c>
+      <c r="B76" t="s">
+        <v>460</v>
+      </c>
+      <c r="C76" t="s">
+        <v>443</v>
+      </c>
+      <c r="D76" t="s">
+        <v>461</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
         <v>21</v>
       </c>
-      <c r="K28" t="s">
-[...2060 lines deleted...]
-        <v>2013</v>
+      <c r="G76" t="s">
+        <v>22</v>
       </c>
       <c r="H76">
-        <v>2014</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="I76"/>
       <c r="J76" t="s">
-        <v>21</v>
+        <v>445</v>
       </c>
       <c r="K76" t="s">
-        <v>248</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L76"/>
       <c r="M76" t="s">
-        <v>24</v>
+        <v>447</v>
       </c>
       <c r="N76" t="s">
-        <v>303</v>
-[...1863 lines deleted...]
-      <c r="A121" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
         <v>462</v>
       </c>
-      <c r="B121" t="s">
-[...26 lines deleted...]
-      <c r="K121" t="s">
+      <c r="P76" t="s">
         <v>463</v>
       </c>
-      <c r="L121" t="s">
-[...2043 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>