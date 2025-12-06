--- v1 (2025-12-05)
+++ v2 (2025-12-06)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="464">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="457">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -153,79 +153,50 @@
     <t>https://cprc-clasp.ngo/index.php/policies/efficiency-policy-chillers</t>
   </si>
   <si>
     <t>Electric Motors Minimum Energy Performance Standards</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>3-Phase Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/electric-motors-minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>https://clasp.ngo/updates/2021/pakistan-launches-first-efficiency-policy-for-electric-motors</t>
-  </si>
-[...27 lines deleted...]
-    <t>https://beestarlabel.com/Content/LPG-Gas-Stove-Notification-14(a).pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Light Commercial Air Conditioners</t>
   </si>
   <si>
     <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for light commercial air conditioners with a rated capacity above 10,500 Watts and up to and including 18,000 Watts for a single- or three-phase non-ducted split with fixed and variable speed air conditioners and heat pumps employing air cooled condensers being manufactured, commercially purchased, or sold in India.</t>
   </si>
   <si>
     <t>Air Conditioning</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>IS 1391:2018 (all amendments)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-light-commercial-air-conditioners</t>
   </si>
   <si>
     <t>https://beestarlabel.com/Content/Files/LCAC_Regulations.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Variable Speed)</t>
   </si>
@@ -254,50 +225,53 @@
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>IEC 62087-3, 2015
 ,   
                     IS 616: 2017
 ,   
                     IEC 60065:2014 Edition 8.0
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-ultra-high-definition-televisions</t>
   </si>
   <si>
     <t>https://beestarlabel.com/Content/Files/UHD_TV_Schedule.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Washing Machine</t>
   </si>
   <si>
     <t>This policy mandates energy performance standards for star labeled washing machine (with or without heating devices utilizing cold or hot water supply) for household and similar use.</t>
   </si>
   <si>
     <t>Washing Machines</t>
+  </si>
+  <si>
+    <t>August 2025</t>
   </si>
   <si>
     <t>IEC 60456:2010 
 ,   
                     IS 302-7-7:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-washing-machine</t>
   </si>
   <si>
     <t>https://www.beestarlabel.com/Content/Files/WM%20Notification%20e-gazette.pdf</t>
   </si>
   <si>
     <t>Energy efficiency, functionality and labelling requirements for self-ballasted Light Emitting Diode (LED) lamps</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency, functionality, and product information requirements for self-ballasted LED lamps for general lighting services that works on single-phase alternating current supply up to and including 240V, 50Hz, being manufactured, imported or sold in Oman.
 The standard covers the following types of self-ballasted LED lamps:
 a. Both the directional and non-directional lamps.
 b. Lamps having a luminous flux above 60 lumens and below 12,000 lumens.</t>
   </si>
   <si>
     <t>Directional Lamps</t>
   </si>
   <si>
@@ -994,50 +968,53 @@
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-38-energy-efficiency-requirements-grid-connected-solar-inverters</t>
   </si>
   <si>
     <t>https://www.beestarlabel.com/Content/Files/Schedule_38_Solar_Inverter.pdf</t>
   </si>
   <si>
     <t>Schedule 6 - Induction Motors</t>
   </si>
   <si>
     <t>This schedule specifies the MEPS and labeling instructions for 3 phase squirrel cage induction motor in 2 Pole, 4 Pole and 6 Pole of ratings up to 375 kW for continuous duty (S1) operation, suitable for voltage and frequency variation as per IS 12615:2011</t>
   </si>
   <si>
     <t>IS 12615:2011, IS IEC 60034-2-1, IS 15999:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-6-induction-motors</t>
   </si>
   <si>
     <t>https://beestarlabel.com/Content/Files/Schedule6-InductionMotors.pdf</t>
   </si>
   <si>
     <t>Schedule 9 - Domestic Liquefied Petroleum Gas Stoves</t>
   </si>
   <si>
     <t>This schedule specifies the MEPS and labeling requirements for domestic gas stoves using LPG at 30 gf/cm2 gas inlet pressure being manufactured, imported, or sold in India</t>
+  </si>
+  <si>
+    <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-9-domestic-liquefied-petroleum-gas-stoves</t>
   </si>
   <si>
     <t>https://beestarlabel.com/Content/Files/Final_LPG_schedule.pdf</t>
   </si>
   <si>
     <t>SCHEDULE-29 Li-ion traction batteries and Systems</t>
   </si>
   <si>
     <t>This schedule specifies energy-labelling requirement for high-energy Lithium-Ion based Battery packs and systems for electrically propelled road vehicles. The schedule covers high energy lithium-ion battery packs/modules with specific energy up to 350Wh/kg and Cycle
 life up to 4,000 cycles. For this schedule, the star rating of high-energy Battery pack/module shall be based on specific energy, life cycle and energy efficiency tested in accordance with ISO 12405-4:2018.</t>
   </si>
   <si>
     <t>Mobility</t>
   </si>
   <si>
     <t>ISO 12405-4: 2018.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-29-li-ion-traction-batteries-and-systems</t>
@@ -1796,51 +1773,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P76"/>
+  <dimension ref="A1:P75"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="251.224" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="955.481" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="182.813" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="131.968" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="76.553" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -2029,3445 +2006,3397 @@
       </c>
       <c r="O4" t="s">
         <v>45</v>
       </c>
       <c r="P4" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>47</v>
       </c>
       <c r="B5" t="s">
         <v>48</v>
       </c>
       <c r="C5" t="s">
         <v>32</v>
       </c>
       <c r="D5" t="s">
         <v>49</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G5" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="H5">
-        <v>2025</v>
+        <v>2023</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
         <v>50</v>
       </c>
       <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="M5" t="s">
         <v>37</v>
       </c>
       <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5" t="s">
         <v>53</v>
-      </c>
-[...4 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="B6" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="C6" t="s">
         <v>32</v>
       </c>
       <c r="D6" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="I6"/>
+        <v>2015</v>
+      </c>
+      <c r="I6">
+        <v>2022</v>
+      </c>
       <c r="J6" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="M6" t="s">
         <v>37</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="P6" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="B7" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="C7" t="s">
         <v>32</v>
       </c>
       <c r="D7" t="s">
-        <v>19</v>
+        <v>62</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>2023</v>
+      </c>
+      <c r="I7"/>
       <c r="J7" t="s">
-        <v>65</v>
+        <v>50</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="M7" t="s">
         <v>37</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="P7" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="B8" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="C8" t="s">
         <v>32</v>
       </c>
       <c r="D8" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
         <v>2023</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>59</v>
+        <v>69</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="M8" t="s">
         <v>37</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="P8" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
+        <v>73</v>
+      </c>
+      <c r="B9" t="s">
+        <v>74</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
         <v>75</v>
-      </c>
-[...7 lines deleted...]
-        <v>77</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
-        <v>2023</v>
+        <v>2020</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>50</v>
+        <v>76</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
-      <c r="L9" t="s">
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>26</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>77</v>
+      </c>
+      <c r="P9" t="s">
         <v>78</v>
-      </c>
-[...10 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
+        <v>79</v>
+      </c>
+      <c r="B10" t="s">
+        <v>80</v>
+      </c>
+      <c r="C10" t="s">
         <v>81</v>
       </c>
-      <c r="B10" t="s">
+      <c r="D10" t="s">
         <v>82</v>
-      </c>
-[...4 lines deleted...]
-        <v>83</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
-        <v>2020</v>
+        <v>2006</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>84</v>
+        <v>56</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>26</v>
+        <v>83</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
+        <v>84</v>
+      </c>
+      <c r="P10" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
+        <v>86</v>
+      </c>
+      <c r="B11" t="s">
         <v>87</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11" t="s">
+        <v>81</v>
+      </c>
+      <c r="D11" t="s">
         <v>88</v>
-      </c>
-[...4 lines deleted...]
-        <v>90</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>21</v>
+        <v>89</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
-        <v>2006</v>
+        <v>1993</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
+        <v>83</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>90</v>
+      </c>
+      <c r="P11" t="s">
         <v>91</v>
-      </c>
-[...7 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
+        <v>92</v>
+      </c>
+      <c r="B12" t="s">
+        <v>93</v>
+      </c>
+      <c r="C12" t="s">
         <v>94</v>
       </c>
-      <c r="B12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D12" t="s">
-        <v>96</v>
+        <v>19</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>97</v>
+        <v>89</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
-        <v>1993</v>
+        <v>2009</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>65</v>
+        <v>95</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
+        <v>97</v>
+      </c>
+      <c r="P12" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
+        <v>99</v>
+      </c>
+      <c r="B13" t="s">
         <v>100</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C13" t="s">
+        <v>94</v>
+      </c>
+      <c r="D13" t="s">
         <v>101</v>
-      </c>
-[...4 lines deleted...]
-        <v>19</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>97</v>
+        <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
-        <v>2009</v>
+        <v>2013</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
+        <v>95</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>102</v>
+      </c>
+      <c r="M13" t="s">
+        <v>96</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
         <v>103</v>
       </c>
-      <c r="K13" t="s">
-[...11 lines deleted...]
-      </c>
       <c r="P13" t="s">
-        <v>106</v>
+        <v>98</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="B14" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="C14" t="s">
-        <v>102</v>
+        <v>94</v>
       </c>
       <c r="D14" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
-        <v>2013</v>
+        <v>2009</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>103</v>
+        <v>95</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="M14" t="s">
-        <v>104</v>
+        <v>96</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="P14" t="s">
-        <v>106</v>
+        <v>98</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="B15" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="C15" t="s">
-        <v>102</v>
+        <v>94</v>
       </c>
       <c r="D15" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>2009</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>103</v>
+        <v>95</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="M15" t="s">
-        <v>104</v>
+        <v>96</v>
       </c>
       <c r="N15" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="O15" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="P15" t="s">
-        <v>106</v>
+        <v>98</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
+        <v>115</v>
+      </c>
+      <c r="B16" t="s">
+        <v>116</v>
+      </c>
+      <c r="C16" t="s">
+        <v>94</v>
+      </c>
+      <c r="D16" t="s">
         <v>117</v>
-      </c>
-[...7 lines deleted...]
-        <v>119</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
-        <v>2009</v>
+        <v>2013</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>103</v>
+        <v>95</v>
       </c>
       <c r="K16" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>118</v>
+      </c>
+      <c r="L16"/>
       <c r="M16" t="s">
-        <v>104</v>
+        <v>96</v>
       </c>
       <c r="N16" t="s">
-        <v>121</v>
+        <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="P16" t="s">
-        <v>106</v>
+        <v>98</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="B17" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="C17" t="s">
-        <v>102</v>
+        <v>94</v>
       </c>
       <c r="D17" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>2013</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>103</v>
+        <v>95</v>
       </c>
       <c r="K17" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="L17"/>
+        <v>118</v>
+      </c>
+      <c r="L17" t="s">
+        <v>123</v>
+      </c>
       <c r="M17" t="s">
-        <v>104</v>
+        <v>96</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="P17" t="s">
-        <v>106</v>
+        <v>98</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="B18" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="C18" t="s">
-        <v>102</v>
+        <v>94</v>
       </c>
       <c r="D18" t="s">
-        <v>130</v>
+        <v>117</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
-        <v>2013</v>
+        <v>2009</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>103</v>
+        <v>95</v>
       </c>
       <c r="K18" t="s">
-        <v>126</v>
+        <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="M18" t="s">
-        <v>104</v>
+        <v>96</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="P18" t="s">
-        <v>106</v>
+        <v>98</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="B19" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="C19" t="s">
-        <v>102</v>
+        <v>94</v>
       </c>
       <c r="D19" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
-        <v>2009</v>
+        <v>2013</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>103</v>
+        <v>95</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
-      <c r="L19" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L19"/>
       <c r="M19" t="s">
-        <v>104</v>
+        <v>96</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="P19" t="s">
-        <v>106</v>
+        <v>98</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="B20" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="C20" t="s">
-        <v>102</v>
+        <v>94</v>
       </c>
       <c r="D20" t="s">
-        <v>139</v>
+        <v>68</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
-        <v>2013</v>
+        <v>2002</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>103</v>
+        <v>95</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
-      <c r="L20"/>
+      <c r="L20" t="s">
+        <v>135</v>
+      </c>
       <c r="M20" t="s">
-        <v>104</v>
+        <v>96</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="P20" t="s">
-        <v>106</v>
+        <v>98</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="B21" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="C21" t="s">
-        <v>102</v>
+        <v>94</v>
       </c>
       <c r="D21" t="s">
-        <v>77</v>
+        <v>139</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
-        <v>2002</v>
+        <v>2004</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>103</v>
+        <v>95</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="M21" t="s">
-        <v>104</v>
+        <v>96</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="P21" t="s">
-        <v>106</v>
+        <v>98</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="B22" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="C22" t="s">
-        <v>102</v>
+        <v>94</v>
       </c>
       <c r="D22" t="s">
-        <v>147</v>
+        <v>19</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>21</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
-        <v>2004</v>
+        <v>2002</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>103</v>
+        <v>95</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="M22" t="s">
-        <v>104</v>
+        <v>96</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="P22" t="s">
-        <v>106</v>
+        <v>98</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="B23" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="C23" t="s">
-        <v>102</v>
+        <v>94</v>
       </c>
       <c r="D23" t="s">
-        <v>19</v>
+        <v>148</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>21</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
-        <v>2002</v>
+        <v>2009</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>103</v>
+        <v>95</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="M23" t="s">
-        <v>104</v>
+        <v>96</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="P23" t="s">
-        <v>106</v>
+        <v>98</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="B24" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="C24" t="s">
-        <v>102</v>
+        <v>94</v>
       </c>
       <c r="D24" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>21</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
-        <v>2009</v>
+        <v>2004</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>103</v>
+        <v>95</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="M24" t="s">
-        <v>104</v>
+        <v>96</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="P24" t="s">
-        <v>106</v>
+        <v>98</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
+        <v>156</v>
+      </c>
+      <c r="B25" t="s">
+        <v>157</v>
+      </c>
+      <c r="C25" t="s">
+        <v>158</v>
+      </c>
+      <c r="D25" t="s">
         <v>159</v>
-      </c>
-[...7 lines deleted...]
-        <v>161</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>21</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
-        <v>2004</v>
+        <v>2016</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>103</v>
+        <v>160</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
-      <c r="L25" t="s">
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>161</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
         <v>162</v>
       </c>
-      <c r="M25" t="s">
-[...5 lines deleted...]
-      <c r="O25" t="s">
+      <c r="P25" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
+        <v>156</v>
+      </c>
+      <c r="B26" t="s">
+        <v>157</v>
+      </c>
+      <c r="C26" t="s">
+        <v>158</v>
+      </c>
+      <c r="D26" t="s">
         <v>164</v>
-      </c>
-[...7 lines deleted...]
-        <v>167</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>21</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
         <v>2016</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
-        <v>168</v>
+        <v>160</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
-        <v>169</v>
+        <v>161</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>170</v>
+        <v>165</v>
       </c>
       <c r="P26" t="s">
-        <v>171</v>
+        <v>163</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="B27" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="C27" t="s">
-        <v>166</v>
+        <v>158</v>
       </c>
       <c r="D27" t="s">
-        <v>172</v>
+        <v>19</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>21</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
         <v>2016</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
-        <v>168</v>
+        <v>160</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
+        <v>161</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>168</v>
+      </c>
+      <c r="P27" t="s">
         <v>169</v>
-      </c>
-[...7 lines deleted...]
-        <v>171</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="B28" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="C28" t="s">
-        <v>166</v>
+        <v>172</v>
       </c>
       <c r="D28" t="s">
-        <v>19</v>
+        <v>139</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>168</v>
+        <v>160</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28"/>
       <c r="M28" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="P28" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
+        <v>176</v>
+      </c>
+      <c r="B29" t="s">
+        <v>177</v>
+      </c>
+      <c r="C29" t="s">
+        <v>40</v>
+      </c>
+      <c r="D29" t="s">
+        <v>62</v>
+      </c>
+      <c r="E29" t="s">
         <v>178</v>
       </c>
-      <c r="B29" t="s">
+      <c r="F29" t="s">
         <v>179</v>
       </c>
-      <c r="C29" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
-        <v>168</v>
+        <v>180</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
-      <c r="L29"/>
+      <c r="L29" t="s">
+        <v>181</v>
+      </c>
       <c r="M29" t="s">
-        <v>181</v>
+        <v>44</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
         <v>182</v>
       </c>
       <c r="P29" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
         <v>184</v>
       </c>
       <c r="B30" t="s">
         <v>185</v>
       </c>
       <c r="C30" t="s">
         <v>40</v>
       </c>
       <c r="D30" t="s">
-        <v>71</v>
+        <v>186</v>
       </c>
       <c r="E30" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="F30" t="s">
-        <v>187</v>
+        <v>179</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
-        <v>2017</v>
+        <v>2023</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
+        <v>180</v>
+      </c>
+      <c r="K30" t="s">
         <v>188</v>
       </c>
-      <c r="K30" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L30"/>
       <c r="M30" t="s">
         <v>44</v>
       </c>
       <c r="N30" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="O30" t="s">
+        <v>189</v>
+      </c>
+      <c r="P30" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
+        <v>191</v>
+      </c>
+      <c r="B31" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>193</v>
       </c>
       <c r="C31" t="s">
         <v>40</v>
       </c>
       <c r="D31" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="E31" t="s">
-        <v>195</v>
+        <v>178</v>
       </c>
       <c r="F31" t="s">
-        <v>187</v>
+        <v>179</v>
       </c>
       <c r="G31" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H31">
-        <v>2023</v>
+        <v>2014</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
-        <v>188</v>
+        <v>180</v>
       </c>
       <c r="K31" t="s">
-        <v>196</v>
-[...1 lines deleted...]
-      <c r="L31"/>
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>194</v>
+      </c>
       <c r="M31" t="s">
         <v>44</v>
       </c>
       <c r="N31" t="s">
-        <v>121</v>
+        <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="P31" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="B32" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="C32" t="s">
         <v>40</v>
       </c>
       <c r="D32" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="E32" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="F32" t="s">
-        <v>187</v>
+        <v>200</v>
       </c>
       <c r="G32" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="H32"/>
       <c r="I32"/>
       <c r="J32" t="s">
-        <v>188</v>
+        <v>180</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="M32" t="s">
         <v>44</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
+        <v>202</v>
+      </c>
+      <c r="P32" t="s">
         <v>203</v>
-      </c>
-[...1 lines deleted...]
-        <v>204</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
+        <v>204</v>
+      </c>
+      <c r="B33" t="s">
         <v>205</v>
       </c>
-      <c r="B33" t="s">
+      <c r="C33" t="s">
         <v>206</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="D33" t="s">
         <v>207</v>
       </c>
       <c r="E33" t="s">
-        <v>186</v>
+        <v>20</v>
       </c>
       <c r="F33" t="s">
-        <v>208</v>
+        <v>42</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
-      <c r="H33"/>
+      <c r="H33">
+        <v>2016</v>
+      </c>
       <c r="I33"/>
       <c r="J33" t="s">
-        <v>188</v>
+        <v>23</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
-      <c r="L33" t="s">
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>208</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
         <v>209</v>
       </c>
-      <c r="M33" t="s">
-[...5 lines deleted...]
-      <c r="O33" t="s">
+      <c r="P33" t="s">
         <v>210</v>
-      </c>
-[...1 lines deleted...]
-        <v>211</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
+        <v>211</v>
+      </c>
+      <c r="B34" t="s">
         <v>212</v>
       </c>
-      <c r="B34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="D34" t="s">
-        <v>215</v>
+        <v>82</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>42</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
         <v>2016</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
-        <v>23</v>
+        <v>95</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
-      <c r="L34"/>
+      <c r="L34" t="s">
+        <v>213</v>
+      </c>
       <c r="M34" t="s">
-        <v>216</v>
+        <v>208</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="P34" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="B35" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="C35" t="s">
-        <v>214</v>
+        <v>32</v>
       </c>
       <c r="D35" t="s">
-        <v>90</v>
+        <v>218</v>
       </c>
       <c r="E35" t="s">
-        <v>20</v>
+        <v>178</v>
       </c>
       <c r="F35" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
-        <v>103</v>
+        <v>56</v>
       </c>
       <c r="K35" t="s">
-        <v>24</v>
+        <v>219</v>
       </c>
       <c r="L35" t="s">
+        <v>220</v>
+      </c>
+      <c r="M35" t="s">
+        <v>37</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
         <v>221</v>
       </c>
-      <c r="M35" t="s">
-[...5 lines deleted...]
-      <c r="O35" t="s">
+      <c r="P35" t="s">
         <v>222</v>
-      </c>
-[...1 lines deleted...]
-        <v>223</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
+        <v>223</v>
+      </c>
+      <c r="B36" t="s">
         <v>224</v>
-      </c>
-[...1 lines deleted...]
-        <v>225</v>
       </c>
       <c r="C36" t="s">
         <v>32</v>
       </c>
       <c r="D36" t="s">
+        <v>225</v>
+      </c>
+      <c r="E36" t="s">
+        <v>178</v>
+      </c>
+      <c r="F36" t="s">
         <v>226</v>
       </c>
-      <c r="E36" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
-        <v>2015</v>
+        <v>2011</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
         <v>227</v>
-      </c>
-[...1 lines deleted...]
-        <v>228</v>
       </c>
       <c r="M36" t="s">
         <v>37</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
+        <v>228</v>
+      </c>
+      <c r="P36" t="s">
         <v>229</v>
-      </c>
-[...1 lines deleted...]
-        <v>230</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
+        <v>230</v>
+      </c>
+      <c r="B37" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>232</v>
       </c>
       <c r="C37" t="s">
         <v>32</v>
       </c>
       <c r="D37" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="E37" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="F37" t="s">
-        <v>234</v>
+        <v>226</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="M37" t="s">
         <v>37</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="P37" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="B38" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="C38" t="s">
         <v>32</v>
       </c>
       <c r="D38" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="E38" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="F38" t="s">
-        <v>234</v>
+        <v>21</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="M38" t="s">
         <v>37</v>
       </c>
       <c r="N38" t="s">
-        <v>27</v>
+        <v>240</v>
       </c>
       <c r="O38" t="s">
+        <v>241</v>
+      </c>
+      <c r="P38" t="s">
         <v>242</v>
-      </c>
-[...1 lines deleted...]
-        <v>243</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
+        <v>243</v>
+      </c>
+      <c r="B39" t="s">
         <v>244</v>
-      </c>
-[...1 lines deleted...]
-        <v>245</v>
       </c>
       <c r="C39" t="s">
         <v>32</v>
       </c>
       <c r="D39" t="s">
-        <v>246</v>
+        <v>33</v>
       </c>
       <c r="E39" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="F39" t="s">
         <v>21</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
-        <v>2013</v>
+        <v>2018</v>
       </c>
       <c r="I39"/>
       <c r="J39" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="M39" t="s">
         <v>37</v>
       </c>
       <c r="N39" t="s">
-        <v>248</v>
+        <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="P39" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="B40" t="s">
-        <v>252</v>
+        <v>249</v>
       </c>
       <c r="C40" t="s">
         <v>32</v>
       </c>
       <c r="D40" t="s">
-        <v>33</v>
+        <v>199</v>
       </c>
       <c r="E40" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="F40" t="s">
         <v>21</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="I40"/>
       <c r="J40" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="M40" t="s">
         <v>37</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="P40" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="B41" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
       <c r="C41" t="s">
         <v>32</v>
       </c>
       <c r="D41" t="s">
-        <v>207</v>
+        <v>117</v>
       </c>
       <c r="E41" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="F41" t="s">
         <v>21</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
         <v>2019</v>
       </c>
       <c r="I41"/>
       <c r="J41" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="K41" t="s">
-        <v>24</v>
+        <v>255</v>
       </c>
       <c r="L41" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="M41" t="s">
         <v>37</v>
       </c>
       <c r="N41" t="s">
-        <v>27</v>
+        <v>257</v>
       </c>
       <c r="O41" t="s">
+        <v>258</v>
+      </c>
+      <c r="P41" t="s">
         <v>259</v>
-      </c>
-[...1 lines deleted...]
-        <v>260</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
+        <v>260</v>
+      </c>
+      <c r="B42" t="s">
         <v>261</v>
-      </c>
-[...1 lines deleted...]
-        <v>262</v>
       </c>
       <c r="C42" t="s">
         <v>32</v>
       </c>
       <c r="D42" t="s">
-        <v>125</v>
+        <v>159</v>
       </c>
       <c r="E42" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="F42" t="s">
         <v>21</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="I42"/>
       <c r="J42" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="K42" t="s">
-        <v>263</v>
+        <v>24</v>
       </c>
       <c r="L42" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="M42" t="s">
         <v>37</v>
       </c>
       <c r="N42" t="s">
-        <v>265</v>
+        <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="P42" t="s">
-        <v>267</v>
+        <v>264</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>268</v>
+        <v>265</v>
       </c>
       <c r="B43" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="C43" t="s">
         <v>32</v>
       </c>
       <c r="D43" t="s">
-        <v>167</v>
+        <v>62</v>
       </c>
       <c r="E43" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="F43" t="s">
         <v>21</v>
       </c>
       <c r="G43" t="s">
         <v>22</v>
       </c>
       <c r="H43">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="I43"/>
       <c r="J43" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
       <c r="L43" t="s">
-        <v>270</v>
+        <v>267</v>
       </c>
       <c r="M43" t="s">
         <v>37</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>271</v>
+        <v>268</v>
       </c>
       <c r="P43" t="s">
-        <v>272</v>
+        <v>65</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>273</v>
+        <v>269</v>
       </c>
       <c r="B44" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="C44" t="s">
         <v>32</v>
       </c>
       <c r="D44" t="s">
-        <v>71</v>
+        <v>271</v>
       </c>
       <c r="E44" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="F44" t="s">
         <v>21</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44">
         <v>2021</v>
       </c>
       <c r="I44"/>
       <c r="J44" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="M44" t="s">
         <v>37</v>
       </c>
       <c r="N44" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="O44" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
       <c r="P44" t="s">
-        <v>74</v>
+        <v>274</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="B45" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="C45" t="s">
         <v>32</v>
       </c>
       <c r="D45" t="s">
-        <v>279</v>
+        <v>271</v>
       </c>
       <c r="E45" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="F45" t="s">
         <v>21</v>
       </c>
       <c r="G45" t="s">
         <v>22</v>
       </c>
       <c r="H45">
         <v>2021</v>
       </c>
       <c r="I45"/>
       <c r="J45" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
       <c r="L45" t="s">
-        <v>280</v>
+        <v>277</v>
       </c>
       <c r="M45" t="s">
         <v>37</v>
       </c>
       <c r="N45" t="s">
-        <v>121</v>
+        <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>281</v>
+        <v>278</v>
       </c>
       <c r="P45" t="s">
-        <v>282</v>
+        <v>279</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>283</v>
+        <v>280</v>
       </c>
       <c r="B46" t="s">
-        <v>284</v>
+        <v>281</v>
       </c>
       <c r="C46" t="s">
         <v>32</v>
       </c>
       <c r="D46" t="s">
-        <v>279</v>
+        <v>88</v>
       </c>
       <c r="E46" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="F46" t="s">
         <v>21</v>
       </c>
       <c r="G46" t="s">
         <v>22</v>
       </c>
       <c r="H46">
-        <v>2021</v>
+        <v>2024</v>
       </c>
       <c r="I46"/>
       <c r="J46" t="s">
-        <v>65</v>
+        <v>282</v>
       </c>
       <c r="K46" t="s">
-        <v>24</v>
+        <v>283</v>
       </c>
       <c r="L46" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="M46" t="s">
         <v>37</v>
       </c>
       <c r="N46" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="O46" t="s">
+        <v>285</v>
+      </c>
+      <c r="P46" t="s">
         <v>286</v>
-      </c>
-[...1 lines deleted...]
-        <v>287</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
+        <v>287</v>
+      </c>
+      <c r="B47" t="s">
         <v>288</v>
-      </c>
-[...1 lines deleted...]
-        <v>289</v>
       </c>
       <c r="C47" t="s">
         <v>32</v>
       </c>
       <c r="D47" t="s">
-        <v>96</v>
+        <v>289</v>
       </c>
       <c r="E47" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="F47" t="s">
         <v>21</v>
       </c>
       <c r="G47" t="s">
         <v>22</v>
       </c>
       <c r="H47">
         <v>2024</v>
       </c>
       <c r="I47"/>
       <c r="J47" t="s">
+        <v>282</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47" t="s">
         <v>290</v>
       </c>
-      <c r="K47" t="s">
+      <c r="M47" t="s">
         <v>291</v>
       </c>
-      <c r="L47" t="s">
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
         <v>292</v>
       </c>
-      <c r="M47" t="s">
-[...5 lines deleted...]
-      <c r="O47" t="s">
+      <c r="P47" t="s">
         <v>293</v>
-      </c>
-[...1 lines deleted...]
-        <v>294</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
+        <v>294</v>
+      </c>
+      <c r="B48" t="s">
         <v>295</v>
-      </c>
-[...1 lines deleted...]
-        <v>296</v>
       </c>
       <c r="C48" t="s">
         <v>32</v>
       </c>
       <c r="D48" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="E48" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="F48" t="s">
         <v>21</v>
       </c>
       <c r="G48" t="s">
         <v>22</v>
       </c>
       <c r="H48">
         <v>2024</v>
       </c>
       <c r="I48"/>
       <c r="J48" t="s">
-        <v>290</v>
+        <v>282</v>
       </c>
       <c r="K48" t="s">
         <v>24</v>
       </c>
       <c r="L48" t="s">
+        <v>297</v>
+      </c>
+      <c r="M48" t="s">
+        <v>37</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
         <v>298</v>
       </c>
-      <c r="M48" t="s">
+      <c r="P48" t="s">
         <v>299</v>
-      </c>
-[...7 lines deleted...]
-        <v>301</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>302</v>
+        <v>300</v>
       </c>
       <c r="B49" t="s">
-        <v>303</v>
+        <v>301</v>
       </c>
       <c r="C49" t="s">
         <v>32</v>
       </c>
       <c r="D49" t="s">
-        <v>304</v>
+        <v>82</v>
       </c>
       <c r="E49" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="F49" t="s">
         <v>21</v>
       </c>
       <c r="G49" t="s">
         <v>22</v>
       </c>
       <c r="H49">
-        <v>2024</v>
+        <v>2010</v>
       </c>
       <c r="I49"/>
       <c r="J49" t="s">
-        <v>290</v>
+        <v>56</v>
       </c>
       <c r="K49" t="s">
         <v>24</v>
       </c>
       <c r="L49" t="s">
-        <v>305</v>
+        <v>302</v>
       </c>
       <c r="M49" t="s">
         <v>37</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>306</v>
+        <v>303</v>
       </c>
       <c r="P49" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="B50" t="s">
-        <v>309</v>
+        <v>306</v>
       </c>
       <c r="C50" t="s">
         <v>32</v>
       </c>
       <c r="D50" t="s">
-        <v>90</v>
+        <v>122</v>
       </c>
       <c r="E50" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="F50" t="s">
         <v>21</v>
       </c>
       <c r="G50" t="s">
         <v>22</v>
       </c>
       <c r="H50">
-        <v>2010</v>
+        <v>2014</v>
       </c>
       <c r="I50"/>
       <c r="J50" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="K50" t="s">
-        <v>24</v>
+        <v>307</v>
       </c>
       <c r="L50" t="s">
-        <v>310</v>
+        <v>308</v>
       </c>
       <c r="M50" t="s">
         <v>37</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>311</v>
+        <v>309</v>
       </c>
       <c r="P50" t="s">
-        <v>312</v>
+        <v>310</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>313</v>
+        <v>311</v>
       </c>
       <c r="B51" t="s">
-        <v>314</v>
+        <v>312</v>
       </c>
       <c r="C51" t="s">
         <v>32</v>
       </c>
       <c r="D51" t="s">
-        <v>130</v>
+        <v>313</v>
       </c>
       <c r="E51" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="F51" t="s">
         <v>21</v>
       </c>
       <c r="G51" t="s">
         <v>22</v>
       </c>
       <c r="H51">
-        <v>2014</v>
+        <v>2021</v>
       </c>
       <c r="I51"/>
       <c r="J51" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="K51" t="s">
-        <v>51</v>
+        <v>24</v>
       </c>
       <c r="L51" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="M51" t="s">
         <v>37</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
+        <v>315</v>
+      </c>
+      <c r="P51" t="s">
         <v>316</v>
-      </c>
-[...1 lines deleted...]
-        <v>317</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
+        <v>317</v>
+      </c>
+      <c r="B52" t="s">
         <v>318</v>
       </c>
-      <c r="B52" t="s">
+      <c r="C52" t="s">
+        <v>81</v>
+      </c>
+      <c r="D52" t="s">
         <v>319</v>
       </c>
-      <c r="C52" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E52" t="s">
-        <v>186</v>
+        <v>20</v>
       </c>
       <c r="F52" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="G52" t="s">
         <v>22</v>
       </c>
       <c r="H52">
-        <v>2021</v>
+        <v>2016</v>
       </c>
       <c r="I52"/>
       <c r="J52" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="K52" t="s">
         <v>24</v>
       </c>
-      <c r="L52" t="s">
+      <c r="L52"/>
+      <c r="M52" t="s">
+        <v>320</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
         <v>321</v>
       </c>
-      <c r="M52" t="s">
-[...5 lines deleted...]
-      <c r="O52" t="s">
+      <c r="P52" t="s">
         <v>322</v>
-      </c>
-[...1 lines deleted...]
-        <v>323</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
+        <v>323</v>
+      </c>
+      <c r="B53" t="s">
         <v>324</v>
       </c>
-      <c r="B53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C53" t="s">
-        <v>89</v>
+        <v>81</v>
       </c>
       <c r="D53" t="s">
-        <v>326</v>
+        <v>153</v>
       </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
-        <v>42</v>
+        <v>89</v>
       </c>
       <c r="G53" t="s">
         <v>22</v>
       </c>
       <c r="H53">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="I53"/>
       <c r="J53" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="K53" t="s">
         <v>24</v>
       </c>
       <c r="L53"/>
       <c r="M53" t="s">
-        <v>327</v>
+        <v>83</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>328</v>
+        <v>325</v>
       </c>
       <c r="P53" t="s">
-        <v>329</v>
+        <v>326</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>330</v>
+        <v>327</v>
       </c>
       <c r="B54" t="s">
-        <v>331</v>
+        <v>328</v>
       </c>
       <c r="C54" t="s">
-        <v>89</v>
+        <v>81</v>
       </c>
       <c r="D54" t="s">
-        <v>161</v>
+        <v>329</v>
       </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
-        <v>97</v>
+        <v>21</v>
       </c>
       <c r="G54" t="s">
         <v>22</v>
       </c>
       <c r="H54">
-        <v>2014</v>
+        <v>2004</v>
       </c>
       <c r="I54"/>
       <c r="J54" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="K54" t="s">
         <v>24</v>
       </c>
       <c r="L54"/>
       <c r="M54" t="s">
-        <v>91</v>
+        <v>330</v>
       </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
+        <v>331</v>
+      </c>
+      <c r="P54" t="s">
         <v>332</v>
-      </c>
-[...1 lines deleted...]
-        <v>333</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
+        <v>333</v>
+      </c>
+      <c r="B55" t="s">
         <v>334</v>
       </c>
-      <c r="B55" t="s">
+      <c r="C55" t="s">
+        <v>40</v>
+      </c>
+      <c r="D55" t="s">
         <v>335</v>
-      </c>
-[...4 lines deleted...]
-        <v>336</v>
       </c>
       <c r="E55" t="s">
         <v>20</v>
       </c>
       <c r="F55" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="G55" t="s">
         <v>22</v>
       </c>
       <c r="H55">
-        <v>2004</v>
+        <v>2019</v>
       </c>
       <c r="I55"/>
       <c r="J55" t="s">
-        <v>65</v>
+        <v>160</v>
       </c>
       <c r="K55" t="s">
-        <v>24</v>
+        <v>255</v>
       </c>
       <c r="L55"/>
       <c r="M55" t="s">
+        <v>44</v>
+      </c>
+      <c r="N55" t="s">
+        <v>336</v>
+      </c>
+      <c r="O55" t="s">
         <v>337</v>
       </c>
-      <c r="N55" t="s">
-[...2 lines deleted...]
-      <c r="O55" t="s">
+      <c r="P55" t="s">
         <v>338</v>
-      </c>
-[...1 lines deleted...]
-        <v>339</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
+        <v>339</v>
+      </c>
+      <c r="B56" t="s">
         <v>340</v>
       </c>
-      <c r="B56" t="s">
+      <c r="C56" t="s">
         <v>341</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="D56" t="s">
         <v>342</v>
       </c>
       <c r="E56" t="s">
-        <v>20</v>
+        <v>178</v>
       </c>
       <c r="F56" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G56" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="H56">
-        <v>2019</v>
+        <v>2025</v>
       </c>
       <c r="I56"/>
       <c r="J56" t="s">
-        <v>168</v>
+        <v>343</v>
       </c>
       <c r="K56" t="s">
-        <v>263</v>
-[...1 lines deleted...]
-      <c r="L56"/>
+        <v>24</v>
+      </c>
+      <c r="L56" t="s">
+        <v>344</v>
+      </c>
       <c r="M56" t="s">
-        <v>44</v>
+        <v>345</v>
       </c>
       <c r="N56" t="s">
-        <v>343</v>
+        <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="P56" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="B57" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="C57" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="D57" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="E57" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="F57" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="G57" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="H57">
-        <v>2025</v>
+        <v>2021</v>
       </c>
       <c r="I57"/>
       <c r="J57" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="K57" t="s">
         <v>24</v>
       </c>
       <c r="L57" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="M57" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>353</v>
-[...3 lines deleted...]
-      </c>
+        <v>355</v>
+      </c>
+      <c r="P57"/>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="B58" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C58" t="s">
-        <v>357</v>
+        <v>350</v>
       </c>
       <c r="D58" t="s">
         <v>358</v>
       </c>
       <c r="E58" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="F58" t="s">
-        <v>42</v>
+        <v>89</v>
       </c>
       <c r="G58" t="s">
         <v>22</v>
       </c>
       <c r="H58">
-        <v>2021</v>
+        <v>2006</v>
       </c>
       <c r="I58"/>
       <c r="J58" t="s">
         <v>359</v>
       </c>
       <c r="K58" t="s">
         <v>24</v>
       </c>
       <c r="L58" t="s">
         <v>360</v>
       </c>
       <c r="M58" t="s">
+        <v>354</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
         <v>361</v>
       </c>
-      <c r="N58" t="s">
-[...2 lines deleted...]
-      <c r="O58" t="s">
+      <c r="P58" t="s">
         <v>362</v>
       </c>
-      <c r="P58"/>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
         <v>363</v>
       </c>
       <c r="B59" t="s">
         <v>364</v>
       </c>
       <c r="C59" t="s">
-        <v>357</v>
+        <v>350</v>
       </c>
       <c r="D59" t="s">
         <v>365</v>
       </c>
       <c r="E59" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="F59" t="s">
-        <v>97</v>
+        <v>42</v>
       </c>
       <c r="G59" t="s">
         <v>22</v>
       </c>
       <c r="H59">
-        <v>2006</v>
+        <v>2015</v>
       </c>
       <c r="I59"/>
       <c r="J59" t="s">
+        <v>352</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59" t="s">
         <v>366</v>
       </c>
-      <c r="K59" t="s">
-[...2 lines deleted...]
-      <c r="L59" t="s">
+      <c r="M59" t="s">
+        <v>354</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
         <v>367</v>
       </c>
-      <c r="M59" t="s">
-[...5 lines deleted...]
-      <c r="O59" t="s">
+      <c r="P59" t="s">
         <v>368</v>
-      </c>
-[...1 lines deleted...]
-        <v>369</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
+        <v>369</v>
+      </c>
+      <c r="B60" t="s">
         <v>370</v>
       </c>
-      <c r="B60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C60" t="s">
-        <v>357</v>
+        <v>350</v>
       </c>
       <c r="D60" t="s">
-        <v>372</v>
+        <v>365</v>
       </c>
       <c r="E60" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="F60" t="s">
-        <v>42</v>
+        <v>89</v>
       </c>
       <c r="G60" t="s">
         <v>22</v>
       </c>
       <c r="H60">
         <v>2015</v>
       </c>
       <c r="I60"/>
       <c r="J60" t="s">
         <v>359</v>
       </c>
       <c r="K60" t="s">
         <v>24</v>
       </c>
       <c r="L60" t="s">
+        <v>371</v>
+      </c>
+      <c r="M60" t="s">
+        <v>354</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>372</v>
+      </c>
+      <c r="P60" t="s">
         <v>373</v>
-      </c>
-[...10 lines deleted...]
-        <v>375</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
+        <v>374</v>
+      </c>
+      <c r="B61" t="s">
+        <v>375</v>
+      </c>
+      <c r="C61" t="s">
+        <v>350</v>
+      </c>
+      <c r="D61" t="s">
         <v>376</v>
       </c>
-      <c r="B61" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E61" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="F61" t="s">
-        <v>97</v>
+        <v>89</v>
       </c>
       <c r="G61" t="s">
         <v>22</v>
       </c>
       <c r="H61">
-        <v>2015</v>
+        <v>2021</v>
       </c>
       <c r="I61"/>
       <c r="J61" t="s">
-        <v>366</v>
+        <v>352</v>
       </c>
       <c r="K61" t="s">
         <v>24</v>
       </c>
       <c r="L61" t="s">
+        <v>377</v>
+      </c>
+      <c r="M61" t="s">
+        <v>354</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
         <v>378</v>
       </c>
-      <c r="M61" t="s">
-[...5 lines deleted...]
-      <c r="O61" t="s">
+      <c r="P61" t="s">
         <v>379</v>
-      </c>
-[...1 lines deleted...]
-        <v>380</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
+        <v>380</v>
+      </c>
+      <c r="B62" t="s">
         <v>381</v>
       </c>
-      <c r="B62" t="s">
+      <c r="C62" t="s">
+        <v>350</v>
+      </c>
+      <c r="D62" t="s">
         <v>382</v>
       </c>
-      <c r="C62" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E62" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="F62" t="s">
-        <v>97</v>
+        <v>42</v>
       </c>
       <c r="G62" t="s">
         <v>22</v>
       </c>
       <c r="H62">
         <v>2021</v>
       </c>
       <c r="I62"/>
       <c r="J62" t="s">
-        <v>359</v>
+        <v>352</v>
       </c>
       <c r="K62" t="s">
         <v>24</v>
       </c>
       <c r="L62" t="s">
+        <v>383</v>
+      </c>
+      <c r="M62" t="s">
+        <v>354</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
         <v>384</v>
       </c>
-      <c r="M62" t="s">
-[...5 lines deleted...]
-      <c r="O62" t="s">
+      <c r="P62" t="s">
         <v>385</v>
-      </c>
-[...1 lines deleted...]
-        <v>386</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
+        <v>386</v>
+      </c>
+      <c r="B63" t="s">
         <v>387</v>
       </c>
-      <c r="B63" t="s">
+      <c r="C63" t="s">
+        <v>350</v>
+      </c>
+      <c r="D63" t="s">
         <v>388</v>
       </c>
-      <c r="C63" t="s">
-[...2 lines deleted...]
-      <c r="D63" t="s">
+      <c r="E63" t="s">
+        <v>178</v>
+      </c>
+      <c r="F63" t="s">
         <v>389</v>
-      </c>
-[...4 lines deleted...]
-        <v>42</v>
       </c>
       <c r="G63" t="s">
         <v>22</v>
       </c>
       <c r="H63">
         <v>2021</v>
       </c>
       <c r="I63"/>
       <c r="J63" t="s">
-        <v>359</v>
+        <v>352</v>
       </c>
       <c r="K63" t="s">
         <v>24</v>
       </c>
       <c r="L63" t="s">
         <v>390</v>
       </c>
       <c r="M63" t="s">
-        <v>361</v>
+        <v>354</v>
       </c>
       <c r="N63" t="s">
         <v>27</v>
       </c>
       <c r="O63" t="s">
         <v>391</v>
       </c>
       <c r="P63" t="s">
         <v>392</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
         <v>393</v>
       </c>
       <c r="B64" t="s">
         <v>394</v>
       </c>
       <c r="C64" t="s">
-        <v>357</v>
+        <v>350</v>
       </c>
       <c r="D64" t="s">
         <v>395</v>
       </c>
       <c r="E64" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="F64" t="s">
-        <v>396</v>
+        <v>42</v>
       </c>
       <c r="G64" t="s">
         <v>22</v>
       </c>
       <c r="H64">
         <v>2021</v>
       </c>
       <c r="I64"/>
       <c r="J64" t="s">
-        <v>359</v>
+        <v>352</v>
       </c>
       <c r="K64" t="s">
         <v>24</v>
       </c>
       <c r="L64" t="s">
+        <v>396</v>
+      </c>
+      <c r="M64" t="s">
+        <v>354</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
         <v>397</v>
       </c>
-      <c r="M64" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="P64"/>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="B65" t="s">
-        <v>401</v>
+        <v>394</v>
       </c>
       <c r="C65" t="s">
-        <v>357</v>
+        <v>350</v>
       </c>
       <c r="D65" t="s">
-        <v>402</v>
+        <v>395</v>
       </c>
       <c r="E65" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="F65" t="s">
         <v>42</v>
       </c>
       <c r="G65" t="s">
         <v>22</v>
       </c>
       <c r="H65">
         <v>2021</v>
       </c>
       <c r="I65"/>
       <c r="J65" t="s">
-        <v>359</v>
+        <v>352</v>
       </c>
       <c r="K65" t="s">
         <v>24</v>
       </c>
       <c r="L65" t="s">
-        <v>403</v>
+        <v>396</v>
       </c>
       <c r="M65" t="s">
-        <v>361</v>
+        <v>354</v>
       </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
-        <v>404</v>
+        <v>398</v>
       </c>
       <c r="P65"/>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
+        <v>399</v>
+      </c>
+      <c r="B66" t="s">
         <v>400</v>
       </c>
-      <c r="B66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C66" t="s">
-        <v>357</v>
+        <v>350</v>
       </c>
       <c r="D66" t="s">
-        <v>402</v>
+        <v>88</v>
       </c>
       <c r="E66" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="F66" t="s">
-        <v>42</v>
+        <v>89</v>
       </c>
       <c r="G66" t="s">
         <v>22</v>
       </c>
       <c r="H66">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="I66"/>
       <c r="J66" t="s">
-        <v>359</v>
+        <v>352</v>
       </c>
       <c r="K66" t="s">
-        <v>24</v>
+        <v>401</v>
       </c>
       <c r="L66" t="s">
+        <v>402</v>
+      </c>
+      <c r="M66" t="s">
+        <v>354</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
         <v>403</v>
       </c>
-      <c r="M66" t="s">
-[...8 lines deleted...]
-      <c r="P66"/>
+      <c r="P66" t="s">
+        <v>404</v>
+      </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
+        <v>405</v>
+      </c>
+      <c r="B67" t="s">
         <v>406</v>
       </c>
-      <c r="B67" t="s">
+      <c r="C67" t="s">
+        <v>350</v>
+      </c>
+      <c r="D67" t="s">
         <v>407</v>
       </c>
-      <c r="C67" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E67" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="F67" t="s">
-        <v>97</v>
+        <v>89</v>
       </c>
       <c r="G67" t="s">
         <v>22</v>
       </c>
       <c r="H67">
         <v>2022</v>
       </c>
       <c r="I67"/>
       <c r="J67" t="s">
-        <v>359</v>
+        <v>352</v>
       </c>
       <c r="K67" t="s">
         <v>408</v>
       </c>
-      <c r="L67" t="s">
+      <c r="L67"/>
+      <c r="M67" t="s">
+        <v>354</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
         <v>409</v>
       </c>
-      <c r="M67" t="s">
-[...5 lines deleted...]
-      <c r="O67" t="s">
+      <c r="P67" t="s">
         <v>410</v>
-      </c>
-[...1 lines deleted...]
-        <v>411</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
+        <v>411</v>
+      </c>
+      <c r="B68" t="s">
         <v>412</v>
       </c>
-      <c r="B68" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C68" t="s">
-        <v>357</v>
+        <v>350</v>
       </c>
       <c r="D68" t="s">
-        <v>414</v>
+        <v>88</v>
       </c>
       <c r="E68" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="F68" t="s">
-        <v>97</v>
+        <v>42</v>
       </c>
       <c r="G68" t="s">
         <v>22</v>
       </c>
       <c r="H68">
         <v>2022</v>
       </c>
       <c r="I68"/>
       <c r="J68" t="s">
-        <v>359</v>
+        <v>352</v>
       </c>
       <c r="K68" t="s">
+        <v>413</v>
+      </c>
+      <c r="L68" t="s">
+        <v>414</v>
+      </c>
+      <c r="M68" t="s">
+        <v>354</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
         <v>415</v>
       </c>
-      <c r="L68"/>
-[...6 lines deleted...]
-      <c r="O68" t="s">
+      <c r="P68" t="s">
         <v>416</v>
-      </c>
-[...1 lines deleted...]
-        <v>417</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
+        <v>417</v>
+      </c>
+      <c r="B69" t="s">
         <v>418</v>
       </c>
-      <c r="B69" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C69" t="s">
-        <v>357</v>
+        <v>350</v>
       </c>
       <c r="D69" t="s">
-        <v>96</v>
+        <v>407</v>
       </c>
       <c r="E69" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="F69" t="s">
         <v>42</v>
       </c>
       <c r="G69" t="s">
         <v>22</v>
       </c>
       <c r="H69">
         <v>2022</v>
       </c>
       <c r="I69"/>
       <c r="J69" t="s">
-        <v>359</v>
+        <v>352</v>
       </c>
       <c r="K69" t="s">
+        <v>419</v>
+      </c>
+      <c r="L69" t="s">
         <v>420</v>
       </c>
-      <c r="L69" t="s">
+      <c r="M69" t="s">
+        <v>354</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
         <v>421</v>
       </c>
-      <c r="M69" t="s">
-[...5 lines deleted...]
-      <c r="O69" t="s">
+      <c r="P69" t="s">
         <v>422</v>
-      </c>
-[...1 lines deleted...]
-        <v>423</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
+        <v>423</v>
+      </c>
+      <c r="B70" t="s">
         <v>424</v>
       </c>
-      <c r="B70" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C70" t="s">
-        <v>357</v>
+        <v>350</v>
       </c>
       <c r="D70" t="s">
-        <v>414</v>
+        <v>407</v>
       </c>
       <c r="E70" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="F70" t="s">
         <v>42</v>
       </c>
       <c r="G70" t="s">
         <v>22</v>
       </c>
       <c r="H70">
         <v>2022</v>
       </c>
       <c r="I70"/>
       <c r="J70" t="s">
-        <v>359</v>
+        <v>352</v>
       </c>
       <c r="K70" t="s">
+        <v>24</v>
+      </c>
+      <c r="L70" t="s">
+        <v>425</v>
+      </c>
+      <c r="M70" t="s">
+        <v>354</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
         <v>426</v>
       </c>
-      <c r="L70" t="s">
+      <c r="P70" t="s">
         <v>427</v>
-      </c>
-[...10 lines deleted...]
-        <v>429</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="B71" t="s">
-        <v>431</v>
+        <v>429</v>
       </c>
       <c r="C71" t="s">
-        <v>357</v>
+        <v>350</v>
       </c>
       <c r="D71" t="s">
-        <v>414</v>
+        <v>117</v>
       </c>
       <c r="E71" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="F71" t="s">
-        <v>42</v>
+        <v>179</v>
       </c>
       <c r="G71" t="s">
         <v>22</v>
       </c>
       <c r="H71">
-        <v>2022</v>
+        <v>2008</v>
       </c>
       <c r="I71"/>
       <c r="J71" t="s">
         <v>359</v>
       </c>
       <c r="K71" t="s">
-        <v>24</v>
+        <v>430</v>
       </c>
       <c r="L71" t="s">
+        <v>431</v>
+      </c>
+      <c r="M71" t="s">
+        <v>354</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
         <v>432</v>
       </c>
-      <c r="M71" t="s">
-[...5 lines deleted...]
-      <c r="O71" t="s">
+      <c r="P71" t="s">
         <v>433</v>
-      </c>
-[...1 lines deleted...]
-        <v>434</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
+        <v>434</v>
+      </c>
+      <c r="B72" t="s">
         <v>435</v>
       </c>
-      <c r="B72" t="s">
+      <c r="C72" t="s">
         <v>436</v>
       </c>
-      <c r="C72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D72" t="s">
-        <v>125</v>
+        <v>437</v>
       </c>
       <c r="E72" t="s">
-        <v>186</v>
+        <v>20</v>
       </c>
       <c r="F72" t="s">
-        <v>187</v>
+        <v>21</v>
       </c>
       <c r="G72" t="s">
         <v>22</v>
       </c>
       <c r="H72">
-        <v>2008</v>
+        <v>2013</v>
       </c>
       <c r="I72"/>
       <c r="J72" t="s">
-        <v>366</v>
+        <v>438</v>
       </c>
       <c r="K72" t="s">
-        <v>437</v>
+        <v>24</v>
       </c>
       <c r="L72" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="M72" t="s">
-        <v>361</v>
+        <v>440</v>
       </c>
       <c r="N72" t="s">
         <v>27</v>
       </c>
       <c r="O72" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="P72" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="B73" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="C73" t="s">
-        <v>443</v>
+        <v>436</v>
       </c>
       <c r="D73" t="s">
-        <v>444</v>
+        <v>111</v>
       </c>
       <c r="E73" t="s">
         <v>20</v>
       </c>
       <c r="F73" t="s">
         <v>21</v>
       </c>
       <c r="G73" t="s">
         <v>22</v>
       </c>
       <c r="H73">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I73"/>
+        <v>2014</v>
+      </c>
+      <c r="I73">
+        <v>2019</v>
+      </c>
       <c r="J73" t="s">
         <v>445</v>
       </c>
       <c r="K73" t="s">
         <v>24</v>
       </c>
-      <c r="L73" t="s">
+      <c r="L73"/>
+      <c r="M73" t="s">
+        <v>440</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
         <v>446</v>
       </c>
-      <c r="M73" t="s">
+      <c r="P73" t="s">
         <v>447</v>
-      </c>
-[...7 lines deleted...]
-        <v>449</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>450</v>
+        <v>448</v>
       </c>
       <c r="B74" t="s">
-        <v>451</v>
+        <v>449</v>
       </c>
       <c r="C74" t="s">
-        <v>443</v>
+        <v>436</v>
       </c>
       <c r="D74" t="s">
-        <v>119</v>
+        <v>131</v>
       </c>
       <c r="E74" t="s">
         <v>20</v>
       </c>
       <c r="F74" t="s">
         <v>21</v>
       </c>
       <c r="G74" t="s">
         <v>22</v>
       </c>
       <c r="H74">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="I74">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="J74" t="s">
-        <v>452</v>
+        <v>445</v>
       </c>
       <c r="K74" t="s">
         <v>24</v>
       </c>
       <c r="L74"/>
       <c r="M74" t="s">
-        <v>447</v>
+        <v>440</v>
       </c>
       <c r="N74" t="s">
         <v>27</v>
       </c>
       <c r="O74" t="s">
-        <v>453</v>
+        <v>450</v>
       </c>
       <c r="P74" t="s">
-        <v>454</v>
+        <v>451</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>455</v>
+        <v>452</v>
       </c>
       <c r="B75" t="s">
-        <v>456</v>
+        <v>453</v>
       </c>
       <c r="C75" t="s">
-        <v>443</v>
+        <v>436</v>
       </c>
       <c r="D75" t="s">
-        <v>139</v>
+        <v>454</v>
       </c>
       <c r="E75" t="s">
         <v>20</v>
       </c>
       <c r="F75" t="s">
         <v>21</v>
       </c>
       <c r="G75" t="s">
         <v>22</v>
       </c>
       <c r="H75">
-        <v>2016</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="I75"/>
       <c r="J75" t="s">
-        <v>452</v>
+        <v>438</v>
       </c>
       <c r="K75" t="s">
         <v>24</v>
       </c>
       <c r="L75"/>
       <c r="M75" t="s">
-        <v>447</v>
+        <v>440</v>
       </c>
       <c r="N75" t="s">
         <v>27</v>
       </c>
       <c r="O75" t="s">
-        <v>457</v>
+        <v>455</v>
       </c>
       <c r="P75" t="s">
-        <v>458</v>
-[...45 lines deleted...]
-        <v>463</v>
+        <v>456</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">