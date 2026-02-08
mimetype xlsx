--- v0 (2025-12-12)
+++ v1 (2026-02-08)
@@ -4147,51 +4147,51 @@
       </c>
       <c r="P22" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
         <v>141</v>
       </c>
       <c r="B23" t="s">
         <v>142</v>
       </c>
       <c r="C23" t="s">
         <v>42</v>
       </c>
       <c r="D23" t="s">
         <v>143</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>21</v>
       </c>
       <c r="G23" t="s">
-        <v>34</v>
+        <v>8</v>
       </c>
       <c r="H23">
         <v>2021</v>
       </c>
       <c r="I23">
         <v>2024</v>
       </c>
       <c r="J23" t="s">
         <v>144</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23" t="s">
         <v>145</v>
       </c>
       <c r="M23" t="s">
         <v>46</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
         <v>146</v>
       </c>